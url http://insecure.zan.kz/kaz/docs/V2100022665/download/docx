--- v0 (2025-10-03)
+++ v1 (2026-01-02)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="893d584" w14:textId="893d584">
+    <w:p w14:paraId="5486763" w14:textId="5486763">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -623,87 +623,191 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 413 бұйрықпен </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидалар мен мерзімдер жаңа редакцияда көзделген - ҚР Қаржы министрінің 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 756</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тексерілетін тұлғаға камералдық кедендік тексерудің алдын ала актісін жіберу немесе табыс ету, тексерілетін тұлғаның камералдық кедендік тексерудің алдын ала актісіне жазбаша қарсылық ұсыну, сондай-ақ мұндай қарсылықты қарау қағидалары мен мерзімдері </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Тексерілетін тұлғаға камералдық кедендік тексерудің алдын ала актісін жіберу немесе табыс ету, тексерілетін тұлғаның камералдық кедендік тексерудің алдын ала актісіне жазбаша қарсылық ұсыну, сондай-ақ мұндай қарсылықты қарау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -718,983 +822,983 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Қағидалар) "Қазақстан Республикасындағы кедендік реттеу туралы" Қазақстан Республикасы Кодексінің (бұдан әрі – Кодекс) 417-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-1-тармағын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> іске асыру мақсатында әзірленді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Қағидалар тексерілетін тұлғаға камералдық кедендік тексерудің алдын ала актісін жіберу немесе табыс ету, тексерілетін тұлғаның камералдық кедендік тексерудің алдын ала актісіне жазбаша қарсылық ұсыну, сондай-ақ мұндай қарсылықты қарау тәртібі мен мерзімдерін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидалар шеңберінде мынадай ұғымы пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Осы Қағидалар тексерілетін тұлғаға камералдық кедендік тексерудің алдын ала актісін жіберу немесе табыс ету, тексерілетін тұлғаның камералдық кедендік тексерудің алдын ала актісіне жазбаша қарсылық ұсыну, сондай-ақ мұндай қарсылықты қарау тәртібі мен мерзімдерін айқындайды.</w:t>
-[...18 lines deleted...]
-      2. Осы Қағидалар шеңберінде мынадай ұғымы пайдаланылады:</w:t>
+      жазбаша қарсылық – тексерілетін тұлғаның камералдық кедендік тексерудің алдын ала актісінің нәтижелерімен жазбаша келіспеуі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Тексерілетін тұлғаға камералдық кедендік тексерудің алдын ала актісін жіберу немесе табыс ету тәртібі мен мерзімдері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:p>
-[...35 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Кодекстің 417-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген камералдық кедендік тексеру актісі жасалғанға дейін, мемлекеттік кірістер органының лауазымды адамы тексерілетін тұлғаға камералдық кедендік тексерудің алдын ала актісін жібереді немесе табыс етеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Камералдық кедендік тексерудің алдын ала актісі тексерілетін тұлғаға камералдық кедендік тексерудің аяқталу күніне дейінгі 5 (бес) жұмыс күнінен кешіктірмей қолын қойдыра отырып жібереді немесе табыс етіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
-[...15 lines deleted...]
-      4. Камералдық кедендік тексерудің алдын ала актісі тексерілетін тұлғаға камералдық кедендік тексерудің аяқталу күніне дейінгі 5 (бес) жұмыс күнінен кешіктірмей қолын қойдыра отырып жібереді немесе табыс етіледі.</w:t>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Тексерілетін тұлғаға камералдық кедендік тексерудің алдын ала актісін табыс ету мүмкіндігі болмаған кезде немесе тексерілетін тұлғаның тіркеу деректерінде көрсетілген орналасқан жері бойынша тексерілетін тұлғаның болмауына байланысты пошта операторы немесе байланыс операторы оны қайтарғанда, мемлекеттік кірістер органы осындай құжаттар қайтарылған күннен бастап 5 (бес) жұмыс күні ішінде 2 (екі) куәгерді тарта отырып, осындай тұлғаның орналасқан жері бойынша зерттеп-қарауды жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
-[...15 lines deleted...]
-      5. Тексерілетін тұлғаға камералдық кедендік тексерудің алдын ала актісін табыс ету мүмкіндігі болмаған кезде немесе тексерілетін тұлғаның тіркеу деректерінде көрсетілген орналасқан жері бойынша тексерілетін тұлғаның болмауына байланысты пошта операторы немесе байланыс операторы оны қайтарғанда, мемлекеттік кірістер органы осындай құжаттар қайтарылған күннен бастап 5 (бес) жұмыс күні ішінде 2 (екі) куәгерді тарта отырып, осындай тұлғаның орналасқан жері бойынша зерттеп-қарауды жүргізеді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зерттеп-қарау нәтижелері бойынша зерттеп-қарау актісі жасалады, онда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      актінің жасалған орны, күні мен уақыты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      актіні жасаған мемлекеттік кірістер органы лауазымды адамының лауазымы, тегі, аты және әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік кірістер органының атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тартылған куәгерлердің тегі, аты және әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе), жеке басын куәландыратын құжаттың атауы мен нөмірі, тұрғылықты жерінің мекенжайы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тексерілетін тұлғаның тегі, аты және әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе) және (немесе) атауы, оның жеке сәйкестендіру нөмірі/бизнес-сәйкестендіру нөмірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      зерттеп-қарау нәтижелері туралы ақпарат көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Куәгер ретінде мемлекеттік кірістер органының лауазымды адамы мен тексерілетін тұлғаның әрекеттері нәтижесіне мүдделі емес, кәмелетке толған, әрекетке қабілетті кез келген азамат шақырылады. Қазақстан Республикасы мемлекеттік органдарының лауазымды адамдары мен тексерілетін тұлғаның жұмыскерлеріне, құрылтайшыларына (қатысушыларына) куәгерлер ретінде қатысуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зерттеп-қарау нәтижесінде тіркеу деректерінде көрсетілген орналасқан жері бойынша тексерілетін тұлғаның іс жүзінде болмауы анықталған кезде, зерттеп-қарау актісін жасаған күн камералдық кедендік тексерудің алдын ала актісін табыс еткен күн болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Тексерілетін тұлғаның камералдық кедендік тексерудің алдын ала актісіне жазбаша қарсылықты ұсыну, сондай-ақ мұндай қарсылықты қараудың тәртібі мен мерзімдері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:p>
-[...179 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) (бұдан әрі – Салық кодексі) 130-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ірі салық төлеушілер мониторингіне жататын, тексерілетін тұлғаларды қоспағанда, тексерілетін тұлға камералдық кедендік тексерудің алдын ала актісіне жазбаша қарсылығын камералдық кедендік тексерудің алдын ала актісін алған немесе табыс етілген күннен бастап 10 (он) жұмыс күні ішінде камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органына ұсынады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте ірі салық төлеушілер мониторингіне жататын, тексерілетін тұлғалар камералдық кедендік тексерудің алдын ала актісіне жазбаша қарсылығын камералдық кедендік тексерудің алдын ала актісін алған немесе табыс етілген күннен бастап 15 (он бес) жұмыс күні ішінде камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органына ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексерілетін тұлға камералдық кедендік тексерудің алдын ала актісіне жазбаша қарсылығын мынадай тәсілдермен:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:p>
-[...33 lines deleted...]
-      Тексерілетін тұлға камералдық кедендік тексерудің алдын ала актісіне жазбаша қарсылығын мынадай тәсілдермен:</w:t>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) келу тәртібімен – қағаз жеткізгіште;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
-[...15 lines deleted...]
-      1) келу тәртібімен – қағаз жеткізгіште;</w:t>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) пошта арқылы хабарламасы бар тапсырыс хатпен – қағаз жеткізгіште;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
-[...15 lines deleted...]
-      2) пошта арқылы хабарламасы бар тапсырыс хатпен – қағаз жеткізгіште;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "Азаматтарға арналған үкімет" Мемлекеттік корпорациясы арқылы – электрондық нысанда ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
-[...15 lines deleted...]
-      3) "Азаматтарға арналған үкімет" Мемлекеттік корпорациясы арқылы – электрондық нысанда ұсынады.</w:t>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Жазбаша қарсылықта:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
-[...15 lines deleted...]
-      7. Жазбаша қарсылықта:</w:t>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) камералдық кедендік тексеруді жүргізетін мемлекеттік кірістер органының атауы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
-[...15 lines deleted...]
-      1) камералдық кедендік тексеруді жүргізетін мемлекеттік кірістер органының атауы;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жазбаша қарсылықты беруші тұлғаның тегі, аты және әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе) не толық атауы, оның тұрғылықты жері (орналасқан жері);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
-[...15 lines deleted...]
-      2) жазбаша қарсылықты беруші тұлғаның тегі, аты және әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе) не толық атауы, оның тұрғылықты жері (орналасқан жері);</w:t>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жазбаша қарсылықты беретін тұлғаның жеке сәйкестендіру нөмірі/бизнес-сәйкестендіру нөмірі (ЖСН/БСН);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
-[...15 lines deleted...]
-      3) жазбаша қарсылықты беретін тұлғаның жеке сәйкестендіру нөмірі/бизнес-сәйкестендіру нөмірі (ЖСН/БСН);</w:t>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жазбаша қарсылық берілген күн;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
-[...15 lines deleted...]
-      4) жазбаша қарсылық берілген күн;</w:t>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жазбаша қарсылық беруші тұлға өзінің талаптарын және осы мән-жайларды растайтын дәлелдемелерді негіздейтін мән-жайлар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
-[...15 lines deleted...]
-      5) жазбаша қарсылық беруші тұлға өзінің талаптарын және осы мән-жайларды растайтын дәлелдемелерді негіздейтін мән-жайлар;</w:t>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) қоса берілетін құжаттардың тізбесі көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
-[...15 lines deleted...]
-      6) қоса берілетін құжаттардың тізбесі көрсетіледі.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органының жазбаша қарсылықты қабылдаған және тіркеген күні жазбаша қарсылықты беру күні болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
-[...15 lines deleted...]
-      8. Камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органының жазбаша қарсылықты қабылдаған және тіркеген күні жазбаша қарсылықты беру күні болып табылады.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Жазбаша қарсылықты камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы онда көрсетілген мәселелер шегінде жазбаша қарсылық келіп түскен күннен бастап 10 (он) жұмыс күні ішінде қарайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
-[...15 lines deleted...]
-      9. Жазбаша қарсылықты камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы онда көрсетілген мәселелер шегінде жазбаша қарсылық келіп түскен күннен бастап 10 (он) жұмыс күні ішінде қарайды.</w:t>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, жазбаша қарсылықты қарау мерзімі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z33" w:id="31"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитетіне (бұдан әрі – Комитет) жазбаша сұрау салу жолдаған кезде – осындай сұрау салу жолданған күннен бастап жауап алынған күнге дейін; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тексерілетін тұлғаға және (немесе) Қазақстан Республикасының мемлекеттік органдарына, сондай-ақ шет мемлекеттің тиісті органына және (немесе) өзге ұйымдарға сұрау салу жолдаған кезде – осындай сұрау салу жолданған күннен бастап жауап алынған күнге дейінгі уақыт кезеңіне тоқтатыла тұрады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы жазбаша қарсылықты қарау мерзімін тоқтата тұрған кезде тексерілетін тұлғаға мынадай тәсілдермен:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
-[...15 lines deleted...]
-      Камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы жазбаша қарсылықты қарау мерзімін тоқтата тұрған кезде тексерілетін тұлғаға мынадай тәсілдермен:</w:t>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) пошта арқылы хабарламасы бар тапсырыс хатпен;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z37" w:id="35"/>
-[...15 lines deleted...]
-      1) пошта арқылы хабарламасы бар тапсырыс хатпен;</w:t>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "электрондық үкімет" веб-порталындағы пайдаланушының веб-қосымшасына немесе жеке кабинетіне электрондық тәсілмен сұрау салу жолданған күннен бастап 1 (бір) жұмыс күні ішінде осындай тоқтата тұру туралы ақпаратты жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
-[...15 lines deleted...]
-      2) "электрондық үкімет" веб-порталындағы пайдаланушының веб-қосымшасына немесе жеке кабинетіне электрондық тәсілмен сұрау салу жолданған күннен бастап 1 (бір) жұмыс күні ішінде осындай тоқтата тұру туралы ақпаратты жолдайды.</w:t>
+    <w:bookmarkStart w:name="z39" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы тексерілетін тұлғаның жазбаша қарсылығымен келіспеген кезде мынадай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z39" w:id="37"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:bookmarkStart w:name="z40" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Салық кодексінің 130-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ірі салық төлеушілер мониторингіне жататын;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z41" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) инвестициялық және (немесе) арнайы инвестициялық келісімшарттар жасаған;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z41" w:id="39"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:bookmarkStart w:name="z42" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) камералдық кедендік тексерудің алдын ала актілері бойынша оларға есептелетін кедендік төлемдер, салықтар, арнайы, демпингке қарсы, өтемақы баждары, пайыздар сомасы "2021 – 2023 жылдарға арналған республикалық бюджет туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген және тиісті қаржы жылының 1 қаңтарында қолданыста болатын айлық есептік көрсеткіштің 5 000-еселенген мөлшерінен асып кеткен тексерілентін тұлғаларға қатысты жазбаша қарсылықты қарау мерзімінің ішінде Комитетке сұрау сауды жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сұрау салуға мынадай құжаттар:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1741,70 +1845,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органының жазбаша ұстанымы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       есептер, сондай-ақ камералдық кедендік тексеру барысында алған тексерілетін тұлғаның жазбаша қарсылығында жазылған мәселелерді қозғайтын өзге де құжаттар мен мәліметтер қоса беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:bookmarkStart w:name="z43" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Комитет камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органының сұрау салуын, оны Комитетте тіркеген күннен бастап күнтізбелік 30 (отыз) күн ішінде, қарсылық берген тұлға өзінің аталған мән-жайларды растайтын талаптары мен дәлелдерін негіздеген мән-жайлар шегінде, сондай-ақ камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органының ұстанымында көрсетілген дәлелдер мен негіздемелер шегінде қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитет камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органының сұрау салуын қарау кезінде, тексеретін тұлғаға және (немесе) Қазақстан Республикасының мемлекеттік органдарына, сондай-ақ шет мемлекеттердің тиісті органдарына және өзге де ұйымдарына жазбаша қарсылықта жазылған мәселелер бойынша ақпараттар не түсіндірулер ұсыну туралы сұрау салуды жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1815,90 +1919,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте сұрау салуды қарау мерзімі сұрау салуды жолдаған күннен бастап жауап алған күнге дейінгі уақыт кезеңіне тоқтатыла тұрады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сұрау салуды қараудың қорытындысы бойынша Комитет камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органына тексеретін тұлғаның жазбаша қарсылығында жазылған мәселелер бойынша дәлілделген негіздемемен жауап жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:bookmarkStart w:name="z44" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілмеген тексеретін тұлғаның жазбаша қарсылығын қарау кезінде камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы жазбаша қарсылықты қарау мерзімі ішінде тексеретін тұлғаға және (немесе) Қазақстан Республикасының мемлекеттік органдарына, сондай-ақ шет мемлекеттердің тиісті органдарына және өзге де ұйымдарына жазбаша қарсылықта жазылған мәселелер бойынша ақпараттар не түсіндірулер ұсыну туралы сұрау салуды жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте көрсетілген сұрау салуларды Қазақстан Республикасының мемлекеттік органдары Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1973,51 +2077,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:bookmarkStart w:name="z45" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2072,52 +2176,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес камералдық кедендік тексеру актісін табыс ету жолымен Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>417-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен және мерзіммен камералдық кедендік тексеруді аяқтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z46" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2152,51 +2256,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес камералдық кедендік тексеру актісін жолдау немесе табыс ету жолымен Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>417-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен және мерзімде камералдық кедендік тексеруді аяқтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2576,31 +2680,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>