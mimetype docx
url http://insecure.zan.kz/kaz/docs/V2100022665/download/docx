--- v1 (2026-01-02)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5486763" w14:textId="5486763">
+    <w:p w14:paraId="eef34a2" w14:textId="eef34a2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -604,1703 +604,1651 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2021 жылғы 29 сәуірдегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 413 бұйрықпен </w:t>
+              <w:t>№ 413 бұйрықпен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...15 lines deleted...]
-      </w:r>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тексерілетін тұлғаға камералдық кедендік тексерудің алдын ала актісін жіберу немесе табыс ету, тексерілетін тұлғаның камералдық кедендік тексерудің алдын ала актісіне жазбаша қарсылық ұсыну, сондай-ақ мұндай қарсылықты қарау қағидалары мен мерзімдері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Ескерту.  Қағидалар мен мерзімдер жаңа редакцияда - ҚР Қаржы министрінің 08.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t>№ 756</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Қағидалар мен мерзімдер жаңа редакцияда көзделген - ҚР Қаржы министрінің 08.12.2025 </w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 756</w:t>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Тексерілетін тұлғаға камералдық кедендік тексерудің алдын ала актісін жіберу немесе табыс ету, тексерілетін тұлғаның камералдық кедендік тексерудің алдын ала актісіне жазбаша қарсылық ұсыну, сондай-ақ мұндай қарсылықты қарау қағидалары мен мерзімдері </w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z89" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Тексерілетін тұлғаға камералдық кедендік тексерудің алдын ала актісін жіберу немесе табыс ету, тексерілетін тұлғаның камералдық кедендік тексерудің алдын ала актісіне жазбаша қарсылық ұсыну, сондай-ақ мұндай қарсылықты қарау қағидалары мен мерзімдері (бұдан әрі – Қағидалар) "Қазақстан Республикасындағы кедендік реттеу туралы" Қазақстан Республикасы Кодексінің (бұдан әрі – Кодекс) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>417-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-1-тармағын іске асыру мақсатында әзірленді және мемлекеттік кірістер органының тексерілетін тұлғаға камералдық кедендік тексерудің алдын ала актісін жіберу немесе табыс ету, тексерілетін тұлғаның камералдық кедендік тексерудің алдын ала актісіне жазбаша қарсылық ұсыну, сондай-ақ мұндай қарсылықты қарау тәртібі мен мерзімдерін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z90" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидалар шеңберінде келесі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z91" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жазбаша қарсылық – тексерілетін тұлғаның камералдық кедендік тексерудің алдын ала актісінің нәтижелерімен жазбаша келіспеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z92" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) камералдық кедендік тексерудің алдын ала актісі – мемлекеттік кірістер органының лауазымды адамы жасаған камералдық кедендік тексерудің алдын ала нәтижелері туралы құжат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z93" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Қағидаларда пайдаланатын өзге де ұғымдар Кодекске сәйкес қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z94" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z12" w:id="9"/>
+        <w:t xml:space="preserve"> 2-тарау. Тексерілетін тұлғаға камералдық кедендік тексерудің алдын ала актісін жіберу немесе табыс ету тәртібі мен мерзімдері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z95" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Тексерілетін тұлғаға камералдық кедендік тексерудің алдын ала актісін жіберу немесе табыс ету, тексерілетін тұлғаның камералдық кедендік тексерудің алдын ала актісіне жазбаша қарсылық ұсыну, сондай-ақ мұндай қарсылықты қарау </w:t>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+      3. Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>417-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-1-тармағында көзделген камералдық кедендік тексеру актісі жасалғанға дейін, мемлекеттік кірістер органының лауазымды адамы тексерілетін тұлғаға камералдық кедендік тексерудің алдын ала актісін жібереді немесе табыс етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z96" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Камералдық кедендік тексерудің алдын ала актісі тексерілетін тұлғаға Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>416-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11-тармағымен белгіленген талаптарына сәйкес камералдық кедендік тексеру аяқталу күніне 5 (бес) жұмыс күнінен кешіктірілмей қол қойғызып тапсырылады немесе жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z97" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Тексерілетін тұлғаға камералдық кедендік тексерудің алдын ала актісін табыс ету мүмкіндігі болмаған кезде немесе тексерілетін тұлғаның тіркеу деректерінде көрсетілген орналасқан жері бойынша тексерілетін тұлғаның болмауына байланысты пошта операторы немесе байланыс операторы оны қайтарғанда, мемлекеттік кірістер органы осындай құжаттар қайтарылған күннен бастап 5 (бес) жұмыс күні ішінде 2 (екі) куәгерді тарта отырып, осындай тұлғаның орналасқан жері бойынша зерттеп-қарауды жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z98" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зерттеп-қарау нәтижелері бойынша зерттеп-қарау актісі жасалады, онда:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z99" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) актінің жасалған орны, күні мен уақыты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z100" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) актіні жасаған мемлекеттік кірістер органы лауазымды адамының лауазымы, тегі, аты және әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z101" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік кірістер органының атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z102" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тартылған куәгерлердің тегі, аты және әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе), жеке басын куәландыратын құжаттың атауы мен нөмірі, тұрғылықты жерінің мекенжайы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z103" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тексерілетін тұлғаның тегі, аты және әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе) және (немесе) атауы, оның жеке сәйкестендіру нөмірі/бизнес-сәйкестендіру нөмірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z104" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) зерттеп-қарау нәтижелері туралы ақпарат көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z105" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Куәгер ретінде мемлекеттік кірістер органының лауазымды адамы мен тексерілетін тұлғаның әрекеттері нәтижесіне мүдделі емес, кәмелетке толған, әрекетке қабілетті кез келген азамат шақырылады. Қазақстан Республикасы мемлекеттік органдарының лауазымды адамдары мен тексерілетін тұлғаның жұмыскерлеріне, құрылтайшыларына (қатысушыларына) куәгерлер ретінде қатысуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z106" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зерттеп-қарау нәтижесінде тіркеу деректерінде көрсетілген орналасқан жері бойынша тексерілетін тұлғаның іс жүзінде болмауы анықталған кезде, зерттеп-қарау актісін жасаған күн камералдық кедендік тексерудің алдын ала актісін табыс еткен күн болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z107" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Тексерілетін тұлғаға камералдық кедендік тексерудің алдын ала актісін жіберу немесе табыс ету тәртібі мен мерзімдері</w:t>
-[...258 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Тексерілетін тұлғаның камералдық кедендік тексерудің алдын ала актісіне жазбаша қарсылықты ұсыну, сондай-ақ мұндай қарсылықты қараудың тәртібі мен мерзімдері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-[...78 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z108" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Қазақстан Республикасы Салық кодексінің 144-бабының 3-тармағына сәйкес ірі салық төлеушілер мониторингіне жататын, тексерілетін тұлғаларды қоспағанда, камералдық кедендік тексерудің алдын ала актісіне жазбаша қарсылығын камералдық кедендік тексерудің алдын ала актісін алған немесе табыс етілген күнінен кейінгі күннен бастап 10 (он) жұмыс күні ішінде камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органына ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z109" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте ірі салық төлеушілер мониторингіне жататын, тексерілетін тұлғалар камералдық кедендік тексерудің алдын ала актісіне жазбаша қарсылығын камералдық кедендік тексерудің алдын ала актісін алған немесе табыс етілген күнінен кейінгі күннен бастап 15 (он бес) жұмыс күні ішінде камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органына ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z110" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Камералдық кедендік тексерудің алдын ала актісіне жазбаша қарсылығын мынадай тәсілдермен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z111" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) келу тәртібімен – қағаз жеткізгіште;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z112" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) пошта арқылы хабарламасы бар тапсырыс хатпен – қағаз жеткізгіште;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z113" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "Азаматтарға арналған үкімет" Мемлекеттік корпорациясы арқылы – электрондық нысанда ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z114" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органының жазбаша қарсылықты қабылдаған және тіркеген күні жазбаша қарсылық келіп түскен күн болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z115" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Жазбаша қарсылықта:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z116" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) камералдық кедендік тексеруді жүргізетін мемлекеттік кірістер органының атауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z117" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жазбаша қарсылықты беруші тұлғаның тегі, аты және әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе) не толық атауы, оның тұрғылықты жері (орналасқан жері);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z118" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жазбаша қарсылықты беретін тұлғаның жеке сәйкестендіру нөмірі/бизнес-сәйкестендіру нөмірі (ЖСН/БСН);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z119" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жазбаша қарсылық берілген күн;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z120" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жазбаша қарсылық беруші тұлға өзінің талаптарын және осы мән-жайларды растайтын дәлелдемелерді негіздейтін мән-жайлар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z121" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) қоса берілетін құжаттардың тізбесі көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z122" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Тексерілетін тұлға бұрын берілген жазбаша қарсылықты кері қайтарып алу туралы шешім қабылдаған кезде камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кіріс органына қабылданған шешім туралы хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z123" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Жазбаша қарсылығын камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы онда көрсетілген мәселелер шегінде жазбаша қарсылық келіп түскен күнінен кейінгі кұннен бастап 10 (он) жұмыс күні ішінде қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z124" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, жазбаша қарсылықты қарау мерзімі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z125" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитетіне (бұдан әрі – Комитет) жазбаша сұрау салу жолдаған кезде – осындай сұрау салу жолданған күннен бастап жауап алынған күнге дейін; </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="32"/>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитетіне (бұдан әрі – Комитет) жазбаша сұрау салу жолдаған кезде – осындай сұрау салу жолданған күннен бастап жауап алынған күнге дейін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z126" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тексерілетін тұлғаға және (немесе) Қазақстан Республикасының мемлекеттік органдарына, сондай-ақ шет мемлекеттің тиісті органына және (немесе) өзге ұйымдарға сұрау салу жолдаған кезде – осындай сұрау салу жолданған күннен бастап жауап алынған күнге дейінгі уақыт кезеңіне тоқтатыла тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-[...80 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z127" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы жазбаша қарсылығын қарау мерзімдері тоқтатыла тұрған жағдайда тексерілетін тұлғаға сұрау салу жолданған күннен бастап 1 (бір) жұмыс күні ішінде мынадай тәсілдермен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z128" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      хабарламасы бар тапсырыс хатпен пошта арқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z129" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электрондық тәсілмен веб-қосымшасына немесе пайдаланушының жеке кабинетіне "электрондық үкімет" веб-порталындағы осындай тоқтата тұру туралы ақпаратты жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z130" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кіріс органы жазбаша қарсылығын қарау мерзімдері қайта басталған кезде тексерілетін тұлғаға сұрау салуға жауап алған күннен бастап 2 (екі) жұмыс күні ішінде сондай қайта бастау туралы ақпаратты келесі тәсілдермен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z131" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      хабарламасы бар тапсырыс хатпен пошта арқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z132" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электрондық тәсілмен веб-қосымшасына немесе пайдаланушының жеке кабинетіне "электрондық үкімет" веб-порталындағы осындай қайта бастау туралы ақпаратты жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z133" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы жазбаша қарсылығымен келіспеген кезде мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z134" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) Салық кодексінің 130-бабының </w:t>
-[...82 lines deleted...]
-    <w:bookmarkEnd w:id="39"/>
+      1) Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>144-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тармағына сәйкес ірі салық төлеушілер мониторингіне жататын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z135" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) инвестициялық және (немесе) арнайы инвестициялық келісімшарттар жасаған тексерілетін тұлғаға қатысты Комитетке сұрау салу жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z136" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сұрау салуға мынадай құжаттар:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...71 lines deleted...]
-    <w:bookmarkStart w:name="z43" w:id="40"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z137" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) камералдық кедендік тексерудің алдын ала актісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z138" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жазбаша қарсылығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z139" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органының жазбаша ұстанымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z140" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) есептер, сондай-ақ камералдық кедендік тексеру барысында алған жазбаша қарсылығында жазылған мәселелерді қозғайтын өзге де құжаттар мен мәліметтер қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z141" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Комитет камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органының сұрау салуын, оны Комитетте тіркеген күннен бастап күнтізбелік 30 (отыз) күн ішінде, қарсылық берген тұлға өзінің аталған мән-жайларды растайтын талаптары мен дәлелдерін негіздеген мән-жайлар шегінде, сондай-ақ камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органының ұстанымында көрсетілген дәлелдер мен негіздемелер шегінде қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z142" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитет камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органының сұрау салуын қарау кезінде, тексеретін тұлғаға және (немесе) Қазақстан Республикасының мемлекеттік органдарына, сондай-ақ шет мемлекеттердің тиісті органдарына және өзге де ұйымдарына жазбаша қарсылықта жазылған мәселелер бойынша ақпараттар не түсіндірулер ұсыну туралы сұрау салуды жолдайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z143" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте сұрау салуды қарау мерзімі сұрау салуды жолдаған күннен бастап жауап алған күнге дейінгі уақыт кезеңіне тоқтатыла тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z44" w:id="41"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z144" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сұрау салуды қараудың қорытындысы бойынша Комитет камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органына жазбаша қарсылығында жазылған мәселелер бойынша дәлілделген негіздемемен жауап жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z145" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілмеген тексеретін тұлғаның жазбаша қарсылығын қарау кезінде камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы жазбаша қарсылықты қарау мерзімі ішінде тексеретін тұлғаға және (немесе) Қазақстан Республикасының мемлекеттік органдарына, сондай-ақ шет мемлекеттердің тиісті органдарына және өзге де ұйымдарына жазбаша қарсылықта жазылған мәселелер бойынша ақпараттар не түсіндірулер ұсыну туралы сұрау салуды жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z146" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте көрсетілген сұрау салуларды Қазақстан Республикасының мемлекеттік органдары Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің 44-бабында белгіленген тәртіппен және мерзімдерде қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z147" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шетел мемлекетінің мемлекеттік органдарымен өзара іс-қимыл Қазақстан Республикасының халықаралық шарттарына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z148" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Бұл ретте көрсетілген сұрау салуларды Қазақстан Республикасының мемлекеттік органдары Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің </w:t>
-[...39 lines deleted...]
-    </w:p>
+      13. Камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы осы Қағидалардың 9-тармағында көзделген мерзімде жазбаша қарсылығын қараудың қорытындысы бойынша, сондай-ақ осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ұсынылған сұрау салуға жауапты ескере отырып, тексерілетін тұлғаға Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>417-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-тармағының талаптарына сәйкес камералдық кедендік тексеру актісін табыс ету жолымен Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>417-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген тәртіппен және мерзіммен камералдық кедендік тексеруді аяқтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z149" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Осы Қағидалардың 6-тармағында көзделген мерзімде тексерілетін тұлға жазбаша қарсылықты ұсынбаған немесе тексерілетін тұлға жазбаша қарсылықты кері қайтарып алған кезде, камералдық кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы тексерілетін тұлғаға Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>417-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-тармағының талаптарына сәйкес камералдық кедендік тексеру актісін жолдау немесе табыс ету жолымен Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>417-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген тәртіппен және мерзімде камералдық кедендік тексеруді аяқтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...28 lines deleted...]
-      <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="42"/>
-[...178 lines deleted...]
-    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>