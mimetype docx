--- v0 (2025-11-14)
+++ v1 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="21270fc" w14:textId="21270fc">
+    <w:p w14:paraId="072d176" w14:textId="072d176">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,61 +85,147 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кейбір бұйрықтарға өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-        <w:t>Қазақстан Республикасы Ұлттық экономика министрінің 2021 жылғы 28 сәуірдегі № 48 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 28 сәуірде № 22648 болып тіркелді.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Ұлттық экономика министрінің 2021 жылғы 28 сәуірдегі № 48 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 28 сәуірде № 22648 болып тіркелді. Күші жойылды - Қазақстан Республикасы Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 2026 жылғы 12 қаңтардағы № 3 бұйрығымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Күші жойылды - ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 12.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -978,2626 +1066,164 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Инвестициялық шығындардың өтемақысын төлеу концессия объектісін пайдалануға бергеннен кейін концессия шартына сәйкес кемінде 5 (бес) жылды құрайтын мерзім ішінде тең үлестермен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте концессия шартында белгіленген инвестициялық шығындардың өтемақысын төлеу мерзімін неғұрлым ерте кезеңдерге ауыстыруға жол берілмейді.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...465 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Күші жойылды - ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...1999 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Күші жойылды - ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -3768,1530 +1394,89 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 48 Бұйрыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...284 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z69" w:id="30"/>
-[...1191 lines deleted...]
-    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Премьер-Министрінің орынбасары - Ұлттық экономика министрінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5669,126 +1854,126 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z72" w:id="31"/>
+    <w:bookmarkStart w:name="z72" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салалық қорытынды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (оң не теріс қорытынды көрсетіледі)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="32"/>
+    <w:bookmarkStart w:name="z73" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мемлекеттік-жекешелік әріптестік (бұдан әрі - МЖӘ) жобасы бойынша қысқаша ақпарат.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Салалық сараптама жүргізетін салалық мемлекеттік органның атауы (құны төрт миллион айлық есептік көрсеткіштен асатын жергілікті МЖӘ жобалары бойынша не республикалық МЖӘ жобалары бойынша) не жергілікті салалық мемлекеттік органның атауы (жергілікті МЖӘ жобалары бойынша) көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5925,70 +2110,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Жобаның құны (жобаның болжамды құны мың теңгемен, шығындарды өтеу және кірістер алу көздерінің жоспарланатын құны, Заңға сәйкес мемлекеттік қолдаудың болжамды шаралары және мемлекеттің қатысу нысандары көрсетіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) Жобаның нәтижесі (МЖӘ жобасының тікелей және түпкілікті нәтижесі көрсетіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="33"/>
+    <w:bookmarkStart w:name="z74" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Негізгі бөлім (төменде көрсетілген кіші бөлімдердің әрқайсысы бойынша бағалау нәтижелерін (оң не теріс) қамтиды).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Саланың одан әрі дамуына әсер ететін ағымдағы жай-күйінің проблемаларын бағалау.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6197,70 +2382,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) МЖӘ жобасын іске асыру нәтижесінде құрылатын объектінің жоспарланатын физикалық параметрлері мен техникалық сипаттамаларын бағалау.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) Құрылыс қызметін көздейтін МЖӘ жобалары бойынша ведомстводан тыс кешенді сараптама қорытындысында қамтылмаған МЖӘ объектісі құрамдауыштарының оңтайлылығына, жеткіліктілігіне және құнына қосымша бағалау жүргізіледі. Екі кезеңдік рәсімдерді пайдалана отырып жекеше әріптесті айқындау бойынша конкурсты өткізу кезінде конурстық құжаттама құрамында МЖӘ жобасының ТЭН-і және МЖӘ жобасының ТЭН-іне ведомстводан тыс кешенді сараптама қорытындысы болмаған жағдайда МЖӘ объектісінің барлық құрамдауыштары бойынша оңтайлылықты, жеткіліктілікті және құнды бағалау қосымша жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="34"/>
+    <w:bookmarkStart w:name="z75" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Салалық қорытындының нәтижелері бойынша тұжырымдар (тұжырымдамаларда жүргізілген бағалау нәтижелері бойынша МЖӘ жобасын қолдау туралы (оң қорытынды) не жүргізілген бағалау нәтижелері бойынша МЖӘ жобасын қолдамау туралы (теріс қорытынды) салалық мемлекеттік органның ұстанымы көрсетіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6573,89 +2758,89 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>айқындау қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z78" w:id="35"/>
+    <w:bookmarkStart w:name="z78" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әлеуетті жекеше әріптестердің өздерінің біліктілік талаптарына сәйкестігін растауы үшін ұсынатын құжаттар тізбесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z79" w:id="36"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z79" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз шоттарында ақшаның болуын, әлеуетті жекеше әріптестің меншік құқығын және жылжитын және жылжымайтын мүліктің құнын растайтын құжаттардың түпнұсқалары немесе нотариат куәландырған көшірмелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z80" w:id="37"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z80" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Бухгалтерлiк есеп пен қаржылық есептiлiк туралы" 2007 жылғы 28 ақпандағы Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6670,229 +2855,229 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2, 13, 14, 15, 16, 17, 18, және 19-баптарына не халықаралық қаржылық есептілік стандарттарына сәйкес жасалған толық алдыңғы екі қаржы жылының қаржылық есептілігінің түпнұсқасы. Егер әлеуетті жекеше әріптес қызметін екі жылдан аз жүзеге асырса, қаржылық есептілік мемлекеттік тіркелген сәттен басталған кезеңге ұсынылады. Еншілес ұйымдары бар ұйымдар негізгі ұйым қызметі жөніндегі қаржылық есептілікке қосымша "Бухгалтерлiк есеп пен қаржылық есептiлiк туралы" 2007 жылғы 28 ақпандағы Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> не халықаралық қаржылық есептілік стандарттарына сәйкес шоғырландырылған қаржылық есептілікті жасайды және ұсынады. Ерекше маңызы бар МЖӘ жобаларына қатысты, егер әлеуетті жекеше әріптес МЖӘ жобасын іске асыру мақсатында жеке және (немесе) заңды тұлғалар құрған жаңа заңды тұлға болып табылса, онда мұндай құжаттаманы осындай әлеуетті жекеше әріптестің құрылтайшысы болып табылатын жеке және (немесе) заңды тұлғалар ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z81" w:id="38"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z81" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әлеуетті жекеше әріптестің бірінші басшысының немесе уәкілетті өкілінің қолы қойылған және әлеуетті жекеше әріптестің мөрімен куәландырылған соңғы есепті күнге (соңғы қаржы жылындағы) "Негізгі құралдар" бухгалтерлік балансының баптарының таратылып жазылуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z82" w:id="39"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z82" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) әлеуетті жекеше әріптестің бірінші басшысының немесе уәкілетті өкілінің қолы қойылған және әлеуетті жекеше әріптестің мөрімен куәландырылған, олардың қалыптасқан күні мен болжамды өтеу күні, сондай-ақ берешектің мақсаты (не үшін берешек пайда болды), оларды құнсыздандыру бойынша есептелген резервтердің сомасы көрсетілген соңғы есепті күнге (соңғы қаржы жылындағы) дебиторлық және кредиторлық берешектің таратылып жазылуы. Банктік қарыздар болған жағдайда банктік қарыздар шарттарының көшірмелерін негізгі борышты және пайыздарды өтеу кестелерімен қоса беру қажет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z83" w:id="40"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z83" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) әлеуетті жекеше әріптестің төлем қабілеттілігі, оның таратылуға жатпайтыны, мүлкіне тыйым салынбағаны, оның қаржылық-шаруашылық қызметінің тоқтатылмағаны, әлеуетті жекеше әріптестің жасалған МЖӘ шарттары бойынша міндеттемелерді орындамағаны немесе тиісінше орындамағаны үшін соңғы үш жыл ішінде заңды күшіне енген сот шешімі негізінде жауапкершілікке тартылмағаны туралы кепілхат.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ерекше маңызы бар МЖӘ жобалары бойынша әлеуетті жекеше әріптестің мұндай тұлға конкурс жеңімпазы болып танылған жағдайда, МЖӘ шартын жасасу мақсаты үшін мұндай тұлға, егер мұндай заңды тұлға МЖӘ жобасын іске асыру мақсатында конкурстық өтінім беру сатысында құрылмаса, конкурс жеңімпазы мемлекеттік әріптеске МЖӘ шартында айқындалған көлемде және талаптарда осындай жаңа заңды тұлғаның міндеттемелерін орындаудың банктік кепілдіктерін ұсынған жағдайда МЖӘ шартының тарапы болатын жаңа заңды тұлғаны құратыны туралы кепілхатының түпнұсқасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="41"/>
+    <w:bookmarkStart w:name="z84" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының заңнамалық актілерінде міндетті түрде аудит өткізу белгіленген заңды тұлғалар да соңғы қаржы жылы үшін аудиторлық есепті ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z85" w:id="42"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z85" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) заңды тұлға қызметін үлгілік жарғы негізінде жүзеге асыратын жағдайларды қоспағанда, заңды тұлға нотариат куәландырған жарғысының көшірмесін ұсынады. Қазақстан Республикасының резиденті еместер мемлекеттік және (немесе) орыс тілдеріне аударылған сауда тізілімінен нотариат куәландырған заңдастырылған үзіндіні ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z86" w:id="43"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z86" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) тіркелген заңды тұлға, филиал немесе өкілдік туралы анықтама;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z87" w:id="44"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z87" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) кәсіпкерлік қызметті жүзеге асыратын жеке тұлға тиісті мемлекеттік орган берген заңды тұлға құрмай кәсіпкерлік қызметті жүзеге асыруға құқық беретін құжаттың нотариат куәландырған көшірмесін, жеке сәйкестендіру нөмірін көрсете отырып, нотариат куәландырған жеке бас куәлігінің (төлқұжат) көшірмесін ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z88" w:id="45"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z88" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) әлеуетті жекеше әріптеске қызмет көрсететін банктің немесе банк филиалының қолы мен мөрі қойылған, Қазақстан Республикасының Ұлттық Банкі басқармасының қаулысымен бекітілген екінші деңгейдегі банктер мен ипотекалық компаниялардағы Бухгалтерлік есеп шоттарының үлгілік жоспарына сәйкес банк немесе банк филиалы алдындағы әлеуетті жекеше әріптес міндеттемелерінің барлық түрлері бойынша анықтама берілген күннің алдында үш айдан астам мерзімі өткен берешегі жоқ екендігі туралы анықтамасының түпнұсқасы. Егер әлеуетті жекеше әріптес бірнеше екінші деңгейдегі банктердің немесе филиалдарының, сондай-ақ шетел банкінің клиенті болып табылса, аталған анықтама осындай банктердің әрқайсысынан ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы кредиттік бюролар және кредиттік тарихты қалыптастыру туралы" 2004 жылғы 6 шілдедегі Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7245,63 +3430,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -7623,35 +3830,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>