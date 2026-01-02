--- v0 (2025-10-03)
+++ v1 (2026-01-02)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f3db51f" w14:textId="f3db51f">
+    <w:p w14:paraId="27869cb" w14:textId="27869cb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -723,87 +723,191 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 376 бұйрықпен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидалар мен мерзімдер жаңа редакцияда көзделген - ҚР Қаржы министрінің 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 756</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тексерілетін тұлғаға көшпелі кедендік тексерудің алдын ала актісін жіберу немесе табыс ету, тексерілетін тұлғаның көшпелі кедендік тексерудің алдын ала актісіне жазбаша қарсылық ұсыну және мұндай қарсылықты қарау қағидалары мен мерзімдері</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Тексерілетін тұлғаға көшпелі кедендік тексерудің алдын ала актісін жіберу немесе табыс ету, тексерілетін тұлғаның көшпелі кедендік тексерудің алдын ала актісіне жазбаша қарсылық ұсыну және мұндай қарсылықты қарау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -818,663 +922,663 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Қағидалар) "Қазақстан Республикасындағы кедендік реттеу туралы" Қазақстан Республикасы Кодексінің (бұдан әрі – Кодекс) 418-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20-тармағын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> іске асыру мақсатында әзірленді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Қағидалар тексерілетін тұлғаға көшпелі кедендік тексерудің алдын ала актісін жіберу немесе табыс ету, тексерілетін тұлғаның көшпелі кедендік тексерудің алдын ала актісіне жазбаша қарсылық ұсыну және мұндай қарсылықты қарау қағидалары мен мерзімдерін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Қағидалар шеңберінде мынадай ұғымы пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. жазбаша қарсылық – тексерілетін тұлғаның көшпелі кедендік тексерудің алдын ала актісінің нәтижелерімен жазбаша келіспеуі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:p>
-[...51 lines deleted...]
-      2. жазбаша қарсылық – тексерілетін тұлғаның көшпелі кедендік тексерудің алдын ала актісінің нәтижелерімен жазбаша келіспеуі.</w:t>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Тексерілетін тұлғаға көшпелі кедендік тексерудің алдын ала актісін жіберу немесе табыс ету тәртібі мен мерзімдері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Кодекстің 418-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген көшпелі кедендік тексеру актісі жасалғанға дейін, мемлекеттік кірістер органының лауазымды адамы тексерілетін тұлғаға көшпелі кедендік тексерудің алдын ала актісін жібереді немесе табыс етеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Көшпелі кедендік тексерудің алдын ала актісі тексерілетін тұлғаға көшпелі кедендік тексерудің аяқталу күніне дейінгі 5 (бес) жұмыс күнінен кешіктірмей қолын қойдыра отырып жібереді немесе табыс етіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
-[...15 lines deleted...]
-      4. Көшпелі кедендік тексерудің алдын ала актісі тексерілетін тұлғаға көшпелі кедендік тексерудің аяқталу күніне дейінгі 5 (бес) жұмыс күнінен кешіктірмей қолын қойдыра отырып жібереді немесе табыс етіледі.</w:t>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Тексерілетін тұлғаға көшпелі кедендік тексерудің алдын ала актісін табыс ету немесе тексерілетін тұлғаның тіркеу деректерінде көрсетілген орналасқан жері бойынша тексерілетін тұлғағаның болмауына байланысты пошта операторы немесе байланыс операторы оны қайтару мүмкіндігі болмаған кезде, мемлекеттік кірістер органы осындай құжаттар қайтарылған күннен бастап 5 (бес) жұмыс күні ішінде 2 (екі) куәгерді тарта отырып, осындай тұлғаның орналасқан жері бойынша зерттеп-қарауды жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
-[...15 lines deleted...]
-      5. Тексерілетін тұлғаға көшпелі кедендік тексерудің алдын ала актісін табыс ету немесе тексерілетін тұлғаның тіркеу деректерінде көрсетілген орналасқан жері бойынша тексерілетін тұлғағаның болмауына байланысты пошта операторы немесе байланыс операторы оны қайтару мүмкіндігі болмаған кезде, мемлекеттік кірістер органы осындай құжаттар қайтарылған күннен бастап 5 (бес) жұмыс күні ішінде 2 (екі) куәгерді тарта отырып, осындай тұлғаның орналасқан жері бойынша зерттеп-қарауды жүргізеді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зерттеп-қарау нәтижелері бойынша зерттеп-қарау актісі жасалады, онда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      актінің жасалған орны, күні мен уақыты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      актіні жасаған мемлекеттік кірістер органы лауазымды адамының лауазымы, тегі, аты және әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік кірістер органының атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тартылған куәгерлердің тегі, аты және әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе), жеке басын куәландыратын құжаттың атауы мен нөмірі, тұрғылықты жерінің мекенжайы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тексерілетін тұлғаның тегі, аты және әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе) және (немесе) атауы, оның жеке сәйкестендіру нөмірі/бизнес-сәйкестендіру нөмірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      зерттеп-қарау нәтижелері туралы ақпарат көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Куәгер ретінде мемлекеттік кірістер органының лауазымды адамы мен тексерілетін тұлғаның әрекеттері нәтижесіне мүдделі емес, кәмелетке толған, әрекетке қабілетті кез келген азамат шақырылады. Қазақстан Республикасы мемлекеттік органдарының лауазымды адамдары мен тексерілетін тұлғаның жұмыскерлеріне, құрылтайшыларына (қатысушыларына) куәгерлер ретінде қатысуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зерттеп-қарау нәтижесінде тіркеу деректерінде көрсетілген орналасқан жері бойынша тексерілетін тұлғаның іс жүзінде болмауы анықталған кезде, зерттеп-қарау актісін жасаған күн көшпелі кедендік тексерудің алдын ала актісін табыс еткен күн болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Тексерілетін тұлғаның көшпелі кедендік тексерудің алдын ала актісіне жазбаша қарсылық ұсыну және мұндай қарсылықты қарау тәртібі мен мерзімдері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:p>
-[...175 lines deleted...]
-        <w:t xml:space="preserve"> 3-тарау. Тексерілетін тұлғаның көшпелі кедендік тексерудің алдын ала актісіне жазбаша қарсылық ұсыну және мұндай қарсылықты қарау тәртібі мен мерзімдері</w:t>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының Кодексінің (Салық кодексі)" (бұдан әрі – Салық кодексі) ірі салық төлеушілер мониторингіне жататын, тексерілетін тұлғаларды қоспағанда, тексерілетін тұлғаның көшпелі кедендік тексерудің алдын ала актісіне жазбаша қарсылығы көшпелі кедендік тексерудің алдын ала актісін алған немесе табыс етілген күннен бастап 10 (он) жұмыс күні ішінде көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органына табыс етіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
-[...15 lines deleted...]
-      6. "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасының Кодексінің (Салық кодексі)" (бұдан әрі – Салық кодексі) ірі салық төлеушілер мониторингіне жататын, тексерілетін тұлғаларды қоспағанда, тексерілетін тұлғаның көшпелі кедендік тексерудің алдын ала актісіне жазбаша қарсылығы көшпелі кедендік тексерудің алдын ала актісін алған немесе табыс етілген күннен бастап 10 (он) жұмыс күні ішінде көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органына табыс етіледі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте ірі салық төлеушілер мониторингіне жататын, тексерілетін тұлғаның көшпелі кедендік тексерудің алдын ала актісіне жазбаша қарсылығы көшпелі кедендік тексерудің алдын ала актісін алған немесе табыс етілген күннен бастап 15 (он бес) жұмыс күні ішінде көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органына табыс етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексерілетін тұлға көшпелі кедендік тексерудің алдын ала актісіне жазбаша қарсылығын мынадай тәсілдермен ұсынады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) келу тәртібімен – қағаз жеткізгіште;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) пошта арқылы хабарламасы бар тапсырыс хатпен – қағаз жеткізгіште;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "Азаматтарға арналған үкімет" Мемлекеттік корпорациясы арқылы – электрондық нысанда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Жазбаша қарсылықта:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте ірі салық төлеушілер мониторингіне жататын, тексерілетін тұлғаның көшпелі кедендік тексерудің алдын ала актісіне жазбаша қарсылығы көшпелі кедендік тексерудің алдын ала актісін алған немесе табыс етілген күннен бастап 15 (он бес) жұмыс күні ішінде көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органына табыс етіледі.</w:t>
-[...90 lines deleted...]
-      7. Жазбаша қарсылықта:</w:t>
+      1) көшпелі кедендік тексеруді жүргізетін мемлекеттік кірістер органының атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жазбаша қарсылықты беруші тұлғаның тегі, аты және әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе) не толық атауы, оның тұрғылықты жері (орналасқан жері);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жазбаша қарсылықты беретін тұлғаның жеке сәйкестендіру нөмірі/бизнес-сәйкестендіру нөмірі (ЖСН/БСН);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жазбаша қарсылық берілген күн;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жазбаша қарсылық беруші тұлға өзінің талаптарын және осы мән-жайларды растайтын дәлелдемелерді негіздейтін мән-жайлар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) қоса берілетін құжаттардың тізбесі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органының жазбаша қарсылықты қабылдаған және тіркеген күні жазбаша қарсылықты беру күні болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:p>
-[...123 lines deleted...]
-      8. Көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органының жазбаша қарсылықты қабылдаған және тіркеген күні жазбаша қарсылықты беру күні болып табылады.</w:t>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Жазбаша қарсылықты көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы онда көрсетілген мәселелер шегінде оны алған күннен бастап 10 (он) жұмыс күні ішінде қарайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, жазбаша қарсылықты қарау мерзімі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1579,328 +1683,328 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) хабарламасы бар тапсырыс хатпен пошта арқылы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) электрондық тәсілмен "электрондық үкімет" веб-порталындағы пайдаланушының веб-қосымшасына немесе жеке кабинетіне осындай тоқтата тұру туралы ақпаратты жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы тексерілетін тұлғаның жазбаша қарсылығымен келіспеген кезде мынадай:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Салық кодексінің 130-бабының 3-тармағына сәйкес ірі салық төлеушілер мониторингіне жататын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) инвестициялық және (немесе) арнайы инвестициялық келісімшарттар жасаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) көшпелі кедендік тексерудің алдын ала актілері бойынша оларға есептелетін кедендік төлемдер, салықтар, арнайы, демпингке қарсы, өтемақы баждары, пайыздар сомасы "2021 – 2023 жылдарға арналған республикалық бюджет туралы" Қазақстан Республикасының Заңда белгіленген және тиісті қаржы жылының 1 қаңтарында қолданыста болатын айлық есептік көрсеткіштің 5 000-еселенген мөлшерінен асып кеткен тексерілентін тұлғаларға қатысты жазбаша қарсылықты қарау мерзімінің ішінде Комитетке сұрау сауды жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сұрау салуға мынадай құжаттар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көшпелі кедендік тексерудің алдын ала актісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тексерілетін тұлғаның жазбаша қарсылығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органының жазбаша ұстанымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      есептер, сондай-ақ көшпелі кедендік тексеру барысында алған тексерілетін тұлғаның жазбаша қарсылығында жазылған мәселелерді қозғайтын өзге де құжаттар мен мәліметтер қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Комитет көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органының сұрау салуын, оны Комитетте тіркеген күннен бастап күнтізбелік 30 (отыз) күн ішінде, қарсылық берген тұлға өзінің аталған мән-жайларды растайтын талаптары мен дәлелдерін негіздеген мән-жайлар шегінде, сондай-ақ көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органының ұстанымында көрсетілген дәлелдер мен негіздемелер шегінде қарайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) Салық кодексінің 130-бабының 3-тармағына сәйкес ірі салық төлеушілер мониторингіне жататын;</w:t>
-[...162 lines deleted...]
-        <w:t>
       Комитет мемлекеттік кірістер органының сұрау салуын қарау кезінде тексеретін тұлғаға және (немесе) Қазақстан Республикасының мемлекеттік органдарына, сондай-ақ шет мемлекеттердің тиісті органдарына және өзге де ұйымдарына жазбаша қарсылықта жазылған мәселелер бойынша ақпараттар не түсіндірулер ұсыну туралы сұрау салуды жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте сұрау салуды қарау мерзімі сұрау салуды жолдаған күннен бастап жауап алған күнге дейінгі уақыт кезеңіне тоқтатыла тұрады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сұрау салуды қараудың қорытындысы бойынша Комитет көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органына тексеретін тұлғаның жазбаша қарсылығында жазылған мәселелер бойынша дәлілделген негіздемемен жауап жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілмеген тексеретін тұлғаның жазбаша қарсылығын қарау кезінде көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы жазбаша қарсылықты қарау мерзімі ішінде тексеретін тұлғаға және (немесе) Қазақстан Республикасының мемлекеттік органдарына, сондай-ақ шет мемлекеттердің тиісті органдарына және өзге де ұйымдарына жазбаша қарсылықта жазылған мәселелер бойынша ақпараттар не түсіндірулер ұсыну туралы сұрау салуды жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте көрсетілген сұрау салуларды Қазақстан Республикасының мемлекеттік органдары Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1975,51 +2079,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2054,51 +2158,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ұсынылған сұрау салуға жауапты ескере отырып, Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>418-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіпте және мерзімде тексерілетін тұлғаға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Кодекстің 418-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2131,51 +2235,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       2) Кодекстің 418-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес көшпелі кедендік тексеру актісін табыс ету жолымен көшпелі кедендік тексеруді жаңартады және аяқтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Тексерілетін тұлға осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2190,51 +2294,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген мерзімде жазбаша қарсылықты ұсынбаған немесе тексерілетін тұлға жазбаша қарсылықты кері қайтарған кезде, көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>418-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіпте тексерілетін тұлғаға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Кодекстің 418-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2690,31 +2794,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>