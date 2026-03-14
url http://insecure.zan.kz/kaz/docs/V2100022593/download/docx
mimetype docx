--- v1 (2026-01-02)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="27869cb" w14:textId="27869cb">
+    <w:p w14:paraId="0f87e98" w14:textId="0f87e98">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -723,1698 +723,1760 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 376 бұйрықпен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...15 lines deleted...]
-      </w:r>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Тексерілетін тұлғаға көшпелі кедендік тексерудің алдын ала актісін жіберу немесе табыс ету, тексерілетін тұлғаның көшпелі кедендік тексерудің алдын ала актісіне жазбаша қарсылық ұсыну және мұндай қарсылықты қарау қағидалары мен мерзімдері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар мен мерзімдер жаңа редакцияда - ҚР Қаржы министрінің 08.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t>№ 756</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Қағидалар мен мерзімдер жаңа редакцияда көзделген - ҚР Қаржы министрінің 08.12.2025 </w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 756</w:t>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Тексерілетін тұлғаға көшпелі кедендік тексерудің алдын ала актісін жіберу немесе табыс ету, тексерілетін тұлғаның көшпелі кедендік тексерудің алдын ала актісіне жазбаша қарсылық ұсыну және мұндай қарсылықты қарау қағидалары мен мерзімдері</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Тексерілетін тұлғаға көшпелі кедендік тексерудің алдын ала актісін жіберу немесе табыс ету, тексерілетін тұлғаның көшпелі кедендік тексерудің алдын ала актісіне жазбаша қарсылық ұсыну және мұндай қарсылықты қарау қағидалары мен мерзімдері (бұдан әрі – Қағидалар) "Қазақстан Республикасындағы кедендік реттеу туралы" Қазақстан Республикасы Кодексінің (бұдан әрі – Кодекс) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>418-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20-тармағын іске асыру мақсатында әзірленді және мемлекеттік кірістер органының тексерілетін тұлғаға көшпелі кедендік тексерудің алдын ала актісін жіберу немесе табыс ету, тексерілетін тұлғаның көшпелі кедендік тексерудің алдын ала актісіне жазбаша қарсылық ұсыну және мұндай қарсылықты қарау қағидалары мен мерзімдерін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидалар шеңберінде келесі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жазбаша қарсылық – тексерілетін тұлғаның көшпелі кедендік тексерудің алдын ала актісінің нәтижелерімен жазбаша келіспеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көшпелі кедендік тексерудің алдын ала актісі – мемлекеттік кірістер органының лауазымды адамы жасаған көшпелі кедендік тексерудің алдын ала нәтижелері туралы құжат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Қағидаларда пайдаланатын өзге де ұғымдар Кодекске сәйкес қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="12"/>
+        <w:t xml:space="preserve"> 2-тарау. Тексерілетін тұлғаға көшпелі кедендік тексерудің алдын ала актісін жіберу немесе табыс ету тәртібі мен мерзімдері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Тексерілетін тұлғаға көшпелі кедендік тексерудің алдын ала актісін жіберу немесе табыс ету, тексерілетін тұлғаның көшпелі кедендік тексерудің алдын ала актісіне жазбаша қарсылық ұсыну және мұндай қарсылықты қарау </w:t>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="14"/>
+      3. Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>418-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19-тармағында көзделген көшпелі кедендік тексеру актісі жасалғанға дейін мемлекеттік кірістер органының лауазымды адамы тексерілетін тұлғаға көшпелі кедендік тексерудің алдын ала актісін жібереді немесе табыс етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Көшпелі кедендік тексерудің алдын ала актісі тексерілетін тұлғаға Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>416-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11-тармағымен белгіленген талаптарына сәйкес көшпелі кедендік тексеру аяқталу күніне 5 (бес) жұмыс күнінен кешіктірілмей қол қойғызып тапсырылады немесе жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Тексерілетін тұлғаға көшпелі кедендік тексерудің алдын ала актісін табыс ету кезінде мемлекеттік кірістер органы Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>418-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18-тармағының талаптарына сәйкес тексерілетін тұлғаға көшпелі кедендік тексеруді тоқтата тұру туралы хабардар етуді жібереді немесе табыс етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Тексерілетін тұлғаға көшпелі кедендік тексерудің алдын ала актісін табыс ету немесе тексерілетін тұлғаның тіркеу деректерінде көрсетілген орналасқан жері бойынша тексерілетін тұлғағаның болмауына байланысты пошта операторы немесе байланыс операторы оны қайтару мүмкіндігі болмаған кезде, мемлекеттік кірістер органы осындай құжаттар қайтарылған күннен бастап 5 (бес) жұмыс күні ішінде 2 (екі) куәгерді тарта отырып, осындай тұлғаның орналасқан жері бойынша зерттеп-қарауды жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зерттеп-қарау нәтижелері бойынша зерттеп-қарау актісі жасалады, онда:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) актінің жасалған орны, күні мен уақыты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) актіні жасаған мемлекеттік кірістер органы лауазымды адамының лауазымы, тегі, аты және әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік кірістер органының атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тартылған куәгерлердің тегі, аты және әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе), жеке басын куәландыратын құжаттың атауы мен нөмірі, тұрғылықты жерінің мекенжайы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тексерілетін тұлғаның тегі, аты және әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе) және (немесе) атауы, оның жеке сәйкестендіру нөмірі/бизнес-сәйкестендіру нөмірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) зерттеп-қарау нәтижелері туралы ақпарат көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Куәгер ретінде мемлекеттік кірістер органының лауазымды адамы мен тексерілетін тұлғаның әрекеттері нәтижесіне мүдделі емес, кәмелетке толған, әрекетке қабілетті кез келген азамат шақырылады. Қазақстан Республикасы мемлекеттік органдарының лауазымды адамдары мен тексерілетін тұлғаның жұмыскерлеріне, құрылтайшыларына (қатысушыларына) куәгерлер ретінде қатысуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зерттеп-қарау нәтижесінде тіркеу деректерінде көрсетілген орналасқан жері бойынша тексерілетін тұлғаның іс жүзінде болмауы анықталған кезде, зерттеп-қарау актісін жасаған күн көшпелі кедендік тексерудің алдын ала актісін табыс еткен күн болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z39" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Тексерілетін тұлғаға көшпелі кедендік тексерудің алдын ала актісін жіберу немесе табыс ету тәртібі мен мерзімдері</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="15"/>
+        <w:t xml:space="preserve"> 3-тарау. Тексерілетін тұлғаның көшпелі кедендік тексерудің алдын ала актісіне жазбаша қарсылық ұсыну және мұндай қарсылықты қарау тәртібі мен мерзімдері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Кодекстің 418-бабының </w:t>
-[...298 lines deleted...]
-    </w:p>
+      6. Қазақстан Республикасы Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>144-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тармағына сәйкес ірі салық төлеушілер мониторингіне жататын тексерілетін тұлғаларды қоспағанда, көшпелі кедендік тексерудің алдын ала актісіне жазбаша қарсылығын көшпелі кедендік тексерудің алдын ала актісін алған немесе табыс еткен күннен кейінгі күннен бастап 10 (он) жұмыс күні ішінде көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органына ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте ірі салық төлеушілер мониторингіне жататын тексерілетін тұлғаның көшпелі кедендік тексерудің алдын ала актісіне жазбаша қарсылығы көшпелі кедендік тексерудің алдын ала актісін алған немесе табыс етілген күннен кейінгі күннен бастап 15 (он бес) жұмыс күні ішінде көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органына табыс етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көшпелі кедендік тексерудің алдын ала актісіне жазбаша қарсылығын мынадай тәсілдермен ұсынады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) келу тәртібімен – қағаз жеткізгіште;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) пошта арқылы хабарламасы бар тапсырыс хатпен – қағаз жеткізгіште;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z45" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "Азаматтарға арналған үкімет" Мемлекеттік корпорациясы арқылы – электрондық нысанда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z46" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органының жазбаша қарсылықты қабылдаған және тіркеген күні жазбаша қарсылық келіп түскен күн болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z47" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Жазбаша қарсылықта:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z48" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көшпелі кедендік тексеруді жүргізетін мемлекеттік кірістер органының атауы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z49" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жазбаша қарсылықты беруші тұлғаның тегі, аты және әкесінің аты (егер ол жеке басын куәландыратын құжатта көрсетілсе) не толық атауы, оның тұрғылықты жері (орналасқан жері);</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жазбаша қарсылықты беретін тұлғаның жеке сәйкестендіру нөмірі/бизнес-сәйкестендіру нөмірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z51" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жазбаша қарсылық берілген күн;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z52" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жазбаша қарсылық беруші тұлға өзінің талаптарын және осы мән-жайларды растайтын дәлелдемелерді негіздейтін мән-жайлар;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) қоса берілетін құжаттардың тізбесі көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Тексерілетін тұлға бұрын берілген жазбаша қарсылықты кері қайтарып алу туралы шешім қабылдаған кезде көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кіріс органына қабылданған шешім туралы хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Жазбаша қарсылығын көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы онда көрсетілген мәселелер шегінде ол келіп түскен күннен кейінгі күннен бастап 10 (он) жұмыс күні ішінде қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z56" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, жазбаша қарсылықты қарау мерзімі:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z57" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитетіне жазбаша сұрау салу жолдаған кезде – жауапты алған күннен бастап 5 (бес) жұмыс күніне;</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитетіне жазбаша сұрау салу жолдаған кезде – осындай сұрау салу жолданған күннен бастап жауапты алған күнге дейінгі кезеңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z58" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес тексерілетін тұлғаға және (немесе) Қазақстан Республикасының мемлекеттік органдарына, сондай-ақ шет мемлекеттің тиісті органына және (немесе) өзге ұйымдарға сұрау салу жолдаған кезде, жауапты алған күннен бастап күнтізбелік 15 (он бес) күннен артық емес мерзімге ұзартылады.</w:t>
-[...129 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> сәйкес тексерілетін тұлғаға және (немесе) Қазақстан Республикасының мемлекеттік органдарына, сондай-ақ шет мемлекеттің тиісті органына және (немесе) өзге ұйымдарға сұрау салу жолдаған кезде – осындай сұрау салу жолданған күннен бастап жауапты алған күнге дейінгі кезеңге тоқтатыла тұрады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы жазбаша қарсылығын қарау мерзімдері тоқтатыла тұрған жағдайда тексерілетін тұлғаға сұрау салу жолданған күннен бастап 1 (бір) жұмыс күні ішінде мынадай тәсілдермен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      хабарламасы бар тапсырыс хатпен пошта арқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электрондық тәсілмен веб-қосымшасына немесе пайдаланушының жеке кабинетіне "электрондық үкімет" веб-порталындағы осындай тоқтата тұру туралы ақпаратты жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кіріс органы жазбаша қарсылығын қарау мерзімдері қайта басталған кезде тексерілетін тұлғаға сұрау салуға жауап алған күннен бастап 2 (екі) жұмыс күні ішінде сондай қайта бастау туралы ақпаратты келесі тәсілдермен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      хабарламасы бар тапсырыс хатпен пошта арқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электрондық тәсілмен веб-қосымшасына немесе пайдаланушының жеке кабинетіне "электрондық үкімет" веб-порталындағы осындай қайта бастау туралы ақпаратты жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z65" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы жазбаша қарсылығымен келіспеген кезде жазбаша қарсылық қаралатын мерзім ішінде мынадай: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z66" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) Қазақстан Республикасы Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>144-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тармағына сәйкес ірі салық төлеушілер мониторингіне жататын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) инвестициялық және (немесе) арнайы инвестициялық келісімшарттар жасаған тексерілетін тұлғаға қатысты Комитетке сұрау салу жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z68" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сұрау салуға мынадай құжаттар:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...71 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="24"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) көшпелі кедендік тексерудің алдын ала актісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жазбаша қарсылығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мемлекеттік кірістер органының ұстанымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) есептер, сондай-ақ көшпелі кедендік тексеру барысында алған жазбаша қарсылығында жазылған мәселелерді қозғайтын өзге де құжаттар мен мәліметтер қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z73" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Комитет көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органының сұрау салуын, оны Комитетте тіркеген күннен бастап күнтізбелік 30 (отыз) күн ішінде, қарсылық берген тұлға өзінің аталған мән-жайларды растайтын талаптары мен дәлелдерін негіздеген мән-жайлар шегінде, сондай-ақ көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органының ұстанымында көрсетілген дәлелдер мен негіздемелер шегінде қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z74" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитет мемлекеттік кірістер органының сұрау салуын қарау кезінде тексеретін тұлғаға және (немесе) Қазақстан Республикасының мемлекеттік органдарына, сондай-ақ шет мемлекеттердің тиісті органдарына және өзге де ұйымдарына жазбаша қарсылықта жазылған мәселелер бойынша ақпараттар не түсіндірулер ұсыну туралы сұрау салуды жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...35 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="25"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бұл ретте сұрау салуды қарау мерзімі Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>418-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18-тармағында көзделген мерзімдерді ескере отырып, сұрау салу жіберілген күннен бастап жауап алынған күнге дейінгі уақыт кезеңіне тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z76" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сұрау салуды қараудың қорытындысы бойынша Комитет көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органына жазбаша қарсылығында жазылған мәселелер бойынша дәлілделген негіздемемен жауап жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z77" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілмеген тексеретін тұлғаның жазбаша қарсылығын қарау кезінде көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы жазбаша қарсылықты қарау мерзімі ішінде тексеретін тұлғаға және (немесе) Қазақстан Республикасының мемлекеттік органдарына, сондай-ақ шет мемлекеттердің тиісті органдарына және өзге де ұйымдарына жазбаша қарсылықта жазылған мәселелер бойынша ақпараттар не түсіндірулер ұсыну туралы сұрау салуды жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z78" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте көрсетілген сұрау салуларды Қазақстан Республикасының мемлекеттік органдары Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің 44-бабында белгіленген тәртіппен және мерзімдерде қарайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z79" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шетел мемлекетінің мемлекеттік органдарымен өзара іс-қимыл Қазақстан Республикасының халықаралық шарттарына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z80" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Бұл ретте көрсетілген сұрау салуларды Қазақстан Республикасының мемлекеттік органдары Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің </w:t>
-[...102 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="26"/>
+      13. Көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы осы Қағидалардың 9-тармағында көзделген мерзімде жазбаша қарсылығын қараудың қорытындысы бойынша, сондай-ақ осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ұсынылған сұрау салуға жауапты ескере отырып, Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>418-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген тәртіппен және мерзімде тексерілетін тұлғаға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z81" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Кодекстің 418-бабының 18-тармағының талаптарына сәйкес көшпелі кедендік тексеруді жаңарту туралы хабарламаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z82" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Кодекстің 418-бабының 21-тармағының талаптарына сәйкес көшпелі кедендік тексеру актісін табыс ету жолымен көшпелі кедендік тексеруді жаңартады және аяқтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z83" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      13. Көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы осы Қағидалардың </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес ұсынылған сұрау салуға жауапты ескере отырып, Кодекстің </w:t>
+      14. Тексерілетін тұлға осы Қағидалардың 6-тармағында белгіленген мерзімде жазбаша қарсылықты ұсынбаған немесе тексерілетін тұлға жазбаша қарсылықты кері қайтарған кезде, көшпелі кедендік тексеруді жүзеге асыратын мемлекеттік кірістер органы Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>418-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> белгіленген тәртіпте және мерзімде тексерілетін тұлғаға:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="26"/>
+        <w:t xml:space="preserve"> белгіленген тәртіппен және мерзімде тексерілетін тұлғаға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z84" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) Кодекстің 418-бабының </w:t>
-[...21 lines deleted...]
-    </w:p>
+      1) Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>418-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18-тармағының талаптарына сәйкес көшпелі кедендік тексеруді жаңарту туралы хабарламаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z85" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) Кодекстің 418-бабының </w:t>
-[...157 lines deleted...]
-    </w:p>
+      2) Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>418-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21-тармағының талаптарына сәйкес көшпелі кедендік тексеру актісін табыс ету жолымен көшпелі кедендік тексеруді жаңартады және аяқтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>