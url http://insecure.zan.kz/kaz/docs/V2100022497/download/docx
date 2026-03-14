--- v0 (2025-11-26)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4ef7ebe" w14:textId="4ef7ebe">
+    <w:p w14:paraId="ef30356" w14:textId="ef30356">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,420 +77,350 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Тауар биржалары қызметімен айналысу құқығына лицензия беру" мемлекеттік қызмет көрсету қағидаларын бекіту туралы</w:t>
+        <w:t>"Тауар биржалары саласындағы қызметті жүзеге асыруға лицензия беру" мемлекеттік қызметін көрсету қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының Бәсекелестікті қорғау және дамыту агенттігі Төрағасының 2021 жылғы 2 сәуірдегі № 6 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 6 сәуірде № 22497 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырыбы жаңа редакцияда - ҚР Бәсекелестікті қорғау және дамыту агенттігі Төрағасының м.а. 20.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қоса беріліп отырған "Тауар биржалары саласындағы қызметті жүзеге асыруға лицензия беру" мемлекеттік қызметін көрсету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Бәсекелестікті қорғау және дамыту агенттігі Төрағасының м.а. 20.03.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...204 lines deleted...]
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Бәсекелестікті қорғау және дамыту агенттігінің Биржалық бақылау департаменті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Бәсекелестікті қорғау және дамыту агенттігінің интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасы Бәсекелестікті қорғау және дамыту агенттігі төрағасының орынбасарына жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -678,1843 +608,1067 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бәсекелестікті қорғау және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дамыту агенттігінің Төрағасы</w:t>
+              <w:t>дамыту агенттігі төрағасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2021 жылғы 2 сәуірдегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 6 бұйрығымен </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...15 lines deleted...]
-      </w:r>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Тауар биржалары саласындағы қызметті жүзеге асыруға лицензия беру" мемлекеттік қызметін көрсету қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар жаңа редакцияда - ҚР Бәсекелестікті қорғау және дамыту агенттігі Төрағасының м.а. 20.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Қағидалар жаңа редакцияда көзделген - ҚР Бәсекелестікті қорғау және дамыту агенттігі Төрағасының м.а. 20.03.2025 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Тауар биржалары қызметімен айналысу құқығына лицензия беру" мемлекеттік қызметін көрсету қағидалары</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы "Тауар биржалары қызметімен айналысу құқығына лицензия беру" мемлекеттік қызметін көрсету жөніндегі </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі – Қағидалар) Қазақстан Республикасының Бәсекелестікті қорғау және дамыту агенттігі "Тауар биржалары туралы" 2009 жылғы 4 мамырдағы Қазақстан Республикасы Заңының 4-3-бабының </w:t>
+      1. Осы "Тауар биржалары саласындағы қызметті жүзеге асыруға лицензия беру" мемлекеттік қызмет көрсету жөніндегі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Қағидалар) "Тауар биржалары туралы" Қазақстан Республикасы Заңының 4-3-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының (бұдан әрі – Заң) </w:t>
+        <w:t xml:space="preserve"> және "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1) тармақшасына, сондай-ақ "Рұқсаттар және хабарламалар туралы" 2014 жылғы 16 мамырдағы Қазақстан Республикасы Заңының </w:t>
+        <w:t xml:space="preserve"> 1) тармақшасына, сондай-ақ "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5) тармақшасына сәйкес әзірледі және тауар биржалары қызметімен айналысу құқығына лицензия беру тәртібін (бұдан әрі – Мемлекеттік көрсетілетін қызмет) айқындайды.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+        <w:t xml:space="preserve"> 5) тармақшасына сәйкес әзірленді және тауар биржалары қызметі саласында лицензия беру тәртібін (бұдан әрі – Мемлекеттік көрсетілетін қызмет) айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) Бірыңғай байланыс орталығы – Қазақстан Республикасының Үкіметі айқындаған, көрсетілетін қызметті алушыларға мемлекеттік және өзге де қызметтер көрсету мәселелері бойынша ақпарат беру жөніндегі ақпараттық-анықтамалық қызметтің, сондай-ақ мемлекеттік органдарға-ақпараттық-коммуникациялық қызметтер көрсету мәселелері жөніндегі ақпараттың функцияларын орындайтын заңды тұлға;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+      1) Бiрыңғай байланыс орталығы – мемлекеттік қызметтер көрсету саласындағы уәкілетті орган айқындаған, көрсетiлетiн қызметтi алушыларға мемлекеттiк және өзге де қызметтер көрсету мәселелерi бойынша ақпарат, сондай-ақ мемлекеттік органдарға ақпараттық-коммуникациялық қызметтер көрсету мәселелері бойынша ақпарат беру жөнiндегi ақпараттық-анықтамалық қызмет функцияларын орындайтын заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) мемлекеттік көрсетілетін қызмет стандарты – мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктері ескеріле отырып, өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+      2) "электрондық үкіметтің" веб-порталы www.egov.kz (бұдан әрі – Портал) – нормативтік құқықтық базаны қоса алғанда, бүкіл шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосуға техникалық шарттарды беру жөніндегі қызметтерге және квазимемлекеттік сектор субъектілерінің қызметтеріне қол жеткізудің бірыңғай терезесі болатын ақпараттық жүйе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) "электрондық үкіметтің" веб-порталы www.egov.kz (бұдан әрі – Портал) – нормативтік құқықтық базаны қоса алғанда, бүкіл шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосуға арналған техникалық шарттарды беру жөніндегі қызметтерге және квазимемлекеттік сектор субъектілерінің қызметтеріне қол жеткізудің бірыңғай терезесі болатын ақпараттық жүйе;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+      3) "электрондық үкіметтің" төлем шлюзі (бұдан әрі – ЭҮТШ) – электрондық нысанда көрсетілетін өтеулі қызметтер көрсету шеңберінде төлемдер жүргізу туралы ақпаратты беру процестерін автоматтандыратын ақпараттық жүйе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) "электрондық үкіметтің" төлем шлюзі (бұдан әрі – ЭҮТШ) – электрондық нысанда көрсетілетін өтеулі қызметтер көрсету шеңберінде төлемдер жүргізу туралы ақпаратты беру процестерін автоматтандыратын ақпараттық жүйе;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+      4) электрондық цифрлық қолтаңба (бұдан әрі – ЭЦҚ) – электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың анықтығын, оның тиесілілігін және мазмұнының өзгермейтіндігін растайтын электрондық цифрлық нышандар жиынтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) электрондық цифрлық қолтаңба (бұдан әрі – ЭЦҚ) – электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың анықтығын, оның тиесілілігін және мазмұнының өзгермейтіндігін растайтын электрондық цифрлық нышандар жиынтығы;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="14"/>
+      5) көліктік қолтаңба – WSSecurity ерекшелігін қолдана отырып, ақпараттық жүйелердің ақпараттық өзара іс-қимылы кезінде берілетін хабарламалардың тұтастығы мен авторлығын қамтамасыз ету үшін пайдаланылатын электрондық цифрлық қолтаңба;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5-1) көліктік қолтаңба – WSSECURITY ерекшелігін қолдана отырып, ақпараттық жүйелердің ақпараттық өзара іс-қимылы кезінде берілетін хабарламалардың тұтастығы мен авторлығын қамтамасыз ету үшін пайдаланылатын электрондық цифрлық қолтаңба;</w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="15"/>
+      6) лицензия – лицензиар жеке немесе заңды тұлғаға, сондай-ақ қызметінің нысанасы қаржылық қызметтер көрсету болып табылатын шетелдік заңды тұлғаның филиалына қауіптіліктің жоғары деңгейімен байланысты лицензияланатын қызмет түрін не лицензияланатын қызметтің кіші түрін жүзеге асыруға беретін бірінші санаттағы рұқсат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...61 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызметті көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Мемлекеттік көрсетілетін қызметті Қазақстан Республикасының Бәсекелестікті қорғау және дамыту агенттігі (бұдан әрі – Көрсетілетін қызметті беруші) Портал арқылы көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушыларға мемлекеттік көрсетілетін қызмет ақылы негізде көрсетіледі.</w:t>
+      4. Заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) құжаттары, лицензиялық алымның төленгені туралы мәліметтер Көрсетілетін қызметті берушіге тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші құжаттардың толық емес топтамасын ұсынған жағдайда, Көрсетілетін қызметті беруші 1 (бір) жұмыс күні ішінде өтінішті одан әрі қараудан уәжді түрде бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Мемлекеттік қызметті көрсеткені үшін алым 2017 жылғы 25 желтоқсандағы "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы (Салық кодексі)" Қазақстан Республикасының </w:t>
-[...21 lines deleted...]
-    </w:p>
+      Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік қызметтер көрсету кезінде Көрсетілетін қызметтерді алушылардан мемлекеттік қызметтерді көрсету үшін пайдаланылатын ақпараттық жүйелерден немесе цифрлық құжаттар сервисінен алуға болатын құжаттар мен мәліметтерді талап етуге жол берілмейді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жазылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Алым сомасын төлеу екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы немесе ЭҮТШ арқылы қолма-қол немесе қолма-қол емес нысанда жүзеге асырылады.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      6. Көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік қызметті көрсету үшін сұрау салудың қабылданғаны туралы мәртебе көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызметті көрсету нысаны - электрондық (толық автоматтандырылған).</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="18"/>
+      Көрсетілетін қызметті алушының өтініші бойынша 1 (бір) жұмыс күні ішінде Көрсетілетін қызметті берушінің қатысуынсыз мемлекеттік қызмет көрсету нәтижесіне көліктік қолтаңба қою арқылы мемлекеттік қызмет көрсету нәтижесін "Е-лицензиялау" Мемлекеттік деректер қоры" ақпараттық жүйесі (бұдан әрі – ЕЛ МДҚ АЖ) толық автоматты түрде өңдейді және қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Мемлекеттік қызметті көрсету нәтижесі Көрсетілетін қызметті алушыға Порталдағы "жеке кабинетке" осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша ЕЛ МДҚ АЖ бірыңғай көлік қолтаңбасымен куәландырылған электрондық құжат нысанында немесе осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша дәлелді бас тарту жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Мемлекеттік қызметті алу үшін жеке және заңды тұлға (бұдан әрі – көрсетілетін қызметті алушы) Көрсетілетін қызметті берушіге жібереді:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="19"/>
+      8. Ақпараттық жүйенің істен шығуы кезінде Көрсетілетін қызметті беруші техникалық іркілістердің туындауын анықтаған сәттен бастап электрондық пошта арқылы sd@nitec.kz бірыңғай қолдау қызметіне сұрау салу жіберу арқылы мемлекеттік қызметтің атауы, өтініштің әкімшілік құжатының нөмірі мен коды немесе өтініштің бірегей сәйкестендіру нөмірі, әкімшілік құжаттың нөмірі мен коды немесе рұқсат беру құжатының бірегей сәйкестендіру нөмірі бойынша ақпарат міндетті түрде ұсыныла отырып, Көрсетілетін қызметті алушының бизнес сәйкестендіру нөмірін қоса бере отырып, авторландыру сәтінен бастап қатенің нақты уақытын көрсете отырып, қате туындаған сәтке дейінгі қадамдық скриншоттарды қоса беріп "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторын дереу хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Көрсетілетін қызметті берушілердің және (немесе) олардың лауазымды адамдарының мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Лицензия алу үшін:</w:t>
-[...179 lines deleted...]
-      2) лицензиялық алымның төленгені туралы мәліметтер;</w:t>
+      9. Көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының мемлекеттік қызметтер көрсету мәселелері бойынша шешіміне, әрекетіне (әрекетсіздігіне) шағымдану үшін шағым Көрсетілетін қызметті алушыға әкімшілік актіні қабылдағаны немесе әрекеттерді (әрекетсіздік) жасағаны туралы белгілі болған күннен бастап 3 (үш) айдан кешіктірілмей:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z29" w:id="26"/>
-[...432 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шағымды қарайтын органға (жоғары тұрған әкімшілік органға және (немесе) лауазымды адамға);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      уәкілетті орган және білім беру сапасын бақылау мемлекеттік қызметтер көрсету;</w:t>
+      мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мемлекеттік қызметті тікелей көрсететін көрсетілетін қызметті беруші басшылығының атына беріледі.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      мемлекеттік қызметті тікелей көрсететін Көрсетілетін қызметті беруші басшылығының атына беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілетін қызметті алушының шағымы "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 25-бабының </w:t>
+      10. Көрсетілетін қызметті алушының шағымы Заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес қаралуға жатады:</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> сәйкес:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызметті тікелей көрсететін көрсетілетін қызметті беруші оны тіркеген күннен бастап 5 (бес) жұмыс күні ішінде;</w:t>
+      мемлекеттік қызметті тікелей көрсететін Көрсетілетін қызметті берушінің оны тіркеген күннен бастап 5 (бес) жұмыс күні ішінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган оны тіркеген күннен бастап 15 (он бес) жұмыс күні ішінде.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның оны тіркеген күннен бастап 15 (он бес) жұмыс күні ішінде қарауына жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Заңның 25-бабының </w:t>
+      11. Көрсетілетін қызметті берушінің, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның шағымды қарау мерзімі Заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті берушінің, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның шағымды қарау мерзімі:</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> сәйкес 10 (он) жұмыс күнінен аспайтын мерзімге:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) шағым бойынша қосымша зерделеу немесе тексеру не жергілікті жерге барып тексеру жүргізу қажет болған жағдайларда;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      1) қосымша зерделеу немесе шағым бойынша тексеру не жергілікті жерге барып тексеру жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) қосымша ақпарат алу қажет болған жағдайларда – 10 (он) жұмыс күнінен аспайтын мерзімге ұзартылады.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      2) қосымша ақпарат алу қажет болған жағдайларда ұзартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Шағымды қарау мерзімі ұзартылған жағдайда, шағымдарды қарау бойынша өкілеттіктер берілген лауазымды адам шағымды қарау мерзімі ұзартылған кезден бастап 3 (үш) жұмыс күні ішінде шағым берген өтініш берушіге шағымды қарау мерзімін ұзарту туралы жазбаша нысанда (шағым қағаз жеткізгіште берілген кезде) немесе электрондық нысанда (шағым электрондық түрде берілген кезде) ұзарту себептерін көрсете отырып, хабарлайды.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      12. Шағымды қарау мерзімі ұзартылған жағдайда, шағымдарды қарау бойынша өкілеттіктер берілген лауазымды адам, шағымды қарау мерзімі ұзартылған кезден бастап 3 (үш) жұмыс күні ішінде шағым берген өтініш берушіге шағымды қарау мерзімін ұзарту туралы жазбаша нысанда (шағым қағаз жеткізгіште берілген кезде) немесе электрондық нысанда (шағым электрондық түрде берілген кезде) ұзарту себептерін көрсете отырып, хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Шағым келіп түскен жағдайда Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің 91-бабының </w:t>
+      13. Шағым келіп түскен жағдайда Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі – ҚР ӘРПК) 91-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес Көрсетілетін қызметті беруші шағымды қарайтын органға ол келіп түскен күннен бастап 3 (үш) жұмыс күні ішінде жібереді. Көрсетілетін қызметті беруші қолайлы акт қабылданған, шағымда көрсетілген талаптарды толық қанағаттандыратын әкімшілік іс-әрекет жасалған жағдайда шағымды қарайтын органға шағымды жібермейді.</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> сәйкес Көрсетілетін қызметті беруші шағымды қарайтын органға ол келіп түскен күннен бастап 3 (үш) жұмыс күні ішінде жібереді. Көрсетілетін қызметті беруші қолайлы акт қабылданған, шағымда көрсетілген талаптарды толық қанағаттандыратын әкімшілік әрекеттер жасалған жағдайда шағымды қарайтын органға шағымды жібермейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Шағымды қарайтын органның шағымды қарау мерзімі шағым түскен күннен бастап 20 (жиырма) жұмыс күнін құрайды.</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="left"/>
+      14. Әкімшілік орган, лауазымды адам әкімшілік рәсімге қатысушыға әкімшілік іс бойынша алдын ала шешімге өз ұстанымын білдіруге мүмкіндік беруге міндетті, ол туралы әкімшілік рәсімге қатысушы алдын ала, бірақ әкімшілік акт қабылданғанға дейін үш жұмыс күнінен кешіктірмей хабардар етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...128 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="35"/>
+      Егер әкімшілік орган немесе лауазымды адам басқа адамдардың құқықтарын, бостандықтары мен заңды мүдделерін қозғамайтын қолайлы әкімшілік актіні қабылдаса және/немесе әкімшілік рәсімге қатысушы бұл туралы талап етсе, осы тармақтың бірінші бөлігінің ережелері қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. Шағымды қарайтын органның шешімімен келіспеген жағдайда, Көрсетілетін қызметті алушы шағымды қарайтын басқа органға немесе Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің 100-бабының </w:t>
+      15. Шағымды қарайтын органның шешімімен келіспеген жағдайда, Көрсетілетін қызметті алушы шағымды қарайтын басқа органға немесе ҚР ӘРПК-нің 100-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес сотқа жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-[...61 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2548,3405 +1702,1884 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Тауар биржалары қызметімен </w:t>
+              <w:t>"Тауар биржалары саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">айналысу құқығына лицензия </w:t>
+              <w:t xml:space="preserve">қызметті жүзеге асыруға </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">беру" мемлекеттік қызмет </w:t>
+              <w:t xml:space="preserve">лицензия беру" мемлекеттік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету қағидаларына</w:t>
+              <w:t>қызмет көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
-            </w:r>
-[...63 lines deleted...]
-              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z39" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Тауар биржалары қызметімен айналысу құқығына лицензия алу үшін өтініш</w:t>
-[...1692 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> "Тауар биржалары саласындағы қызметті жүзеге асыруға лицензия беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...29 lines deleted...]
-          </w:tcPr>
+"Тауар биржалары саласындағы қызметті жүзеге асыруға лицензия беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...29 lines deleted...]
-          </w:tcPr>
+Мемлекеттік көрсетілетін қызметтің кіші түрлері:</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...9 lines deleted...]
-              <w:t>Қазақстан Республикасының Бәсекелестікті қорғау және дамыту агенттігі</w:t>
+1) Тауар биржаларының қызметімен айналысу құқығына лицензия алу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Тауар биржалары саласында клирингтік қызметпен айналысу құқығына лицензия алу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Тауар биржалары саласында брокерлік қызметпен айналысу құқығына лицензия алу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Лицензияны қайта ресімдеу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету тәсілдері</w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өтініштерді қабылдау және нәтижелерді беру Портал арқылы жүзеге асырылады.</w:t>
+Қазақстан Республикасының Бәсекелестікті қорғау және дамыту агенттігі (бұдан әрі - Агенттік).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiк қызмет көрсету мерзімдері</w:t>
+Мемлекеттік қызметті көрсету тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өтініш тіркелген күннен бастап 1 (бір) жұмыс күні ішінде.</w:t>
+Өтініштерді қабылдау және нәтижелерді беру www.egov.kz "электрондық үкімет" веб-порталы арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету нысаны</w:t>
+Мемлекеттік қызметті көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық (толық автоматтандырылған).</w:t>
+1 (бір) жұмыс күні ішінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету нәтижесі</w:t>
+Мемлекеттік қызмет көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауар биржалары қызметімен айналысу құқығына Лицензия (қызметтің кіші түрінің атауы), қайта ресімделген лицензия (қызметтің кіші түрінің атауы) не осы Тізбеде көзделген жағдайларда және негіздер бойынша мемлекеттік қызметті көрсетуден бас тарту туралы ЕЛ МДҚ АЖ бірыңғай көлік қолтаңбасымен куәландырылған электрондық құжат нысанында дәлелді жауап.</w:t>
+Электрондық (толық автоматтандырылған).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде қызмет алушыдан алынатын төлем мөлшері және Қазақстан Республикасы заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Мемлекеттік қызмет көрсету нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет заңды тұлғаларға ақылы негізде көрсетіледі.</w:t>
-[...109 lines deleted...]
-Алым сомасын төлеу қолма-қол немесе қолма-қол емес нысанда екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы немесе "электрондық үкіметтің" төлем шлюзі арқылы жүзеге асырылады.</w:t>
+Тауар биржаларының қызметімен айналысу, тауар биржалары саласында клирингтік қызметпен айналысу, тауар биржалары саласында брокерлік қызметпен айналысу құқығына лицензия (бұдан әрі - Лицензия), қайта ресімделген Лицензия (қызметтің түрінің атауы) не осы Тізбеде көзделген жағдайларда және негіздер бойынша мемлекеттік қызметті көрсетуден бас тарту туралы ЕЛ МДҚ АЖ бірыңғай көлік қолтаңбасымен куәландырылған электрондық құжат нысанында дәлелді жауап.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс кестесі</w:t>
+Мемлекеттік қызмет көрсету кезінде қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1) Порталдың – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, құжаттарды қабылдау тәулік бойы жүзеге асырылады (Көрсетілетін қызметті алушы Қазақстан Республикасының еңбек заңнамасына сәйкес жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштер қабылдау мен мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады);</w:t>
+              <w:t xml:space="preserve">
+Мемлекеттік қызмет заңды тұлғаларға ақылы негізде көрсетіледі. Мемлекеттік қызметті көрсету үшін алым "Салық және бюджетке төленетiн басқа да мiндеттi төлемдер туралы" Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кодексінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Салық кодексі) белгіленген мөлшерлемелер және тәртіппен жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда, сағат 13:00-ден 14:30-ға дейінгі түскі үзіліспен сағат 9:00-ден 18:30-ға дейін.</w:t>
+              <w:t>
+Алым ставкалары:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мекенжайлары Қазақстан Республикасы Бәсекелестікті қорғау және дамыту агенттігінің интернет-ресурсында: www.azrk@gov.kz "Мемлекеттік көрсетілетін қызметтер деген бөлімде орналастырылған."</w:t>
+лицензия беру үшін – 10 (он) айлық есептік көрсеткішті;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+қайта рәсімдеу үшін – лицензия беру үшін мөлшерлеменің 10%.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алым сомасын төлеу қолма-қол немесе қолма-қол емес нысанда екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы немесе "электрондық үкіметтің" төлем шлюзі арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы жүгінген кезде мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі:</w:t>
+Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның және ақпарат объектілерінің жұмыс графигі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті алу үшін заңды тұлға лицензия алу үшін Көрсетілетін қызметті берушіге Портал арқылы:</w:t>
+1) Порталдың – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, құжаттарды қабылдау тәулік бойы жүзеге асырылады (Көрсетілетін қызметті алушы Қазақстан Республикасының еңбек заңнамасына сәйкес жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштер қабылдау мен мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-1) Қағидаларға 1-қосымшаға сәйкес нысан бойынша Көрсетілетін қызметті алушының ЭЦҚ-мен куәландырылған электрондық құжат нысанындағы тауар биржалары қызметімен айналысу құқығына лицензия алу үшін өтініш;</w:t>
+              <w:t xml:space="preserve">
+2) Көрсетілетін қызметті беруші - Қазақстан Республикасының Еңбек </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда, сағат 13:00-ден 14:30-ға дейінгі түскі үзіліспен сағат 9:00-ден 18:30-ға дейін.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) лицензиялық алымның төленгені туралы мәліметтер;</w:t>
-[...89 lines deleted...]
-3) алынатын ақпараты мемлекеттік ақпараттық жүйелерде қамтылған құжаттарды қоспағанда, лицензияны қайта ресімдеу үшін негіз болған өзгерістер туралы ақпарат қамтылған құжаттардың электрондық көшірмесін жолдайды.</w:t>
+Мемлекеттік қызмет көрсету мекенжайлары Агенттіктің интернет-ресурсында: https://www.gov.kz/services/3357?lang=kk "Мемлекеттік көрсетілетін қызметтер" деген бөлімде орналастырылған.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген тәртіпте мемлекеттік қызметті көрсетуден бас тарту үшін негіз</w:t>
+Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) лицензиялық алым енгізілмеген;</w:t>
+Тауар биржалары саласындағы қызметті жүзеге асыруға лицензияны алу үшін:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+1) Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша Көрсетілетін қызметті алушының ЭЦҚ-мен куәландырылған электрондық құжат нысанындағы тауар биржалары қызметімен айналысу құқығына лицензия алу үшін өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-2) Көрсетілетін қызметті алушы біліктілік талаптарына сәйкес келмейді.</w:t>
+2) лицензиялық алымның төленгені туралы мәліметтер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Қазақстан Республикасы Сауда және интеграция министрінің № 31 бұйрығымен бекітілген тауар биржаларының қызметіне қойылатын біліктілік талаптарына сәйкестігі туралы мәліметтердің электрондық нысаны.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауар биржалары саласындағы қызметті жүзеге асыруға лицензияны қайта ресімдеу үшін:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша Көрсетілетін қызметті алушының ЭЦҚ-мен куәландырылған электрондық құжат нысанында тауар биржалары қызметімен айналысу құқығына лицензияны қайта ресімдеу үшін өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) лицензиялық алымның төленгені туралы мәліметтер;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) алынатын ақпараты мемлекеттік ақпараттық жүйелерде қамтылған құжаттарды қоспағанда, лицензияны қайта ресімдеу үшін негіз болған өзгерістер туралы ақпарат қамтылған құжаттардың электрондық көшірмесін жолдайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) құжаттары, лицензиялық алымның төленгені туралы мәліметтер Көрсетілетін қызметті берушіге тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы ұсынылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету ерекшеліктерін ескеріле отырып қойылатын өзге де талаптар</w:t>
+Қазақстан Республикасының заңдарымен белгіленген мемлекеттік қызмет көрсетуден бас тарту негіздері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушының мемлекеттiк қызмет көрсетудің мәртебесі туралы ақпаратты Порталдың "жеке кабинеті" арқылы қашықтан қол жеткізу режимінде алуға және бiрыңғай байланыс орталығы: 1414, 8-800-080-7777 арқылы алуға мүмкіндігі бар;</w:t>
+1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) ондағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мәселелері туралы анықтамалық қызметтердің байланыс телефондары Қазақстан Республикасы Бәсекелестікті қорғау және дамыту агенттігінің интернет-ресурсында: https://www.gov.kz/memleket/entities/zk?lang=kk "Мемлекеттік көрсетілетін қызметтер" деген бөлімде орналастырылған;</w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген үкімінің болуы, оның негізінде көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алумен байланысты арнайы құқығынан айырылады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімінің болмауы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсетілетін қызметті көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының мемлекеттiк қызмет көрсетудің мәртебесі туралы ақпаратты Порталдың "жеке кабинеті" арқылы қашықтан қол жеткізу режимінде алуға және бiрыңғай байланыс орталығы: 1414, 8-800-080-7777 арқылы алуға мүмкіндігі бар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету мәселелері туралы анықтамалық қызметтердің байланыс телефондары Агенттіктің интернет-ресурсында: https://www.gov.kz/memleket/entities/zk?lang=kk "Мемлекеттік көрсетілетін қызметтер" деген бөлімде орналастырылған;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік көрсетілетін қызмет нәтижесі Көрсетілетін қызметті алушыға "жеке кабинетке" ЕЛ МДҚ АЖ бірыңғай көлік қолтаңбасымен куәландырылған электрондық құжат нысанында жіберіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
@@ -6003,144 +3636,210 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Тауар биржалары қызметімен</w:t>
+              <w:t>"Тауар биржалары саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>айналысу құқығына лицензия</w:t>
+              <w:t>қызметті жүзеге асыруға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>беру" мемлекеттік қызмет</w:t>
+              <w:t>лицензия беру" мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету қағидаларына</w:t>
+              <w:t>қызмет көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4-қосымша</w:t>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="8064500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="8064500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6176,98 +3875,179 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>"Тауар биржалары саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қызметті жүзеге асыруға </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лицензия беру" мемлекеттік </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызмет көрсету қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7810500" cy="7632700"/>
+            <wp:extent cx="7810500" cy="7010400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4"/>
+                    <a:blip r:embed="rId5"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7810500" cy="7632700"/>
+                      <a:ext cx="7810500" cy="7010400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -6334,144 +4114,664 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Тауар биржалары қызметімен</w:t>
+              <w:t>"Тауар биржалары саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>айналысу құқығына лицензия</w:t>
+              <w:t xml:space="preserve">қызметті жүзеге асыруға </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>беру" мемлекеттік қызмет</w:t>
+              <w:t xml:space="preserve">лицензия беру" мемлекеттік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>көрсету қағидаларына</w:t>
+              <w:t>қызмет көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5-қосымша</w:t>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лицензия алу үшін өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 5-қосымша жаңа редакцияда – ҚР Бәсекелестікті қорғау және дамыту агенттігі Төрағасының 31.01.2023 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      Кімге ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (лицензиардың толық атауы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      кімнен ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (заңды тұлғаның толық атауы, орналасқан жері, бизнес-сәйкестендіру нөмірі) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      жүзеге асыруға лицензия беруіңізді сұраймын </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (Қызмет түрінің толық атауын көрсету) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Заңды тұлғаның мекенжайы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (пошталық индексі, елі (шетелдік заңды тұлға үшін), облысы, қаласы, ауданы, елді </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      мекені, көше атауы, үйдің/ғимараттың (стационарлық үй-жайдың) нөмірі) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Электрондық пошта ________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Телефондары ______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Факс _____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Банктік шот _______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (шот нөмірі, банктің атауы және орналасқан жері) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қызметті немесе әрекеттерді (операцияларды) жүзеге асыру объектісінің мекенжайы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (пошталық индексі, облыс, қала, аудан, елді мекен, көше атауы, үйдің/ғимараттың </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (стационарлық үй-жайдың) нөмірі)) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қоса беріліп отыр _ парақ. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Басшы ___________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                        (қолы) (тегі, аты, әкесінің аты (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Толтырылған күні: "___" _________ 20__ жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін. _______ "___" ________ 20 __ жыл</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6507,116 +4807,719 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
+              <w:t>"Тауар биржалары саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қызметті жүзеге асыруға </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лицензия беру" мемлекеттік </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызмет көрсету қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:br/>
-[...43 lines deleted...]
-        </w:drawing>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Лицензияны қайта ресімдеу үшін өтініш (заңды тұлға-лицензиаттың атауы және (немесе) орналасқан жері өзгерген жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кімге _____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (лицензиардың толық атауы) кімнен ___________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (заңды тұлғаның толық атауы, орналасқан жері, бизнес-сәйкестендіру нөмірі) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Лицензияны қайта ресімдеуді сұраймын) №__________ бастап "___" _________ 20___ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      берілген жылдың) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      лицензияның нөмірі, берілген күні, лицензияны берген лицензиардың атауы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      жүзеге асыруға _____________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қызмет түрінің толық атауы) мынадай негіз(дер) бойынша (тиісті ұяшықта Х түрінде көрсетіңіз)):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заңды тұлға-лицензиат атауының өзгеруі _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заңды тұлға-лицензиаттың орналасқан жерінің өзгеруі _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Заңды тұлғаның мекен-жайы _________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (пошталық индексі, облысы, қаласы, ауданы, елді мекені, көше атауы, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      үйдің/ғимараттың (стационарлық үй-жайдың) нөмірі) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық пошта ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      телефондар ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Факс _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Банктік шот _______________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                        (шот нөмірі, банктің атауы және орналасқан жері)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қызметті немесе әрекеттерді (операцияларды) жүзеге асыру объектісінің мекенжайы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (пошталық индексі, облыс, қала, аудан, елді мекен, көше атауы, үйдің/ғимараттың </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (стационарлық үй-жайдың) нөмірі))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қоса беріліп отыр __________ парақ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Басшы ____________ ______________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                  (қолы)             (тегі, аты, әкесінің аты (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Толтырылған күні: "___" __________ 20__ жыл</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>