--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4925dc7" w14:textId="4925dc7">
+    <w:p w14:paraId="8198455" w14:textId="8198455">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Бас прокуратурасының жанындағы Құқық қорғау органдары академиясында алғашқы кәсіптік даярлықтан өтетін адамдарға арналған жеке тамақтану рационының, азық-түліктің, жабдықтың, асханалық–ас үй мүкәммалының заттай нормаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Бас Прокурорының 2021 жылғы 1 сәуірдегі № 42 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 5 сәуірде № 22486 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Бас Прокурорының 2021 жылғы 1 сәуірдегі № 42 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 5 сәуірде № 22486 болып тіркелді. Күші жойылды - Қазақстан Республикасы Бас Прокурорының 2025 жылғы 10 қарашадағы № 139 бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Бас Прокурорының 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 139</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2008 жылғы 4 желтоқсандағы Қазақстан Республикасы Бюджет кодексінің 69-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -308,127 +386,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Бас Прокуроры </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -712,6689 +802,6690 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Бас прокуратурасының жанындағы Құқық қорғау органдары академиясында бастапқы кәсіби даярлықтан өтетін адамдардың жеке тамақтану рационының №1 заттай нормасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1728"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3893"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Позиция N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өнімнің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тәулігіне бір адамға грамм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоғары сұрыпты бидай ұны (фортификацияланған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірінші сұрыпты бидай ұны (фортификацияланған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қара нан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қара бидай наны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 115,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Макарон өнімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,60</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарақұмық жармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күріш жармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұнтақ жармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сұлы жармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тары жармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арпа жармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8,20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бұршақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызыл үрме бұршақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақ үрме бұршақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жасымық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Картоп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 274,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақ қырыққабат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәбіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пияз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қияр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Томаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызылша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тәтті бұрыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әшкөк жасыл шөп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақжелкен жасыл шөп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сарымсақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Асқабақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 137,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алмұрт (жазғы маусым)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Суб - және тропикалық жемістер (апельсиндер) қысқы маусым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лимон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8,20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кептірілген жемістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жидектер (шие)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеміс-жидек шырыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сиыр еті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-санатты субөнімдер (бауыр)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шұжық өнімдері (жартылай ысталған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңа мұздатылған балық (минтай)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балық консервілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Теңіз орамжапырағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауық жұмыртқасы, дана / күн</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,73</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сиыр сүті, майлылығы 3,2 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 123,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сиыр сүтінен жасалған ашытылған сұйық өнімдер (майлылығы 2,5 % айран)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 180,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаймақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жартылай майлы сүзбе 7,5%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәйектіірімшік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13,70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сиыр майы (жануар майы &gt; 75 %)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өсімдік майы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қант</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи кофе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,96</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Какао ұнтағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,96</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ашытқы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,44</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лавр жапырағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұнтақталған бұрыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сірке суы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,44</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1728" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6679" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иодталған ас тұзы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3893" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7439,7473 +7530,7474 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Бас прокуратурасының жанындағы Құқық қорғау органдары академиясында бастапқы кәсіби даярлықтан өтіп жатқан адамдардың жеке тамақтану рационының №2 өнімдерді ауыстыру нормасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1482"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2811"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Позиция №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өнімдердің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 адамға грамм/күн</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауыстыру нормасы, грамм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоғары және бірінші сұрыпты бидай ұны (фортификацияланған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Макарон өнімдері 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қара нан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бидай ұнынан пісірілген нан 71</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қара бидай наны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 115</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қытырлақ нан 92</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Макарон өнімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күріш жармасы 6,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарақұмық жармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоғары сұрыпты макарон өнімдері 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күріш жармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоғары сұрыпты макарон өнімдері 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұнтақ жармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоғары сұрыпты макарон өнімдері 6,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сұлы жармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоғары сұрыпты макарон өнімдері 6,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тары жармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоғары сұрыпты макарон өнімдері 6,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Арпа жармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жоғары сұрыпты макарон өнімдері 8,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бұршақтар (бұршақ, қызыл және ақ үрме бұршақ, жасымық)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Картоп 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Картоп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 274</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бұршақтар 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақ қырыққабат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұздалған көкөністер 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәбіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұздалған көкөністер 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пияз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сарымсақ 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қияр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қырыққабат 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Томаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Томат пастасы 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызылша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұздалған көкөністер 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тәтті бұрыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұздалған көкөністер 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жасыл шөп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жасыл пияз 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көкөністер (сарымсақ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тұздалған көкөністер 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 137</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Джем 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Алмұрт (жазғы маусым)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Джем 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Суб - және тропикалық жемістер (апельсиндер) қысқы маусым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи шырындар 78</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кептірілген жемістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жемістер 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жидектер (шие)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кептірілген жемістер 2,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеміс-жидек шырыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жемістер 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сиыр еті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құс еті 300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1-санатты субөнімдер (бауыр)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пісірілген шұжық 2,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шұжық өнімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Субөнімдер 37,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңа мұздатылған балық (минтай, майшабақ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балық консервілері 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балық консервілері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңа балық 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауық жұмыртқасы, дана / күн</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмыртқа ұнтағы 10,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сиыр сүті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 123</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи йогурт 154</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сиыр сүтінен жасалған ашытылған сұйық өнімдер (майлылығы 2,5 % айран)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 180</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сүт 144</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаймақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи йогурт 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жартылай майлы сүзбе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сүзбе ірімшігі 24,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәйекті ірімшік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сүт 137</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сиыр майы (жануар майы &gt; 75 %)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сүт 130</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өсімдік майы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сиыр майы 11,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қант</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Варенье 126</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шәй</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шәй 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи кофе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,96</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Какао ұнтағы 2,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Какао ұнтағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,96</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи кофе 0,38</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ашытқы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрғақ ашытқы 0,22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лавр жапырағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сублимацияланған кептірілген дәмдеуіштер 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұнтақталған бұрыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сублимацияланған кептірілген дәмдеуіштер 0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сірке суы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лимон қышқылы 2,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1482" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5728" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иодталған ас тұзы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2279" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2811" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14930,21496 +15022,20902 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Бас прокуратурасының жанындағы Құқық қорғау органдары академиясы асханасының жабдықтары мен мүкәммалының №3 нормасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="906"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1828"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250 адамға дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250-500 адам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500 адамнан астам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарапайым стол таразысы, шекті жүктемесі 10-20 кг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Стол таразысы, шекті жүктеме 2-10 кг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ас үйлерге арналған тауарлық таразылар, шекті жүктемесі 100-200 кг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250 литр газды, ас пісіретін, электрлі бу қазандығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 350-400 кг/сағ картоп қабығын тазалағыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пісірілген көкөністерді кесуге арналған машина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сағатына 1000 тәрелке ыдыс жуатын машина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сағатына 2000 тәрелке ыдыс жуатын машина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сағатына 110-150 кг ет тартқыш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нан кесуге арналған пышақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 м2 дейін қуыру беті бар ас үй плитасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыйымдылығы 80 л тостағандары бар электр таба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 секциялы қуыру шкафы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Азық-түлік қоймаларына арналған көлемі 12 м3 тоңазытқыш камерасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Азық-түлік қоймаларына арналған көлемі 18 м3 тоңазытқыш камерасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлемі 1,2-1,25 м3 ас үйлерге арналған тоңазытқыш шкафы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жүк көтергіштігі 80-400 кг жүк арбасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ыдыс жинауға арналған арба</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өнімдерді суық өңдеуге арналған ванна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 секциялы металлды жуу ваннасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 секциялы металлды жуу ваннасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Етті мүшелеуге арналған металл бөлшектеу столы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балықты бөлшектеуге арналған металлды бөлшектеу столы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көкөністерді кесуге арналған металлды бөлшектеу столы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құс етін бөлуге арналған металлды бөлшектеу столы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дайын өнімдерге арналған металлды бөлшектеу столы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гигиеналық жабыны бар, орындықтар жиынтығы бар 4 орынды асхана столы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сойылған еттерді ілуге арналған тіреу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ет шабуға арналған колода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нан сақтауға арналған шкаф</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ыдысты сақтауға арналған металлды стеллаж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тамақ қалдықтарына арналған қақпағы бар бөшке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тамақ емес қалдықтарға арналған қақпағы бар бөшке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ас үйлерге арналған эмальданған шелек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазандық аспаз шанышқысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыйымдылығы 20 литр плитаға қоятын алюминий қазаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыйымдылығы 50 литр плитаға қоятын алюминий кастрюль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыйымдылығы 0,5-0,75 литр тот баспайтын болаттан жасалған құятын қасық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыйымдылығы 0,2-0,25 литр тот баспайтын болаттан жасалған құю қасық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гарнир қасығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көкөністерді тазалауға арналған пышақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Консерві пышағы немесе консерві банкілерін ашуға арналған құрал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шикі етті өңдеуге арналған ас үй пышағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шикі құсты өңдеуге арналған пышақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шикі балықты өңдеуге арналған ас үй пышағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пісірілген етті өңдеуге арналған ас үй пышағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пісірілген құсты өңдеуге арналған ас үй пышағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пісірілген балықты өңдеуге арналған ас үй пышағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жасыл шөпке арналған ас үй пышағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ірімшікке арналған ас үй пышағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балық гастрономиясына арналған ас үй пышағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ет гастрономиясына арналған ас үй пышағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пісірілген көкөністерге арналған ас үй пышағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шикі көкөністерге арналған ас үй пышағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Майшабаққа арналған ас үй пышағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шикі етті өңдеуге арналған кесу тақтасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шикі құсты өңдеуге арналған кесу тақтасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шикі балықты өңдеуге арналған кесу тақтасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пісірілген етті өңдеуге арналған кесу тақтасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пісірілген құсты өңдеуге арналған кесу тақтасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пісірілген балықты өңдеуге арналған кесу тақтасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жасыл шөпке арналған кесу тақтасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ірімшікке арналған кесу тақтасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балық гастрономиясына арналған кесу тақтасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ет гастрономиясына арналған кесу тақтасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пісірілген көкөністерге арналған кесу тақтасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шикі көкөністерге арналған кесу тақтасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Майшабаққа арналған кесу тақтасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Болат табақ (противень)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Азық-түлік қоймасына арналған гигрометр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Азық-түлік қоймасына арналған термометр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Плитаға қоятын қазандарға арналған металл табурет-тұғыр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ас үй етін кесуге арналған балта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыйымдылығы 2 л аспаздық шөміш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тот баспайтын болаттан жасалған кепсер (шумовка)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыйымдылығы 7,0 л алюминий сүзгіш (сүзгі ожау)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Асхана шанышқысы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адамдардың саны бойынша 3 есе (СанЕжН)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Асхана дастарханы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыйымдылығы 210 см3 кружка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адамдардың саны бойынша 3 есе (СанЕжН)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ас қасық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адамдардың саны бойынша 3 есе (СанЕжН)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 82</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шай қасығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адамдардың саны бойынша 3 есе (СанЕжН)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тамақ беруге арналған табақша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салатқа арналған тәрелке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адамдардың саны бойынша 3 есе (СанЕжН)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 85</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірінші тамаққа арналған тәрелке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адамдардың саны бойынша 3 есе (СанЕжН)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Екінші тамаққа арналған тәрелке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адамдардың саны бойынша 3 есе (СанЕжН)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 күнге есептелген қағаз майлықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бір адамға 1 тамақтануға 2 дана</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 88</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қырлы стақан 200 мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 750</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адамдардың саны бойынша 3 есе (СанЕжН)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дәмдеуіштерге арналған ыдыс (қыша, бұрыш, тұз)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыйымдылығы 3 л эмальдандырылған шәйнек</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 91</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 және 2-тағамды тарату желісінің жылу буының мармиті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тамақ тарату желісінің асхана аспаптары секциясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тамақ тарату желісінің салқындатылатын ашық сөресі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 94</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тамақ тарату желісінің ыстық сусындарға арналған бейтарап бөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="906" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3877" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Суық цехқа арналған бактерицидті шам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2578" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1556" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -36473,63 +35971,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -36851,35 +36371,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>