--- v0 (2025-10-04)
+++ v1 (2025-11-26)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="709059e" w14:textId="709059e">
+    <w:p w14:paraId="54b6af6" w14:textId="54b6af6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,173 +94,267 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Қаржы министрiнiң кейбiр бұйрықтарына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Қаржы министрінің 2021 жылғы 31 наурыздағы № 276 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 1 сәуірде № 22468 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Қаржы министрінің 2021 жылғы 31 наурыздағы № 276 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 1 сәуірде № 22468 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазақстан Республикасы Қаржы министрінің кейбір бұйрықтарына мынадай өзгерістер енгізілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақшаның күшін жою көзделген - ҚР Қаржы министрінің 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 690</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Еуразиялық экономикалық одақ шеңберінде салық салынатын импорттың мөлшерін түзету қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 1 ақпандағы № 103 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16384 болып тіркелген, Қазақстан Республикасы Нормативтік құқықтық актілерінің эталондық бақылау банкінде 2018 жылғы 1 наурызда жарияланған):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Еуразиялық экономикалық одақ шеңберінде салық салынатын импорттың мөлшерін түзету </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -273,188 +367,302 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "5. Тауарларды әкелу және жанама салықтарды төлеу туралы өтінішті қарайтын мемлекеттік кірістер органы салық салынатын импорттың мөлшеріне түзетуді өтінішті қабылдаған күннен бастап 10 (он) жұмыс күні ішінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Түзету нәтижелері бойынша салық төлеушіге Кодекстің 114-бабы 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10)-тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген камералдық бақылау нәтижелері бойынша мемлекеттік кірістер органдары анықтаған бұзушылықтарды жою туралы хабарлама жолданады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақшаның күшін жою көзделген - ҚР Қаржы министрінің 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 628</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Тауарларды әкелу және жанама салықтарды төлеу туралы өтінішті кері қайтарып алу қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 6 ақпандағы № 133 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16414 болып тіркелген, Қазақстан Республикасы Нормативтік құқықтық актілерінің эталондық бақылау банкінде 2018 жылғы 1 наурызда жарияланған):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Тауарларды әкелу және жанама салықтарды төлеу туралы өтінішті кері қайтарып алу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -467,90 +675,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "3. Салық төлеуші осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген салықтық өтінішті мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Өтінішті қате ұсынған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -659,70 +867,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "6. Өтінішті кері қайтарып алу келесі әдістердің бірімен жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) салықтық есептілікті қабылдау және өңдеу жүйесінің орталық торабынан өшіріп тастау, ол қате ұсынылған немесе тиісті сапада және (немесе) жиынтықта болмауы себебінен, сондай-ақ салық органы тауар импортының болмау фактісін анықтаған кезде толық көлемде қайтарылған импортталған тауарлар бойынша ұсынылған Өтініштер бойынша қолданылады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -733,110 +941,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ауыстыру, ол кезде Өтінішке өзгерістер мен толықтырулар енгізуді салық төлеуші бір мезгілде жаңа өтінішті ұсына отырып, бұрын ұсынылған өтінішті кері қайтарып алу арқылы жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Өтініш орналасқан (тұрғылықты) жеріндегі емес салық органына жіберілген жағдайда өзгерту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қате табыс етілген Өтініш кері қайтарып алынған кезде салық төлеушінің дербес шоттарында жанама салықтардың есептелген сомаларын түзетуді мемлекеттік кірістер органы жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Салық төлеушінің Өтінішке өзгерістер мен толықтырулар енгізуі Салық Кодексінің 459-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ережелерін ескере отырып, қайтарып алынған Өтініштің орнына табыс етілген Өтініште оларды көрсету жолымен жүргізіледі.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -925,110 +1133,110 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "10. Қазақстан Республикасының аумағына Еуразиялық экономикалық одаққа мүше мемлекеттердің аумағынан импортталған тауарларды ішінара жүзеге асырған ай өткенге дейін тиісті сапада болмауы және (немесе) жиынтықталмауы себебі бойынша мұндай тауарларды қайтару жүзеге асырылған кезде өзгерістер мен толықтырулар енгізілуіне байланысты Өтініш кері қайтарылған жағдайда, мұндай тауарлар жөніндегі мәліметтер кері қайтарылған Өтініштің орнына ұсынған Өтініште көрсетілуі тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Қазақстан Республикасының аумағына Еуразиялық экономикалық одаққа мүше мемлекеттердің аумағынан импортталған тауарларды толық жүзеге асырған ай өткенге дейін тиісті сапада болмауы және (немесе) жиынтықталмауы себебі бойынша мұндай тауарларды қайтару жағдайда, осындай тауарлар бойынша табыс етілген Өтініш Салық кодексінің 458-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес жою әдісімен кері қайтарылады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1041,71 +1249,71 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "13. Өтініш кері қайтарып алынған жағдайда салық төлеушінің дербес шоттарына өзгерістер мен толықтырулар енгізу мақсатында мемлекеттік кірістер органы кері қайтарып алуға ұсынылған өтініш негізінде жанама салықтардың тиісті сомасын есептеуді (азайтуды) жүргізеді.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1120,112 +1328,112 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Қазақстан Республикасының заңнамада белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
-[...15 lines deleted...]
-      2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Қазақстан Республикасының заңнамада белгіленген тәртіппен:</w:t>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрықтың Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелген күннен бастап он жұмыс күні ішінде осы тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1240,160 +1448,172 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Қаржы министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1795,55 +2015,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>