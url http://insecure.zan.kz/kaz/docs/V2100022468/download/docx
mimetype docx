--- v1 (2025-11-26)
+++ v2 (2026-03-14)
@@ -1,46 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="54b6af6" w14:textId="54b6af6">
+    <w:p w14:paraId="b61602d" w14:textId="b61602d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -172,1347 +171,395 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">1) күші жойылды - ҚР Қаржы министрінің 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 690</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1) тармақшаның күшін жою көзделген - ҚР Қаржы министрінің 11.11.2025 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) күші жойылды - ҚР Қаржы министрінің 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 628</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармаққа өзгеріс енгізілді - ҚР Қаржы министрінің 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 628</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 690</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z21" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) "Еуразиялық экономикалық одақ шеңберінде салық салынатын импорттың мөлшерін түзету қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 1 ақпандағы № 103 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16384 болып тіркелген, Қазақстан Республикасы Нормативтік құқықтық актілерінің эталондық бақылау банкінде 2018 жылғы 1 наурызда жарияланған):</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Қазақстан Республикасының заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z23" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z24" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> мынадай редакцияда жазылсын: </w:t>
+        <w:t>
+      2) осы бұйрықтың Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z25" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      "5. Тауарларды әкелу және жанама салықтарды төлеу туралы өтінішті қарайтын мемлекеттік кірістер органы салық салынатын импорттың мөлшеріне түзетуді өтінішті қабылдаған күннен бастап 10 (он) жұмыс күні ішінде жүзеге асырады.</w:t>
+        <w:t xml:space="preserve">
+      3) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелген күннен бастап он жұмыс күні ішінде осы тармақтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z26" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...36 lines deleted...]
-        </w:rPr>
         <w:t>
-</w:t>
-[...442 lines deleted...]
-      "6. Өтінішті кері қайтарып алу келесі әдістердің бірімен жүзеге асырылады:</w:t>
+      3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:p>
-[...580 lines deleted...]
-    <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1755,259 +802,107 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 276 Бұйрыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...115 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p>
-[...8 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:drawing>
-[...72 lines deleted...]
-      Ескерту: * жеке кәсіпкерлік субъектілеріне жататын заңды тұлғаларды қоспағанда.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Қаржы министрінің 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 628</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -2015,55 +910,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2385,35 +1280,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>