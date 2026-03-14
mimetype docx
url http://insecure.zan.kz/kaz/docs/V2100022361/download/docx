--- v0 (2025-10-03)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e5d844d" w14:textId="e5d844d">
+    <w:p w14:paraId="3abebe5" w14:textId="3abebe5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -278,140 +278,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғаш ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасы </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Мемлекеттік қызмет істері </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">агенттігінің төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -741,130 +757,244 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "9. Персоналды басқару қызметі (кадр қызметі) мемлекеттік органның басқа құрылымдық бөлімшелерінен ұйымдастырушылық дербес, аппарат басшысына, ал аппарат басшысы лауазымы енгізілмеген мемлекеттік органдарда мемлекеттік органның басшысына тікелей бағынады.".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармақтың күшін жою көзделген - ҚР Мемлекеттік қызмет істері агенттігі Төрағасының 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 196</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Мемлекеттік әкімшілік лауазымға орналасудың кейбір мәселелері туралы" Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2017 жылғы 21 ақпандағы № 40 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14939 болып тіркелген, 2017 жылғы 19 сәуірде Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген "Б" корпусының мемлекеттік әкімшілік лауазымына орналасуға арналған конкурсты өткізу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -877,150 +1007,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "14. Конкурс комиссиясы осы Қағидалармен айқындалған тәртіппен тиісті мемлекеттік органның басшысымен немесе аппарат басшысымен қалыптастырылады.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Мемлекеттік әкімшілік қызметшілердің қызметін бағалаудың кейбір мәселелері туралы" Қазақстан Республикасының Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2018 жылғы 16 қаңтардағы № 13 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16299 болып тіркелген, 2018 жылғы 14 ақпанда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген "А" корпусы мемлекеттік әкімшілік қызметшілерінің қызметін бағалау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>әдістемесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1033,70 +1163,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "5. Орталық атқарушы органның аппарат басшысының және Қазақстан Республикасы Жоғары Сот Кеңесінің хатшысы – Аппарат басшысының қызметін бағалауды Қазақстан Республикасы Президентінің Әкімшілігі өткізеді. Аталған тұлғалардың бағалануы осы тұлғалар үшін Қазақстан Республикасы Президенті Әкімшілігінің басшысымен бағалау жылының басында белгіленетін басымдықтары негізінде жүргізіледі.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1109,70 +1239,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "9. Нысаналы мақсатты индикаторлар уәкілетті тұлғамен анықталады және Қазақстанның стратегиялық даму жоспарымен айқындалған индикаторларға қол жеткізуге бағытталған мемлекеттік жоспарлау жүйесінің құжаттарынан, сондай-ақ тиісті мемлекеттік органның меморандумынан туындайды және келесілерге бағытталған:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы Конституциялық Кеңесі, Қазақстан Республикасы Президентінің Іс Басқармасы, Қазақстан Республикасы Орталық сайлау комиссиясы, Қазақстан Республикасы Республикалық бюджеттің атқарылуын бақылау жөніндегі есеп комитеті, Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі, Қазақстан Республикасының Стратегиялық жоспарлау және реформалар агенттігі, Қазақстан Республикасының Бәсекелестікті қорғау және дамыту агенттігі аппараттарының басшылары, Қазақстан Республикасының Жоғарғы Соты жанындағы Соттардың қызметін қамтамасыз ету департаментінің (Қазақстан Республикасы Жоғарғы Соты аппаратының) басшылары, облыстар, астана және республикалық маңызы бар қала әкімдерінің аппарат басшылары, орталық атқарушы органдардың аппарат басшылары, Адам құқықтары жөніндегі ұлттық орталықтың басшысы, сондай-ақ облыс, астана және республикалық маңызы бар қала әкімдіктерінің басшылары үшін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1419,70 +1549,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "25. Жүргізілген бағалау нәтижесі бойынша уәкілетті тұлғамен бағаланушы қызметшіге келісімде бейнеленген нысаналы мақсатты индикатордың әрбір жетістігі туралы ақпаратты қамтитын, сондай-ақ кәсіби деңгейі мен тұлғалық қасиеттерін бағалайтын көрсеткіштің әрбіріне сипататама бере отырып, бағалау кезеңіндегі оның қызметі бойынша пікір толтырылады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1495,70 +1625,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>32-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакция жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "32. Мемлекеттік қызмет істері жөніндегі уәкілетті орган қызметшілердің жылдық бағалауына талдау жүргізеді және 20 ақпаннан кешіктірмей оларды Ұлттық комиссияның жұмыс органына енгізеді.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>