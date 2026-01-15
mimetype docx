--- v0 (2025-10-05)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fd0380f" w14:textId="fd0380f">
+    <w:p w14:paraId="a9dbcf2" w14:textId="a9dbcf2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -244,174 +244,318 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Емделу үшін біржолғы зейнетақы төлемдерін пайдалану </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бекітілсін.</w:t>
+        <w:t xml:space="preserve"> (бұдан әрі – Қағидалар) бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-1. Қағидалардың 11-тармағының екінші, үшінші, төртінші және бесінші бөліктерінің, 17-тармағының екінші бөлігінің, 19-1-тармағының, 20-тармағының екінші және үшінші бөліктерінің, 21-тармағының үшінші бөлігінің және 22-1-тармағының ережелері 2025 жылғы 15 қыркүйекке дейін қол қойылған Қағидалардың 4 және 5-тармақтарында көрсетілген құжаттар негізінде туындаған құқықтық қатынастарға қолданылады деп белгіленсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Бұйрық 1-1-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Денсаулық сақтау министрлігінің Медициналық көмекті ұйымдастыру департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z4" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z5" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықты Қазақстан Республикасы Денсаулық сақтау министрлігінің интернет-ресурсына орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z6" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркегеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Денсаулық сақтау министрлігінің Заң департаментіне осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z7" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Денсаулық сақтау вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z8" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі және 2021 жылғы 1 қаңтардан бастап пайда болған қатынастарға қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -799,87 +943,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-18 бұйрықпен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Емделуге берілетін біржолғы зейнетақы төлемдерін пайдалану қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Емделу үшін біржолғы зейнетақы төлемдерін пайдалану </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -914,51 +1058,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасы Әлеуметтік Кодексінің (бұдан әрі – Әлеуметтік Кодекс) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>220-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және емделу үшін біржолғы зейнетақы төлемдерін пайдалану тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -977,348 +1121,348 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkStart w:name="z13" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай анықтамалар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z42" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z42" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) алушы – осы Қағидаларда көзделген тәртіппен өзінің біржолғы зейнетақы төлемдерін және (немесе) жұбайының (зайыбының) және (немесе) жақын туыстарының біржолғы зейнетақы төлемдерін емделуге пайдаланатын жеке тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z43" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z43" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бейінді маман – жоғары медициналық білімі, денсаулық сақтау саласында сертификаты бар медицина қызметкері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z44" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z44" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) біржолғы зейнетақы төлемі – Әлеуметтік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексте</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен міндетті зейнетақы жарналарының салымшысы (зейнетақы төлемдерін алушы) тұрғын үй жағдайларын жақсарту және (немесе) емделуге ақы төлеу мақсатында бірыңғай жинақтаушы зейнетақы қорынан (бұдан әрі – </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БЖЗҚ) алатын, міндетті зейнетақы жарналары есебінен қалыптастырылған зейнетақы жинақтары сомасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="15"/>
+    <w:bookmarkStart w:name="z45" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) біржолғы төлемдерге арналған арнайы шоттар (бұдан әрі – арнайы шот) – тұрғын үй жағдайларын жақсарту және (немесе) емделуге ақы төлеу мақсатында БЖЗҚ-дан төленетін біржолғы зейнетақы төлемдерін есепке жатқызу үшін Қазақстан Республикасының Үкіметі айқындайтын уәкілетті операторда біржолғы зейнетақы төлемдерін алушы ашатын ағымдағы банктік шот;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z46" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z46" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) емдеу – ауруды жоюға, оның бетін қайтаруға және (немесе) оның ағымын жеңілдетуге, сондай-ақ оның өршуінің алдын алуға бағытталған медициналық көрсетілетін қызметтер кешені;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z47" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z47" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) жақын туыстар – ата-аналар (ата-ана), балалар, асырап алушылар, асырап алынғандар, ата-анасы бір және ата-анасы бөлек ағалы-інілер мен апалы-сіңлілер (аға-қарындастар), ата, әже, немерелер; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z48" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z48" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) медициналық ақпараттық жүйе – денсаулық сақтау субъектілерінің процестерін электрондық форматта жүргізуді қамтамасыз ететін ақпараттық жүйе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z49" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z49" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) медициналық ұйым - негізгі қызметі медициналық көмек көрсету болып табылатын денсаулық сақтау ұйымы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z50" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z50" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) өтініш беруші – Әлеуметтік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодекске</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес БЖЗҚ-дан біржолғы зейнетақы төлемдерін алуға үміткер салымшы (алушы);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z51" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z51" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) уәкілетті оператор – Қазақстан Республикасының Үкіметі айқындайтын, тұрғын үй жағдайларын жақсарту және (немесе) емделуге ақы төлеу мақсатында БЖЗҚ төленетін біржолғы зейнетақы төлемдеріне арналған арнаулы шоттарды ашуды және жүргізуді жүзеге асыратын заңды тұлға (заңды тұлғалар), сол шоттарға БЖЗҚ міндетті зейнетақы жарналары есебінен қалыптастырылған зейнетақы жинақтарынан біржолғы зейнетақы төлемдерін аударуды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z52" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z52" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) электрондық цифрлық қолтаңба (бұдан әрі – ЭЦҚ) – электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың анықтығын, оның тиесілілігін және мазмұнының өзгермейтіндігін растайтын электрондық цифрлық нышандар жиынтығы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1337,88 +1481,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="23"/>
+    <w:bookmarkStart w:name="z14" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Емделуге берілетін біржолғы зейнетақы төлемдерін пайдалану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z15" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z15" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Емделу үшін біржолғы зейнетақы төлемдерін пайдалану үшін өтініш беруші немесе оның заңды өкілі емделуге ақы төлеу мақсатында алып қоюға қолжетімді міндетті зейнетақы жарналары есебінен БЖЗҚ-дан зейнетақы жинақтарының сомасы туралы ақпаратты өз бетінше алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1437,90 +1581,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="25"/>
+    <w:bookmarkStart w:name="z16" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Өтініш беруші немесе оның заңды өкілі ЭЦҚ арқылы уәкілетті оператордың интернет-ресурсында авторизацияланады және өзінің жеке кабинетін ашады, онда Әлеуметтік Кодекстің 224-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес соманы және пайдалану мақсатын көрсете отырып өзінің ЭЦҚ-мен куәландырылып, емделу үшін біржолғы зейнетақы төлеміне электрондық өтінішті (бұдан әрі – төлемге арналған өтініш) толтырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1539,70 +1683,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="26"/>
+    <w:bookmarkStart w:name="z17" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Алушы жұбайының (зайыбының) және (немесе) жақын туыстарының біржолғы зейнетақы төлемдерін пайдаланған жағдайда тараптар алушының жеке кабинетінде біржолғы зейнетақы төлемдерін басқаға беру туралы келісім жасасады, ол некені (ерлі-зайыптылықты) немесе туыстық қатынастарды растайтын құжаттарды қоса беріле отырып, олардың ЭЦҚ-сымен куәландырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Алушының кәмелетке толмаған балаларды емдеуге арналған біржолғы зейнетақы төлемдерін осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1659,150 +1803,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="27"/>
+    <w:bookmarkStart w:name="z18" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Уәкілетті операторда тіркелген төлемге өтініш туралы мәліметтер БЖЗҚ-ға электрондық хабарлама шеңберінде БЖЗҚ мен уәкілетті оператор арасында жасалған тиісті келісімде белгіленген тәртіппен 2 (екі) жұмыс күні ішінде келіп түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z19" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z19" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. БЖЗҚ уәкілетті оператордан электрондық хабарлама алған күннен бастап 5 (бес) жұмыс күні ішінде біржолғы зейнетақы төлемінің сомасын уәкілетті операторға аударады, ол оны өтініш берушінің уәкілетті оператор ашқан арнайы шотына есепке алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z20" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z20" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Беру кезінде біржолғы зейнетақы төлемдерін уәкілетті оператор 5 (бес) жұмыс күні ішінде өтініш берушінің арнайы шотынан алушының арнайы шотына аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z21" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z21" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Алушы немесе оның заңды өкілі медициналық көрсетілетін қызметтерді алу үшін арнайы шотқа қаражат түскеннен кейін шетелдік ұйымды қоса алғанда, медициналық ұйымды таңдайды және Әлеуметтік Кодекстің 220-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген талаптарға сәйкес медициналық ұйымға дәрігерлік-консультациялық комиссияның қорытындысын (бұдан әрі – ДКК) беру туралы өтінішпен өзі бекітілген жердегі медициналық ұйымға жүгінеді және алушының жеке басын куәландыратын құжаттың көшірмесін және бейінді маманның қорытындысын қоса береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1821,110 +1965,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="31"/>
+    <w:bookmarkStart w:name="z22" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қорытынды беру үшін медициналық ұйым басшысының бұйрығымен дәрігерлік комиссия құрылады. Дәрігерлік комиссия мүшелерінің жалпы саны тақ санды, кемінде үш дәрігерді құрайды. Дәрігерлік комиссияның құрамы, мүшелерінің саны медициналық ұйым басшысының бұйрығымен бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z23" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z23" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. ДКК қызметі "Дәрігерлік-консультациялық комиссияның қызметі туралы ережені бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2022 жылғы 7 сәуірдегі № ҚР ДСМ - 34 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 27505 болып тіркелген) сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Стоматология қызмет көрсету кезінде ДКК бейінді маманның қорытындысын, ұсынылған медициналық құжаттарды қарайды және "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын, сондай-ақ оларды толтыру жөніндегі нұсқаулықтарды бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2035,190 +2179,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="33"/>
+    <w:bookmarkStart w:name="z24" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Дәрігерлік комиссияның ұйымдастырушылық қызметін дәрігерлік комиссияның хатшысы қамтамасыз етеді. Дәрігерлік комиссияның хатшысы дәрігерлік комиссияның мүшесі болып табылмайды және дәрігерлік комиссия шешім қабылдаған кезде дауыс беру құқығы жоқ. Дәрігерлік комиссия хатшысының функцияларын медициналық ұйымның жауапты адамы орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z25" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z25" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Дәрігерлік комиссияның отырысы күндізгі нысанда және (немесе) онлайн бейнеконференцбайланыс арқылы (комиссия мүшелері әртүрлі өңірлерде болған жағдайда) өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z26" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z26" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Дәрігерлік комиссияның отырысы Комиссия мүшелерінің жалпы санының үштен екісі қатысқан кезде заңды деп есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z27" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z27" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Дәрігерлік комиссияның шешімі комиссия отырысына қатысушылардың жалпы санының көпшілік даусымен қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z28" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z28" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Дауыстар тең болған жағдайда дәрігерлік комиссияның төрағасы дауыс берген шешім қабылданды деп есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z29" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z29" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес біржолғы зейнетақы төлемдері есебінен төленетін медициналық қызметтер көрсетуге арналған медициналық көрсетілімдер ДКК қорытындысын беру негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Стоматологиялық көрсетілетін қызметтерді алу үшін алушы немесе оның заңды өкілі осы Қағидалардың 22-1-тармағына сәйкес құжаттарды қоса береді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2255,146 +2399,146 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="39"/>
+    <w:bookmarkStart w:name="z30" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Дәрігерлік комиссия өтініш беруші өтініш берген күннен бастап 5 (бес) жұмыс күнінен кешіктірмей шешім қабылдайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өтініш берушіні медициналық айғақтар бойынша біржолғы зейнетақы төлемдері есебінен емделуге жіберу туралы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) медициналық көрсетілімдер болмаған жағдайда, өтініш берушіні біржолғы зейнетақы төлемдері есебінен емделуге жіберуден бас тарту туралы шешімдердің бірін қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="40"/>
+    <w:bookmarkStart w:name="z31" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Медициналық ұйымның жауапты адамы алушыға немесе оның заңды өкіліне ДКК қорытындысын береді және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Бұйрыққа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес 026/е нысан бойынша уәкілетті операторға ұсыну үшін ДКК отырысы өткізілген күннен бастап 2 (екі) жұмыс күні ішінде оны медициналық ақпараттық жүйеге енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2413,90 +2557,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="41"/>
+    <w:bookmarkStart w:name="z53" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19-1. Стоматологиялық қызметтер көрсету кезінде медициналық ұйымның жауапты адамы алушыға немесе оның заңды өкіліне стоматологиялық көрсетілетін қызметтерді алғанға дейін және алу кезінде электрондық және/немесе қағаз түрінде ДКК қорытындысын береді және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Бұйрыққа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес 026/е нысан бойынша уәкілетті операторға ұсыну үшін ДКК отырысы өткізілген күннен бастап 2 (екі) жұмыс күні ішінде оларды медициналық ақпараттық жүйеге енгізеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алушы немесе оның заңды өкілі уәкілетті операторға стоматологиялық көрсетілетін қызметтерді алғанға дейін және алу кезінде ДКК қорытындыларын және электрондық нысанда шартты жібереді, содан кейін уәкілетті оператор алушыдан құжаттарды алған күннен бастап 5 (бес) жұмыс күні ішінде біржолғы зейнетақы төлемдерін медициналық ұйымдардың арнайы шотына аударады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2533,90 +2677,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="42"/>
+    <w:bookmarkStart w:name="z32" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Алушы немесе оның заңды өкілі ДКК қорытындысын алғаннан кейін шетелдік ұйымды қоса алғанда, таңдалған медициналық ұйыммен, одан әрі шарттың немесе төлем шотының сканерленген нұсқасын және ДКК қорытындысын уәкілетті оператордың интернет-ресурсындағы өзінің жеке кабинетінде тіркей отырып, "Денсаулық сақтау субъектілерінің ақылы қызметтер көрсету қағидаларын және ақылы медициналық көрсетілетін қызметтер (көмек) ұсыну жөніндегі шарттың үлгілік нысанын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 29 қазандағы № ҚР ДСМ-170/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21559 болып тіркелген) бекітілген медициналық қызметтер көрсету туралы шарт (бұдан әрі – шарт) жасасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Импланттаудың стоматологиялық қызметтерін көрсету үшін медициналық ұйыммен шартқа қол қойылған кезде шартқа сомаларды көрсете отырып, екі кезеңнен тұратын емдеу жоспары қоса беріледі: барлық шығыс және супрақұрылымдық материалдарды ескере отырып, хирургиялық (импланттау, сүйек өсіру операциялары, синус лифтинг және тағы басқалар); импланттардағы құрылғыны қамтитын ортопедиялық кезеңдер. Төлем хирургиялық емдеуге дейінгі бірінші кезеңде және ортопедиялық емдеуге дейінгі екінші кезеңде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2671,70 +2815,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="43"/>
+    <w:bookmarkStart w:name="z33" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Уәкілетті оператор алушының ДКК қорытындысын біржолғы зейнетақы төлемдері есебінен төленетін медициналық қызметтер тізбесі бойынша 1-қосымшаға сәйкес Қазақстан Республикасы Денсаулық сақтау министрлігінің "Амбулаторлық-емханалық көмек" ақпараттық жүйесімен интеграция арқылы алады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер алушы немесе оның заңды өкілі ұсынған құжаттар біржолғы зейнетақы төлемдерінің нысаналы мақсатына сәйкес келген кезде уәкілетті оператор алушы немесе оның заңды өкілінен құжаттарды алған күннен бастап 5 (бес) жұмыс күні ішінде біржолғы зейнетақы төлемдерін олардың нысаналы мақсаты бойынша аударады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2789,70 +2933,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="44"/>
+    <w:bookmarkStart w:name="z34" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Емделу үшін біржолғы зейнетақы төлемдерінің нысаналы пайдаланылуын растайтын құжаттар мыналар болып табылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3039,70 +3183,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="45"/>
+    <w:bookmarkStart w:name="z54" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22-1. Дентинді импланттау бойынша стоматологиялық қызметтерді көрсету кезінде ДКК қорытындысын алу үшін құжаттар тізбесіне емдеуге дейін зерттеп-қарау жоспары, панорамалық немесе 3-Д рентген суреттері, стоматологиялық клиниканың лицензиясы ұсынылады. Сонымен қатар егер алдыңғы импланттаудан бері 3 ай өтпесе, онда алдыңғы қорытынды сурет қолданылады. Егер бұрын импланттау жасалмаса, диагностикалық суретті ұсыну қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дентинді импланттау кезінде ортопедиялық құрылғыларды қорытынды орнату алдында ДКК-нің қайта қорытындысы алу үшін стоматологиялық имплант белгіленгеннен кейін панорамалық немесе 3-Д рентген-суреттер ұсынылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3175,90 +3319,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="46"/>
+    <w:bookmarkStart w:name="z35" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Алушы немесе оның заңды өкілі осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған біржолғы зейнетақы төлемдерінің нысаналы пайдаланылуын растайтын құжаттарды ұсынбаған жағдайда, қаражат арнайы шотқа түскен күннен бастап 45 (қырық бес) жұмыс күні ішінде БЖЗҚ-ға қайтарылуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БЖЗҚ-ға ұлттық валютада алушының арнайы ағымдағы шотына бұрын аударған біржолғы зейнетақы төлемдерін қайтарған кезде, шетелде шетел валютасымен ем алған кезде уәкілетті оператор пайдаланылмаған не пайдаланылмаған біржолғы зейнетақы төлемінің сомасының қалдығын не оның ұлттық валютадағы қалдығын бағамдық айырманы ескере отырып, БЖЗҚ-ға қайтаруды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3349,90 +3493,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="47"/>
+    <w:bookmarkStart w:name="z37" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Емделуге берілетін біржолғы зейнетақы төлемдерін пайдалану қолма-қол ақшасыз жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z38" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z38" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Осы Қағидалардың 4-тармағында көрсетілген емделуге арналған біржолғы зейнетақы төлемдері сомасының бір бөлігі жеткіліксіз болған кезде алушының өз қаражаты пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3511,68 +3655,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="49"/>
+    <w:bookmarkStart w:name="z40" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Біржолғы зейнетақы төлемдері есебінен төленетін медициналық қызметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаға өзгерістер енгізілді - ҚР Денсаулық сақтау министрінің 19.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі); 11.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 164</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3790,55 +3992,75 @@
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Қазақстан Республикасының аумағында орналасқан медициналық ұйымдарда көрсетілетін стоматологиялық қызметтер (тістерді протездеу, импланттау)</w:t>
+              <w:t xml:space="preserve">
+Алып тасталды - ҚР Денсаулық сақтау министрінің 19.11.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 150</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3867,55 +4089,75 @@
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Операциядан кейінгі тыртықтар мен туа біткен ақауларды, сондай-ақ жүргізілген мастэктомиядан кейінгі түзету мақсатында реконструктивтік және қалпына келтіру операциялары (пластикалық)</w:t>
+              <w:t xml:space="preserve">
+Алып тасталды - ҚР Денсаулық сақтау министрінің м.а. 11.12.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 164</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4175,55 +4417,75 @@
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
-                <w:color w:val="000000"/>
+                <w:color w:val="ff0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Офтальмологиялық қызметтер (мүйізді коллагеннің кросслинкингі, көзді лазерлік түзету)</w:t>
+              <w:t xml:space="preserve">
+Алып тасталды - ҚР Денсаулық сақтау министрінің 19.11.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 150</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) бұйрығымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>