--- v0 (2025-11-14)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="895ce5e" w14:textId="895ce5e">
+    <w:p w14:paraId="5c31033" w14:textId="5c31033">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -220,388 +220,372 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Тақырыбы жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 20.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сақтандыру қызметі туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" және "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қаржы нарығы мен қаржы ұйымдарын мемлекеттік реттеу, бақылау және қадағалау туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" Қазақстан Республикасының заңдарына сәйкес, Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігінің Басқармасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...83 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 27.11.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...44 lines deleted...]
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z153" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z153" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы қаулыға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Сақтандыру (қайта сақтандыру) ұйымын құруға рұқсат беру қағидалары және шарттары, сондай-ақ құжаттардың мазмұнына қойылатын талаптар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z154" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z154" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы қаулыға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалын, Қазақстан Республикасының бейрезидент-сақтандыру брокерінің филиалын ашуға рұқсат беру қағидалары, сондай-ақ бизнес-жоспардың мазмұнына қойылатын талаптар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z155" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z155" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы қаулыға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Сақтандыру (қайта сақтандыру) қызметін және сақтандыру брокерінің қызметін лицензиялау қағидалары, сондай-ақ құжаттардың мазмұнына қойылатын талаптар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z156" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z156" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) осы қаулыға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Сақтандыру (қайта сақтандыру) қызметін жүзеге асыру құқығына лицензияны ерікті түрде қайтару қағидалары бектілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -620,210 +604,210 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkStart w:name="z6" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы қаулыға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тізбе бойынша Қазақстан Республикасының нормативтік құқықтық актілерінің, сондай-ақ Қазақстан Республикасының кейбір нормативтік құқықтық актілерінің құрылымдық элементтерінің күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z7" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сақтандыру нарығы және актуарлық есеп айырысу департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z8" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Заң департаментімен бірлесіп осы қаулыны Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z9" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы қаулыны ресми жарияланғаннан кейін Қазақстан Республикасының Қаржы нарығын реттеу және дамыту агенттігінің ресми интернет-ресурсына орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z10" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы қаулы мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Заң департаментіне осы тармақтың 2) тармақшасында көзделген іс-шараның орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z11" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z11" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы қаулының орындалуын бақылау Қазақстан Республикасының Қаржы нарығын реттеу және дамыту агенттігі Төрағасының жетекшілік ететін орынбасарына жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z12" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z12" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1236,87 +1220,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 24 Қаулыға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkStart w:name="z14" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сақтандыру (қайта сақтандыру) ұйымын құруға рұқсат беру қағидалары және шарттары, сондай-ақ құжаттардың мазмұнына қойылатын талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z15" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z16" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Сақтандыру (қайта сақтандыру) ұйымын құруға рұқсат беру қағидалары және шарттары, сондай-ақ құжаттардың мазмұнына қойылатын талаптар (бұдан әрі – Қағидалар) Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1451,51 +1435,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>" және "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақпараттандыру туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>" Қазақстан Республикасының заңдарына сәйкес әзірленді және қаржы нарығы мен қаржы ұйымдарын мемлекеттік реттеу, бақылау және қадағалау жөніндегі уәкілетті органның (бұдан әрі – уәкілетті орган, көрсетілетін қызметті беруші) сақтандыру (қайта сақтандыру) ұйымын құруға рұқсат беру (бұдан әрі – мемлекеттік көрсетілетін қызмет) қағидаларын және шарттарын, сондай-ақ құжаттардың мазмұнына қойылатын талаптарды айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1514,70 +1498,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z150" w:id="15"/>
+    <w:bookmarkStart w:name="z150" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Қағидаға енгізілген өзгерістер және (немесе) толықтырулар туралы ақпарат уәкілетті органның ресми интернет-ресурсында орналастырылады, "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымы операторына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1596,166 +1580,166 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="16"/>
+    <w:bookmarkStart w:name="z17" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Сақтандыру (қайта сақтандыру) ұйымын құруға рұқсат беру тәртібі және шарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z18" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z18" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Сақтандыру (қайта сақтандыру) ұйымын құруға рұқсат алу үшін жеке немесе заңды тұлға (бұдан әрі – өтініш беруші, көрсетілетін қызметті алушы) уәкілетті органға Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша "электрондық үкіметтің" www.egov.kz веб-порталы (бұдан әрі – портал) арқылы сақтандыру (қайта сақтандыру) ұйымын құруға рұқсат беру туралы өтінішті (бұдан әрі – өтініш) электрондық түрде береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өтініш беруші өтінішті портал арқылы жіберген кезде "жеке кабинетте" нәтижені алу күні мен уақыты көрсетіле отырып мемлекеттік қызмет көрсетуге сұратудың қабылданғаны туралы мәртебе автоматты түрде көрсетіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="18"/>
+    <w:bookmarkStart w:name="z19" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Мемлекеттік қызметті көрсету бойынша рәсімнің (іс-қимылдың) басталуына негіз уәкілетті органның Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Сақтандыру (қайта сақтандыру) ұйымын, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалын құруға рұқсат беру" Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінде (бұдан әрі - Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі) көзделген құжаттарды портал арқылы алуы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1774,70 +1758,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="19"/>
+    <w:bookmarkStart w:name="z20" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Хат-хабарды қабылдауға және тіркеуге уәкілетті көрсетілетін қызметті берушінің қызметкері өтініш келіп түскен күні оны мемлекеттік қызмет көрсетуге жауапты бөлімшеге (бұдан әрі – жауапты бөлімше) жіберуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жауапты бөлімшенің қызметкері ұсынылған құжаттардың Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің 8-тармағының талаптарына сәйкес келу толықтығын тексереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1964,70 +1948,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="20"/>
+    <w:bookmarkStart w:name="z21" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Көрсетілетін қызметті алушыдан мемлекеттік қызмет көрсету үшін талап етілетін құжаттар мен мәліметтер тізбесі Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінде көзделген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2046,90 +2030,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="21"/>
+    <w:bookmarkStart w:name="z22" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Ұсынылған құжаттардың толық болу фактісін анықтау кезінде уәкілетті орган 43 (қырық үш) жұмыс күні ішінде олардың Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>27-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қағидалардың 5-тармағының талаптарына сәйкестігін қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметті көрсетуден бас тарту үшін негіздер анықталған кезде уәкілетті орган көрсетілетін қызметті алушыны мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешім, сондай-ақ өтініш берушіге алдын ала шешім бойынша ұстанымын білдіру мүмкіндігін беру үшін тыңдауды өткізу уақыты мен орны (тәсілі) туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2220,71 +2204,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="22"/>
+    <w:bookmarkStart w:name="z23" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Мемлекеттік қызмет көрсету кезеңі туралы ақпарат мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесінде автоматты режимде жаңартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z24" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z24" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Ұсынылған құжаттар Заңның 27-бабының және Қағидалардың 5-тармағының талаптарына сәйкес келмеген жағдайда, сақтандыру (қайта сақтандыру) ұйымын құруға рұқсат беруден бас тарту үшін Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2299,147 +2283,147 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген негіздерді қоспағанда, уәкілетті орган олардың қараудың Заңның 27-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілетін мерзімі ішінде көрсетілетін қызметті алушыға осы ескертулерді және оларды жою мерзімін көрсете отырып портал арқылы хат жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы ескертулерді жояды және пысықталған (түзетілген) Заңның және Қағидалардың талаптарына сәйкес келетін құжаттарды уәкілетті орган белгіленген мерзімде портал арқылы жібереді. Бұл ретте уәкілетті органның мемлекеттік қызмет көрсету мерзімі үзілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="24"/>
+    <w:bookmarkStart w:name="z25" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Уәкілетті орган Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша сақтандыру (қайта сақтандыру) ұйымын құруға рұқсат береді және ол берген рұқсаттардың есебін жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z26" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z26" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызмет көрсету мәселелері бойынша уәкілетті органның және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z27" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z27" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды уәкілетті органның басшысы, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым көрсетілетін қызметті берушіге, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2548,70 +2532,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="27"/>
+    <w:bookmarkStart w:name="z28" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Уәкілетті органның басшысына жіберілген шағымда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тегі, аты, сондай-ақ қалауы бойынша әкесінің аты (ол болған кезде), пошталық мекенжайы (жеке тұлғалар үшін);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2658,242 +2642,226 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Портал арқылы өтініш жасаған кезде шағым жасау тәртібі туралы ақпаратты бірыңғай байланыс орталығының мынадай телефоны бойынша алуға болады: 8-800-080-7777 немесе 1414.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым портал арқылы жіберілген жағдайда көрсетілетін қызметті алушыға "жеке кабинеттен" шағым туралы ақпарат қолжетімді болады, ол уәкілетті орган шағымды өңдеу (жеткізу, тіркеу, орындалуы туралы белгілер, қарау немесе қараудан бас тарту туралы жауап) барысында жаңартылып отырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="28"/>
+    <w:bookmarkStart w:name="z29" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Сақтандыру (қайта сақтандыру) ұйымын құруға рұқсат алу үшін ұсынылатын құжаттардың мазмұнына қойылатын талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z30" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z30" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Жеке тұлға құрылтайшылар жөніндегі мәліметтер Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z31" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z31" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Заңды тұлға құрылтайшылар жөніндегі мәліметтер Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z32" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z32" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Сақтандыру (қайта сақтандыру) ұйымының бизнес-жоспарына қойылатын негізгі талаптар Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Жалпы сақтандыру" саласында құрылатын сақтандыру (қайта сақтандыру) ұйымдары үшін жақын арадағы үш жылға және "өмірді сақтандыру" саласында құрылатын сақтандыру (қайта сақтандыру) ұйымдары үшін бес жылға арналып әзірленген бизнес-жоспарды құрылтайшылар құжаттарға қол қоюға уәкілеттік берген тұлға бекітеді, сақтандыру нарығында актуарлық қызметті жүзеге асыруға лицензиясы бар актуарий растайды. </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Қаржылық қадағалау органы, шет мемлекеттердің өзге де құзыретті органдары немесе лауазымды адамдары берген құжаттар Қазақстан Республикасы ратификациялаған халықаралық шарттарға сәйкес заңдастыруға не апостилдеуге жатады (Қазақстан Республикасының бейрезидент-жеке тұлғасының жеке басын куәландыратын құжаттарды қоспағанда).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шет тілінде ұсынылатын құжаттар қазақ және орыс тілдеріне аударылады және "Нотариат туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3111,68 +3079,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>талаптарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:bookmarkStart w:name="z35" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сақтандыру (қайта сақтандыру) ұйымын құруға рұқсат алуға өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 20.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4638,68 +4606,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>талаптарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Сақтандыру (қайта сақтандыру) ұйымын құруға, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалын ашуға рұқсат беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі " Құруға рұқсат сақтандыру (қайта сақтандыру) ұйымының" кіші түрі бойынша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 20.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6785,68 +6753,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z39" w:id="34"/>
+    <w:bookmarkStart w:name="z39" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының Елтаңбасы Сақтандыру (қайта сақтандыру) ұйымын құруға № _____ рұқсат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы рұқсат _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7220,68 +7188,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>фотосуретке арналған орын</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құрылтайшы (жеке тұлға) туралы мәліметтер ____________________________________________________________________  (сақтандыру (қайта сақтандыру) ұйымының толық атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Құрылтайшы _________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8948,68 +8916,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Нысан </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z43" w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Құрылтайшы (заңды тұлға) туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-қосымша жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 20.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10241,68 +10209,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>талаптарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сақтандыру (қайта сақтандыру) ұйымының бизнес-жоспарына қойылатын негізгі талаптар </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11748,87 +11716,87 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қаулыға 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалын, Қазақстан Республикасының бейрезидент-сақтандыру брокерінің филиалын ашуға рұқсат беру қағидалары, сондай-ақ бизнес-жоспардың мазмұнына қойылатын талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z48" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z49" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Қазақстан Республикасы бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалын, Қазақстан Республикасының бейрезидент-сақтандыру брокерінің филиалын ашуға рұқсат беру қағидалары, сондай-ақ бизнес - жоспардың мазмұнына қойылатын талаптар (бұдан әрі – Қағидалар) Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11983,51 +11951,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>" және "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақпараттандыру туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>" Қазақстан Республикасының заңдарына сәйкес әзірленді және қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның (бұдан әрі – уәкілетті орган, көрсетілетін қызметті беруші) Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалын, Қазақстан Республикасының бейрезидент-сақтандыру брокерінің филиалын ашуға рұқсат беру (бұдан әрі – мемлекеттік қызмет) тәртібін, сондай-ақ бизнес-жоспардың мазмұнына қойылатын талаптарды айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12046,70 +12014,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z151" w:id="41"/>
+    <w:bookmarkStart w:name="z151" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Қағидаға енгізілген өзгерістер және (немесе) толықтырулар туралы ақпарат уәкілетті органның ресми интернет-ресурсында орналастырылады, "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымы операторына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12128,108 +12096,108 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="42"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалын, Қазақстан Республикасының бейрезидент-сақтандыру брокерінің филиалын ашуға рұқсат беру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымы Заңның 30-1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген талаптарды орындау кезінде Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалын ашуға рұқсат алу үшін уәкілетті органға өтініш жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалын ашуға рұқсат алу үшін Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымы уәкілетті органға Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалын ашуға рұқсат беру туралы өтінішті (бұдан әрі – өтініш) Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12262,71 +12230,71 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының бейрезидент-сақтандыру брокерінің филиалын ашуға рұқсат алу үшін Қазақстан Республикасының бейрезидент-сақтандыру брокері уәкілетті органға портал арқылы электрондық түрде не қағаз тасымалдағышпен Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Қазақстан Республикасының бейрезидент-сақтандыру брокерінің филиалын ашуға рұқсат беру туралы өтініш береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="44"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымы, Қазақстан Республикасының бейрезидент-сақтандыру брокері (бұдан әрі – көрсетілетін қызметті алушы, өтініш беруші) өтінішті портал арқылы "жеке кабинетке" жіберген кезде нәтиженің алынған күні мен уақыты көрсетіле отырып, мемлекеттік қызмет көрсетуге сұратуды қабылдау туралы мәртебе автоматты түрде көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z53" w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Мемлекеттік қызмет көрсету үшін қажетті құжаттардың тізбесі Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12341,107 +12309,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының, Қазақстан Республикасының бейрезидент-сақтандыру брокері филиалының шет тілде берілетін құжаттары қазақ және (немесе) орыс тілдеріне аударылады және "Нотариат туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>80-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нотариалды куәландырылған түрде уәкілетті органға беріледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12460,71 +12412,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қаржылық қадағалау органы, шет мемлекеттердің өзге де құзыретті органдары немесе лауазымды адамдары берген құжаттар Қазақстан Республикасы ратификациялаған халықаралық шарттарға сәйкес заңдастыруға не апостилдеуге жатады (Қазақстан Республикасының бейрезидент-жеке тұлғасының жеке басын куәландыратын құжаттарды қоспағанда).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Хат-хабарды қабылдауға және тіркеуге уәкілетті көрсетілетін қызметті берушінің қызметкері өтініш келіп түскен күні оны мемлекеттік қызмет көрсетуге жауапты бөлімшеге (бұдан әрі – жауапты бөлімше) орындауға жіберуді жүзеге асырады). Жауапты бөлімшенің қызметкері ұсынылған құжаттардың Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12539,51 +12491,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-тармағының және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаның</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-тармағының талаптарына сәйке келуіннің толық болуын тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылған құжаттардың толық емес және (немесе) қолданылу мерзімі өтіп кеткен құжаттар фактісі анықталған жағдайда, көрсетілетін қызметті беруші құжаттарды алған кезден бастап 2 (екі) жұмыс күні ішінде өтінішті қабылдаудан бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12630,51 +12582,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының резидент-жеке тұлғасының өтелмеген немесе алынбаған соттылығының жоқ екендігін растайтын,;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының резидент-заңды тұлғасын, Қазақстан Республикасының бейрезидент заңды тұлға филиалын мемлекеттік тіркеу (қайта тіркеу) туралы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="48"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Ұсынылған құжаттардың толық болу фактісі анықталған кезде уәкілетті орган 43 (қырық үш) жұмыс күні ішінде оларды Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12729,51 +12681,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-тармақтарының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкестігі тұрғысынан қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметті көрсетуден бас тарту үшін негіздер анықталған кезде, уәкілетті орган көрсетілетін қызметті алушыны мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешім туралы, сондай-ақ өтініш берушіге алдын ала шешім бойынша ұстанымын білдіру мүмкіндігін беру үшін тыңдауды өткізу уақыты мен орны (тәсілі) туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12882,71 +12834,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="49"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Информация о стадии оказания государственной услуги обновляется в автоматическом режиме в информационной системе мониторинга оказания государственных услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Ұсынылған құжаттар Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13001,205 +12953,205 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9-тармағында және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаның</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9-тармағында көзделген Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалын, Қазақстан Республикасының бейрезидент-сақтандыру брокерінің филиалын ашуға рұқсат беруден бас тартуға негіздемелерді қоспағанда, уәкілетті орган Қағидаларға 2-қосымшаның 3-тармағында және 3-қосымшаның 3-тармағында көрсетілген оларды қарау мерзімі ішінде осы ескертулерді және оларды жою мерзімін көрсете отырып, хатты портал арқылы не қағаз тасымалдағышпен (Қазақстан Республикасының бейрезидент-сақтандыру брокері өтінішті қағаз тасымалдағышта берген кезде) көрсетілетін қызметті алушыға жібереді. Көрсетілетін қызметті алушы ескертулерді жояды және пысықталған (түзетілген) құжаттарды Заңның және Қағидалардың талаптарына сәйкес, уәкілетті орган белгіленген мерзімде портал арқылы не қағаз тасымалдағышпен (Қазақстан Республикасының бейрезидент-сақтандыру брокері өтінішті қағаз тасымалдағышта берген кезде) береді. Бұл ретте уәкілетті органның мемлекеттік қызмет көрсету мерзімі үзілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z60" w:id="51"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Уәкілетті орган Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалын, Қағидаларға 5-қосымшаға сәйкес нысан бойынша Қазақстан Республикасының бейрезидент-сақтандыру брокерінің филиалын ашуға рұқсат береді және оларға берілген рұқсаттардың есебін жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z61" w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 тарау. Бизнес-жоспардың мазмұнына қойылатын талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z62" w:id="53"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ұсынылатын Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымы филиалының бизнес-жоспарында (бұдан әрі – бизнес-жоспар), мынадай мәселелер көрсетіледі: Қазақстан Республикасы бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалын ашу мақсаты, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының ашылатын филиалы бағдарланған қызметтің негізгі бағыттарының және нарық сегменттерінің қысқаша сипаты, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымы және оның филиалы туралы ақпарат, німдердің және қызметтерді түрлері, оларды іске асыру тәсілдері, маркетингтік зерттеулер, сақтандыру андеррайтингі, баға стратегиясы, оның ішінде сақтандыру тарифтерін есептеу тәртібі және олардың экономикалық негіздемесі, өнімдерді жылжыту стратегиясы, сақтандыру өнімдерін бөлу, қаржылық жоспар, оның ішінде зияндылық коэффициенттерінің болжамы, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының ашылатын филиалының қайта сақтандыру саясаты, еңбек ресурстарын тарту жоспары, уәкілетті органның талаптарына сәйкес келетін тәуекелдерді басқаруды ұйымдастыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бизнес жоспарды Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының лауазымды тұлғасы не құжаттарға қол қоюға уәкілетті тұлға бекітеді, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының актуарийі қол қояды және "жалпы сақтандыру" саласында ашылатын Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалдары үшін таяудағы үш жылға және "өмірді сақтандыру" саласында ашылатын Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалдары үшін бес жылға әзірленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="54"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4 тарау. Мемлекеттік қызмет көрсету мәселелері бойынша уәкілетті органның және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z64" w:id="55"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды уәкілетті органның басшысы, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым көрсетілетін қызметті берушіге, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13328,70 +13280,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="56"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Уәкілетті органның басшысына жіберілетін шағымда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тегі, аты, әкесінің аты (ол бар болса), почталық мекенжаы (жеке тұлға үшін);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13729,68 +13681,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z67" w:id="57"/>
+    <w:bookmarkStart w:name="z67" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалын, Қазақстан Республикасының бейрезидент-сақтандыру брокерінің филиалын ашуға рұқсат беру туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14423,68 +14375,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>талаптарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z69" w:id="58"/>
+    <w:bookmarkStart w:name="z69" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Сақтандыру (қайта сақтандыру) ұйымын құруға, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалын ашуға рұқсат беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі "Қазақстан Республикасының бейрезиденті-сақтандыру (қайта сақтандыру) ұйымының филиалын ашу" кіші түрі бойынша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 20.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16676,68 +16628,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>талаптарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z71" w:id="59"/>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасы бейрезидент-сақтандыру брокерінің филиалын ашуға рұқсат беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 20.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18900,68 +18852,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z73" w:id="60"/>
+    <w:bookmarkStart w:name="z73" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының Елтаңбасы Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалын ашуға № _____ рұқсат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы рұқсат ________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19353,68 +19305,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z75" w:id="61"/>
+    <w:bookmarkStart w:name="z75" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының Елтаңбасы (құжаттар қағаз тасымалдағыштар ұсынылған жағдайда қаржы нарығын және қаржы ұйымдарын реттеу, бақылау мен қадағалау жөніндегі уәкілетті органның бланкісіне бассып шығарылады) Қазақстан Республикасының бейрезидент-сақтандыру брокерінің филиалын ашуға № _____ рұқсат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы рұқсат _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19824,68 +19776,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z77" w:id="62"/>
+    <w:bookmarkStart w:name="z77" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымы, Қазақстан Республикасының бейрезидент-сақтандыру брокері туралы мәлімет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. ________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20787,69 +20739,69 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қаулыға 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z79" w:id="63"/>
+    <w:bookmarkStart w:name="z79" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сақтандыру (қайта сақтандыру) қызметін және сақтандыру брокерінің қызметін лицензиялау қағидалары, сондай-ақ құжаттардың мазмұнына қойылатын талаптар  1 тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z80" w:id="64"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z80" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Сақтандыру (қайта сақтандыру) қызметін және сақтандыру брокерінің қызметін лицензиялау қағидалары, сондай-ақ құжаттардың мазмұнына қойылатын талаптар (бұдан әрі – Қағидалар) Қазақстан Республикасының Әкімшілік рәсімдік-процестік Кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21044,51 +20996,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>" және "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақпараттандыру туралы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>" Қазақстан Республикасының заңдарына сәйкес әзірленді және қаржы нарығы мен қаржы ұйымдарын мемлекеттік реттеу, бақылау және қадағалау жөніндегі уәкілетті органның (бұдан әрі – уәкілетті орган, көрсетілетін қызметті беруші) сақтандыру (қайта сақтандыру) қызметін және сақтандыру брокерінің қызметін лицензиялау тәртібін анықтайды, сондай-ақ құжаттардың мазмұнына қойылатын талаптарды айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21107,70 +21059,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z152" w:id="65"/>
+    <w:bookmarkStart w:name="z152" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-1. Қағидаға енгізілген өзгерістер және (немесе) толықтырулар туралы ақпарат уәкілетті органның ресми интернет-ресурсында орналастырылады, "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымы операторына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21189,206 +21141,206 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="66"/>
+    <w:bookmarkStart w:name="z81" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2- тарау. Сақтандыру (қайта сақтандыру) қызметін және сақтандыру брокерінің қызметін лицензиялау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z82" w:id="67"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z82" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Сақтандыру брокерінің қызметін, сақтандырудың қосымша сыныптары, брокерлік қызметтің қосымша түрі бойынша сақтандыру (қайта сақтандыру) қызметін жүзеге асыру құқығына лицензия алу үшін сақтандыру (қайта сақтандыру) ұйымы, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалы, сақтандыру брокері, Қазақстан Республикасының бейрезидент-сақтандыру брокерінің филиалы (бұдан әрі – көрсетілетін қызметті алушы) "электрондық үкіметтің" www.egov.kz веб-порталы (бұдан әрі - портал) арқылы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ресімделген электрондық құжат нысанындағы өтініш ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы өтінішті портал арқылы "жеке кабинетіне" жіберген кезде нәтижені алу күні мен уақытын көрсете отырып, мемлекеттік қызметті көрсетуге сұрау салудың қабылданғаны туралы мәртебе автоматты түрде көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="68"/>
+    <w:bookmarkStart w:name="z83" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Жаңадан құрылған сақтандыру (қайта сақтандыру) ұйымы, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының ашылатын филиалы сақтандыру (қайта сақтандыру) ұйымын құруға, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалын ашуға рұқсат алу үшін ұсынылған бизнес-жоспарда көзделген сақтандыру сыныптарының шегінде сақтандыру қызметін және қайта сақтандыру жөніндегі қызметті жүзеге асыру құқығына лицензия алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z84" w:id="69"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z84" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сақтандырудың қосымша сыныптары бойынша сақтандыру қызметін жүзеге асыру құқығына лицензия алу үшін сақтандыру ұйымы, Қазақстан Республикасының бейрезидент-сақтандыру ұйымының филиалы тәуекелдерді басқару және ішкі бақылау жүйелерінің болуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z85" w:id="70"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z85" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Көлік құралдары иелерінің азаматтық-құқықтық жауапкершілігін міндетті сақтандыруды жүзеге асыру құқығына лицензия алғанға дейін сақтандыру ұйымы, Қазақстан Республикасының бейрезидент-сақтандыру ұйымының филиалы Көлік құралдарының АҚЖ туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағы талаптарының орындалуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тасымалдаушының жолаушылар алдындағы азаматтық-құқықтық жауапкершілігін міндетті сақтандыруды жүзеге асыру құқығына лицензия алғанға дейін сақтандыру ұйымы, Қазақстан Республикасының бейрезидент-сақтандыру ұйымының филиалы Тасымалдаушылардың АҚЖ туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21421,90 +21373,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Туристі міндетті сақтандыруды жүзеге асыру құқығына лицензия алғанға дейін сақтандыру ұйымы, Қазақстан Республикасының березидент-сақтандыру ұйымының филиалы Туристі міндетті сақтандыру туралы заңның 7-1-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарының орындалуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="71"/>
+    <w:bookmarkStart w:name="z86" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Жалпы сақтандыру" саласы және "өмірді сақтандыру" саласы бойынша сақтандыру (қайта сақтандыру) қызметін жүзеге асыру құқығына лицензия Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қайта сақтандыру жөніндегі қызметке лицензия Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21537,130 +21489,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сақтандыру брокерінің қызметін жүзеге асыру құқығына лицензия Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="72"/>
+    <w:bookmarkStart w:name="z87" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Сақтандыру (қайта сақтандыру) ұйымы, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалы сақтандыру қызметін уәкілетті орган сақтандыру (қайта сақтандыру) қызметін жүзеге асыру құқығына берген лицензия негізінде Сақтандыру қағидалары болған кезде ғана жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z88" w:id="73"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z88" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Уәкілетті органның портал арқылы көрсетілетін қызметті алушының құжаттарын алуы мемлекеттік қызмет көрсету бойынша рәсімді (іс-қимылды) бастауға негіздеме болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z89" w:id="74"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z89" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Көрсетілетін қызметті берушінің хат-хабарды қабылдауға және тіркеуге уәкілетті қызметкері сақтандыру брокерінің қызметін, сақтандырудың қосымша сыныптары бойынша сақтандыру (қайта сақтандыру) қызметін, брокерлік қызметтің қосымша түрін жүзеге асыру құқығына лицензия беру туралы өтініш келіп түскен күні оны мемлекеттік қызмет көрсетуге жауапты бөлімшеге (бұдан әрі - жауапты бөлімше) жіберуді жүзеге асырады. Жауапты бөлімшенің қызметкері ұсынылған құжаттардың Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Жалпы сақтандыру" саласы бойынша сақтандыру (қайта сақтандыру) қызметін немесе исламдық сақтандыру (қайта сақтандыру) қызметін жүзеге асыру құқығына лицензия беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің 8-тармағының, 6-қосымшаға сәйкес "өмірді сақтандыру" саласы бойынша сақтандыру қызметін жүзеге асыруға немесе исламдық сақтандыру қызметін жүзеге асыру құқығына лицензия беру" мемлекеттік қызмет көрсетуге қойылатын талаптар тізбесінің 8-тармағының, 7-қосымшаға сәйкес "Қазақстан Республикасының заңдарында белгіленген және сақтандырудың жекелеген сыныптары болып табылатын міндетті сақтандырудың түрлеріне немесе Қазақстан Республикасының заңдарында белгіленген және сақтандырудың жекелеген сыныптары болып табылатын міндетті сақтандырудың түрлері бойынша исламдық сақтандыру қызметін жүзеге асыру құқығына лицензия беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің 8-тармағының, 8-қосымшаға сәйкес "Қайта сақтандыру жөніндегі қызметке немесе исламдық қайта сақтандыру жөніндегі қызметті жүзеге асыру құқығына лицензия беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің 8-тармағының, 9-қосымшаға сәйкес "Сақтандыру брокерінің қызметін жүзеге асыру құқығына лицензия беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің 8-тармағының талаптарына сәйкес келуінің толықтығын тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылған құжаттардың толық болмау фактісі және (немесе) қолдану мерзімі өткен құжаттар анықталған жағдайда көрсетілетін қызметті беруші құжаттарды алған сәттен бастап 2 (екі) жұмыс күні ішінде өтінішті қабылдаудан бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21825,90 +21777,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="75"/>
+    <w:bookmarkStart w:name="z90" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Мемлекеттік қызмет көрсету сатысы туралы ақпарат мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесінде автоматты режимде жаңартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z91" w:id="76"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z91" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Мемлекеттік қызметтер көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтер тізбесі Мемлекеттік көрсетілетін қызметтерге қойылатын негізгі талаптар тізбесінде көзделген:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22117,88 +22069,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="77"/>
+    <w:bookmarkStart w:name="z92" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Лицензия алу үшін ұсынылатын құжаттардың мазмұнына қойылатын талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z93" w:id="78"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z93" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Сақтандыру сыныбы бойынша бизнес-жоспарға сақтандыру ұйымының немесе Қазақстан Республикасының бейрезидент-сақтандыру ұйымының атқарушы органының басшысы және актуарлық қызметті жүзеге асыруға жарамды лицензиясы бар актуарий қол қояды және оны сақтандыру ұйымының директорлар кеңесі немесе Қазақстан Республикасының бейрезидент-сақтандыру ұйымының тиісті басқару органы бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бизнес-жоспар сақтандырудың қосымша сыныбын (сыныптарын) (жалпы сақтандыру ұйымының қызметі бойынша) ескере отырып:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22675,70 +22627,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="79"/>
+    <w:bookmarkStart w:name="z94" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Сақтандыру (қайта сақтандыру) ұйымының директорлар кеңесі бекіткен және сақтандыру нарығында актуарлық қызметті жүзеге асыруға лицензиясы бар актуарий қол қойған, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының лауазымды адамы не құжаттарға қол қоюға уәкілетті тұлға бекіткен, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының актуарийі қол қойған жақын арадағы екі жылға арналған қайта сақтандыру қызметін жүзеге асыру жөніндегі Бизнес-жоспарда мынадай ақпарат қамтылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тәуекелдерді қайта сақтандыруға беру кезінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22857,108 +22809,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қайта сақтанушыларды бағалаудың негізгі өлшемшарттары: қызметті жүзеге асыруға тиісті қадағалау органның лицензиясының болуы, қайта сақтанушыдан сақтандыруға тәуекелдерді қабылдайтын мамандардың кәсібилігі, ірі төлемдер бойынша талдау жүргізу, баспасөзде жағымсыз немесе жағымды жарияланымдардың болуы, қайта сақтанушы - ұйымға экономикалық ықпал ету шараларының болуы, өткен жылдары осы ұйыммен жүргізген жағымсыз жұмыс тәжірибесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қайта сақтандыру бойынша ұйымның портфелін сипаттау (сақтандыру түрлері, әр түрдің үлес салмағы, сақтандыру сомасының лимиттері, қайта сақтандыруға беру талаптары бойынша).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="80"/>
+    <w:bookmarkStart w:name="z95" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Сақтандыру (қайта сақтандыру) қызметін, сақтандыру брокерінің қызметін жүзеге асыру құқығына лицензияны қайта ресімдеу, телнұсқасын беру, қолданылуын тоқтата тұру не тоқтату тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z96" w:id="81"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z96" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Сақтандыру (қайта сақтандыру) қызметін, сақтандыру брокерінің қызметін жүзеге асыру құқығына лицензия </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Рұқсаттар мен хабарламалар туралы заңда көзделген негіздер бойынша және тәртіппен, оның ішінде мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Рұқсаттар және хабарламалар туралы заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23007,90 +22959,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) лицензиядан брокерлік қызметтің жекелеген түрін алып тастау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының заңдарында қайта ресімдеу туралы талаптың болуы жағдайларында қайта ресімделуге жатады</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="82"/>
+    <w:bookmarkStart w:name="z97" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Көрсетілетін қызметті алушы сақтандыру (қайта сақтандыру) қызметін, сақтандыру брокерінің қызметін жүзеге асыру құқығына лицензияны қайта ресімдеу үшін уәкілетті органға Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ресімделген электрондық құжат нысанында портал арқылы лицензияны қайта ресімдеу туралы өтінішті ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сақтандыру қызметін жүзеге асыру құқығына лицензиядан сақтандырудың жекелеген сыныптарын алып тастау үшін сақтандыру (қайта сақтандыру) ұйымы, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалы уәкілетті органға Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23163,90 +23115,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Сақтандыру брокерінің қызметін жүзеге асыру құқығына лицензиядан брокерлік қызметтің жекелеген түрін алып тастау үшін сақтандыру брокері, Қазақстан Республикасының березидент- сақтандыру брокерінің филиалы уәкілетті органға Заңның 37-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-3-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген құжаттарды ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="83"/>
+    <w:bookmarkStart w:name="z98" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Көрсетілетін қызметті берушінің хат-хабарды қабылдауға және тіркеуге уәкілетті қызметкері лицензияны қайта ресімдеу туралы өтініш келіп түскен күні оны жауапты бөлімшеге жіберуді жүзеге асырады. Жауапты бөлімшенің қызметкері ұсынылған құжаттардың Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Жалпы сақтандыру" саласы бойынша сақтандыру (қайта сақтандыру) қызметін немесе исламдық сақтандыру (қайта сақтандыру) қызметін жүзеге асыру құқығына лицензия беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің 8-тармағының, 6-қосымшаға сәйкес "өмірді сақтандыру" саласы бойынша сақтандыру қызметін жүзеге асыруға немесе исламдық сақтандыру қызметін жүзеге асыру құқығына лицензия беру" мемлекеттік қызмет көрсетуге қойылатын талаптар тізбесінің 8-тармағының, 7-қосымшаға сәйкес "Қазақстан Республикасының заңдарында белгіленген және сақтандырудың жекелеген сыныптары болып табылатын міндетті сақтандырудың түрлеріне немесе Қазақстан Республикасының заңдарында белгіленген және сақтандырудың жекелеген сыныптары болып табылатын міндетті сақтандырудың түрлері бойынша исламдық сақтандыру қызметін жүзеге асыру құқығына лицензия беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің 8-тармағының, 8-қосымшаға сәйкес "Қайта сақтандыру жөніндегі қызметке немесе исламдық қайта сақтандыру жөніндегі қызметті жүзеге асыру құқығына лицензия беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің 8-тармағының, 9-қосымшаға сәйкес "Сақтандыру брокерінің қызметін жүзеге асыру құқығына лицензия беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің 8-тармағының талаптарына сәйкес келуінің толықтығын тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылған құжаттардың толық емес және (немесе) қолданылу мерзімі өтіп кеткен құжаттар фактісі анықталған жағдайда, қызмет көрсетуші құжаттарды алған кезден бастап 2 (екі) жұмыс күні ішінде өтінішті қабылдаудан бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23411,90 +23363,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="84"/>
+    <w:bookmarkStart w:name="z99" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Хат-хабарды қабылдауға және тіркеуге уәкілетті қызмет көрсетушінің қызметкері сақтандыру (қайта сақтандыру) ұйымы, сақтандыру брокері бөлініп шығу немесе бөліну нысанында қайта ұйымдастырылған жағдайда лицензияны қайта ресімдеу туралы өтініш келіп түскен күні оны жауапты бөлімшеге жіберуді жүзеге асырады. Жауапты бөлімшенің қызметкері ұсынылған құжаттардың Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Жалпы сақтандыру" саласы бойынша сақтандыру (қайта сақтандыру) қызметін немесе исламдық сақтандыру (қайта сақтандыру) қызметін жүзеге асыру құқығына лицензия беру" 8-тармағының, 6-қосымшаға сәйкес мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің, "Өмірді сақтандыру" саласы бойынша сақтандыру қызметін жүзеге асыруға немесе исламдық сақтандыру қызметін жүзеге асыру құқығына лицензия беру" 8-тармағының, 7-қосымшаға сәйкес мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің "Қазақстан Республикасының заңдарында белгіленген және сақтандырудың жекелеген сыныптары болып табылатын міндетті сақтандырудың түрлеріне немесе Қазақстан Республикасының заңдарында белгіленген және сақтандырудың жекелеген сыныптары болып табылатын міндетті сақтандырудың түрлері бойынша исламдық сақтандыру қызметін жүзеге асыру құқығына лицензия беру" 8-тармағының, 8-қосымшаға сәйкес мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің "Қайта сақтандыру жөніндегі қызметке немесе исламдық қайта сақтандыру жөніндегі қызметті жүзеге асыру құқығына лицензия беру" 8-тармағының, 9-қосымшаға сәйкес мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің "Сақтандыру брокерінің қызметін жүзеге асыру құқығына лицензия беру" 8-тармағының талаптарына сәйкес мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің келуінің толықтығын тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылған құжаттардың толық емес және (немесе) қолданылу мерзімі өтіп кеткен құжаттар фактісі анықталған жағдайда, қызметті көрсетуші құжаттарды алған кезден бастап 2 (екі) жұмыс күні ішінде өтінішті қабылдаудан бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23679,70 +23631,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="85"/>
+    <w:bookmarkStart w:name="z100" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Хат-хабарды қабылдауға және тіркеуге уәкілетті көрсетілетін қызметті берушінің қызметкері сақтандыру (қайта сақтандыру) қызметін, сақтандыру брокерінің қызметін жүзеге асыру құқығына лицензияның телнұсқасын беруге өтініш келіп түскен күні оны жауапты бөлімшеге жіберуді жүзеге асырады. Жауапты бөлімшенің қызметкері ұсынылған құжаттардың Қағидаларға 5-қосымшаның 8-тармағының, 6-қосымшаның 8-тармағының, 7-қосымшаның 8-тармағының, 8-қосымшаның 8-тармағының, 9-қосымшаның 8-тармағының талаптарына сәйкес келуінің толық болуын тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылған құжаттардың толық болмау фактісі және (немесе) қолдану мерізмі өткен құжаттар анықталған жағдайда көрсетілетін қызметті беруші құжаттарды алған сәттен бастап 2 (екі) жұмыс күні өтінішті қабылдаудан бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23755,286 +23707,286 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ұсынылған құжаттар толық болған кезде жауапты бөлімше ұсынылған құжаттардың Рұқсаттар және хабарламалар туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>заңның</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 31-тармағының талаптарына сәйкес келуін қарайды, лицензия телнұсқасының жобасын немесе лицензияның телнұсқасын беруден бас тартуды дайындайды, көрсетілетін қызметті алушыға мемлекеттік қызмет көрсету нәтижесін уәкілетті органның уәкілетті адамының ЭЦҚ-мен куәландырылған электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетіне" жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="86"/>
+    <w:bookmarkStart w:name="z101" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Көрсетілетін қызметті алушы қағаз нысанда берілген лицензияның телнұсқасын беруге сұрау салуды ұсынған жағдайда, лицензия электрондық форматқа ауыстырылады және электрондық нысанда беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z102" w:id="87"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z102" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Сақтандыру (қайта сақтандыру) қызметін, сақтандыру брокерінің қызметін жүзеге асыру құқығына лицензия қолданысын тоқтата тұру және тоқтату </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңда</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген негіздер бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z103" w:id="88"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z103" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Сақтандыру (қайта сақтандыру) қызметін, сақтандыру брокерінің қызметін жүзеге асыру құқығына лицензия қолданысын тоқтата тұру және тоқтату туралы шешім көрсетілетін қызметті алушыға орындау үшін жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z104" w:id="89"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z104" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Лицензиясының қолданысы тоқтатыла тұрған көрсетілетін қызметті алушы ай сайын әр айдың 10 (оныншы) күнінен кешіктірмей (лицензияның қолданысы жаңартылған не лицензияның қолданысын тоқтата тұру мерзімі аяқталған күнге дейін) уәкілетті органды анықталған бұзушылықтарды жою бойынша жүргізілген іс-шаралар туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z105" w:id="90"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z105" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Сақтандыру брокері, Қазақстан Республикасы бейрезидент-сақтандыру брокерінің филиалы лицензияның қолданысын тоқтату туралы ерікті түрде өтініш жасаған жағдайда сақтандыру брокері, Қазақстан Республикасы бейрезидент-сақтандыру брокерінің филиалы уәкілетті органға лицензиясының қолданысын тоқтату туралы өтініш береді. Өтінішпен мынадай құжаттар қоса беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z145" w:id="91"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z145" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сақтандыру брокерінің, Қазақстан Республикасының бейрезидент-сақтандыру брокері филиалының уәкілетті органының лицензияның қолданысын тоқтату жөнінде уәкілетті органға ерікті түрде өтініш беру туралы шешімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z146" w:id="92"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z146" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) брокерлік қызметті жүзеге асыру бойынша қолданыстағы шарттар мен міндеттемелердің болмауын растайтын құжаттар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лицензия қолданысын тоқтату туралы өтінішті уәкілетті орган осы тармақтың бірінші бөлігінде көрсетілген құжаттарды алған күннен бастап 15 (он бес) жұмыс күні ішінде қарайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лицензияның қолданысын тоқтату туралы уәкілетті органға ерікті түрде өтініш жасау сақтандыру брокері, Қазақстан Республикасы бейрезидент-сақтандыру брокерінің филиалы мынадай шарттарды орындаған кезде жүргізіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z147" w:id="93"/>
+    <w:bookmarkStart w:name="z147" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы тармақтың бірінші бөлігінде көрсетілген құжаттардың толық топтамасын ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z148" w:id="94"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z148" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сақтандыру брокерінде, Қазақстан Республикасының бейрезидент-сақтандыру брокерінің филиалында брокерлік қызметті жүзеге асыру бойынша қолданыстағы шарттар мен міндеттемелердің болмауы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сақтандыру брокері, Қазақстан Республикасы бейрезидент-сақтандыру брокерінің филиалы осы тармақтың үшінші бөлігінде көзделген талаптарды орындамаған жағдайда, уәкілетті орган лицензияның қолданысын тоқтатудан бас тартады. Сақтандыру брокері, Қазақстан Республикасы бейрезидент-сақтандыру брокерінің филиалы лицензияның қолданысын тоқтату туралы өтінішті қайта ұсынған кезде, оны уәкілетті органның қарау мерзімін есептеу оны қайта ұсынған күннен басталады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24089,88 +24041,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="95"/>
+    <w:bookmarkStart w:name="z106" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Уәкілетті органның және (немесе) оның лауазымды адамдарының мемлекеттік қызмет көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z107" w:id="96"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z107" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды уәкілетті органның басшысы, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым көрсетілетін қызметті берушіге, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24299,70 +24251,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z108" w:id="97"/>
+    <w:bookmarkStart w:name="z108" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Уәкілетті органның басшысына жіберілетін шағымда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тегі, аты, сондай-ақ қалауы бойынша әкесінің аты (ол болған кезде), пошталық мекенжайы (жеке тұлғалар үшін);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24830,68 +24782,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>болса), телефон нөмірі,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>электрондық пошта мекенжайы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z110" w:id="98"/>
+    <w:bookmarkStart w:name="z110" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -25231,68 +25183,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z112" w:id="99"/>
+    <w:bookmarkStart w:name="z112" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының Елтаңбасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -25902,68 +25854,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z114" w:id="100"/>
+    <w:bookmarkStart w:name="z114" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының Елтаңбасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -26447,68 +26399,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z116" w:id="101"/>
+    <w:bookmarkStart w:name="z116" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының Елтаңбасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -26943,110 +26895,114 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>талаптарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z118" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жалпы сақтандыру" саласы бойынша сақтандыру (қайта сақтандыру) қызметін немесе исламдық сақтандыру (қайта сақтандыру) қызметін жүзеге асыру құқығына лицензия беру" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-қосымша жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 27.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -28294,52 +28250,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+              <w:t xml:space="preserve">
+Мемлекеттік қызмет көрсету мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28350,68 +28306,50 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) лицензия беру кезінде:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 порталға өтініш білдірген күннен бастап 30 (отыз) жұмыс күні ішінде;</w:t>
-            </w:r>
-[...16 lines deleted...]
-жаңадан құрылған сақтандыру (қайта сақтандыру) ұйымы, Қазақстан Республикасы бейрезидент-сақтандыру (қайта сақтандыру) ұйымының ашылған филиалы үшін көрсетілген қызмет нәтижесі көрсетілетін қызмет алушыға заңды тұлға мемлекеттік тіркелген күннен бастап 9 (тоғыз) жұмыс күні ішінде жіберіледі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) лицензия қайта ресімделген кезде:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30824,110 +30762,114 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>талаптарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z120" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Өмірді сақтандыру" саласы бойынша сақтандыру қызметін жүзеге асыруға немесе исламдық сақтандыру қызметін жүзеге асыру құқығына лицензия беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-қосымша жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 27.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
@@ -31599,51 +31541,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мерзімдері</w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31671,51 +31613,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 порталға өтініш білдірген күннен бастап 30 (отыз) жұмыс күні ішінде;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) лицензияны қайта ресімдеу кезінде:</w:t>
+2) лицензия қайта ресімделген кезде:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 порталға өтініш білдірген күннен бастап 15 (он бес) жұмыс күні ішінде;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31725,51 +31667,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 порталға өтініш білдірген күннен бастап 30 (отыз) жұмыс күні ішінде (көрсетілетін қызметті алушы бөлініп шығу немесе бөлу нысанында қайта ұйымдастырылған жағдайда);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) лицензияның телнұсқасын берген кезде - порталға өтініш білдірген күннен бастап 2 (екі) жұмыс күні ішінде.</w:t>
+3) лицензияның телнұсқасы берілген кезде - порталға өтініш білдірген күннен бастап 2 (екі) жұмыс күні ішінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -33863,110 +33805,114 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>талаптарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z122" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасының заңдарында белгіленген және сақтандырудың жеке сыныптары болып табылатын міндетті сақтандыру түрлеріне немесе Қазақстан Республикасының заңдарында белгіленген және сақтандырудың жеке сыныптары болып табылатын міндетті сақтандыру түрлері бойынша исламдық сақтандыру қызметін жүзеге асыру құқығына лицензия беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 7-қосымша жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 27.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
@@ -34670,51 +34616,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету тәсілдері</w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34742,69 +34688,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 порталға өтініш білдірген күннен бастап 30 (отыз) жұмыс күні ішінде;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-қайта құрылған сақтандыру (қайта сақтандыру) ұйымы, ашылған Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалы үшін көрсетілген қызмет нәтижесі көрсетілетін қызметті алушыға заңды тұлға мемлекеттік тіркелген күннен бастап 9 (тоғыз) жұмыс күні ішінде жіберіледі;</w:t>
-[...17 lines deleted...]
-2) лицензияны қайта ресімдеу кезінде:</w:t>
+2) лицензия қайта ресімделген кезде:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 порталға өтініш білдірген күннен бастап 15 (он бес) жұмыс күні ішінде;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34814,51 +34742,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 порталға өтініш білдірген күннен бастап 30 (отыз) жұмыс күні ішінде (көрсетілетін қызметті алушы бөлініп шығу немесе бөлу нысанында қайта ұйымдастырылған жағдайда);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) лицензияның телнұсқасын берген кезде - порталға өтініш білдірген күннен бастап 2 (екі) жұмыс күні ішінде.</w:t>
+3) лицензияның телнұсқасы берілген кезде - порталға өтініш білдірген күннен бастап 2 (екі) жұмыс күні ішінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -36840,110 +36768,114 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>талаптарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z124" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қайта сақтандыру қызметіне немесе исламдық қайта сақтандыру қызметін жүзеге асыру құқығына лицензия беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 8-қосымша жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 27.11.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 85</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
@@ -37539,105 +37471,105 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 порталға өтініш білдірген күннен бастап 30 (отыз) жұмыс күні ішінде;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-қайта құрылған сақтандыру (қайта сақтандыру) ұйымы, ашылған Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалы үшін – көрсетілген қызмет нәтижесі көрсетілетін қызметті алушыға заңды тұлға мемлекеттік тіркелген күннен бастап 9 (тоғыз) жұмыс күні ішінде жіберіледі;</w:t>
-[...53 lines deleted...]
-3) лицензияның телнұсқасын берген кезде - порталға өтініш білдірген күннен бастап 2 (екі) жұмыс күні ішінде.</w:t>
+2) лицензия қайта ресімделген кезде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+порталға өтініш білдірген күннен бастап 15 (он бес) жұмыс күні ішінде;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+порталға өтініш білдірген күннен бастап 30 (отыз) жұмыс күні ішінде (көрсетілетін қызметті алушы бөлініп шығу немесе бөлу нысанында қайта ұйымдастырылған жағдайда);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) лицензияның телнұсқасы берілген кезде - порталға өтініш білдірген күннен бастап 2 (екі) жұмыс күні ішінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -39313,104 +39245,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>талаптарға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z126" w:id="102"/>
+    <w:bookmarkStart w:name="z126" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Сақтандыру брокерінің қызметін жүзеге асыру құқығына лицензия беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 9-қосымша жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 20.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 82</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -41354,52 +41306,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Мемлекеттік қызмет көрсетуден бас тартуға негіздеме</w:t>
+              <w:t xml:space="preserve">
+Мемлекеттік қызмет көрсетуден бас тартуға негіздеме </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -41444,52 +41396,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) басшы қызметкерді келіспеу (қайта құрылатын сақтандыру брокері, ашылатын Қазақстан Республикасының бейрезидент-сақтандыру брокерінің филиалы үшін);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-4) Заңның 34-бабы 4-тармағына сәйкес, Қазақстан Республикасының бейрезидент-сақтандыру брокері филиалының резерв ретінде қабылданатын активтерін қалыптастыру талаптарына орындамау;</w:t>
+              <w:t xml:space="preserve">
+4) Заңның 34-бабының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-тармағына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес, резерв ретінде қабылданатын Қазақстан Республикасының бейрезидент-сақтандыру брокері филиалының активтерін қалыптастыру жөніндегі талапты орындамау;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) Қазақстан Республикасының бейрезидент-сақтандыру брокерінде резиденті Қазақстан Республикасы бейрезидент-сақтандыру брокері болып табылатын мемлекеттің қаржылық қадағалау органы берген, мәні бойынша ұқсас қызмет түрлерін жүзеге асыруға арналған қолданыстағы лицензияның болмауы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -41573,51 +41545,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 10) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес, мемлекеттік қызмет көрсетуге талап етілетін, қол жетімділігі шектеулі дербес деректерге қол жетімділікке көрсетілетін қызметті алушының берілетін келісімінің болмауы.</w:t>
+              <w:t xml:space="preserve"> сәйкес, мемлекеттік қызмет көрсетуге талап етілетін, қол жетімділігі шектеулі дербес деректерге қолжетімділікке көрсетілетін қызметті алушының берілетін келісімінің болмауы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -42521,341 +42493,341 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 24 қаулысына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-1 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z157" w:id="103"/>
+    <w:bookmarkStart w:name="z157" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сақтандыру (қайта сақтандыру) қызметін жүзеге асыру құқығына лицензияны ерікті түрде қайтарып алу қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Талаптар 3-1-қосымшамен толықтырылды - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 20.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z158" w:id="104"/>
+    <w:bookmarkStart w:name="z158" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z159" w:id="105"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z159" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Сақтандыру (қайта сақтандыру) қызметін жүзеге асыру құқығына лицензияны ерікті түрде қайтарып алу қағидалары (бұдан әрі - Қағидалар) "Сақтандыру қызметі туралы" Қазақстан Республикасы Заңының (бұдан әрі - Заң) 37-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және сақтандыру (қайта сақтандыру) қызметін жүзеге асыру құқығына лицензияны ерікті түрде қайтарып алу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қағидалардың ережелері Заңда көзделген ерекшеліктерді ескере отырып, Қазақстан Республикасының аумағында ашылған Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымдарының филиалдарына қатысты қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z160" w:id="106"/>
+    <w:bookmarkStart w:name="z160" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Сақтандыру (қайта сақтандыру) қызметін жүзеге асыру құқығына лицензияны ерікті түрде қайтарып алу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z161" w:id="107"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z161" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Сақтандыру (қайта сақтандыру) ұйымы Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>37-1-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәртіппен сақтандыру портфелі берілгеннен соң, сақтандыру (қайта сақтандыру) шарттары мерзімінен бұрын бұзылғаннан кейін лицензияны ерікті түрде қайтару туралы өтінішпен (бұдан әрі – өтініш) қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органға жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z162" w:id="108"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z162" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Өтінішке қоса мына құжаттар ұсынылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z163" w:id="109"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z163" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сақтандыру (қайта сақтандыру) ұйымы уәкілетті органының сақтандыру (қайта сақтандыру) қызметін жүзеге асыру құқығын беретін лицензияны ерікті түрде қайтару туралы шешімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z164" w:id="110"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z164" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сақтандыру (қайта сақтандыру) шарттарының мерзімінен бұрын бұзылғанын және (немесе) сақтандыру портфелінің берілгенін растайтын құжаттар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z165" w:id="111"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z165" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өтініш жіберілген күннің алдындағы күні жасалған бухгалтерлік баланс және оған түсіндірме жазба. Бухгалтерлік балансқа түсіндірме жазбада кредиторлық берешек сомасы және олардың туындау негіздері көрсетілген ақпарат беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z166" w:id="112"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z166" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қоса берілген құжаттармен бірге өтінішті уәкілетті орган құжаттардың толық топтамасы келіп түскен күннен бастап 30 (отыз) жұмыс күні ішінде қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z167" w:id="113"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z167" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Өтініш жұмыс уақыты аяқталғаннан кейін, Қазақстан Республикасының Еңбек </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -42870,131 +42842,131 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мен "Қазақстан Республикасындағы мерекелер туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес демалыс және мереке күндері келіп түскен жағдайда, құжаттарды қабылдау келесі жұмыс күні жүзеге асырылады</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z168" w:id="114"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z168" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Өтінішпен бірге ұсынылған құжаттарға қатысты ескертулер болатын болса, уәкілетті орган оларды жою және пысықталған (түзетілген) құжаттарды ұсыну үшін ескертулері бар хат жібереді. Өтініш беруші ескертулерді жояды және пысықталған (түзетілген) құжаттарды ұсынады. Бұл ретте уәкілетті органның өтінішті қарау мерзімі сақтандыру (қайта сақтандыру) ұйымының ескертулерді жою мерзіміне қарай уақытша тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z169" w:id="115"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z169" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Уәкілетті органның лицензияның қолданылуын тоқтату мүмкіндігі туралы хатын алған күннен бастап 10 (он) жұмыс күнінен кешіктірмей сақтандыру (қайта сақтандыру) ұйымы лицензияның қағаз тасымалдағышта берілген түпнұсқасын уәкілетті органға қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z170" w:id="116"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z170" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Уәкілетті органның лицензияның қолданылуын тоқтату мүмкіндігі туралы хатын алған күннен бастап 30 (отыз) жұмыс күнінен кешіктірмей сақтандыру (қайта сақтандыру) ұйымы уәкілетті органға кез келген тілдегі атауынан "сақтандыру", "қайта сақтандыру", "сақтандыру ұйымы", "қайта сақтандыру ұйымы" деген сөздерді немесе оның өз атынан сақтандыру не қайта сақтандыру операцияларын жүргізетінін білдіретін, олардан туындайтын сөздерді алып тастау бөлігінде сақтандыру (қайта сақтандыру) ұйымын мемлекеттік қайта тіркеу туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z171" w:id="117"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z171" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Мына жағдайларда уәкілетті орган лицензияның қолданысын тоқтатудан бас тартады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құжаттардың толық топтамасының ұсынылмауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -43088,668 +43060,668 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қаулыға 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z129" w:id="118"/>
+    <w:bookmarkStart w:name="z129" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күші жойылды деп танылатын Қазақстан Республикасының нормативтік құқықтық актілерінің, сондай-ақ Қазақстан Республикасының кейбір нормативтік құқықтық актілерінің құрылымдық элементтерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z130" w:id="119"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z130" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Сақтандыру (қайта сақтандыру) ұйымын құруға рұқсат беру қағидаларын және шарттарын, сондай-ақ сақтандыру (қайта сақтандыру) ұйымын құруға рұқсат алу үшін ұсынылатын құжаттардың мазмұнына қойылатын талаптарды, Сақтандыру (қайта сақтандыру) қызметін және сақтандыру брокерінің қызметін лицензиялау қағидаларын, сондай-ақ лицензия алу үшін ұсынылатын құжаттардың мазмұнына қойылатын талаптарды бекіту туралы" Қазақстан Республикасы Қаржы нарығын және Қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының 2007 жылғы 30 сәуірдегі № 122 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 4731 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z131" w:id="120"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z131" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне лицензиялау мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқарамасының 2008 жылғы 28 қарашадағы № 182 қаулысымен (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5478 болып тіркелген, "Заң газеті" 2009 жылғы 17 ақпан № 24 (1447) бекітілген лицензиялау мәселелері бойынша Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне лицензиялау мәселелері бойынша енгізілетін өзгерістер мен толықтырулар тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z132" w:id="121"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z132" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігінің және Қазақстан Республикасы Ұлттық Банкінің кейбір нормативтік құқықтық актілеріне сақтандыру және актуарлық қызмет мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының 2010 жылғы 1 наурыздағы № 23 қаулысының (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6157 болып тіркелген, "Егемен Қазақстан" 2010 жылғы 25 қыркүйектегі № 253-254 (26314-26315) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z133" w:id="122"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z133" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасының кейбір заңнамалық актілеріне мемлекеттік өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының 2010 жылғы 1 желтоқсандағы № 184 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6766 болып тіркелген, 2011 жылғы 16 қыркүйекте Қазақстан Республикасының орталық атқарушы және өзге орталық мемлекеттік органдарының актілер жинағында № 7 жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z134" w:id="123"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z134" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне қаржы нарығын және қаржы ұйымдарын реттеу, бақылау мен қадағалау мәселелері бойынша өзгерістер енгізу туралы Қазақстан Республикасы Ұлттық Банкі Басқармасының 2012 жылғы 24 тамыздағы № 235 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8009 болып тіркелген, 2012 жылы 21 қарашада "Егемен Қазақстан" газетінде № 763-767 (27839) жарияланған) бекітілген Қазақстан Республикасының қаржы нарығын және қаржы ұйымдарын реттеу, бақылау мен қадағалау мәселелері бойынша өзгерістер енгізілетін нормативтік құқықтық актілерінің тізбесіне 3-тармағы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z135" w:id="124"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z135" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне өзгерістер енгізу туралы Қазақстан Республикасы Ұлттық Банкі басқармасының 2013 жылғы 26 сәуірдегі № 110 қаулысымен (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8009 болып тіркелген, 2013 жылы 06 тамызда "Заң газеті" газетінде № 115 (2316) жарияланған) бекітілген Өзгерістер енгізілетін Қазақстан Республикасының нормативтік құқықтық актілерінің тізбесіне </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z136" w:id="125"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z136" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне қаржы нарығын және қаржы ұйымдарын реттеу, бақылау мен қадағалау мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы Қазақстан Республикасының Ұлттық Банкі Басқармасының 2014 жылғы 16 шілдедегі № 109 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9712 болып тіркелген, 2014 жылы 28 қазанда "Заң газеті" газетінде № 162 (2556) жарияланған) бекітілген Қазақстан Республикасының қаржы нарығын және қаржы ұйымдарын реттеу, бақылау мен қадағалау мәселелері бойынша өзгерістер мен толықтырулар енгізілетін нормативтік құқықтық актілерінің тізбесіне 5-тармағы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z137" w:id="126"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z137" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне Қазақстан Республикасының Ұлттық Банкі көрсететін мемлекеттік қызметтердің бизнес-процестерін оңтайландыру және автоматтандыру мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2014 жылғы 24 желтоқсандағы № 261 қаулысымен (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10211 болып тіркелген, 2014 жылы 28 қазанда "Заң газеті" газетінде № 162 (2556) жарияланған) бекітілген Қазақстан Республикасының Ұлттық Банкі көрсететін мемлекеттік қызметтердің бизнес-процестерін оңтайландыру және автоматтандыру мәселелері бойынша өзгерістер мен толықтырулар енгізілетін Қазақстан Республикасының нормативтік құқықтық актілерінің тізбесіне </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z138" w:id="127"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z138" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Қазақстан Республикасының қаржы нарығын және қаржы ұйымдарын реттеу, бақылау және қадағалау мәселелері жөніндегі кейбір нормативтік құқықтық актілеріне өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 27 мамырдағы № 93 қаулысымен (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11670 болып тіркелген, 2015 жылы 30 шілдеде "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) бекітілген Қазақстан Республикасының өзгерістер мен толықтырулар енгізілетін қаржы нарығын және қаржы ұйымдарын реттеу, бақылау және қадағалау мәселелері жөніндегі нормативтік құқықтық актілерінің тізбесіне </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z139" w:id="128"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z139" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне сақтандыру қызметін реттеу мәселелері бойынша өзгерістер енгізу туралы Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 30 мамырдағы № 127 қаулысымен (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14277 болып тіркелген, 2016 жылы 24 қазанда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) бекітілген Қазақстан Республикасының өзгерістер енгізілетін сақтандыру қызметін реттеу мәселелері бойынша нормативтік құқықтық актілерінің тізбесіне </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z140" w:id="129"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z140" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне сақтандыру қызметін реттеу мәселелері бойынша өзгерістер енгізу туралы Қазақстан Республикасы Ұлттық Банкі Басқармасының 2017 жылғы 28 қаңтардағы № 17 қаулысымен (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15104 болып тіркелген, 2017 жылы 9 маусымда Қазақстан Республикасы Нормативтік құқықтық актілердің эталондық бақылау банкінде жарияланған) бекітілген Өзгерістер енгізілетін Қазақстан Республикасының сақтандыру қызметін реттеу мәселелері бойынша нормативтік құқықтық актілерінің тізбесіне </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z141" w:id="130"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z141" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. "Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне қаржы нарығын реттеу мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 27 қыркүйектегі № 230 қаулысымен (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17820 болып тіркелген, 2018 жылы 7 желтоқсанда Қазақстан Республикасы Нормативтік құқықтық актілердің эталондық бақылау банкінде жарияланған) бекітілген Өзгерістер мен толықтырулар енгізілетін Қазақстан Республикасының қаржы нарығын реттеу мәселелері бойынша нормативтік құқықтық актілерінің тізбесіне </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z142" w:id="131"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z142" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. "Сақтандыру (қайта сақтандыру) ұйымын құруға рұқсат беру, сондай-ақ сақтандыру (қайта сақтандыру) қызметін және сақтандыру брокерінің қызметін жүзеге асыру құқығына лицензия беру қағидаларын бекiту туралы" Қазақстан Республикасының Қаржы нарығын және қаржы ұйымдарын реттеу мен қадағалау агенттігі Басқармасының 2007 жылғы 30 сәуірдегі № 122 қаулысына өзгерістер мен толықтыру енгізу туралы Қазақстан Республикасының Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 2020 жылғы 30 наурыздағы № 47 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20233 болып тіркелген, 2020 жылы 6 сәуірде Қазақстан Республикасы Нормативтік құқықтық актілердің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z143" w:id="132"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z143" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. "Қазақстан Республикасы бейрезидент-сақтандыру (қайта сақтандыру) ұйымының филиалын ашуға рұқсат беру қағидаларын, сондай-ақ Қазақстан Республикасы бейрезидент-сақтандыру (қайта сақтандыру) ұйымы филиалының қызметті жүзеге асыру қағидаларын және шарттарын бекіту туралы" Қазақстан Республикасының Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 2020 жылғы 21 қыркүйектегі № 87 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21270 болып тіркелген, 2020 жылы 30 қыркүйекте Қазақстан Республикасы Нормативтік құқықтық актілердің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z144" w:id="133"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z144" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. "Қазақстан Республикасы бейрезидент-сақтандыру брокерінің филиалын ашуға рұқсат беру қағидаларын және Қазақстан Республикасының бейрезидент-сақтандыру брокері филиалының қызметін жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасының Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 2020 жылғы 21 қыркүйектегі № 88 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21245 болып тіркелген, 2020 жылы 29 қыркүйекте Қазақстан Республикасы Нормативтік құқықтық актілердің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -44129,31 +44101,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>