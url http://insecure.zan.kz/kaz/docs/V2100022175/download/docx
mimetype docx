--- v0 (2025-10-01)
+++ v1 (2025-12-31)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bba57cc" w14:textId="bba57cc">
+    <w:p w14:paraId="de7c055" w14:textId="de7c055">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -113,51 +113,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2021 жылғы 9 ақпандағы № ҚР ДСМ-16 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2021 жылғы 11 ақпанда № 22175 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Еуразиялық экономикалық комиссия кеңесінің 2016 жылғы 12 ақпандағы № 46 шешімімен бекітілген Медициналық бұйымдардың қауіпсіздігін, сапасы мен тиімділігін тіркеу және сараптау қағидаларының 1-тармағының бірінші бөлігіне, Еуразиялық экономикалық комиссия кеңесінің 2016 жылғы 3 қарашадағы № 78 шешімімен бекітілген Медициналық қолдануға арналған дәрілік заттарды тіркеу және сараптау қағидаларының 3-тармағына, "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының Кодексінің 23-бабының </w:t>
+      Еуразиялық экономикалық комиссия кеңесінің 2016 жылғы 12 ақпандағы № 46 шешімімен бекітілген Медициналық бұйымдардың қауіпсіздігін, сапасы мен тиімділігін тіркеу және сараптау қағидаларының 1-тармағының бірінші бөлігіне, Еуразиялық экономикалық комиссия кеңесінің 2016 жылғы 3 қарашадағы № 78 шешімімен бекітілген Медициналық қолдануға арналған дәрілік заттарды тіркеу және сараптау қағидаларының 3-тармағына, "Медициналық қолдануға арналған дәрілік заттар айналымының ерекшеліктерін белгілеу жөніндегі уақытша шаралар туралы" Еуразиялық экономикалық комиссия Кеңесінің 2022 жылғы 10 маусымдағы № 96 шешіміне, "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының Кодексінің 23-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -193,130 +193,120 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>91-баптарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, сондай-ақ "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының Заңының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес </w:t>
+        <w:t xml:space="preserve">, "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының Заңының 10-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Денсаулық сақтау министрінің м.а. 03.03.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 34</w:t>
+        <w:t xml:space="preserve">      Ескерту. Преамбула жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 146</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -950,190 +940,190 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы дәрілік затты немесе медициналық бұйымды мемлекеттік тіркеу, қайта тіркеу, дәрілік заттың немесе медициналық бұйымның тіркеу дерекнамасына өзгерістер енгізу қағидалары (бұдан әрі – Қағидалар) Еуразиялық экономикалық комиссия кеңесінің 2016 жылғы 12 ақпандағы № 46 шешімімен бекітілген Медициналық бұйымдардың қауіпсіздігін, сапасы мен тиімділігін тіркеу және сараптау қағидаларының 1-тармағының бірінші бөлігіне, Еуразиялық экономикалық комиссия кеңесінің 2016 жылғы 3 қарашадағы № 78 (бұдан әрі-№ 78 Қағидалар) шешімімен бекітілген Медициналық қолдануға арналған дәрілік заттарды тіркеу және сараптау қағидаларының 3-тармағына, "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасы Кодексінің 23-бабының </w:t>
+      1. Осы дәрілік затты немесе медициналық бұйымды мемлекеттік тіркеу, қайта тіркеу, дәрілік заттың немесе медициналық бұйымның тіркеу дерекнамасына өзгерістер енгізу қағидалары (бұдан әрі – Қағидалар) Еуразиялық экономикалық комиссия кеңесінің 2016 жылғы 12 ақпандағы № 46 шешімімен бекітілген Медициналық бұйымдардың қауіпсіздігін, сапасы мен тиімділігін тіркеу және сараптау қағидаларының 1-тармағының бірінші бөлігіне, Еуразиялық экономикалық комиссия кеңесінің 2016 жылғы 3 қарашадағы № 78 (бұдан әрі - № 78 шешім) шешімімен бекітілген Медициналық қолдануға арналған дәрілік заттарды тіркеу және сараптау қағидаларының 3-тармағына, "Медициналық қолдануға арналған дәрілік заттар айналымының ерекшеліктерін белгілеу жөніндегі уақытша шаралар туралы" Еуразиялық экономикалық комиссия Кеңесінің 2022 жылғы 10 маусымдағы № 96 шешіміне, "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасы Кодексінің 23-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармақтарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, Әкімшілік рәсімдік-процестік кодекстің (бұдан әрі – АӨК) </w:t>
+        <w:t xml:space="preserve">, Әкімшілік рәсімдік-процестік кодекстің (бұдан әрі – ӘРК) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>91-баптарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, сондай-ақ "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының Заңының (бұдан әрі – Заң) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және дәрілік затты немесе медициналық бұйымды, оның ішінде стратегиялық маңызды дәрілік заттар мен медициналық бұйымдарды (бұдан әрі – дәрілік зат немесе медициналық бұйым) мемлекеттік тіркеуді, қайта тіркеуді жүргізу, Қазақстан Республикасында дәрілік заттың немесе медициналық бұйымның тіркеу дерекнамасына өзгерістер енгізу тәртібін айқындайды.</w:t>
+        <w:t xml:space="preserve">, сондай-ақ "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының Заңының (бұдан әрі – Заң) 10-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және дәрілік затты немесе медициналық бұйымды, оның ішінде стратегиялық маңызды дәрілік заттар мен медициналық бұйымдарды (бұдан әрі – дәрілік зат немесе медициналық бұйым) мемлекеттік тіркеуді, қайта тіркеуді жүргізу, Қазақстан Республикасында дәрілік заттың немесе медициналық бұйымның тіркеу дерекнамасына өзгерістер енгізу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің м.а. 03.03.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 34</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 146</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2363,1457 +2353,1531 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Белсенді заттардың әртүрлі құрамы бар дәрілік заттарды бір саудалық атаумен тіркеуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z31" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      12. Мемлекеттік тіркеу кезінде Қазақстан Республикасында өндірілген дәрілік заттарды қоспағанда, дәрілік заттар үшін тіркеу куәлігінің қолданылу мерзімі 5 жыл болып белгіленеді.</w:t>
+        <w:t xml:space="preserve">
+      12. Мемлекеттік тіркеу кезінде Қазақстан Республикасында өндірілген дәрілік заттарды қоспағанда, дәрілік заттар үшін тіркеу куәлігінің қолданылу мерзімі 5 жыл болып белгіленеді. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z93" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасында өндірілген дәрілік заттарды, мемлекеттік тіркеу кезінде сондай-ақ медициналық бұйымдар үшін, Қазақстан Республикасы Президентінің 2014 жылғы 19 желтоқсандағы № 980 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мақұлданған Еуразиялық экономикалық одақ шеңберінде медициналық бұйымдар (медициналық мақсаттағы бұйымдар мен медициналық техника) айналысының бірыңғай қағидаттары мен қағидалары туралы келісімнің 6-тармағына сәйкес мерзімсіз тіркеу куәлігі беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z94" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қайта тіркеу кезінде дәрілік заттарға мерзімсіз тіркеу куәлігі беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z95" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Стратегиялық маңызды дәрілік заттарға берілген тіркеу куәліктеріне, № 78 Қағидалардың 2-тармағының г) және д) тармақшаларының талаптары қолданылмайды.</w:t>
+      № 78 шешімнің 2-тармағының г) және д) тармақшаларының талаптары, көрсетілетін қызметті алушының бастамасы бойынша ерікті негізде жоғарыда көрсетілген шешімнің талаптарымен тіркеу дерекнамасын сәйкестендіру жағдайларын қоспағанда, берілген стратегиялық маңызды дәрілік заттарды тіркеу куәліктеріне қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Қағидаларда көзделген тәртіппен берілген тіркеу куәлігінің қолданылуы дәрілік заттың тіркеу дерекнамасын жоғарыда көрсетілген шешімнің талаптарына сәйкес келтіруге берілген өтініштің көшірмесін қоса бере отырып, өтініш берушінің өтініші негізінде №78 шешімнің 2-тармағының е) тармақшасына сәйкес келтіру рәсімін жүргізу кезеңіне ұзартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 146</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Дәрілік заттың немесе медициналық бұйымның тіркеу куәлігінің қолданылу кезеңінде көрсетілетін қызметті алушы Кодекстің 23-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тәртіппен тіркеу дерекнамасына өзгерістер енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z96" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дәрілік заттың немесе медициналық бұйымның тіркеу дерекнамасына өзгерістер енгізілген кезде тіркеу куәлігіне өзгерту енгізілген күні, берілген күні және тіркеу куәлігінің қолданылу мерзімі көрсетіле отырып, бұрынғы нөмірмен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 24.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-139</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Дәрілік зат немесе медициналық бұйым тек қана таңбалау және қаптама бойынша қайта тіркелген немесе тіркеу дерекнамасына өзгерістер енгізілген жағдайда, бұрын тіркелген қаптама қайта тіркелгеннен немесе тіркеу дерекнамасына өзгерістер енгізілгеннен кейін он екі ай бойы жарамды болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің м.а. 03.03.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 34</w:t>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 24.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="49"/>
+    <w:bookmarkStart w:name="z34" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> көзделген тәртіппен тіркеу дерекнамасына өзгерістер енгізеді.</w:t>
+        <w:t>
+      15. Дәрілік затты, медициналық бұйымды медициналық қолдану жөніндегі нұсқаулыққа (қосымша парақ) және дәрілік заттың жалпы сипаттамасына өзгерістер енгізілген жағдайда, бұрын медициналық қолдану жөніндегі тіркелген нұсқаулық тиісті өзгерістер енгізілгеннен кейін алты ай бойы жарамды болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z96" w:id="50"/>
+    <w:bookmarkStart w:name="z97" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Дәрілік заттың немесе медициналық бұйымның тіркеу дерекнамасына өзгерістер енгізілген кезде тіркеу куәлігіне өзгерту енгізілген күні, берілген күні және тіркеу куәлігінің қолданылу мерзімі көрсетіле отырып, бұрынғы нөмірмен қалыптастырылады.</w:t>
+      Бұл ретте тіркеу куәлігін ұстаушы ресми хабарлама (еркін нысанда) жіберу арқылы фармацевтикалық нарық субъектілеріне және медициналық ұйымдарға медициналық қолдану жөніндегі қайта тіркелген нұсқаулықта (қосымша парақта) және дәрілік заттың жалпы сипаттамасында қамтылған енгізілген өзгерістер туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z35" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Тіркеу куәлігінің қолданылу мерзімі өткенге дейін Қазақстан Республикасының аумағына әкелінген және өндірілген дәрілік заттар жарамдылық мерзімі өткенге дейін сақталады және өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тіркеу куәлігінің қолданылу мерзімі өткенге дейін Қазақстан Республикасының аумағына әкелінген және өндірілген медициналық бұйымдар Қазақстан Республикасының аумағында шектеусіз немесе жарамдылық (пайдалану) мерзімі өткенге дейін қолданылады, айналыста болады және пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Дәрілік затты немесе медициналық бұйымды мемлекеттік тіркеу, қайта тіркеу рәсімі аяқталғаннан кейін, сондай-ақ №78 шешімнің 2-тармағының е) тармақшасына сәйкес жүзеге асырылған дәрілік заттарға берілген тіркеу куәлігінің мерзімі ұзартылған жағдайда мемлекеттік орган дәрілік заттар мен медициналық бұйымдардың Мемлекеттік тізіліміне тиісті ақпаратты енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 24.11.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ ҚР ДСМ-139</w:t>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 146</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="51"/>
+    <w:bookmarkStart w:name="z37" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      18. Көрсетілетін қызметті беруші ӘРПК-нің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>73-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тәртіп бойынша тыңдауды жүргізеді және көрсетілетін қызметті алушыға әкімшілік іс бойынша алдын ала шешімге өз ұстанымын білдіруге мүмкіндік береді, ол туралы көрсетілетін қызметті алушы алдын ала, бірақ мемлекеттік қызметті көрсету нәтижесіне (дәлелді бас тартуға) дейін үш жұмыс күнінен кешіктірмей хабардар етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z98" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      14. Дәрілік зат немесе медициналық бұйым тек қана таңбалау және қаптама бойынша қайта тіркелген немесе тіркеу дерекнамасына өзгерістер енгізілген жағдайда, бұрын тіркелген қаптама қайта тіркелгеннен немесе тіркеу дерекнамасына өзгерістер енгізілгеннен кейін он екі ай бойы жарамды болады.</w:t>
+      Көрсетілетін қызметті алушы алдын ала шешімге қарсылықты оны алған күннен бастап екі жұмыс күнінен кешіктірілмейтін мерзімде ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z99" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті алушы өзінің қарсылығын ауызша білдірген жағдайда, көрсетілетін қызметті беруші ӘРПК-нің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>74-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ресімделген тыңдау хаттамасын жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 24.11.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 24.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="52"/>
+    <w:bookmarkStart w:name="z63" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      15. Дәрілік затты, медициналық бұйымды медициналық қолдану жөніндегі нұсқаулыққа (қосымша парақ) және дәрілік заттың жалпы сипаттамасына өзгерістер енгізілген жағдайда, бұрын медициналық қолдану жөніндегі тіркелген нұсқаулық тиісті өзгерістер енгізілгеннен кейін алты ай бойы жарамды болады.</w:t>
+        <w:t xml:space="preserve">
+      18-1. Көрсетілетін қызметті беруші Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағына сәйкес талап етілетін құжаттар тізбесі және осындай құжаттарды ресімдеу туралы толық және анық ақпаратты қолжетімді нысанда ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z97" w:id="53"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z100" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте тіркеу куәлігін ұстаушы ресми хабарлама (еркін нысанда) жіберу арқылы фармацевтикалық нарық субъектілеріне және медициналық ұйымдарға медициналық қолдану жөніндегі қайта тіркелген нұсқаулықта (қосымша парақта) және дәрілік заттың жалпы сипаттамасында қамтылған енгізілген өзгерістер туралы хабарлайды.</w:t>
+      Ескертулер болған кезде көрсетілетін қызметті беруші нормативтік құқықтық актілердің құрылымдық элементтеріне сілтеме жасай отырып, әрбір ескертуді дәлелдейді және көрсетілетін қызметті алушыға өз ұстанымын білдіруге мүмкіндік береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z35" w:id="54"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 18-1-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 24.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-139</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Тіркеу куәлігінің қолданылу мерзімі өткенге дейін Қазақстан Республикасының аумағына әкелінген және өндірілген дәрілік заттар жарамдылық мерзімі өткенге дейін сақталады және өткізіледі.</w:t>
-[...137 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес ресімделген тыңдау хаттамасын жүргізеді.</w:t>
+      18-2. Көрсетілетін қызметті алушы дәрілік затты немесе медициналық бұйымды мемлекеттік тіркеу, қайта тіркеу, дәрілік заттың немесе медициналық бұйымның тіркеу дерекнамасына өзгерістер енгізу үшін жүгінген кезде мемлекеттік қызметті көрсету нәтижесі не мемлекеттік қызмет көрсетуден дәлелді бас тарту электрондық нысанда ресімделеді, көрсетілетін қызметті берушінің уәкілетті адамының ЭЦҚ-сымен куәландырылып, порталға жіберіледі және көрсетілетін қызметті алушының "жеке кабинетінде" сақталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 24.11.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 18-2-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 24.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="59"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      18-1. Көрсетілетін қызметті беруші Заңның </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 2-тармағына сәйкес талап етілетін құжаттар тізбесі және осындай құжаттарды ресімдеу туралы толық және анық ақпаратты қолжетімді нысанда ұсынады.</w:t>
+      18-3. Көрсетілетін қызметті беруші Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағының 11) тармақшасына сәйкес мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне деректерді енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z100" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағида 18-3-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 24.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-139</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ескертулер болған кезде көрсетілетін қызметті беруші нормативтік құқықтық актілердің құрылымдық элементтеріне сілтеме жасай отырып, әрбір ескертуді дәлелдейді және көрсетілетін қызметті алушыға өз ұстанымын білдіруге мүмкіндік береді.</w:t>
+      18-4. Көрсетілетін қызметті берушінің және (немесе) олардың қызметкерлерінің мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағым көрсетілетін қызметті беруші басшысының атына беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 18-1-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 24.11.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 18-4-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 24.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="61"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      18-2. Көрсетілетін қызметті алушы дәрілік затты немесе медициналық бұйымды мемлекеттік тіркеу, қайта тіркеу, дәрілік заттың немесе медициналық бұйымның тіркеу дерекнамасына өзгерістер енгізу үшін жүгінген кезде мемлекеттік қызметті көрсету нәтижесі не мемлекеттік қызмет көрсетуден дәлелді бас тарту электрондық нысанда ресімделеді, көрсетілетін қызметті берушінің уәкілетті адамының ЭЦҚ-сымен куәландырылып, порталға жіберіледі және көрсетілетін қызметті алушының "жеке кабинетінде" сақталады.</w:t>
+        <w:t xml:space="preserve">
+      18-5. Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағына сәйкес мемлекеттік қызметті тікелей көрсететін көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап бес жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 18-2-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 24.11.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 18-5-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 24.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="62"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 2-тармағының 11) тармақшасына сәйкес мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне деректерді енгізуді қамтамасыз етеді.</w:t>
+        <w:t>
+      18-6. Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 18-3-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 24.11.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 18-6-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 24.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="63"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18-4. Көрсетілетін қызметті берушінің және (немесе) олардың қызметкерлерінің мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағым көрсетілетін қызметті беруші басшысының атына беріледі.</w:t>
+      18-7. Шағымды мемлекеттік қызметтер көрсету мәселелері бойынша сотқа дейінгі тәртіппен қарауды жоғары тұрған әкімшілік орган, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:p>
-[...61 lines deleted...]
-    <w:bookmarkStart w:name="z67" w:id="64"/>
+    <w:bookmarkStart w:name="z101" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 2-тармағына сәйкес мемлекеттік қызметті тікелей көрсететін көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап бес жұмыс күні ішінде қаралуға жатады.</w:t>
+        <w:t>
+      Шағым шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған көрсетілетін қызметті берушіге беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 18-5-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 24.11.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 18-7-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 24.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="65"/>
+    <w:bookmarkStart w:name="z70" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18-6. Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап он бес жұмыс күні ішінде қаралуға жатады.</w:t>
+      18-8. Шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалған көрсетілетін қызметті беруші шағым келіп түскен күннен бастап үш жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z102" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған көрсетілетін қызметті беруші, егер ол үш жұмыс күні ішінде шешімді не шағымда көрсетілген талаптарды толық қанағаттандыратын өзге де әкімшілік әрекетті қабылдаса, шағымды қарайтын органға шағымды жібермеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағида 18-6-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 24.11.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 18-8-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 24.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-139</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="66"/>
+    <w:bookmarkStart w:name="z71" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18-7. Шағымды мемлекеттік қызметтер көрсету мәселелері бойынша сотқа дейінгі тәртіппен қарауды жоғары тұрған әкімшілік орган, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
-[...19 lines deleted...]
-      Шағым шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған көрсетілетін қызметті берушіге беріледі.</w:t>
+      18-9. Егер заңда өзгеше көзделмесе, сотқа жүгінуге сотқа дейінгі тәртіппен шағым жасалғаннан кейін жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:p>
-[...182 lines deleted...]
-    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4006,68 +4070,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өзгерістер енгізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z41" w:id="71"/>
+    <w:bookmarkStart w:name="z41" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Дәрілік затты немесе медициналық бұйымды мемлекеттік тіркеу, қайта тіркеу, дәрілік заттың немесе медициналық бұйымның тіркеу дерекнамасына өзгерістер енгізуге өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - ҚР Денсаулық сақтау министрінің 24.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8911,68 +8975,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>енгізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z43" w:id="72"/>
+    <w:bookmarkStart w:name="z43" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Дәрілік затты немесе медициналық бұйымды мемлекеттік тіркеу, қайта тіркеу, дәрілік заттың немесе медициналық бұйымның тіркеу дерекнамасына өзгерістер енгізуге өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Денсаулық сақтау министрінің 24.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13500,68 +13564,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>енгізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z45" w:id="73"/>
+    <w:bookmarkStart w:name="z45" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Дәрілік затты немесе медициналық бұйымды мемлекеттік тіркеу, қайта тіркеу, дәрілік заттың немесе медициналық бұйымның тіркеу дерекнамасына өзгерістер енгізу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда - ҚР Денсаулық сақтау министрінің 24.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15139,68 +15203,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="74"/>
+    <w:bookmarkStart w:name="z47" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Дәрілік затты немесе медициналық бұйымды мемлекеттік тіркеу, қайта тіркеу, дәрілік заттың немесе медициналық бұйымның тіркеу дерекнамасына өзгерістер енгізуге шешім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша жаңа редакцияда - ҚР Денсаулық сақтау министрінің 24.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16004,68 +16068,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="75"/>
+    <w:bookmarkStart w:name="z49" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының Елтаңбасы Қазақстан Республикасы Денсаулық сақтау министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-қосымша жаңа редакцияда - ҚР Денсаулық сақтау министрінің м.а. 03.03.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18826,68 +18890,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z79" w:id="76"/>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының Елтаңбасы Қазақстан Республикасы Денсаулық сақтау министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тіркеу куәлігі (керегін таңдау және олардың біреуін белгілеу):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21087,562 +21151,562 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-16 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="77"/>
+    <w:bookmarkStart w:name="z51" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Денсаулық сақтау министрлігінің күші жойылатын кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z52" w:id="78"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z52" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Дәрілік затты немесе медициналық бұйымды мемлекеттік тіркеу, қайта тіркеу және оның тіркеу дерекнамасына өзгерістер енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2009 жылғы 18 қарашадағы № 735 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Әділет министрлігінде 2009 жылғы 26 қарашада № 5935 болып тіркелген; "Юридическая газета" газетінде 2010 жылғы 5 мамырда жарияланды № 63 (1859); Қазақстан Республикасының орталық атқарушы және өзге де орталық мемлекеттік органдардың актілері жинағында жарияланған № 6, 2010 жыл;;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z53" w:id="79"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z53" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Дәрілік затты немесе медициналық бұйымды мемлекеттік тіркеу, қайта тіркеу және оның тіркеу дерекнамасына өзгерістер енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2009 жылғы 18 қарашадағы № 735 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2012 жылғы 15 ақпандағы № 84 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Әділет министрлігінде 2012 жылғы 19 наурызда № 7481 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z54" w:id="80"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z54" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Денсаулық сақтау министрінің кейбір нормативтік құқықтық актілеріне өзгеріс енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2012 жылғы 28 қыркүйектегі № 664 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Әділет министрлігінде 2012 жылғы 19 наурызда № 7481 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z55" w:id="81"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z55" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Дәрілік затты немесе медициналық бұйымды мемлекеттік тіркеу, қайта тіркеу және оның тіркеу дерекнамасына өзгерістер енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2009 жылғы 18 қарашадағы № 735 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2013 жылғы 12 шілдедегі № 405 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Әділет министрлігінде 2013 жылғы 5 тамызда № 8604 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z56" w:id="82"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z56" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Дәрілік затты немесе медициналық бұйымды мемлекеттік тіркеу, қайта тіркеу және оның тіркеу дерекнамасына өзгерістер енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2009 жылғы 18 қарашадағы № 735 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2014 жылғы 23 қаңтардағы № 32 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Әділет министрлігінде 2014 жылғы 4 ақпандағы № 9126 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z57" w:id="83"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z57" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Дәрілік затты немесе медициналық бұйымды мемлекеттік тіркеу, қайта тіркеу және оның тіркеу дерекнамасына өзгерістер енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2009 жылғы 18 қарашадағы № 735 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2014 жылғы 11 сәуірдегі № 187 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Әділет министрлігінде 2014 жылғы 13 мамырдағы № 9409 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z58" w:id="84"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z58" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Дәрілік затты немесе медициналық бұйымды мемлекеттік тіркеу, қайта тіркеу және оның тіркеу дерекнамасына өзгерістер енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2009 жылғы 18 қарашадағы № 735 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2015 жылғы 14 қаңтардағы № 9 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Әділет министрлігінде 2015 жылғы 19 ақпанда № 10295 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z59" w:id="85"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z59" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Дәрілік затты немесе медициналық бұйымды мемлекеттік тіркеу, қайта тіркеу және оның тіркеу дерекнамасына өзгерістер енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2009 жылғы 18 қарашадағы № 735 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 26 маусымдағы № 523 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Әділет министрлігінде 2015 жылғы 29 шілдеде № 11786 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z60" w:id="86"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z60" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Дәрілік затты немесе медициналық бұйымды мемлекеттік тіркеу, қайта тіркеу және оның тіркеу дерекнамасына өзгерістер енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2009 жылғы 18 қарашадағы № 735 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2016 жылғы 28 шілдедегі № 563 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Әділет министрлігінде 2016 жылғы 28 шілдедегі № 14036 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z61" w:id="87"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z61" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. "Дәрілік затты немесе медициналық бұйымды мемлекеттік тіркеу, қайта тіркеу және оның тіркеу дерекнамасына өзгерістер енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2009 жылғы 18 қарашадағы № 735 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2019 жылғы 27 мамырдағы № ҚР ДСМ-87 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Әділет министрлігінде 2019 жылғы 28 мамырда № 18739 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z62" w:id="88"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z62" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. "Дәрілік затты немесе медициналық бұйымды мемлекеттік тіркеу, қайта тіркеу және оның тіркеу дерекнамасына өзгерістер енгізу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2009 жылғы 18 қарашадағы № 735 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 23 мамырдағы № ҚР ДСМ-72/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы Әділет министрлігінде 2020 жылғы 24 маусымда № 20896 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -21968,31 +22032,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>