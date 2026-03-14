--- v0 (2025-10-01)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b9e4522" w14:textId="b9e4522">
+    <w:p w14:paraId="2836f5a" w14:textId="2836f5a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1366,75 +1366,117 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш беруші арнайы шотты уәкілетті оператордың ішкі құжатында белгіленген өзге тәсілмен де аша алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z26" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> айқындалған арнайы шоттың нөмірін, пайдалану мақсатын, қолжетімді сомасын, жеке табыс салығын ұстап қалу және аудару тәсілдерін көрсете отырып, тұрғын үй жағдайларын жақсарту үшін біржолғы зейнетақы төлеміне арналған электрондық өтініштерді толтырады.</w:t>
+        <w:t>
+      5. Арнайы шот ашқаннан кейін өтініш берушінің ЭЦҚ-мен куәландыратын арнайы шоттың нөмірін, пайдалану мақсатын, қолжетімді сомасын көрсете отырып, тұрғын үй жағдайларын жақсарту үшін өтініш беруші біржолғы зейнетақы төлеміне арналған электрондық өтініштерді толтырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 13.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z27" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Біржолғы зейнетақы төлемдерін Қазақстан Республикасының заңнамасына сәйкес Қазақстан Республикасының аумағында тұрғын үй жағдайларын жақсарту үшін мынадай мақсаттарға пайдалануға жол беріледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z28" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1505,51 +1547,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, сыйақы мөлшерлемесін және мемлекет сыйлықақысын есептеу және (немесе) қайтару тұрғын үй құрылысы жинақ ақшасы туралы заңнамаға сәйкес жүзеге асырылады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z31" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) тұрғын үйді сатып алуға (оның ішінде бір банктік қарыз шарты шеңберінде жөндеу жүргізуге) немесе жеке тұрғын үй салуға (нысаналы мақсаты жеке тұрғын үй құрылысы немесе жеке қосалқы шаруашылық болатын жер учаскесін сатып алуды қоса алғанда) тұрғын үй құрылыс жинақтары жүйесі бойынша алынған ипотекалық тұрғын үй қарызы бойынша берешекті ішінара немесе толық өтеуге;</w:t>
+      4) тұрғын үйді сатып алуға (оның ішінде бір банктік қарыз шарты шеңберінде жөндеу жүргізуге) немесе жеке тұрғын үй салуға (нысаналы мақсаты жеке тұрғын үй құрылысы немесе жеке қосалқы шаруашылық болатын жер учаскесін сатып алуды қоса алғанда) тұрғын үй құрылыс жинақтары жүйесі бойынша алынған ипотекалық тұрғын үй негізгі борышы бойынша берешекті ішінара немесе толық өтеуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z32" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ислам банкінің қаржыландыруы шеңберінде тұрғын үйді сатып алуға, ислам банкінің тұрғын үй сатып алу жөніндегі мәмілені қаржыландыруы шеңберінде берешекті ішінара, толық өтеуге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z33" w:id="29"/>
     <w:p>
@@ -1569,106 +1611,210 @@
         <w:t>
       6) тұрғын үй құрылысы бағдарламалары немесе дағдарысқа қарсы бағдарламалар шеңберінде берілген сатып алу құқығымен тұрғын үйді ұзақ мерзімді жалдау шарттары бойынша төлеуге, жекешелендіруге, төлемді бөліп-бөліп сатып алу-сатуға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z34" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) жеке тұрғын үй құрылысы (меншігінде нысаналы мақсаты жеке тұрғын үй құрылысы немесе жеке қосалқы шаруашылық болатын жер учаскесі болған кезде).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармаққа өзгеріс енгізілді - ҚР Өнеркәсіп және құрылыс министрінің м.а. 13.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z35" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес біржолғы зейнетақы төлемдерімен толықтырылған тұрғын үй құрылысы жинақтарына салым шарты бойынша құқықтарды жұбайына (зайыбына) және (немесе) жақын туыстарына беруге жол беріледі.</w:t>
+        <w:t>
+      7. Осы Қағидалардың 6-тармағының 3) тармақшасына сәйкес біржолғы зейнетақы төлемдерімен толықтырылған тұрғын үй құрылысы жинақтарына тұрғын үй құрылысы жинақ ақшасы туралы шарты бойынша құқықтарды жұбайына (зайыбына) және (немесе) жақын туыстарына беруге жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Алушының жұбайының (зайыбының) және (немесе) жақын туыстарының өтініш берушінің біржолғы зейнетақы төлемдерімен толықтырылған тұрғын үй құрылыс жинақтарына салым шартын одан әрі үшінші тұлғаларға беруіне жол берілмейді.</w:t>
+      Алушының жұбайының (зайыбының) және (немесе) жақын туыстарының өтініш берушінің біржолғы зейнетақы төлемдерімен толықтырылған тұрғын үй құрылыс жинақтарына тұрғын үй құрылысы жинақ ақшасы туралы шартын одан әрі үшінші тұлғаларға беруіне жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 13.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z36" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Біржолғы зейнетақы төлемдері Кодекстің 220-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -2429,272 +2575,434 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған мақсаттарға біржолғы зейнетақы төлемдерінің нысаналы мақсатын растайтын құжаттарды олар түскен күннен бастап 6 (алты) жыл ішінде ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:bookmarkStart w:name="z56" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Растайтын құжаттар белгіленген мерзімде ұсынылмаған жағдайда, біржолғы зейнетақы төлемдерінің қаражаты БЖЗҚ-ға қайтарылуға жатады.</w:t>
+      25. Растайтын құжаттар белгіленген мерзімде ұсынылмаған жағдайда, біржолғы зейнетақы төлемдерінің қаражаты өтінім берушінің БЖЗҚ-на қайтарылуға жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z57" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің м.а. 13.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25-1. Өтініш берушінің арнайы шотынан БЖЗҚ-ға біржолғы зейнетақы төлемінің сомасы қате аударылған жағдайда уәкілетті оператор ЭЦҚ-мен қол қойылған қате қайтарылған қаражатты оның жеке зейнетақы шотынан есептен шығаруға келісім алған күннен бастап 3 (үш) жұмыс күнінен кешіктірмей БЖЗҚ-ға өтініш берушінің осы келісімін қоса бере отырып, оның қате қайтарылған қаражатының жеке зейнетақы шотына аударылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      БЖЗҚ хабарлама келіп түскен күннен бастап 5 (бес) жұмыс күні ішінде уәкілетті операторға біржолғы зейнетақы төлемдерін қайтару туралы хабарламада көрсетілген, бірақ өтініш берушінің (алушының) жеке зейнетақы шотындағы қаражаттан аспайтын соманы кейін өтініш берушінің (алушының) уәкілетті операторда ашылған арнайы шотына есепке жатқызу үшін аударады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 25-1-тармақпен толықтырылды - ҚР Өнеркәсіп және құрылыс министрінің м.а. 13.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Басқаға беру кезінде біржолғы зейнетақы төлемдері өтініш берушінің арнайы шотынан жұбайларының және (немесе) жақын туыстарының арнайы шотына растайтын құжаттар ұсынылған сәттен бастап 3 (үш) жұмыс күні ішінде аударылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z58" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z58" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Отбасы банкі алушы ұсынған біржолғы зейнетақы төлемдерінің нысаналы мақсаты бойынша құжаттарды олар берілген күннен бастап 10 (он) жұмыс күні ішінде тексереді және біржолғы зейнетақы төлемдерін олардың нысаналы мақсаты бойынша аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z59" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z59" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. Екінші деңгейдегі банктер арқылы тұрғын үй жағдайларын жақсарту үшін біржолғы зейнетақы төлемдерін пайдалану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z60" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z60" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. Екінші деңгейдегі банктер (бұдан әрі – Банк) атынан уәкілетті операторлар осы Қағидалардың 6-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған мақсаттар бойынша өтініш берушінің біржолғы зейнетақы төлеміне арналған өтініші мен алушының құжаттарын қабылдайды және Банктің ішкі құжаттарда белгіленген тәртіппен және мерзімінде қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z61" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z61" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Банк өтінішті қарағаннан және мақұлдағаннан кейін 2 (екі) жұмыс күні ішінде біржолғы зейнетақы төлемдеріне арналған тіркелген өтініштер туралы мәліметтерді БЖЗҚ-мен жасалған тиісті келісімде белгіленген тәртіппен электрондық хабарлама шеңберінде БЖЗҚ-ға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z62" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z62" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. БЖЗҚ Банктен электрондық хабарлама алған күннен бастап 5 (бес) жұмыс күні ішінде біржолғы зейнетақы төлемінің сомасын Банкке аударады, ол оны біржолғы зейнетақы төлеміне арналған өтініште көрсетілген нысаналы мақсаты бойынша одан әрі пайдалану үшін өтініш берушінің арнайы шотына аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z63" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z63" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Банк біржолғы зейнетақы төлемдерінің сомалары өтініш берушінің (алушының) арнайы шоттарына есептелген күннен бастап 10 (он) жұмыс күні ішінде біржолғы зейнетақы төлемдерін олардың нысаналы мақсаты бойынша аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z64" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z64" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Құқықты басқаға беру кезінде біржолғы зейнетақы төлемдері растайтын құжаттар ұсынылған сәттен бастап 3 (үш) жұмыс күні ішінде өтініш берушінің арнайы шотынан оның жұбайының (зайыбының) немесе жақын туыстарының арнайы шотына аударылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z65" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z65" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Уәкілетті операторлар БЖЗҚ-ға ай сайынғы негізде біржолғы зейнетақы төлемдеріне қабылданған және мақұлданған өтініштер туралы мәліметтерді, сондай-ақ БЖЗҚ мен уәкілетті оператор арасында жасалған келісімде белгіленген тәртіппен біржолғы зейнетақы төлемдерін нысаналы пайдалану туралы ақпаратты ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z66" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z66" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. БЖЗҚ ай сайынғы негізде басшылықты, сондай-ақ Қазақстан Республикасының заңнамасында көзделген шектерде халықты әлеуметтік қорғау саласындағы салааралық үйлестіруді жүзеге асыратын орталық атқарушы органға біржолғы зейнетақы төлемдеріне қабылданған және мақұлданған өтініштер және біржолғы зейнетақы төлемдерінің нысаналы пайдаланылуы туралы жиынтық мәліметтерді ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>