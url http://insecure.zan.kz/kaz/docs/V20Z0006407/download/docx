--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="adb97b2" w14:textId="adb97b2">
+    <w:p w14:paraId="4163d10" w14:textId="4163d10">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -121,51 +121,51 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Шешімнің тақырыбы жаңа редакцияда - Батыс Қазақстан облыстық мәслихатының 30.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 6-5</w:t>
+        <w:t>№ 6-5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -289,51 +289,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Батыс Қазақстан облыстық мәслихатының 30.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 6-5</w:t>
+        <w:t>№ 6-5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -730,7873 +730,6718 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Батыс Қазақстан облыстық мәслихатының</w:t>
+              <w:t xml:space="preserve">Батыс Қазақстан облыстық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2020 жылғы 30 қыркүйектегі</w:t>
+              <w:t xml:space="preserve">мәслихатының 2020 жылғы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 38-3 шешіміне 1-қосымша</w:t>
+              <w:t xml:space="preserve">30 қыркүйектегі № 38-3 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Батыс Қазақстан облысы азаматтарының жекелеген санаттарына қосымша тегін берілетін амбулаториялық емдеу кезінде тегін медициналық көмектің кепілдік берілген көлемі, оның ішінде дәрілік заттар, арнайы емдік өнімдер, медициналық бұйымдар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Батыс Қазақстан облыстық мәслихатының 24.10.2024 </w:t>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1 қосымшаға өзгерістер енгізу көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Батыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәслихатының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 22-5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шешімі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мен (01.01.2026 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-қосымша жаңа редакцияда - Батыс Қазақстан облыстық мәслихатының 24.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 15-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (оның алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі); өзгерістер енгізілді - Батыс Қазақстан облыстық мәслихатының 13.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 16-6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі); 16.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 18-6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) шешімдерімен.</w:t>
+        <w:t xml:space="preserve"> (оның алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі); 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 22-5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аурулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Халық санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дәрілік заттарды, арнайы емдеу өнімдерді және медициналық бұйымдарды тағайындау үшін айғақтар (дәрежесі, сатысы, ауыр ағым)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дәрілік заттардың (шығару нысаны) арнайы өнімдердің және медициналық бұйымдардың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...31 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Тегін медициналық көмектің кепілдік берілген көлемі шеңберіндегі дәрілік заттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Созылмалы жүрек функциясының жеткіліксіздігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сакубитрил + Валсартан, үлбірлі қабықпен қапталған таблеткалар; Эплеренон үлбірлі қабықпен қапталған таблетка. Дапаглифлозин, үбірлі қабықпен қапталған таблеткасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ювенильдық артрит</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған балалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тоцилизумаб инфузиялық ерітінді дайындауға арналған концентрат, тері астына енгізуге арналған ерітінді; Адалимумаб, инъекцияға арналған ерітінді, тері астына енгізуге арналған ерітінді; Анакинра, шприцте алдын ала толтырылған инъекцияға арналған ерітінді; Канакинумаб, бұлшықет ішіне және тері астына енгізу үшін ерітінді дайындауға арналған лиофилизат, тері астына енгізу үшін ерітінді. Тофацитиниб үлбірлі қабықпен қапталған таблеткалар Инфликсимаб инфузия үшін ерітінді дайындауға арналған лиофилизат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ағзалар мен тіндерді трансплантациялаудан кейінгі жағдай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тенофовир таблеткалар, Тенофовир Алафенамид, үбірлі қабықпен қапталған таблеткалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Буллездік эпидермолиз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дәрілік құрамы бар стерильді таңғыштар, стерильді Бактерияға қарсы атравматикалық сіңіргіш таңғыштар, Бинт (жоғары серпімді бекіткіш, торлы, құбырлы, синтетикалық мақта), Силикон бұласыр, қорғаныш кремі, көбік, гель, бальзам, дәрілік құрамы бар жақпа, Эммолиенттер, антисептиктер, стерильді мақта дискілері, стерильді апирогенді инелер, майлықтар (стерильді, ылғалды гигиеналық), арнайы сульфатсыз балалар сусабыны, Бактерияға қарсы спрей, мамандандырылған нәресте майы, балаларға арналған липидті тоқтататын лосьон</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ювенильдық дерматомиазит </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған балалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адамның қалыпты G иммуноглобулині, инфузияға арналған ерітінді;Метотрексат, инъекцияға арналған ерітінді; Метилпреднизолон, таблеткалар, Микофенол қышқылы Босап шығуы ұзаққа созылатын, қабықпен қапталған таблеткалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Целиакия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Панкреатин, құрамында минимикросфералар бар ішекте еритін қабықпен қапталған капсулалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балалар церебралды сал ауруы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған балалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бейінді мамандардың қатысуымен медициналық ұйымдардың дәрігерлік-консультациялық комиссиясының шешімі бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ботулиндік токсин А типі кешені –гемагглютинин, бұлшықет ішіне және тері астына енгізу үшін ерітінді дайындауға арналған лиофилизат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гемотологиялық аурулар, гемобластоза және апластикалық анемияны қоса алғанда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Верификацияланған диагнозда ауыртпалықтың барлық сатылары мен дәрежелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Третиноин, капсулалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қан ұю факторларының тұқым қуалаушылық тапшылығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бейінді мамандардың қатысуымен медициналық ұйымдардың дәрігерлік-консультациялық комиссиясының шешімі бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қан ұюының VIII факторы және Виллебранд факторы вена ішіне енгізу үшін ерітінді дайындауға арналған құтыдағы лиофилизат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аяқталмаған остеогенез</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туа біткен аномалия (қан ақаулары), қисаю және хромосомдық бұзылыстар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ибандрон қышқылы, үлбірлі қабықпен қапталған таблеткалар, көктамыр ішіне инъекцияға арналған ерітінді; Памидрон қышқылы, инфузия үшін ерітінді дайындауға арналған концентрат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жүректің ишемиялық аурулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бейінді мамандардың қатысуымен медициналық ұйымдардың дәрігерлік-консультациялық комиссиясының шешімі бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ривароксабан, үлбірлі қабықпен қапталған таблеткалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жүйелі беріштену (жүйелі склеродермия)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тоцилизумаб инфузиялық ерітінді дайындауға арналған концентрат, тері астына енгізуге арналған ерітінді. Микофенолата мофетил үлбірлі қабықпен қапталған капсула.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жүйелі қызыл жегі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бейінді мамандардың қатысуымен медициналық ұйымдардың дәрігерлік-консультациялық комиссиясының шешімі бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ритуксимаб, венаішілік инфузия үшін ерітінді дайындауға арналған концентрат, тері астына енгізуге арналған ерітінді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мұрынжұтқынщақтың қатерлі ісігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Интерферон бета-1b, инъекция үшін ерітінді дайындауға арналған лиофилизат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шегрен ауруы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гидроксихлорохин, үбірлі қабықпен қапталған таблеткасы.  Ритуксимаб, венаішілік инфузия үшін ерітінді дайындауға арналған концентрат, тері астына енгізуге арналған ерітінді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оптиконевромиелит (Девик ауруы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ритуксимаб, венаішілік инфузия үшін ерітінді дайындауға арналған концентрат, Азатиоприн, таблетка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұйқы безінің басқа туа біткен ауытқулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диазоксид, капсулалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Созылмалы Тромбоэмболиялық өкпе гипертензиясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Риоцигуат, қабықпен қапталған таблетка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аналық бездің қатерлі ісігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Олапариб үбірлі қабықпен қапталған таблетка.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өкпенің қатерлі ісігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Атезолизумаб ертінді дайындауға арналған концентрат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жылжымалы беріш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кладрибин, үбірлі қабықпен қапталған таблеткасы, Офатумумаб тері астына инъекцияға арналған препарат, Сипонимод пленкамен қапталған таблеткалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бронхиалды астма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Омализумаб венаішілік инфузия үшін ерітінді дайындауға арналған лиофилизат. Тезепелумаб Тері астына енгізуге арналған ерітінді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Псориаз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Секукинумаб, венаішілік инфузия үшін ерітінді дайындауға арналған лиофилизат.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бастапқы иммунитет тапшылығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бейінді мамандардың қатысуымен медициналық ұйымның дәрігергік – консультативтік комиссиясының шешімі бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ланаделумаб Тері астына енгізуге арналған ерітінді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Екі аяқтың, шап аралық, жыныс мүшесінің басы мен денесінің венозды мальформациясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған балалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бейінді мамандардың қатысуымен медициналық ұйымның дәрігергік – консультативтік комиссиясының шешімі бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сиролимус Ішке қабылдауға арналған ерітінді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...169 lines deleted...]
-Акалабрутиниб Контурлы ұяшық қаптамасындағы капсула.</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алынып тасталды - Батыс Қазақстан облыстық мәслихатының 15.12.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 22-5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...169 lines deleted...]
-Гуселькумаб Тері астына енгізуге арналған ерітінді шприц-ручка.</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алынып тасталды - Батыс Қазақстан облыстық мәслихатының 15.12.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 22-5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пароксизмалды түнгі гемоглобинурия (Маркиафав-Микел)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экулизумаб Инфузия үшін ерітінді дайындауға арналған концентрат.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перинаталдық кезеңде орын алған бронхөкпелік дисплазия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған балалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Паливизумаб Бұлшықет ішіне енгізуге арналған ерітінді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өңештің құрылымы (кедергісі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Панкреатин құрамында ішекте еритін қабықпен қапталған минимикросфералар бар капсула.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дюшен/Беккер Бұлшықет Дистрофиясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған балалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Голодирсен инфузия үшін ерітінді дайындауға арналған концентрат дайындауға арналған ұнтақ, Касимерсен көктамыр ішіне енгізу үшін ерітінді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өкпе артериялық гипертензиясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Селексипаг үлбірлі қабықпен қапталған таблеткалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Эпилепсия </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған ересектер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Зонисамид капсула Лакосамид үбірлі қабықпен қапталған таблеткалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа дистониялар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған ересектер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z11" w:id="6"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -8613,3488 +7458,6254 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 бұлшықет ішіне және тер астына енгізу үшін ерітінді дайындауға арналған лиофилизат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Миастения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Преднизолон үлбірлі қабықпен қапталған таблеткасы, Азатиоприн үлбірлі қабықпен қапталған таблеткасы, Равулизумаб инфузияға арналған ерітінді дайындауға арналған концентрат, Метилпреднизолон таблеткасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Н факторына антиденелермен байланысты атипті гемолитикалық-уремиялық синдром</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экулизумаб инфузиялық ерітінді дайындауға арналған концентрат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ассоциацияланған спондилоартрит</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Секукинумаб тері астына енгізу үшін ерітінді дайындауға арналған лиофилизат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Басқа көріністі жылауықты фиброз, Муковисцидоз, аралас түрі, ішектер мен тыныс алу жолдарының зақымдалуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:bookmarkStart w:name="z9" w:id="7"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инфузияға арналған құтыдағы микроэлементтер ерітіндісі, суда ерігіш дәрумендер, инфузияға арналған құтыдағы лиофилизат ұнтақ, май эмульсиялары, майда еритін дәрумендер, инфузияға арналған құтыдағы эмульсия</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="7"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Десмоидты фиброматоз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған балалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пазопаниб үлбірлі қабықпен қапталған таблетка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гипофосфатемиялық рахит-тұқым қуалаудың x-байланысты доминантты түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған балалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Буросумаб инъекцияға арналған ерітінді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нейрофиброматоз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған балалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Селуметиниб қатты капсула</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нефротикалық синдром</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ритуксимаб инфузияға арналған ерітінді дайындауға арналған концентрат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...63 lines deleted...]
-2. Тегін медициналық көмектің кепілдік берілген көлемі шеңберіндегі медициналық бұйымдар</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көптеген миелома</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диспансерлік есепте тұрған барлық санаттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейінді мамандардың қатысуымен медициналық ұйымның дәрігергік– консультативтік комиссиясының шешімі бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Помалидомид капсула</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...104 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жедел миелобластылық лейкоз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-Құрамында дәрі бар зарарсыз таңғыш, зарарсыз бактерияға қарсы атравматикалық сіңгіш таңғыштар, Дәке (жоғарысозымды бекіткіш, торлы, мақталы синтетикалық), Силиконды жабыстырғыш, Қорғаныш крем, көбік, гель, бальзам, құрамында дәрі бар жақпамай, Эммолиенттер, Антисептиктер, Зарарсыз мақталы дискілер, Зарарсыз инелер апирогенді, Майлықтар (зарарсыз, ылғалды гигиеналық)</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейінді мамандардың қатысуымен медициналық ұйымның дәрігергік– консультативтік комиссиясының шешімі бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Венетоклакс үлбірлі қабықпен қапталған таблеткалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...206 lines deleted...]
-Трахеостомиялық түтік; Аспирациялық катетер</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қалқанша безінің қатерлі ісігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диспансерлік есепте тұрған барлық санаттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейінді мамандардың қатысуымен медициналық ұйымның дәрігергік– консультативтік комиссиясының шешімі бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вандетаниб үлбірлі қабықпен қапталған таблеткалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...104 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сүт безінің қатерлі ісігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...65 lines deleted...]
-орталық катетерді күтуге арналған құралдар (антисептиктер, стерильді медициналық майлықтар, стерильді және стерильді емес таңғыштар, адгезивтерді кетіруге арналған тазартқыш, үш жақты кран, бактерияға қарсы ауа сүзгісі бар аспирациялық канюльдер, шприц сорғыларымен үйлесімді көктамыр ішіне енгізу үшін ұзартылған магистраль, жарыққа төзімді ерітінділерге арналған инфузиялық қап, инфузиялық бітеуіш, алынбалы инесі бар шприцтер (шприцті инфузиялық сорғыларға арналған инемен бұрандалы қосылыс), инфузияны өшірген кезде катетер құлыптары</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейінді мамандардың қатысуымен медициналық ұйымның дәрігергік– консультативтік комиссиясының шешімі бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трастузумаб Дерукстекан инфузияға арналған ерітінді концентратын дайындауға арналған лиофилизат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...63 lines deleted...]
-3. Тегін медициналық көмектің кепілдік берілген көлемі шеңберіндегі мамандандырылған емдік өнімдер</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басым түрде ергежейлілікпен білінетін туа біткен аномалиялар синдромы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диспансерлік есепте тұрған балалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейінді мамандардың қатысуымен медициналық ұйымның дәрігергік– консультативтік комиссиясының шешімі бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Соматропин, инъекция үшін ерітінді дайындауға арналған лиофилизацияланған ұнтақ, инъекцияға арналған ерітінді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...206 lines deleted...]
-Ортатізбелі триглициридтер негізіндегі арнаулы емдік өнімдер</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қозғалтқыш невронның ауруы, бүйірлік амиотрофиялық склероз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диспансерлік есепте тұрған ересектер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауырлықтың барлық сатысы мен дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рилузол үлбірлі қабықпен қапталған таблеткалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...140 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диффузды остеопороз, деформациялаушы спондилез</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диспансерлік есепте тұрған ересектер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-Ортатізбелі триглициридтер негізіндегі арнаулы емдік өнімдер</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Терипаротид, тері астына енгізуге арналған ерітінді, шприц-қалам</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...140 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гиперкинетикалық церебралды спастикалық салдану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диспансерлік есепте тұрған ересектер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
-[...29 lines deleted...]
-Глютенсіз мамандандырылған емдік өнімдер</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ботулинді токсин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бұлшықет ішіне және тер астына енгізу үшін ерітінді дайындауға арналған лиофилизат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Анықталмаған дистония</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диспансерлік есепте тұрған балалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейінді мамандардың қатысуымен медициналық ұйымның дәрігергік– консультативтік комиссиясының шешімі бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Селегилин үлбірлі қабықпен қапталған таблеткалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыр миастения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диспансерлік есепте тұрған ересектер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейінді мамандардың қатысуымен медициналық ұйымның дәрігергік– консультативтік комиссиясының шешімі бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иммуноглобулин, көктамыр ішіне енгізу үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Симптоматикалық эпилепсия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диспансерлік есепте тұрған балалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейінді мамандардың қатысуымен медициналық ұйымның дәрігергік– консультативтік комиссиясының шешімі бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Руфинамид, үлбірлі қабықпен қапталған таблетка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Созылмалы қабынбалы демиелиниздеуші полинейропатия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диспансерлік есепте тұрған ересектер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейінді мамандардың қатысуымен медициналық ұйымның дәрігергік– консультативтік комиссиясының шешімі бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Иммуноглобулин, көктамыр ішіне енгізу үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Идиопатиялық өкпе гипертензиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диспансерлік есепте тұрған ересектер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейінді мамандардың қатысуымен медициналық ұйымның дәрігергік– консультативтік комиссиясының шешімі бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мацитентан, үлбірлі қабықпен қапталған таблеткалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лимфангиолейомиоматоз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диспансерлік есепте тұрған ересектер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейінді мамандардың қатысуымен медициналық ұйымның дәрігергік– консультативтік комиссиясының шешімі бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сиролимус, үлбірлі қабықпен қапталған таблеткалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Тегін медициналық көмектің кепілдік берілген көлемі шеңберіндегі медициналық бұйымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Буллездік эпидермолиз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диспансерлік есепте тұрған барлық санаттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауырлықтың барлық сатысы мен дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрамында дәрі бар зарарсыз таңғыш, зарарсыз бактерияға қарсы атравматикалық сіңгіш таңғыштар, Дәке (жоғарысозымды бекіткіш, торлы, мақталы синтетикалық), Силиконды жабыстырғыш, Қорғаныш крем, көбік, гель, бальзам, құрамында дәрі бар жақпамай, Эммолиенттер, Антисептиктер, Зарарсыз мақталы дискілер, Зарарсыз инелер апирогенді, Майлықтар (зарарсыз, ылғалды гигиеналық)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көмей және трахея стенозы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диспансерлік есепте тұрған балалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бейінді мамандардың қатысуымен медициналық ұйымдардың дәрігерлік-консультациялық комиссиясының шешімі бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трахеостомиялық түтік; Аспирациялық катетер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа көріністі жылауықты фиброз, Муковисцидоз, аралас түрі, ішектер мен тыныс алу жолдарының зақымдалуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диспансерлік есепте тұрған барлық санаттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауырлықтың барлық сатысы мен дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+орталық катетерді күтуге арналған құралдар (антисептиктер, стерильді медициналық майлықтар, стерильді және стерильді емес таңғыштар, адгезивтерді кетіруге арналған тазартқыш, үш жақты кран, бактерияға қарсы ауа сүзгісі бар аспирациялық канюльдер, шприц сорғыларымен үйлесімді көктамыр ішіне енгізу үшін ұзартылған магистраль, жарыққа төзімді ерітінділерге арналған инфузиялық қап, инфузиялық бітеуіш, алынбалы инесі бар шприцтер (шприцті инфузиялық сорғыларға арналған инемен бұрандалы қосылыс), инфузияны өшірген кезде катетер құлыптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Тегін медициналық көмектің кепілдік берілген көлемі шеңберіндегі мамандандырылған емдік өнімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кистозды фиброз (Муковисцидоз)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диспансерлік есепте тұрған барлық санаттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауырлық дәрежесіне қарамастан барлық түрі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ортатізбелі триглициридтер негізіндегі арнаулы емдік өнімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Буллездік эпидермолиз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диспансерлік есепте тұрған барлық санаттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауырлықтың барлық сатысы мен дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ортатізбелі триглициридтер негізіндегі арнаулы емдік өнімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Целиакия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диспансерлік есепте тұрған 18 жасқа дейінгі балалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауырлықтың барлық сатысы мен дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Глютенсіз мамандандырылған емдік өнімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өңештің құрылымы (кедергісі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Диспансерлік есепте тұрған барлық санаттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мамандандырылған емдік өнімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа белок-энергетикалық жеткіліксіздік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диспансерлік есепте тұрған 18 жасқа дейінгі балалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауырлықтың барлық сатысы мен дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диеталық тамақтануға арналған мамандандырылған емдік өнімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зат алмасуының бұзылуы, Гомоцистинурия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диспансерлік есепте тұрған 18 жасқа дейінгі балалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауырлықтың барлық сатысы мен дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 жастан асқан балаларға арналған емдік тамақтануға арналған мамандандырылған құрғақ өнім</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Айқындалмаған дистония</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диспансерлік есепте тұрған 18 жасқа дейінгі балалар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауырлықтың барлық сатысы мен дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мамандандырылған емдік өнімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Спастикалық церебральды сал ауруы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диспансерлік есепте тұрған барлық санаттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауырлықтың барлық сатысы мен дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нутритивтік қолдауға мұқтаж адамдарға арналған мамандандырылған тамақтану</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...19 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12141,77 +13752,77 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Батыс Қазақстан облыстық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мәслихатының </w:t>
+              <w:t xml:space="preserve">мәслихатының 2020 жылғы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 жылғы 30 қыркүйектегі </w:t>
+              <w:t xml:space="preserve">30 қыркүйектегі № 38-3 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 38-3 шешіміне 2-қосымша</w:t>
+              <w:t>шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Батыс Қазақстан облыстық мәслихатының 2016 жылғы 9 желтоқсандағы № 8-9 "Азаматтардың жекелеген санаттарына амбулаториялық емделу кезінде тегін және жеңілдікті шарттармен дәрілік заттарды және мамандандырылған емдік өнімдерді қосымша беру туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -12462,55 +14073,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>