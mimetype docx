--- v1 (2025-12-27)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4163d10" w14:textId="4163d10">
+    <w:p w14:paraId="d70851a" w14:textId="d70851a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -846,161 +846,101 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1 қосымшаға өзгерістер енгізу көзделген - </w:t>
+        <w:t xml:space="preserve">      1 қосымшаға өзгерістер енгізілді - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Батыс</w:t>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> мәслихатының </w:t>
+        <w:t xml:space="preserve">Батыс Қазақстан облыстық мәслихатының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 22-5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>шешімі</w:t>
+        <w:t xml:space="preserve"> шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>мен (01.01.2026 бастап қолданысқа енгізіледі).</w:t>
+        <w:t>мен (01.01.2026 бастап қолданысқа енгізілді).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -1388,51 +1328,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Созылмалы жүрек функциясының жеткіліксіздігі</w:t>
+Созылмалы жүрек жеткіліксіздігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1496,51 +1436,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сакубитрил + Валсартан, үлбірлі қабықпен қапталған таблеткалар; Эплеренон үлбірлі қабықпен қапталған таблетка. Дапаглифлозин, үбірлі қабықпен қапталған таблеткасы</w:t>
+Сакубитрил+ Валсартан, үлбірлі қабықпен қапталған таблеткалар; Эплеренон үлбірлі қабықпен қапталған таблетка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8172,70 +8112,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауырлықтың барлық сатысы мен дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z9" w:id="7"/>
-[...18 lines deleted...]
-          <w:bookmarkEnd w:id="7"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инфузияға арналған құтыдағы микроэлементтер ерітіндісі, суда ерігіш дәрумендер, инфузияға арналған құтыдағы лиофилизат ұнтақ, май эмульсиялары, майда еритін дәрумендер, инфузияға арналған құтыдағы эмульсия Трилекса -"Элексакафтор 100 мг-тезакафтор 50 мг-ивакавтор 150 мг, Трилекса "Элексакафтор 100 мг-тезакафтор 50 мг-ивакафтор 75 мг</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -13784,290 +13722,290 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">30 қыркүйектегі № 38-3 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Батыс Қазақстан облыстық мәслихатының 2016 жылғы 9 желтоқсандағы № 8-9 "Азаматтардың жекелеген санаттарына амбулаториялық емделу кезінде тегін және жеңілдікті шарттармен дәрілік заттарды және мамандандырылған емдік өнімдерді қосымша беру туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №4643 тіркелген, 2017 жылы 12 қаңтарда "Орал өңірі" газетінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Батыс Қазақстан облыстық мәслихатының 2017 жылғы 1 маусымдағы № 10-8 "Батыс Қазақстан облыстық мәслихатының 2016 жылғы 9 желтоқсандағы № 8-9 "Азаматтардың жекелеген санаттарына амбулаториялық емделу кезінде тегін және жеңілдікті шарттармен дәрілік заттарды және мамандандырылған емдік өнімдерді қосымша беру туралы" шешіміне өзгеріс енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №4838 тіркелген, 2017 жылы 5 шілдеде Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Батыс Қазақстан облыстық мәслихатының 2017 жылғы 6 желтоқсандағы № 15-7 "Батыс Қазақстан облыстық мәслихатының 2016 жылғы 9 желтоқсандағы № 8-9 "Азаматтардың жекелеген санаттарына амбулаториялық емделу кезінде тегін және жеңілдікті шарттармен дәрілік заттарды және мамандандырылған емдік өнімдерді қосымша беру туралы" шешіміне толықтыру енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №5005 тіркелген, 2018 жылы 8 қаңтарда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Батыс Қазақстан облыстық мәслихатының 2018 жылғы 7 желтоқсандағы № 21-11 "Батыс Қазақстан облыстық мәслихатының 2016 жылғы 9 желтоқсандағы № 8-9 "Азаматтардың жекелеген санаттарына амбулаториялық емделу кезінде тегін және жеңілдікті шарттармен дәрілік заттарды және мамандандырылған емдік өнімдерді қосымша беру туралы" шешіміне өзгерістер мен толықтырулар енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №5461 тіркелген, 2019 жылы 3 қаңтарда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Батыс Қазақстан облыстық мәслихатының 2019 жылғы 28 тамыздағы № 28-5 "Батыс Қазақстан облыстық мәслихатының 2016 жылғы 9 желтоқсандағы № 8-9 "Азаматтардың жекелеген санаттарына амбулаториялық емделу кезінде тегін және жеңілдікті шарттармен дәрілік заттарды және мамандандырылған емдік өнімдерді қосымша беру туралы" шешіміне өзгеріс пен толықтыру енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №5776 тіркелген, 2019 жылы 5 қыркүйекте Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Батыс Қазақстан облыстық мәслихатының 2020 жылғы 18 наурыздағы № 33-5 "Батыс Қазақстан облыстық мәслихатының 2016 жылғы 9 желтоқсандағы № 8-9 "Азаматтардың жекелеген санаттарына амбулаториялық емделу кезінде тегін және жеңілдікті шарттармен дәрілік заттарды және мамандандырылған емдік өнімдерді қосымша беру туралы" шешіміне толықтыру енгізу туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешімі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №6089 тіркелген, 2020 жылы 27 наурызда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>