--- v0 (2025-11-07)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fed5859" w14:textId="fed5859">
+    <w:p w14:paraId="5a55c80" w14:textId="5a55c80">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -107,88 +107,196 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Шығыс Қазақстан облысы Ұлан ауданы әкімдігінің 2020 жылғы 30 желтоқсандағы № 428 қаулысы. Шығыс Қазақстан облысының Әділет департаментінде 2020 жылғы 31 желтоқсанда № 8229 болып тіркелді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      ЗҚАИ-ның ескертпесі.</w:t>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Құжаттың мәтінінде түпнұсқаның пунктуациясы мен орфографиясы сақталған.</w:t>
+        <w:t xml:space="preserve">      Осы қаулының қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Құжаттың мәтінінде түпнұсқаның пунктуациясы мен орфографиясы сақталған.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасының 2015 жылғы 23 қарашадағы Еңбек кодексінің 18-бабының 2) тармақшасына, </w:t>
+      Қазақстан Республикасының 2015 жылғы 23 қарашадағы Еңбек кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тармақшасына, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>139-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9-тармағына, Қазақстан Республикасының 2001 жылғы 23 қаңтардағы "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -396,60 +504,60 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы қаулы 2021 жылғы 1 қаңтардан қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="7827"/>
+        <w:gridCol w:w="4173"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="7827" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -457,354 +565,270 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Ұлан ауданы әкімі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4173" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Н. Сақтағанов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...66 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="7827" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Ұлан аудандық мәслихат</w:t>
+              <w:t>      "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>КЕЛІСІЛГЕН</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ұлан аудандық мәслихат</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">хатшысы </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"___"___________2020 жыл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="4173" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      хатшысы </w:t>
-[...50 lines deleted...]
-              </w:rPr>
               <w:t>О. Сыдықов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -851,640 +875,659 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ұлан аудандық әкімдігінің </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 жылғы "30" </w:t>
+              <w:t xml:space="preserve">2020 жылғы "30" желтоқсандағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">желтоқсандағы № 428 </w:t>
-[...12 lines deleted...]
-              <w:t>қаулысына қосымша</w:t>
+              <w:t>№ 428 қаулысына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Азаматтық қызметшілер болып табылатын және ауылдық елді мекендерде жұмыс істейтін әлеуметтік қамсыздандыру, мәдениет саласындағы мамандар лауазымдарының тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда-Шығыс Қазақстан облысы Ұлан ауданы әкімдігінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 505</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (01.12.2025 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Әлеуметтік қамсыздандыру саласы мамандарының лауазымдары:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...106 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z20" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) үйде қызмет көрсету бөлімшесінің меңгерушісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z21" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) әлеуметтік қызмет көрсету жөніндегі кеңес беруші;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z22" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қарттар мен мүгедектігі бар адамдарға күтім жасау жөніндегі әлеуметтік қызметкер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z23" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мәдениет саласы мамандарының лауазымдары:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z24" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) директор, директордың орынбасары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z25" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мәдени ұйымдастырушы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z26" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) кітапханашы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z27" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аккомпаниатор;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...70 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) үйірме жетекшісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) дыбыс операторы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) музыкалық жетекшісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) үйірме жетекшісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) хореограф;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) концертмейстер;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...88 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) мәдени ұйымдастырушы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z35" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) дыбыс операторы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z36" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) әдістемеші;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) ұжым басшысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) ұжым басшысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) суретші;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z40" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) хормейстер;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) әртіс</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z42" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) қоюшы-режиссер.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1810,31 +1853,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>