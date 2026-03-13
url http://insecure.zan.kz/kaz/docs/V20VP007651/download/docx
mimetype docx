--- v0 (2025-10-04)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7775722" w14:textId="7775722">
+    <w:p w14:paraId="e3539d6" w14:textId="e3539d6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,89 +102,214 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Шығыс Қазақстан облысы Тарбағатай ауданы әкімдігінің 2020 жылғы 1 қазандағы № 673 қаулысы. Шығыс Қазақстан облысының Әділет департаментінде 2020 жылғы 15 қазанда № 7651 болып тіркелді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z5" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ЗҚАИ-ның ескертпесі.</w:t>
-[...2 lines deleted...]
-        <w:br/>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      </w:t>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осы қаулының қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қараңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Құжаттың мәтінінде түпнұсқаның пунктуациясы мен орфографиясы сақталған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының 2017 жылғы 25 желтоқсандағы (Салық кодексі) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Кодексінің 529-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -219,155 +344,171 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 12 қарашадағы № 475 "Аймаққа бөлу коэффициентін есептеу әдістемесін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17847 тіркелген) сәйкес, Тарбағатай ауданының әкімдігі ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы қаулының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Тарбағатай ауданының елді мекендерінде салық салу объектісінің орналасқан жерін ескеретін аймаққа бөлу коэффициенттері бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы қаулының орындалуын бақылау жасауды аудан әкімінің орынбасары А.А. Аққазинға жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z10" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы қаулы 2021 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -385,51 +526,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Әкім </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -437,174 +578,224 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Смаилов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z12" w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "КЕЛІСІЛДІ" </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">"Қазақстан Республикасы қаржы </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Министірлігінің мемлекеттік кірістер </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Комитеті Шығыс Қазақстан облысы </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">бойынша мемлекеттік кірістер департаментінің </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Тарбағатай ауданы бойынша мемлекеттік </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">кірістер басқармасы" республикалық </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">мемлекттік мекемесінің басшысы К. Умаров </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"____" __________2020</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -638,8937 +829,4270 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 жылғы 1 қазаны № 673 </w:t>
+              <w:t xml:space="preserve">Тарбағатай ауданы әкімдігінің </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қаулысына қосымша</w:t>
+              <w:t xml:space="preserve">2020 жылғы 1 қазандағы </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 673 қаулысына </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тарбағатай ауданының елді мекендерінде салық салу объектісінің орналасқан жерін ескеретін аймаққа бөлу коэффициенті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда - Шығыс Қазақстан облысы Тарбағатай ауданы әкімдігінің 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 288</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізілсін).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3596"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5531"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="3173" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+     р/c №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Елдімекеннің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5531" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коэффициенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...105 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақжар ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:tcW w:w="5531" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақжар ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...104 lines deleted...]
-</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңатілеу ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...101 lines deleted...]
-2,0</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңалық ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...102 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұғыл ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...101 lines deleted...]
-1,15</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұғыл ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:tcW w:w="5531" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Байтоғас ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...105 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Маңырақ ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...101 lines deleted...]
-1,9</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Маңырақ ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...101 lines deleted...]
-1,6</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Даулетбай ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...105 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаауыл ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...101 lines deleted...]
-1,9</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаауыл ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...101 lines deleted...]
-1,7</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңаталап ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...101 lines deleted...]
-1,45</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ахметбұлак ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...101 lines deleted...]
-1,3</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сарыөлен ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...102 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жетіарал ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...104 lines deleted...]
-</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жетіарал ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...101 lines deleted...]
-1,9</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жанғызтал ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...101 lines deleted...]
-1,35</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Асусай ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...101 lines deleted...]
-1,8</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қамысты ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...105 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қабанбай ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...101 lines deleted...]
-1,8</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қабанбай ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:tcW w:w="5531" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шенгелді ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...104 lines deleted...]
-</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:tcW w:w="5531" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тәуке ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:tcW w:w="5531" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шорға ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...102 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарасу ауылыдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...104 lines deleted...]
-</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарасу ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...101 lines deleted...]
-1,6</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақмектеп ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...101 lines deleted...]
-1,25</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шолақорда ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...101 lines deleted...]
-1,6</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жолкурылыс ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...104 lines deleted...]
-</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарой ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...102 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құйған ауылдық округі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...101 lines deleted...]
-1,4</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құйған ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...101 lines deleted...]
-1,15</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалаңаш ауылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3596" w:type="dxa"/>
-[...4692 lines deleted...]
-            <w:tcW w:w="3173" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жамбыл ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5531" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9630,55 +5154,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>