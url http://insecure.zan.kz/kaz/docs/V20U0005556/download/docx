--- v0 (2025-11-10)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="23b49c3" w14:textId="23b49c3">
+    <w:p w14:paraId="d953c84" w14:textId="d953c84">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,61 +83,100 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2020-2021 оқу жылына техникалық және кәсіптік, орта білімнен кейінгі білімі бар кадрларды даярлауға арналған мемлекеттік білім беру тапсырысын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мерзімі біткен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Түркістан облысы әкiмдiгiнiң 2020 жылғы 9 сәуірдегі № 88 қаулысы. Түркістан облысының Әдiлет департаментiнде 2020 жылғы 9 сәуірде № 5556 болып тiркелдi</w:t>
+        <w:t>Түркістан облысы әкiмдiгiнiң 2020 жылғы 9 сәуірдегі № 88 қаулысы. Түркістан облысының Әдiлет департаментiнде 2020 жылғы 9 сәуірде № 5556 болып тiркелдi. Мерзімі өткендіктен қолданыс тоқтатылды</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының 2001 жылғы 23 қаңтардағы Заңының 27-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -304,62 +343,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы қаулы оның алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -367,51 +407,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Облыс әкімі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -424,51 +464,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ө. Шөкеев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -481,51 +521,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қ.Қ. Айтмұхаметов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -538,51 +578,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Ә.Е. Тұрғымбеков </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -595,51 +635,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Ж.Е. Аманбаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -652,51 +692,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      С.А. Қалқаманов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -709,51 +749,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      М.И. Мырзалиев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -766,51 +806,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Ұ.Қ. Тәжібаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -823,51 +863,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      А.А. Абдуллаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1044,180 +1084,181 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2020-2021 оқу жылына техникалық және кәсіптік, орта білімнен кейінгі білімі бар кадрларды даярлауға арналған мемлекеттік білім беру тапсырысы облыстық бюджет есебінен</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="568"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="1484"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Маман-дық коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мамандарды даярлау бағыттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1317,51 +1358,51 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1452,162 +1493,162 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орын саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оқыту нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -1746,87 +1787,87 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1860,2361 +1901,2333 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0100000 Білім беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0101000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мектепке дейінгі тәрбие және оқыту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26339,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30045,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34005,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37711,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0103000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дене тәрбиесі және спорт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26339,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30045,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34005,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37711,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0104000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кәсіптік білім беру (салалар бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26805,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30511,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34471,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38177,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0105000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бастауыш білім беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26339,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30045,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34005,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37711,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0111000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Негізгі орта білім беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26339,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30045,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34005,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37711,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0112000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Исламтану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26339,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30045,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34005,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4248,2577 +4261,2479 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0300000 Медицина, фармацевтика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0301000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Емдеу ісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының қоғамдық денсаулық басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0302000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Медбикелік іс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының қоғамдық денсаулық басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0400000 Өнер және мәдениет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0402000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дизайн (бейін бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0403000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әлеуметтік-мәдени қызметі және халықтық көркемдік шығармашылығы (бейін бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0413000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәндік-қолданбалы өнері және халықтық кәсіпшілік (бейін бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0415000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Зергерлік ісі (салалар бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6852,4393 +6767,4316 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0500000-Қызмет көрсету, экономика және басқару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0501000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әлеуметтік жұмыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26805,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30511,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34471,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38177,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0502000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Телекоммуникациялық құралдар мен тұрмыстық техникаларды жөндеу және қызмет көрсету (салалар бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26805,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30511,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34471,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38177,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0503000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Слесарлық іс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26805,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30511,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34471,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38177,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0506000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шаштараз өнері және сәндік косметика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0507000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қонақ үй шаруашылығына қызмет көрсету және ұйымдастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26805,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30511,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34471,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38177,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0508000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тамақтандыруды ұйымдастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0511000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туризм (салалар бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26805,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30511,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34471,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38177,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0518000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есеп және аудит (салалар бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының жұмыспен қамтуды үйлестіру және әлеуметтік бағдарламалар басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 221140,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0800000 Мұнай- газ және химия өндірісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0809000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мұнай және газ-кен орындарын пайдалану (бейін бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0814000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Полимерлік өндіріс технологиясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0816000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Химиялық технология және өндіріс (түрлері бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11272,1996 +11110,1968 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0900000 Энергетика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0901000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электр станциялары мен желілерінің электр жабдықтары (түрлері бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0902000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электрмен қамтамасыз ету (салалар бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0907000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жылу-техникалық жабдық және жылумен қамтамасыз ету жүйелері (түрлері бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0910000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электр және электр механикалық жабдықтар (түрлері бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0911000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Электр және электрлі механикалық жабдықтарды техникалық пайдалану, қызмет көрсету және жөндеу (түрлері бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13295,536 +13105,508 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1000000-Металлургия және машина жасау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1014000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Машина жасау технологиясы (түрлері бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13858,1996 +13640,1968 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1100000 Көлік (салалар бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1108000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Темір-жол жылжымалы құрамдарын пайдалану, жөндеу және техникалық қызмет көрсету (түрлері бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1109000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Токарлық іс және металл өңдеу (түрлері бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1112000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өнеркәсіп машиналары және жабдықтарын пайдалану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1114000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дәнекерлеу ісі (түрлері бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 275</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1115000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өндірістегі электрлік-механикалық жабдықтар (түрлері бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15881,3830 +15635,3781 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1200000 Өндіру, құрастыру, пайдалану және жөндеу (салалар бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1201000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автомобиль көлігіне техникалық қызмет көрсету, жөндеу және пайдалану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 275</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1202000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тасымалдауды ұйымдастыру және көлікте қозғалысты басқару (салалар бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1203000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Теміржол көлігінде тасымалдауды ұйымдастыру және қозғалысты басқару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1207000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Талшықты материалдарды өңдеу технологиясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1211000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тігін өндірісі және киімдерді үлгілеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 525</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1211000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тігін өндірісі және киімдерді үлгілеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының жұмыспен қамтуды үйлестіру және әлеуметтік бағдарламалар басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 221140,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1219000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нан пісіру, макарон және кондитерлік өндірісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1221000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балық өндірісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1224000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сүт өнімдерінің өндірісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1237000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеміс-жидектер мен көкеністерді сақтау және қайта өңдеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -19738,2748 +19443,2703 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1300000 Байланыс, телекоммуникация және ақпараттық технологиялар.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1302000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Автоматтандыру және басқару (бейін бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26805,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30511,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34471,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38177,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1303000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Темір жол көлігіндегі автоматика, телемеханика және қозғалысты басқару</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26805,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30511,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34471,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38177,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1304000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептеу техникасы және бағдарламалық қамтамасыз ету (түрлері бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 375</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26805,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30511,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34471,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38177,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1304000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептеу техникасы және бағдарламалық қамтамасыз ету (түрлері бойынша)</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(инклюзив)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46229,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53640,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58813,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66225,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1304000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есептеу техникасы және бағдарламалық қамтамасыз ету (түрлері бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының жұмыспен қамтуды үйлестіру және әлеуметтік бағдарламалар басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 221140,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
-[...111 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1305000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақпараттық жүйелер (қолдану саласы бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26805,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30511,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34471,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38177,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1306000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Радиоэлектроника және байланыс (түрлері бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26805,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30511,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34471,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22513,2361 +22173,2333 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1400000 Құрылыс және коммуналдық шаруашылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1401000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ғимараттар мен құрылымдарды салу және пайдалану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 53</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1402000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жол-құрылыс машиналарын техникалық пайдалану (түрлері бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1403000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ішкі санитарлық-техникалық құрылғыларды, желдеткіштерді және инженерлік жүйелерді монтаждау және пайдалану (түрлері бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1405000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Газбен қамтамасыз ету жабдықтары мен жүйелерін құрастыру және пайдалану</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1412000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрылыс бұйымдары мен құрастырылымдар өндірісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40738,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1414000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жиһаз өндірісі (түрлері бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29366,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 33072,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 37032,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24901,2361 +24533,2333 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1500000Ауыл шаруашылығы, ветеринария және экология</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
-[...150 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 58</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1502000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Агрономия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26805,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30511,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34471,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38177,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1504000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фермер шаруашылығы (бейін бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26805,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30511,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34471,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38177,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1505000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балық шаруашылығы (түрлері бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26805,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30511,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34471,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38177,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1509000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Экология және табиғатты қорғау қызметі (түрлері бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26805,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30511,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34471,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38177,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1510000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауыл шаруашылығын механикаландыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26805,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30511,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34471,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38177,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1585" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1513000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1792" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ветеринария</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="978" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Түркістан облысының адами әлеуетті дамыту басқармасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 350</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 күндізгі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1687" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26805,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1483" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 30511,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34471,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -27289,277 +26893,242 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="975" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7291</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="264" w:type="dxa"/>
-[...189 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
@@ -27590,55 +27159,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>