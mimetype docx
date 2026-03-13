--- v0 (2025-11-07)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="110b13f" w14:textId="110b13f">
+    <w:p w14:paraId="90e1df2" w14:textId="90e1df2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -328,62 +328,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы шешім алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -401,51 +402,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Қостанай ауданының әкімі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -628,50 +629,70 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - Қостанай облысы Қостанай ауданы әкімінің 13.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - Қостанай облысы Қостанай ауданы әкімінің 13.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 524 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z23" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1909,2534 +1930,2586 @@
         <w:t>
       Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Заречное ауылы, Ленин көшесі, 1, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Заречный мектеп - лицейі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:bookmarkStart w:name="z85" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 549 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z86" w:id="72"/>
-[...15 lines deleted...]
-      Заречное ауылының шекараларында: Ленин, Юбилейная, Спортивная, Луговая, Студенческая, 50 лет Октября, Речная, Степная, Молодежная, Набережная, Садовая, Северный көшелері.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заречное ауылының шекаралары: Ленин, Юбилейная, Спортивная, Луговая, Студенческая, 50 лет Октября, Речная, Степная, Молодежная, Набережная, Садовая, Северная көшелері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Заречное ауылы, Ленин көшесі, 6, "Современник" мәдениет үйінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 550 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z87" w:id="73"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Заречное ауылы, Юбилейная көшесі, 12, "Заречное" ауыл шаруашылығы тәжірибе станциясы" жауапкершілігі шектеулі серіктестігінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z89" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Новоселовка ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z88" w:id="74"/>
-[...15 lines deleted...]
-      № 550 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z90" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Новоселовка ауылы, Пионерская көшесі, 16, Қостанай ауданы әкімдігінің "Мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Қостанай аудандық орталықтандырылған кітапхана жүйесі" мемлекеттік мекемесі Новоселовка ауылдық қітапханасының ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z89" w:id="75"/>
-[...15 lines deleted...]
-      Шекараларында: Новоселовка ауылы.</w:t>
+    <w:bookmarkStart w:name="z91" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 551 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z90" w:id="76"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Новоселовка ауылы, Пионерская көшесі, 16, Қостанай ауданы әкімдігінің "Мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Қостанай аудандық орталықтандырылған кітапхана жүйесі" мемлекеттік мекемесі Новоселовка ауылдық қітапханасының ғимараты.</w:t>
+    <w:bookmarkStart w:name="z92" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Осиновка ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z91" w:id="77"/>
-[...15 lines deleted...]
-      № 551 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z93" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Осиновка ауылы, Школьная көшесі, 1.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z92" w:id="78"/>
-[...15 lines deleted...]
-      Шекараларында: Осиновка ауылы.</w:t>
+    <w:bookmarkStart w:name="z94" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 552 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z93" w:id="79"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Осиновка ауылы, Школьная көшесі, 1.</w:t>
+    <w:bookmarkStart w:name="z95" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Рыспай ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z94" w:id="80"/>
-[...15 lines deleted...]
-      № 552 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z96" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері:Қостанай облысы, Қостанай ауданы, Рыспай ауылы, Школьная көшесі, 3, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Рыспай негізгі орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z95" w:id="81"/>
-[...15 lines deleted...]
-      Шекараларында: Рыспай ауылы.</w:t>
+    <w:bookmarkStart w:name="z97" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 553 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z96" w:id="82"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері:Қостанай облысы, Қостанай ауданы, Рыспай ауылы, Школьная көшесі, 3, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Рыспай негізгі орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z98" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Талапкер ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z97" w:id="83"/>
-[...15 lines deleted...]
-      № 553 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z99" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Талапкер ауылы, Школьная көшесі, 1.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z98" w:id="84"/>
-[...15 lines deleted...]
-      Шекараларында: Талапкер ауылы.</w:t>
+    <w:bookmarkStart w:name="z100" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 554 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z99" w:id="85"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Талапкер ауылы, Школьная көшесі, 1.</w:t>
+    <w:bookmarkStart w:name="z101" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тобыл қаласының шекараларында: Попович көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, жұп жағы 2, 4, 6, 8, 10, 12, 14, Чапаев көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 35 А, 37, 39, 41, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 20/1, 22, 24, 26, 28, 30, 32, 34, 36, 36/1, Красноармейская көшесінің тақ жағы 1, 1 А, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 31/1, жұп жағы 2, 2 А, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 30/1, 30/2, 30/3, 30/4, 30/5, 30/6, 30 А, Терешкова көшесінің тақ жағы 15/1, 15/2, 15/3, Дорожная көшесінің тақ жағы 15, 17, 19, 21, 23, 25, 27, 29, 31, жұп жағы 6, 8, 10, 12, 14, 16, 18, Жамбыл көшесінің тақ жағы 17, 19, 19 А, 21, жұп жағы 14, 16, 18, 20, 22, 24, 40 лет Октября көшесінің тақ жағы 21, 23, 25, 27, 29, жұп жағы 24, 26, 26/1, 26/2, 26 А, Павлов көшесінің тақ жағы 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 109, жұп жағы 2, 4, 6, 8, 10, 12, 12 А, 14, 14/1, 16, 18, 20, 22, 24, 24 А, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, Ленин көшесінің тақ жағы 95, 97, 99, 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, жұп жағы 90, 92, 94, 96, 98, 100, 102, 104, 106, 108, 110, 112, 114, 116, 118, 120, 122, 124, 126, 128, 130, 132, 134, 136, 138, 140, 142, 144, 146, 148, 150, 152, 154, Озерный көшесінің тақ жағы 1, 1 А, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, жұп жағы 2, 4, 6, 8, 10, 10 А, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, Куйбышевский, Ленин, Озерный тұйық көшелері.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z100" w:id="86"/>
-[...15 lines deleted...]
-      № 554 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z102" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Терешкова көшесі, 15/4, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауыл шаруашылығы колледжі" коммуналдық мемлекеттік қазыналық кәсіпорнының ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z101" w:id="87"/>
-[...15 lines deleted...]
-      Тобыл қаласының шекараларында: Попович көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, жұп жағы 2, 4, 6, 8, 10, 12, 14, Чапаев көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 35 А, 37, 39, 41, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 20/1, 22, 24, 26, 28, 30, 32, 34, 36, 36/1, Красноармейская көшесінің тақ жағы 1, 1 А, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 31/1, жұп жағы 2, 2 А, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 30/1, 30/2, 30/3, 30/4, 30/5, 30/6, 30 А, Терешкова көшесінің тақ жағы 15/1, 15/2, 15/3, Дорожная көшесінің тақ жағы 15, 17, 19, 21, 23, 25, 27, 29, 31, жұп жағы 6, 8, 10, 12, 14, 16, 18, Жамбыл көшесінің тақ жағы 17, 19, 19 А, 21, жұп жағы 14, 16, 18, 20, 22, 24, 40 лет Октября көшесінің тақ жағы 21, 23, 25, 27, 29, жұп жағы 24, 26, 26/1, 26/2, 26 А, Павлов көшесінің тақ жағы 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 109, жұп жағы 2, 4, 6, 8, 10, 12, 12 А, 14, 14/1, 16, 18, 20, 22, 24, 24 А, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, Ленин көшесінің тақ жағы 95, 97, 99, 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, жұп жағы 90, 92, 94, 96, 98, 100, 102, 104, 106, 108, 110, 112, 114, 116, 118, 120, 122, 124, 126, 128, 130, 132, 134, 136, 138, 140, 142, 144, 146, 148, 150, 152, 154, Озерный көшесінің тақ жағы 1, 1 А, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, жұп жағы 2, 4, 6, 8, 10, 10 А, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, Куйбышевский, Ленин, Озерный тұйық көшелері.</w:t>
+    <w:bookmarkStart w:name="z103" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 555 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z102" w:id="88"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Терешкова көшесі, 15/4, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауыл шаруашылығы колледжі" коммуналдық мемлекеттік қазыналық кәсіпорнының ғимараты.</w:t>
+    <w:bookmarkStart w:name="z104" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тобыл қаласының шекараларында: Космонавтов көшесі 1, 1/1, 2, 2 Б, 2 В, 3, 3 В, 4, 5/1, 5/2, 6, 8, 10, Дружбы көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 15/1, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, Строительная көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 13/1, 15, 21, жұп жағы 2, 2 А, 4, 6, 8, 14, 14/1, 16, 18, Леонова көшесінің тақ жағы 1, 3, 5, 7, 9, 17, жұп жағы 2, 2/1, 2 А, 2 В, 4, 4/1, 4/3, 4/4, 4 А, 6, 6 А, 6 В, 8, 10, 12, 14, 16, 16 А, 18, 20, 22, 24, 26, Обручева көшесі 1, 3, 5, 7, 9, 11, 12, 13, 14, 15, 16, Механизаторов көшесінің тақ жағы 1/1, 1/2, 1/3, 1/4, 3, 3/1, 3/4, 5, 7, 9, 15, 27, Целинная көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, Терешкова көшесінің тақ жағы 1, 1 А, 3, 5, 7, 9, 13, 15, жұп жағы 2, 4, 6, 8, 10, 12, 12 А, 14, 16, 18, 18/1, 20/11, 20/12, 20/13, Савицкой көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, жұп жағы 4, 6, 8, 12, 12 Б, 12 В, 14, 16, 18, СПТУ 9 көшесі 1, 2, 3, 4, 6, 40 лет Октября көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 15/1, 17, 19, 19/1, жұп жағы 2, 4, 6, 8, 10, 12, 14, 14/1, 14 А, 16, 18, 20, 22, Жамбыл көшесінің тақ жағы 1, 1/1, 3, 5, 7, 9, 11, 13, 13 А, 15, жұп жағы 2, 4, 4/1, 6, 8, 10, 12, Дорожная көшесінің тақ жағы 1, 1 А, 1 Б, 3, 3 А, 5, 7, 9, 11, 13, Строительный тұйық көшесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z103" w:id="89"/>
-[...15 lines deleted...]
-      № 555 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z105" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесі орналасқан жердің мекенжайы: Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Терешкова көшесі, 15/4, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауыл шаруашылығы колледжі" коммуналдық мемлекеттік қазыналық кәсіпорнының ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z104" w:id="90"/>
-[...15 lines deleted...]
-      Тобыл қаласының шекараларында: Космонавтов көшесі 1, 1/1, 2, 2 Б, 2 В, 3, 3 В, 4, 5/1, 5/2, 6, 8, 10, Дружбы көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 15/1, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, Строительная көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 13/1, 15, 21, жұп жағы 2, 2 А, 4, 6, 8, 14, 14/1, 16, 18, Леонова көшесінің тақ жағы 1, 3, 5, 7, 9, 17, жұп жағы 2, 2/1, 2 А, 2 В, 4, 4/1, 4/3, 4/4, 4 А, 6, 6 А, 6 В, 8, 10, 12, 14, 16, 16 А, 18, 20, 22, 24, 26, Обручева көшесі 1, 3, 5, 7, 9, 11, 12, 13, 14, 15, 16, Механизаторов көшесінің тақ жағы 1/1, 1/2, 1/3, 1/4, 3, 3/1, 3/4, 5, 7, 9, 15, 27, Целинная көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, Терешкова көшесінің тақ жағы 1, 1 А, 3, 5, 7, 9, 13, 15, жұп жағы 2, 4, 6, 8, 10, 12, 12 А, 14, 16, 18, 18/1, 20/11, 20/12, 20/13, Савицкой көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, жұп жағы 4, 6, 8, 12, 12 Б, 12 В, 14, 16, 18, СПТУ 9 көшесі 1, 2, 3, 4, 6, 40 лет Октября көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 15/1, 17, 19, 19/1, жұп жағы 2, 4, 6, 8, 10, 12, 14, 14/1, 14 А, 16, 18, 20, 22, Жамбыл көшесінің тақ жағы 1, 1/1, 3, 5, 7, 9, 11, 13, 13 А, 15, жұп жағы 2, 4, 4/1, 6, 8, 10, 12, Дорожная көшесінің тақ жағы 1, 1 А, 1 Б, 3, 3 А, 5, 7, 9, 11, 13, Строительный тұйық көшесі.</w:t>
+    <w:bookmarkStart w:name="z106" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 556 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z105" w:id="91"/>
-[...15 lines deleted...]
-      Сайлау учаскесі орналасқан жердің мекенжайы: Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Терешкова көшесі, 15/4, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауыл шаруашылығы колледжі" коммуналдық мемлекеттік қазыналық кәсіпорнының ғимараты.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тобыл қаласының шекарасында: Попович көшесі тақ жағы 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 131 А, 133, 135, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 165, 167, 169, жұп жағы 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 102, 104, 106, 108, 110, 112, 114, 116, 118, 120, 122, 124, Молодежная көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, Молодежная көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, Терешкова көшесі тақ жағы 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 57/1, 57 А, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, жұп жағы 44, 46, 48, 48/1, 50, 52, 54, 56, 58, 60, 60/1, 60/4, 62, 64, 66, 68, 70, 72, 74, 76, 78, 78/1, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 102, Волынов көшесі, тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, Тәуелсіздік көшесі 59, 61, 63, 67, 69, 69 Б, Геологическая көшесі тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Тәуелсіздік көшесі, 55, "Қостанай ауданы Тобыл қаласы әкімінің аппараты" мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 557 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z106" w:id="92"/>
-[...15 lines deleted...]
-      № 556 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z110" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тобыл қаласының шекараларында: Калабаева көшесінің тақ жағы 13, 13/1, 13/2, 15, 15/1, 17, 19, 21, 21/1, Герцен көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 47 А, 49, жұп жағы 2, 4, 6, 12, 14, 14 А, 16, 18, 20, 20 А, 22, 24, 26, 28, 30, 32, 34, 36, 36/1, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 70, Горький көшесінің тақ жағы 1, 1/1, 1/4, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, жұп жағы 2, 2/6, 4, 4 А, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 24/1, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 80, Л. Беды көшесінің тақ жағы 1, 1/1, 1 А, 1 Б, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 23 А, 25, 27, 29, 29 А, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, жұп жағы 2, 2/9, 4, 6, 8, 10, 12/1, 14, 18, 18/1, 24 А, 24 Б, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, Восточная көшесінің тақ жағы 1, 1/7, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, жұп жағы 2, 4, 6, 8, 8/1, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 48, 50, 52, 54, 56, 58, 60, Фрунзе көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19/1, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 52/1, Әуезов көшесінің тақ жағы 1, 1/1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, Восточный шағын ауданы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z107" w:id="93"/>
-[...15 lines deleted...]
-      Тобыл қаласының шекараларында: Попович көшесінің тақ жағы 109, 111, 113, 115, 117, 117 А, 119, 121, 123, 125, 127, 129, 131, 131 А, 133, 133 А, 135, 137, 139, 141, 143, 143 А,145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 165, 167, 169, жұп жағы 80, 80/1, 80/2, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 102, 104, 106, 108, 110, 112, 114, 116, 118, 120, 122, 124, Молодежная көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 17 А, 18, 18/1, 19, 20, 20 А, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, Новый көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19 А, 20, 20/1, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 53/1, 54, 55, 56, 57, 58, 59, 60, 61, 62, Терешкова көшесінің тақ жағы 21, 23, 25, 27, 29, 31, 33, 33 А, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 57/1, 57 А, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, жұп жағы 44, 46, 48, 48/1, 50, 52, 54, 56, 58, 60, 60/1, 60/4, 62, 64, 66, 68, 70, 72, 74, 76, 78, 78/1, 80, 82, 84, 86, 86/1, 88, 90, 92, 94, 96, 98, 100, 102, 104, 106, 108, Волынов көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, четная сторона 2, 2/1, 2/2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, Тәуелсіздік көшесі 59, 61, 63, 67, 69, 69/1, 69 Б, 71/1, Геологическая көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20.</w:t>
+    <w:bookmarkStart w:name="z111" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Калабаева көшесі, 3 А, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімі Тобыл қаласының мектеп - гимназиясы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z108" w:id="94"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Тәуелсіздік көшесі, 63 А, "Қостанай ауданы әкімдігінің Тұрғын үй -коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімі" мемлекеттік мекемесінің "Затобол жылу энергетикалық компаниясы" коммуналдық мемлекеттік кәсіпорнының ғимараты.</w:t>
+    <w:bookmarkStart w:name="z112" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 558 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z109" w:id="95"/>
-[...15 lines deleted...]
-      № 557 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z113" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тобыл қаласының шекараларында: Ленин көшесінің тақ жағы 261, 263, 265, 267, 269, 271, 273, 275, 277, 279, 279/1, 281, 283, 285, 287, 289, 291, 293, 295, 297, 299, 301, 301/1, 303, 305, 305/1, 307, 309, 311, 313, 315, 317, 319, 321, 323, 325, жұп жағы 242, 244, 246, 248, 250, 252, 256, 258, 260, 260/1, 262, 264, 264/1, 266, 268, 270, 272, 274, 276, 278, 280, 282, 284, 286, 288, 290, 292, 294, 296, 298, 300, 302, 304, 306, 308, 310, 312, 314, 316, Казахская көшесінің тақ жағы 1, 3, 5, 5/1, 5 А, 7, 7/1, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33 ,35, 37, 39, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, Павлов көшесінің тақ жағы 175, 177, 179, 181, 183, 185, 187, 189, 191, 193, 195, 197, 199, 201, 203, 205, 207, 209, 211, 213, 215, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 237, 239, жұп жағы 128, 130, 132, 134, 136, 138, 140, 142, 144, 146, 148, 148/1, 150, 152, 154, 156, 158, 160, 162, 164, 168, 170, 172, 174, 176, 178, 180, 182, 184, 186, 188, 190, 192, 194, 196, 198, 200, 40 лет Октября көшесінің тақ жағы 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 127 А, 129, 131, 133, 135, 137, 139, 139/1, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 167, 171, 173, жұп жағы 76, 76/2, 78, 80, 82, 84, 86, 88, 90, 92, 92/1, 94, 96, 96/1, 98, 100, 102, 104, 106, 108, 110, 112, 114, 116, 118, 120, 122, 124, Киров көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, Гагарин көшесі 1, 1/1, 1/2, 1/3, 1 А, 2, 3, 4, 5, 6, 7, 8, 9, 10, 10/1, 10/2, 10/3, 10/4, 10/5, 10/6, 10/7, 10 А, 11, 11 А, 11 Б, 12, 13, 14, 15, 15/1, 16, 17, 18, 19, 20, 20/1, 20/2, 20/4, 20/5, 20/6, 21, 22, 23, 24, 24/1, 24/2, 24/5, 24/6, 25, 25/1, 25/3, 25/4, 25/5, 25/6, 25/7, 25/9, 26, 27, 28, 29, Пушкин көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, Набережная көшесінің тақ жағы 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 97 А, 97 Б, 99, 101, 101 А, 103, 103 А, 105, 105 А,107, 107 А, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 137 А, 139, 141, 143, 145, 147, 149, 151, 151/1, 153, 155, 157, 159, 161, 163, 165, 167, 169, 171, 173, 175, 177, 179, 181, 183, 185, жұп жағы 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 62, 64, 66, 68,70, 72, 74, 76, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, Титов көшесінің тақ жағы 1, 1/1, 1/2, 1/3, 1/4, 1/5, 1/6, 1/7, 1/8, 1/9, 1/10, 1/11, 1/12, 1 Б, 1 Г, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, жұп жағы 2, 2 А, 2 Б, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, Титов тұйық көшесі, Матросов көшесінің жұп жағы 2, 2/1, 4, 6, 8, 10, 12, 14, Северная көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 23/1, 25, 27, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, Морозов көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 23/1, 25, 27, 29, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 1 Мая көшесінің тақ жағы 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, жұп жағы 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, Комсомольская көшесінің тақ жағы 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, жұп жағы 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, Шевченко көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, Тәуелсіздік көшесінің тақ жағы 23, 25, 27, 27 А, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 49/2, 49/3, 51 Д, 53 Б, Ворошилов көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 11 А, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, Комсомольский тұйық көшесі 22, 24, 26, 28, 30, 32, 32 А, Набережный тұйық көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, Киров тұйық көшесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z110" w:id="96"/>
-[...15 lines deleted...]
-      Тобыл қаласының шекараларында: Калабаева көшесінің тақ жағы 13, 13/1, 13/2, 15, 15/1, 17, 19, 21, 21/1, Герцен көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 47 А, 49, жұп жағы 2, 4, 6, 12, 14, 14 А, 16, 18, 20, 20 А, 22, 24, 26, 28, 30, 32, 34, 36, 36/1, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 70, Горький көшесінің тақ жағы 1, 1/1, 1/4, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, жұп жағы 2, 2/6, 4, 4 А, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 24/1, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 80, Л. Беды көшесінің тақ жағы 1, 1/1, 1 А, 1 Б, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 23 А, 25, 27, 29, 29 А, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, жұп жағы 2, 2/9, 4, 6, 8, 10, 12/1, 14, 18, 18/1, 24 А, 24 Б, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, Восточная көшесінің тақ жағы 1, 1/7, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, жұп жағы 2, 4, 6, 8, 8/1, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 48, 50, 52, 54, 56, 58, 60, Фрунзе көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19/1, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 52/1, Әуезов көшесінің тақ жағы 1, 1/1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, Восточный шағын ауданы.</w:t>
+    <w:bookmarkStart w:name="z114" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Тәуелсіздік көшесі, 53/5, Қостанай ауданы әкімдігінің Дене шынықтыру және спорт бөлімі "Қостанай аудандық балалар - жасөспірімдер спорт мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z111" w:id="97"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Калабаева көшесі, 3 А, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімі Тобыл қаласының мектеп - гимназиясы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z115" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 560 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z112" w:id="98"/>
-[...15 lines deleted...]
-      № 558 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z116" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тобыл қаласының шекараларында: Тәуелсіздік көшесі 53 А, 53/1, 53/2, 53/3, 53/4, Чехов көшесінің тақ жағы 1, 1 А, 1 Б, 1 В, 1/1, 1/2, 1/3, 3, 5, 5/1, 5/2, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 41/1, 43, 45, 47, 49, 51, 53, 55, 57, 59, 59 А, 61, жұп жағы 2, 4, 6, 6/1, 8, 8/1, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 38 А, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, Попович көшесінің тақ жағы 69, 69/1, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 105, 105/1, 107, 107 А, 109 А, жұп жағы 66, 68, 70, 72, 74, 76, 78, 78/1, Комаров көшесі 1, 1 А, 2, 2 А, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, Островский көшесі, Попович тұйық көшесі, Нұрай шағын ауданы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z113" w:id="99"/>
-[...15 lines deleted...]
-      Тобыл қаласының шекараларында: Ленин көшесінің тақ жағы 261, 263, 265, 267, 269, 271, 273, 275, 277, 279, 279/1, 281, 283, 285, 287, 289, 291, 293, 295, 297, 299, 301, 301/1, 303, 305, 305/1, 307, 309, 311, 313, 315, 317, 319, 321, 323, 325, жұп жағы 242, 244, 246, 248, 250, 252, 256, 258, 260, 260/1, 262, 264, 264/1, 266, 268, 270, 272, 274, 276, 278, 280, 282, 284, 286, 288, 290, 292, 294, 296, 298, 300, 302, 304, 306, 308, 310, 312, 314, 316, Казахская көшесінің тақ жағы 1, 3, 5, 5/1, 5 А, 7, 7/1, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33 ,35, 37, 39, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, Павлов көшесінің тақ жағы 175, 177, 179, 181, 183, 185, 187, 189, 191, 193, 195, 197, 199, 201, 203, 205, 207, 209, 211, 213, 215, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 237, 239, жұп жағы 128, 130, 132, 134, 136, 138, 140, 142, 144, 146, 148, 148/1, 150, 152, 154, 156, 158, 160, 162, 164, 168, 170, 172, 174, 176, 178, 180, 182, 184, 186, 188, 190, 192, 194, 196, 198, 200, 40 лет Октября көшесінің тақ жағы 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 127 А, 129, 131, 133, 135, 137, 139, 139/1, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 167, 171, 173, жұп жағы 76, 76/2, 78, 80, 82, 84, 86, 88, 90, 92, 92/1, 94, 96, 96/1, 98, 100, 102, 104, 106, 108, 110, 112, 114, 116, 118, 120, 122, 124, Киров көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, Гагарин көшесі 1, 1/1, 1/2, 1/3, 1 А, 2, 3, 4, 5, 6, 7, 8, 9, 10, 10/1, 10/2, 10/3, 10/4, 10/5, 10/6, 10/7, 10 А, 11, 11 А, 11 Б, 12, 13, 14, 15, 15/1, 16, 17, 18, 19, 20, 20/1, 20/2, 20/4, 20/5, 20/6, 21, 22, 23, 24, 24/1, 24/2, 24/5, 24/6, 25, 25/1, 25/3, 25/4, 25/5, 25/6, 25/7, 25/9, 26, 27, 28, 29, Пушкин көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, Набережная көшесінің тақ жағы 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 97 А, 97 Б, 99, 101, 101 А, 103, 103 А, 105, 105 А,107, 107 А, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 137 А, 139, 141, 143, 145, 147, 149, 151, 151/1, 153, 155, 157, 159, 161, 163, 165, 167, 169, 171, 173, 175, 177, 179, 181, 183, 185, жұп жағы 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 62, 64, 66, 68,70, 72, 74, 76, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, Титов көшесінің тақ жағы 1, 1/1, 1/2, 1/3, 1/4, 1/5, 1/6, 1/7, 1/8, 1/9, 1/10, 1/11, 1/12, 1 Б, 1 Г, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, жұп жағы 2, 2 А, 2 Б, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, Титов тұйық көшесі, Матросов көшесінің жұп жағы 2, 2/1, 4, 6, 8, 10, 12, 14, Северная көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 23/1, 25, 27, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, Морозов көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 23/1, 25, 27, 29, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 1 Мая көшесінің тақ жағы 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, жұп жағы 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, Комсомольская көшесінің тақ жағы 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, жұп жағы 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, Шевченко көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, Тәуелсіздік көшесінің тақ жағы 23, 25, 27, 27 А, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 49/2, 49/3, 51 Д, 53 Б, Ворошилов көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 11 А, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, Комсомольский тұйық көшесі 22, 24, 26, 28, 30, 32, 32 А, Набережный тұйық көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, Киров тұйық көшесі.</w:t>
+    <w:bookmarkStart w:name="z117" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Тәуелсіздік көшесі, 65/2 ғимарат, Қостанай ауданы әкімдігінің Дене шынықтыру және спорт бөлімі "Қостанай аудандық балалар - жасөспірімдер спорт мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z114" w:id="100"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Тәуелсіздік көшесі, 53/5, Қостанай ауданы әкімдігінің Дене шынықтыру және спорт бөлімі "Қостанай аудандық балалар - жасөспірімдер спорт мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z118" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 561 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z115" w:id="101"/>
-[...15 lines deleted...]
-      № 560 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z119" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тобыл қаласының шекараларында: Тәуелсіздік көшесінің жұп жағы 24, 26, 28, 28/1, 30, 32, 34, 36, 38, 40, 44, 46, 48, 50, 52, 54, 56, 56 А, 58, 60, 62, 64, 66, 68, 72, Озерный көшесінің тақ жағы 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 85 А, 87, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, жұп жағы 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, Советская көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 67 А, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, Ленин көшесінің тақ жағы 163, 163 А, 165, 167, 169, 171, 173, 175, 177, 179, 181, 183, 185, 187, 189, 191, 193, 195, 197, 199, 201, 203, 205, 207, 209, 211, 213, 215, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 237, 239, 241, 243, 245, 245 А, 247, 249, 251, 251/1, 253, 255, 511/1, жұп жағы 156, 158, 160, 162, 164, 166, 168, 170, 172, 174, 176, 178, 180, 182, 184, 186, 188, 190, 192, 194, 196, 198, 200, 202, 204, 206, 208, 210, 212, 214, 216, 218, 220, 222, 224, 226, 228, 230, 232, 234, 236, 238, 240, Жеңіс алаңының тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, жұп жағы 2, 4, 6, 8, Павлов көшесінің тақ жағы 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 165, 167, 169, 171, 173, жұп жағы 52, 54, 56, 58, 58 А, 60, 62, 64, 66, 68, 70, 72, 72 А, 74, 74 Б, 74/1, 76, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 102, 102 А, 104, 106, 108, 110, 112, 114, 116, 118, 118 А, 120, 122, 124, 126, 40 лет Октября көшесінің тақ жағы 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 59, 61, 63, 65, 67, 69, 71, 73, 73/1, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, жұп жағы 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 50/1, 52, 54, 58, 60, 62, 64, 66, 68, 70, 72, Жамбыл көшесінің тақ жағы 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 63, жұп жағы 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, Дорожная көшесінің тақ жағы 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, жұп жағы 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, Попович көшесінің тақ жағы 15, 17, 19, 19 Б, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, жұп жағы 16, 18, 20, 22, 24, 26, 28, 28 А, 30, 32, 34, 34 А, 36, 36/1, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, Школьная көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 13 А, 15, 17, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 53/1, 53/2, 53/3, 53/4, 55, 55/1, 57, 59, жұп жағы 2, 4, 8, 10, 12, 14, 16, 18, 20, 22, 22/1, 24, 24/1, 26, 26/1, 28, 30, 32, 34, 36, Школьный, Почтовый, Павловский, Пионерский тұйық көшелері.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z116" w:id="102"/>
-[...15 lines deleted...]
-      Тобыл қаласының шекараларында: Тәуелсіздік көшесі 53 А, 53/1, 53/2, 53/3, 53/4, Чехов көшесінің тақ жағы 1, 1 А, 1 Б, 1 В, 1/1, 1/2, 1/3, 3, 5, 5/1, 5/2, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 41/1, 43, 45, 47, 49, 51, 53, 55, 57, 59, 59 А, 61, жұп жағы 2, 4, 6, 6/1, 8, 8/1, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 38 А, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, Попович көшесінің тақ жағы 69, 69/1, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 105, 105/1, 107, 107 А, 109 А, жұп жағы 66, 68, 70, 72, 74, 76, 78, 78/1, Комаров көшесі 1, 1 А, 2, 2 А, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, Островский көшесі, Попович тұйық көшесі, Нұрай шағын ауданы.</w:t>
+    <w:bookmarkStart w:name="z120" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Школьная көшесі, 40, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімі Тобыл қаласының № 2 жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z117" w:id="103"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Тәуелсіздік көшесі, 65/2 ғимарат, Қостанай ауданы әкімдігінің Дене шынықтыру және спорт бөлімі "Қостанай аудандық балалар - жасөспірімдер спорт мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z121" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 562 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z118" w:id="104"/>
-[...15 lines deleted...]
-      № 561 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z122" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тобыл қаласының шекараларында: Кирпичная көшесі 1, 2, 4, 5, 5 А, 12, 50, 51, 53, 55, 57, 59, 59 А, 61, 61/1, 61 А, 62, 66, 66/2, 66 А, 67, 69, 81, 87, 89, Лесная көшесінің тақ жағы 1, 1 А, 3, 3 А, 5, 7, 9, 11, 13, 15, 17, 21, 21 А, 23, 25, 27, 29, 31, 33, 33/1, 35, 37, 41, 43, 45, 49, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 38, Комсомольская көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, жұп жағы 2, 4, 6, 8, 10, 12, Афанасьева көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 53 А, 55, 57, 59, 61, 63, 65, 67, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, Тәуелсіздік көшесі 1, 2, 3, 4, 5, 6, 7, 8, 10, 11, 12, 13, 14, 15, 16, 16 Б, 16 В, 17, 18, 19, 20, 21, 22, 8 Марта көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, Крестьянская көшесінің тақ жағы 1, 3, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, жұп жағы 2, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, Набережная көшесінің тақ жағы 1, 3, 3 А, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, Маяковский көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 1 Мая көшесі 1, 2, 3, 4, 5, 6, 7, 8, Первомайский, Комсомольский тұйық көшелері 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, "Тимирязева" бау - бақша серіктестігі" тұтыну кооперативі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z119" w:id="105"/>
-[...15 lines deleted...]
-      Тобыл қаласының шекараларында: Тәуелсіздік көшесінің жұп жағы 24, 26, 28, 28/1, 30, 32, 34, 36, 38, 40, 44, 46, 48, 50, 52, 54, 56, 56 А, 58, 60, 62, 64, 66, 68, 72, Озерный көшесінің тақ жағы 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 85 А, 87, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, жұп жағы 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, Советская көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 67 А, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, Ленин көшесінің тақ жағы 163, 163 А, 165, 167, 169, 171, 173, 175, 177, 179, 181, 183, 185, 187, 189, 191, 193, 195, 197, 199, 201, 203, 205, 207, 209, 211, 213, 215, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 237, 239, 241, 243, 245, 245 А, 247, 249, 251, 251/1, 253, 255, 511/1, жұп жағы 156, 158, 160, 162, 164, 166, 168, 170, 172, 174, 176, 178, 180, 182, 184, 186, 188, 190, 192, 194, 196, 198, 200, 202, 204, 206, 208, 210, 212, 214, 216, 218, 220, 222, 224, 226, 228, 230, 232, 234, 236, 238, 240, Жеңіс алаңының тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, жұп жағы 2, 4, 6, 8, Павлов көшесінің тақ жағы 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 165, 167, 169, 171, 173, жұп жағы 52, 54, 56, 58, 58 А, 60, 62, 64, 66, 68, 70, 72, 72 А, 74, 74 Б, 74/1, 76, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 102, 102 А, 104, 106, 108, 110, 112, 114, 116, 118, 118 А, 120, 122, 124, 126, 40 лет Октября көшесінің тақ жағы 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 59, 61, 63, 65, 67, 69, 71, 73, 73/1, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, жұп жағы 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 50/1, 52, 54, 58, 60, 62, 64, 66, 68, 70, 72, Жамбыл көшесінің тақ жағы 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 63, жұп жағы 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, Дорожная көшесінің тақ жағы 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, жұп жағы 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, Попович көшесінің тақ жағы 15, 17, 19, 19 Б, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, жұп жағы 16, 18, 20, 22, 24, 26, 28, 28 А, 30, 32, 34, 34 А, 36, 36/1, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, Школьная көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 13 А, 15, 17, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 53/1, 53/2, 53/3, 53/4, 55, 55/1, 57, 59, жұп жағы 2, 4, 8, 10, 12, 14, 16, 18, 20, 22, 22/1, 24, 24/1, 26, 26/1, 28, 30, 32, 34, 36, Школьный, Почтовый, Павловский, Пионерский тұйық көшелері.</w:t>
+    <w:bookmarkStart w:name="z123" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Школьная көшесі, 1, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімі Тобыл қаласының № 1 жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z120" w:id="106"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Школьная көшесі, 40, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімі Тобыл қаласының № 2 жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z124" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 563 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z121" w:id="107"/>
-[...15 lines deleted...]
-      № 562 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z125" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тобыл қаласының шекараларында: Ленин көшесінің тақ жағы 1, 1 А, 1 Б, 3, 3 А, 5, 5 А, 7, 7 А, 9, 11, 13, 13 А, 15, 15 А, 17, 17 А, 19, 19 А, 21, 21 А, 23, 23 А, 25, 25 А, 27, 27 А, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 78, 80, 82, 84, 86, 88, Павлов көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 17 А, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, Семина көшесі 3, 6, 13, 15, 21, Заречная көшесі 2, 3, 4, 5, 6, 7, 8, 9/1, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, Урожайная көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22/1, 23, 24, 25, 26, 27, 28, Чайковский көшесі 1, 2, 3, 4, Мичурин көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, Спортивная көшесі 1, 2, 2 А, 3, 4, 5, 5/1, 5 А, 6, 7, 7 А, 8, 9, 9/1, 10, 11, 12, 13, 14, 15, 15/1, Алтынсарин шағын ауданының тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 27/1, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 78, 80, Механизаторов көшесінің жұп жағы 10, 16, 18, 20, 26, 28, 30, 34, 44, 46, 48, 58, 66, 86, 90, 94, 110, 120, 136, 142, 144.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z122" w:id="108"/>
-[...15 lines deleted...]
-      Тобыл қаласының шекараларында: Кирпичная көшесі 1, 2, 4, 5, 5 А, 12, 50, 51, 53, 55, 57, 59, 59 А, 61, 61/1, 61 А, 62, 66, 66/2, 66 А, 67, 69, 81, 87, 89, Лесная көшесінің тақ жағы 1, 1 А, 3, 3 А, 5, 7, 9, 11, 13, 15, 17, 21, 21 А, 23, 25, 27, 29, 31, 33, 33/1, 35, 37, 41, 43, 45, 49, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 38, Комсомольская көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, жұп жағы 2, 4, 6, 8, 10, 12, Афанасьева көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 53 А, 55, 57, 59, 61, 63, 65, 67, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, Тәуелсіздік көшесі 1, 2, 3, 4, 5, 6, 7, 8, 10, 11, 12, 13, 14, 15, 16, 16 Б, 16 В, 17, 18, 19, 20, 21, 22, 8 Марта көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, Крестьянская көшесінің тақ жағы 1, 3, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, жұп жағы 2, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, Набережная көшесінің тақ жағы 1, 3, 3 А, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, Маяковский көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 1 Мая көшесі 1, 2, 3, 4, 5, 6, 7, 8, Первомайский, Комсомольский тұйық көшелері 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, "Тимирязева" бау - бақша серіктестігі" тұтыну кооперативі.</w:t>
+    <w:bookmarkStart w:name="z126" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Механизаторов көшесі, 2 А, "Хакимов Марат Жанайдарович" жеке кәсіпкерінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z123" w:id="109"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Школьная көшесі, 1, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімі Тобыл қаласының № 1 жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z127" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 564 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z124" w:id="110"/>
-[...15 lines deleted...]
-      № 563 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z128" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тобыл қаласының шекараларында: Семина көшесінің жұп жағы 42, 44, 46, "АВТОМОБИЛИСТ" бау - бақша серіктестігі" тұтыну кооперативі, "Мелиоратор" бау - бақша серіктестігі" тұтыну кооперативі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z125" w:id="111"/>
-[...15 lines deleted...]
-      Тобыл қаласының шекараларында: Ленин көшесінің тақ жағы 1, 1 А, 1 Б, 3, 3 А, 5, 5 А, 7, 7 А, 9, 11, 13, 13 А, 15, 15 А, 17, 17 А, 19, 19 А, 21, 21 А, 23, 23 А, 25, 25 А, 27, 27 А, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 78, 80, 82, 84, 86, 88, Павлов көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 17 А, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, Семина көшесі 3, 6, 13, 15, 21, Заречная көшесі 2, 3, 4, 5, 6, 7, 8, 9/1, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, Урожайная көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22/1, 23, 24, 25, 26, 27, 28, Чайковский көшесі 1, 2, 3, 4, Мичурин көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, Спортивная көшесі 1, 2, 2 А, 3, 4, 5, 5/1, 5 А, 6, 7, 7 А, 8, 9, 9/1, 10, 11, 12, 13, 14, 15, 15/1, Алтынсарин шағын ауданының тақ жағы 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 27/1, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, жұп жағы 2, 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 78, 80, Механизаторов көшесінің жұп жағы 10, 16, 18, 20, 26, 28, 30, 34, 44, 46, 48, 58, 66, 86, 90, 94, 110, 120, 136, 142, 144.</w:t>
+    <w:bookmarkStart w:name="z129" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Семина көшесі, 48/1.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z126" w:id="112"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Механизаторов көшесі, 2 А, "Хакимов Марат Жанайдарович" жеке кәсіпкерінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z130" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 565 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z127" w:id="113"/>
-[...15 lines deleted...]
-      № 564 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z17" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тобыл қаласының шекарасында: Водник шағын ауданы 1, 2, 3, 4, 5, 6, 7, 11, 12, 14, 15, 17, 19, 20, 21, 22, 26, 26/2, 27, 32, 33, 37, 38, 39, 40, 41, 42, 43, 45, Дорожник шағын ауданы тақ жағы 1, 3, 5, 7, 9, 11, 13, 17, 25, 27, 29, 31, 33, 37, 39, 41, 43, 45, 45/1, жұп жағы 4, 6, 8, 10, 10а, 12, 14, 16, 20, 22, 24, 26, 28, 30, 32, 38, 40, 42, 44, Строитель шағын ауданы 15, 17, 19, 20/1, 20/2, 20/3, 20/4, 20/5, 20/6, 20/9, 21, 21/1, 40, 40/3, 40/4, Школьная көшесі 40/3, 48, 50, 52, 52/2, 52/3, 63, 65, 65/1, Тәуелсіздік көшесі 75, 77, 77/1, Терешкова көшесі жұп жағы 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 40/1, 40/2.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z128" w:id="114"/>
-[...15 lines deleted...]
-      Тобыл қаласының шекараларында: Семина көшесінің жұп жағы 42, 44, 46, "АВТОМОБИЛИСТ" бау - бақша серіктестігі" тұтыну кооперативі, "Мелиоратор" бау - бақша серіктестігі" тұтыну кооперативі.</w:t>
+    <w:bookmarkStart w:name="z18" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Водник шағын ауданы, 27/2, "Қостанай облысы әкімдігінің білім басқармасы "Қостанай ауданы білім бөлімінің Нұржан Наушабаев атындағы мектеп - гимназиясы" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z129" w:id="115"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Семина көшесі, 48/1.</w:t>
+    <w:bookmarkStart w:name="z133" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 566 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z130" w:id="116"/>
-[...15 lines deleted...]
-      № 565 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z134" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тобыл қаласының шекараларында: 25 лет Целины көшесінің тақ жағы 1, 1/1, 3, 3/1, 5, 5/1, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 35, 37, Олимпийская көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 14/1, 14/2, 14/3, 14/4, 15, 16, 16/1, 16/2, 16/3, 16/4, 17, 18, 19, 20, 21, 22, 23, 24, 25, 25/1, 25/2, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 43, 45, 47, Парковая көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 13/1, 13/2, 13/3, 13/5, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, жұп жағы 2, 4, 6, 8, 10, 12, 12/1, 12/2, 14, 14/1, 14/2, 14/3, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, Зеленая көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, жұп жағы 2, 4, 6, 8, 10, 12, 14, 24, 24/1, 24/2, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 68/1, 70, Тимирязев көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 12 А,13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 49/1, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 124 A, Шипин көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, Тәуелсіздік көшесі 74, 76, 78, 78 А, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 102, 104, 106, 108, 110, 112, 114, 116, 118, 120, 124/1, 124/2, Терешкова көшесі 17, 19, 19/1, 42, 42/1, 73/1, 97, Калабаева көшесі 1, 2, 2/2, 2/8, 2/9, 2/10, 2/11, 2/12, 2/13, 2/15, 2/16, 2/17, 2 А, 2 Б, 2 В, 2 Г, 2 Д, 4, 5, 5/1, 6, 7, 7 А, 9, 11, 23, 25, 27, 27/1, 29, 31, 32, 33, 34, 35, 35/1, 35/2, 35/3, 36, 37, 37/1, 38, 39, 39/2, 40, 41, 41/1, 42, 43, 44, 45, 46, 47, 48, 49, 49/1, 49/2, 49/3, 49/4, 49 Б, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 65.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z131" w:id="117"/>
-[...15 lines deleted...]
-      Тобыл қаласының шекараларында: Водник шағын ауданы 1, 1 А, 2, 3, 4, 5, 6, 7, 11, 12, 14, 15, 17, 19, 20, 21, 22, 26, 26/1, 26/2, 27, 32, 33, 37, 38, 39, 40, 41, 42, 43, 45, 47, Дорожник шағын ауданының тақ жағы 1, 3, 5, 7, 9, 11, 13, 17, 25, 27, 29, 31, 33, 37, 39, 41, 43, 45, 45/1, жұп жағы 2, 4, 6, 8, 10, 10 А, 12, 14, 16, 20, 22, 24, 26, 28, 30, 32, 38, 40, 42, 44, Строитель шағын ауданы 13/1, 15, 17, 19, 20/1, 20/2, 20/3, 20/4, 20/5, 20/6, 20/9, 20/11, 20/13, 21, 21/1, 22, 40, 40/3, 40/4, Школьная көшесі 40/3, 48, 50, 50/1, 50/2, 50/3, 52, 52/2, 52/3, 63, 63/1, 63/2, 65, 65/1, Тәуелсіздік көшесі 75, 77, 77/1, Терешкова көшесінің жұп жағы 20, 20/1, 20/2, 20/3, 20/4, 20/5, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 40/1, 40/2.</w:t>
+    <w:bookmarkStart w:name="z135" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Тәуелсіздік көшесі, 61 А, Қостанай ауданы әкімдігінің "Мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Мәдени - демалыс орталығы" коммуналдық мемлекеттік қазыналық кәсіпорнының ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z132" w:id="118"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Дорожник шағын ауданы, 11/1, Қостанай облысы әкімдігі денсаулық сақтау басқармасының "Қостанай аудандық ауруханасы" коммуналдық мемлекеттік кәсіпорнының ғимараты.</w:t>
+    <w:bookmarkStart w:name="z136" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 567 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z133" w:id="119"/>
-[...15 lines deleted...]
-      № 566 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z137" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Арман ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z134" w:id="120"/>
-[...15 lines deleted...]
-      Тобыл қаласының шекараларында: 25 лет Целины көшесінің тақ жағы 1, 1/1, 3, 3/1, 5, 5/1, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 35, 37, Олимпийская көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 14/1, 14/2, 14/3, 14/4, 15, 16, 16/1, 16/2, 16/3, 16/4, 17, 18, 19, 20, 21, 22, 23, 24, 25, 25/1, 25/2, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 43, 45, 47, Парковая көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 13/1, 13/2, 13/3, 13/5, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, жұп жағы 2, 4, 6, 8, 10, 12, 12/1, 12/2, 14, 14/1, 14/2, 14/3, 16, 18, 20, 22, 24, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, Зеленая көшесінің тақ жағы 1, 3, 5, 7, 9, 11, 13, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, жұп жағы 2, 4, 6, 8, 10, 12, 14, 24, 24/1, 24/2, 26, 28, 30, 32, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 68/1, 70, Тимирязев көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 12 А,13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 49/1, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 124 A, Шипин көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9, Тәуелсіздік көшесі 74, 76, 78, 78 А, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 102, 104, 106, 108, 110, 112, 114, 116, 118, 120, 124/1, 124/2, Терешкова көшесі 17, 19, 19/1, 42, 42/1, 73/1, 97, Калабаева көшесі 1, 2, 2/2, 2/8, 2/9, 2/10, 2/11, 2/12, 2/13, 2/15, 2/16, 2/17, 2 А, 2 Б, 2 В, 2 Г, 2 Д, 4, 5, 5/1, 6, 7, 7 А, 9, 11, 23, 25, 27, 27/1, 29, 31, 32, 33, 34, 35, 35/1, 35/2, 35/3, 36, 37, 37/1, 38, 39, 39/2, 40, 41, 41/1, 42, 43, 44, 45, 46, 47, 48, 49, 49/1, 49/2, 49/3, 49/4, 49 Б, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 65.</w:t>
+    <w:bookmarkStart w:name="z138" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Арман ауылы, Педагогическая көшесі, 7, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Красный-Передовик бастауыш мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z135" w:id="121"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Тобыл қаласы, Тәуелсіздік көшесі, 61 А, Қостанай ауданы әкімдігінің "Мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Мәдени - демалыс орталығы" коммуналдық мемлекеттік қазыналық кәсіпорнының ғимараты.</w:t>
+    <w:bookmarkStart w:name="z139" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 568 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z136" w:id="122"/>
-[...15 lines deleted...]
-      № 567 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z140" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Майкөл ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z137" w:id="123"/>
-[...15 lines deleted...]
-      Шекараларында: Арман ауылы.</w:t>
+    <w:bookmarkStart w:name="z141" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Майкөл ауылы, 2 шағын аудан, 20-үй, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Майкөл жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z138" w:id="124"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Арман ауылы, Педагогическая көшесі, 7, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Красный-Передовик бастауыш мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z142" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 569 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z139" w:id="125"/>
-[...15 lines deleted...]
-      № 568 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z143" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Рязановка ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z140" w:id="126"/>
-[...15 lines deleted...]
-      Шекараларында: Майкөл ауылы.</w:t>
+    <w:bookmarkStart w:name="z144" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Рязановка ауылы, Школьная көшесі, 22, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Рязанов бастауыш мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z141" w:id="127"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Майкөл ауылы, 2 шағын аудан, 20-үй, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Майкөл жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z145" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 570 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z142" w:id="128"/>
-[...15 lines deleted...]
-      № 569 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z146" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Шеминовское ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z143" w:id="129"/>
-[...15 lines deleted...]
-      Шекараларында: Рязановка ауылы.</w:t>
+    <w:bookmarkStart w:name="z147" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Шеминовское ауылы, Центральный тұйық көшесі, 10, Шеминов ауылдық клубының ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z144" w:id="130"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Рязановка ауылы, Школьная көшесі, 22, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Рязанов бастауыш мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z148" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 571 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z145" w:id="131"/>
-[...15 lines deleted...]
-      № 570 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z149" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Алтынсарин ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z146" w:id="132"/>
-[...15 lines deleted...]
-      Шекараларында: Шеминовское ауылы.</w:t>
+    <w:bookmarkStart w:name="z150" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Алтынсарин ауылы, Школьная көшесі, 1/1, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Алтынсарин жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z147" w:id="133"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Шеминовское ауылы, Центральный тұйық көшесі, 10, Шеминов ауылдық клубының ғимараты.</w:t>
+    <w:bookmarkStart w:name="z151" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 572 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z148" w:id="134"/>
-[...15 lines deleted...]
-      № 571 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z152" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Мичуринское ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z149" w:id="135"/>
-[...15 lines deleted...]
-      Шекараларында: Алтынсарин ауылы.</w:t>
+    <w:bookmarkStart w:name="z153" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Мичуринское ауылы, Школьная көшесі, 1 А, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Мичурин жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z150" w:id="136"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Алтынсарин ауылы, Школьная көшесі, 1/1, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Алтынсарин жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z154" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 573 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z151" w:id="137"/>
-[...15 lines deleted...]
-      № 572 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z155" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Садовое ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z152" w:id="138"/>
-[...15 lines deleted...]
-      Шекараларында: Мичуринское ауылы.</w:t>
+    <w:bookmarkStart w:name="z156" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Садовое ауылы, Ленин көшесі, 15, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Садовый жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z153" w:id="139"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Мичуринское ауылы, Школьная көшесі, 1 А, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Мичурин жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z157" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 574 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z154" w:id="140"/>
-[...15 lines deleted...]
-      № 573 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z158" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәскеу ауылының шекараларында: 9 Мая, Октябрь, Садовая, Фестивальный, Луговая, Большая Целинная, Урожайный, Дорожная, Пролетарская, Степная, 30 лет Целины, Московская, Титов, Гагарин, Олимпийская, Ленин, Юбилейная көшелері.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z155" w:id="141"/>
-[...15 lines deleted...]
-      Шекараларында: Садовое ауылы.</w:t>
+    <w:bookmarkStart w:name="z159" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Мәскеу ауылы, Ленин көшесі, 1, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Мәскеу жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z156" w:id="142"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Садовое ауылы, Ленин көшесі, 15, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Садовый жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z160" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 575 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z157" w:id="143"/>
-[...15 lines deleted...]
-      № 574 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z161" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәскеу ауылының шекараларында: 70 лет Октября, Приозерный, Первомайская, Целинная, Павлов, 8 Марта, Мельничная, Привокзальная, Почтовая, Советская, Комсомольская, Спортивная, Молодежная көшелері.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z158" w:id="144"/>
-[...15 lines deleted...]
-      Мәскеу ауылының шекараларында: 9 Мая, Октябрь, Садовая, Фестивальный, Луговая, Большая Целинная, Урожайный, Дорожная, Пролетарская, Степная, 30 лет Целины, Московская, Титов, Гагарин, Олимпийская, Ленин, Юбилейная көшелері.</w:t>
+    <w:bookmarkStart w:name="z162" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Мәскеу ауылы, Первомайская көшесі, 1, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Озерный негізгі орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z159" w:id="145"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Мәскеу ауылы, Ленин көшесі, 1, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Мәскеу жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z163" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 576 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z160" w:id="146"/>
-[...15 lines deleted...]
-      № 575 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z164" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Светлый Жаркөл ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z161" w:id="147"/>
-[...15 lines deleted...]
-      Мәскеу ауылының шекараларында: 70 лет Октября, Приозерный, Первомайская, Целинная, Павлов, 8 Марта, Мельничная, Привокзальная, Почтовая, Советская, Комсомольская, Спортивная, Молодежная көшелері.</w:t>
+    <w:bookmarkStart w:name="z165" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Светлый Жаркөл ауылы, Пионерская көшесі, 9, Қостанай облысы әкімдігі денсаулық сақтау басқармасының "Қостанай аудандық ауруханасы" коммуналдық мемлекеттік кәсіпорнының Светлый Жаркөл ауылы медициналық пунктінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z162" w:id="148"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Мәскеу ауылы, Первомайская көшесі, 1, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Озерный негізгі орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z166" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 578 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z163" w:id="149"/>
-[...15 lines deleted...]
-      № 576 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z167" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Надеждинка ауылы, Майалап ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z164" w:id="150"/>
-[...15 lines deleted...]
-      Шекараларында: Светлый Жаркөл ауылы.</w:t>
+    <w:bookmarkStart w:name="z168" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Надеждинка ауылы, Школьная көшесі, 1, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Надеждин жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z165" w:id="151"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Светлый Жаркөл ауылы, Пионерская көшесі, 9, Қостанай облысы әкімдігі денсаулық сақтау басқармасының "Қостанай аудандық ауруханасы" коммуналдық мемлекеттік кәсіпорнының Светлый Жаркөл ауылы медициналық пунктінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z169" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 579 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z166" w:id="152"/>
-[...15 lines deleted...]
-      № 578 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z170" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Озерное ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z167" w:id="153"/>
-[...15 lines deleted...]
-      Шекараларында: Надеждинка ауылы, Майалап ауылы.</w:t>
+    <w:bookmarkStart w:name="z171" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Озерное ауылы, Ленин көшесі, 2, Қостанай ауданы әкімдігінің "Мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Мәдени - демалыс орталығы" коммуналдық мемлекеттік қазыналық кәсіпорнының Озерный ауылдық мәдениет үйінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z168" w:id="154"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Надеждинка ауылы, Школьная көшесі, 1, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Надеждин жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z172" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 580 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z169" w:id="155"/>
-[...15 lines deleted...]
-      № 579 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z173" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Молокановка ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z170" w:id="156"/>
-[...15 lines deleted...]
-      Шекараларында: Озерное ауылы.</w:t>
+    <w:bookmarkStart w:name="z174" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Молокановка ауылы, Школьная көшесі, 6, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Молоканов негізгі орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z171" w:id="157"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Озерное ауылы, Ленин көшесі, 2, Қостанай ауданы әкімдігінің "Мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Мәдени - демалыс орталығы" коммуналдық мемлекеттік қазыналық кәсіпорнының Озерный ауылдық мәдениет үйінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z175" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 581 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z172" w:id="158"/>
-[...15 lines deleted...]
-      № 580 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z176" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Нечаевка ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z173" w:id="159"/>
-[...15 lines deleted...]
-      Шекараларында: Молокановка ауылы.</w:t>
+    <w:bookmarkStart w:name="z177" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Нечаевка ауылы, Абай көшесі, 46 А, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Нечаев негізгі орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z174" w:id="160"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Молокановка ауылы, Школьная көшесі, 6, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Молоканов негізгі орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z178" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 582 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z175" w:id="161"/>
-[...15 lines deleted...]
-      № 581 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z179" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Октябрское ауылы, Лиманное ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z176" w:id="162"/>
-[...15 lines deleted...]
-      Шекараларында: Нечаевка ауылы.</w:t>
+    <w:bookmarkStart w:name="z180" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Октябрское ауылы, Ленинградская көшесі, 2 А, Қостанай ауданы әкімдігінің "Мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Мәдени - демалыс орталығы" коммуналдық мемлекеттік қазыналық кәсіпорнының Октябрь ауылдық мәдениет үйінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z177" w:id="163"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Нечаевка ауылы, Абай көшесі, 46 А, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Нечаев негізгі орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z181" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 583 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z178" w:id="164"/>
-[...15 lines deleted...]
-      № 582 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z182" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Рыбное ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z179" w:id="165"/>
-[...15 lines deleted...]
-      Шекараларында: Октябрское ауылы, Лиманное ауылы.</w:t>
+    <w:bookmarkStart w:name="z183" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Рыбное ауылы, Школьная көшесі, 1, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Рыбный бастауыш мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z180" w:id="166"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Октябрское ауылы, Ленинградская көшесі, 2 А, Қостанай ауданы әкімдігінің "Мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Мәдени - демалыс орталығы" коммуналдық мемлекеттік қазыналық кәсіпорнының Октябрь ауылдық мәдениет үйінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z184" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 584 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z181" w:id="167"/>
-[...15 lines deleted...]
-      № 583 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z185" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Шоққарағай ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z182" w:id="168"/>
-[...15 lines deleted...]
-      Шекараларында: Рыбное ауылы.</w:t>
+    <w:bookmarkStart w:name="z186" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Шоққарағай ауылы, Школьная көшесі, 6, Қостанай облысы әкімдігі денсаулық сақтау басқармасының "Қостанай аудандық ауруханасы" коммуналдық мемлекеттік кәсіпорнының Шоққарағай медициналық пунктінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z183" w:id="169"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Рыбное ауылы, Школьная көшесі, 1, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Рыбный бастауыш мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z187" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 586 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z184" w:id="170"/>
-[...15 lines deleted...]
-      № 584 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z188" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Половниковка ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z185" w:id="171"/>
-[...15 lines deleted...]
-      Шекараларында: Шоққарағай ауылы.</w:t>
+    <w:bookmarkStart w:name="z189" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Половниковка ауылы, Гагарин көшесі, 24, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Половников жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z186" w:id="172"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Шоққарағай ауылы, Школьная көшесі, 6, Қостанай облысы әкімдігі денсаулық сақтау басқармасының "Қостанай аудандық ауруханасы" коммуналдық мемлекеттік кәсіпорнының Шоққарағай медициналық пунктінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z190" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 587 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z187" w:id="173"/>
-[...15 lines deleted...]
-      № 586 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z191" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Константиновка ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z188" w:id="174"/>
-[...15 lines deleted...]
-      Шекараларында: Половниковка ауылы.</w:t>
+    <w:bookmarkStart w:name="z192" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Константиновка ауылы, Терешкова көшесі, 35, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Константинов негізгі орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z189" w:id="175"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Половниковка ауылы, Гагарин көшесі, 24, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Половников жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z193" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 588 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z190" w:id="176"/>
-[...15 lines deleted...]
-      № 587 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z194" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Садчиковка ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z191" w:id="177"/>
-[...15 lines deleted...]
-      Шекараларында: Константиновка ауылы.</w:t>
+    <w:bookmarkStart w:name="z195" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Садчиковка ауылы, Ленин көшесі, 187, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Садчиков жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z192" w:id="178"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Константиновка ауылы, Терешкова көшесі, 35, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Константинов негізгі орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z196" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 589 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z193" w:id="179"/>
-[...15 lines deleted...]
-      № 588 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z197" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Бегежан ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z194" w:id="180"/>
-[...15 lines deleted...]
-      Шекараларында: Садчиковка ауылы.</w:t>
+    <w:bookmarkStart w:name="z198" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Бегежан ауылы, Школьная көшесі, 1, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Бегежан бастауыш мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z195" w:id="181"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Садчиковка ауылы, Ленин көшесі, 187, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Садчиков жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z199" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 590 сайлау округі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z196" w:id="182"/>
-[...15 lines deleted...]
-      № 589 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z200" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Ульяновское ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z197" w:id="183"/>
-[...15 lines deleted...]
-      Шекараларында: Бегежан ауылы.</w:t>
+    <w:bookmarkStart w:name="z201" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Ульяновское ауылы, Ленин көшесі, 1, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Ульянов негізгі орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z198" w:id="184"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Бегежан ауылы, Школьная көшесі, 1, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Бегежан бастауыш мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z202" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 591 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z199" w:id="185"/>
-[...15 lines deleted...]
-      № 590 сайлау округі</w:t>
+    <w:bookmarkStart w:name="z203" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Суриковка ауылы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z200" w:id="186"/>
-[...15 lines deleted...]
-      Шекараларында: Ульяновское ауылы.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Суриковка ауылы, Комсомольская көшесі, 3, Қостанай ауданы әкімдігінің "Мәдениет және тілдерді дамыту бөлімі" мемлекеттік мекемесінің "Қостанай аудандық орталықтандырылған кітапхана жүйесі" мемлекеттік мекемесі Суриков ауылдық кітапханасының ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 592 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шекараларында: Шишкинское ауылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Шишкинское ауылы, Гагарин көшесі, 2, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Шишкин негізгі орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 593 сайлау учаскесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заречное ауылының шекараларында: Ипподромная, Майлин, Южная, Наметов, Бр. Родионовтар, Северный шағын ауданы жұп жағы 2А, 4А, 6А, 8, 10А, 10, 12А, 14А, 14, 16, 18, 22, 26, 30, 32, 34, 36, 38, 42, 44, 50, 52, 54, 56, 60, 64, 68, 70, 72, 74, 76, 78, 82, 84, 86, 88, 90, 92, 94, 96, 98, 106/1, 108, 112, 118, 120, 122, 124, 126, 128, 130, 136, 480А, 482, 488, 490, 492, 494, 496, 498, 500, 502, 504, 506, 508, 510, 512, 516, 518, 520, 522, 524, 526, 528, 530, 532, 534, 536, 538, 540, 542, 544, 546, 548, 550, 552, 554, 558, 560, 562, 564, 566, 568, 570, 572, 574, 576, 232, 232/1, 234, 236, 1472, 1466, 1468/1, 1490, 1532, 1512, 1522, 1518, тақ жағы 3А. 5А, 7, 9Б, 11А, 13А, 9/1, 9Г, 9/2Б, 11, 13, 15/1, 17, 25, 27, 29, 31, 33, 35, 37, 39, 47, 51, 55, 57, 59, 61, 63, 67, 69, 71, 79, 81, 83, 85, 87, 89, 93, 95, 97, 99, 101/1, 103/2, 105, 107, 109, 111, 113, 117, 119, 121, 125, 127, 131, 133, 135, 139, 479, 481, 483А, 485, 487, 489, 491, 493, 495, 497, 499, 501, 503, 505, 507, 509, 511, 513, 515, 517, 519, 521, 523, 525, 527, 529, 531, 533, 535, 537, 539, 541, 543, 545, 547, 549, 551, 553, 561, 563, 565, 567, 569, 571, 573, 575, 577, 233, 235, 5, 5/1, 5/2, 5/3, 5/4, 5/5, 5/6, 5/7, 5/8, 5/9, 5/10, 1243, 1479, 1475, 1493, 1463, 1461, 1457, 1541, 1543, 1515/1, 1525, 1499.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z201" w:id="187"/>
-[...15 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Ульяновское ауылы, Ленин көшесі, 1, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің Ульянов негізгі орта мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:bookmarkStart w:name="z22" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Заречное ауылы, Северный шағын ауданы, 1, "Қостанай облысы әкімдігінің білім басқармасы "Қостанай ауданы білім бөлімінің А.Байтұрсынұлы атындағы мемлекеттік тілде оқытатын жалпы білім беретін мектеп" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z202" w:id="188"/>
-[...15 lines deleted...]
-      № 591 сайлау учаскесі</w:t>
+    <w:bookmarkStart w:name="z204" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 881 сайлау учаскесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z203" w:id="189"/>
-[...142 lines deleted...]
-      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Заречное ауылы, Северный шағын ауданы, 1, Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің мемлекеттік тілде оқытатын Заречный жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заречное ауылының шекараларында: Северный шағын ауданы жұп жағы 140, 142, 144, 150, 152, 154, 160, 162, 170, 172, 174, 176, 180, 184, 188, 192А, 192, 194, 196, 198, 202, 204, 208, 210, 212, 220, 222, 224, 226, 238, 240, 242, 244, 246, 248, 250, 252, 254, 256, 258, 260, 262, 264, 266, 268, 270, 272, 274, 276, 278, 280, 282, 284, 286, 288, 290, 292, 294, 296, 298, 300, 302, 304, 306, 308, 310, 312, 314, 318, 320, 322, 324, 326, 328, 330, 332, 334, 336, 338, 340, 342, 344, 346, 348, 350, 352, 354, 356, 358, 360, 362, 364, 366, 368, 370, 374, 376, 378, 380, 382, 384, 386, 388, 390, 392, 394, 396, 398, 400, 402, 404, 408, 410, 412, 414, 416, 418, 420, 422, 424, 456, 458, 460, 462, 464, 466, 468, 578, 582, 584, 588, 590, 756, тақ жағы 140/1, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 163/1, 165, 167, 167/1, 169, 171/173, 175, 177, 179, 181, 183, 185, 187, 189, 191, 193, 195, 197, 199, 201, 203, 205, 207, 209, 211, 213, 215, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 237, 239, 241, 243, 245, 247, 249, 251, 253, 255, 257, 259, 261, 263, 265, 267, 269, 271, 273, 275, 277, 279, 281, 283,285, 287, 289, 301, 303, 305, 307, 309, 311, 313, 315, 317, 319, 321, 323, 325, 327, 329, 331, 333, 335, 337, 339, 341, 343, 345, 347, 349, 351, 353, 355, 357, 359, 361, 363, 365, 367, 369, 371, 373, 375, 377, 379, 381, 383, 385, 387, 389, 391, 393, 395, 397, 399, 401, 403, 405, 407, 409, 411, 413, 415, 417, 419, 421, 423, 425, 427, 457, 459, 461, 463, 465, 467, 581, 583, 585, 587.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сайлау учаскесінің орналасқан жері: Қостанай облысы, Қостанай ауданы, Заречное ауылы, Ипподромная көшесі, 40, "Қостанай облысы әкімдігі білім басқармасының "Қостанай ауданы білім бөлімінің № 1 Заречная жалпы білім беретін мектебі" коммуналдық мемлекеттік мекемесінің ғимараты.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4517,402 +4590,402 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 1 шешіміне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z205" w:id="190"/>
+    <w:bookmarkStart w:name="z205" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қостанай ауданы әкімінің күші жойылған кейбір шешімдерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z206" w:id="191"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z206" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қостанай ауданы әкімінің "Қостанай ауданында сайлау учаскелерін құру туралы" 2014 жылғы 12 наурыздағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімі (2014 жылғы 28 наурызда "Арна" газетінде жарияланған, Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 4525 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z207" w:id="192"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z207" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қостанай ауданы әкімінің "Әкімнің 2014 жылғы 12 наурыздағы № 1 "Қостанай ауданында сайлау учаскелерін құру туралы" шешіміне өзгерістер енгізу туралы" 2015 жылғы 21 қыркүйектегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімі (2015 жылғы 8 қазанда "Арна" газетінде жарияланған, Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5917 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z208" w:id="193"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z208" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қостанай ауданы әкімінің "Әкімінің 2014 жылғы 12 наурыздағы № 1 "Қостанай ауданында сайлау учаскелерін құру туралы" шешіміне өзгерістер енгізу туралы" 2016 жылғы 7 шілдедегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімі (2016 жылғы 18 тамызда "Арна" газетінде жарияланған, Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6576 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z209" w:id="194"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z209" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Қостанай ауданы әкімінің "Қостанай ауданы әкімінің 2014 жылғы 12 наурыздағы № 1 "Қостанай ауданында сайлау учаскелерін құру туралы" шешіміне өзгерістер енгізу туралы" 2017 жылғы 16 мамырдағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімі (2017 жылғы 22 маусымда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған, Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7107 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z210" w:id="195"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z210" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Қостанай ауданы әкімінің "Қостанай ауданы әкімінің 2014 жылғы 12 наурыздағы № 1 "Қостанай ауданында сайлау учаскелерін құру туралы" шешіміне өзгерістер енгізу туралы" 2017 жылғы 6 желтоқсандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімі (2017 жылғы 28 желтоқсанда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған, Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7402 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z211" w:id="196"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z211" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Қостанай ауданы әкімінің "Қостанай ауданы әкімінің 2014 жылғы 12 наурыздағы № 1 "Қостанай ауданында сайлау учаскелерін құру туралы" шешіміне өзгерістер енгізу туралы" 2018 жылғы 28 маусымдағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімі (2018 жылғы 24 шілдеде Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған, Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7950 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z212" w:id="197"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z212" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Қостанай ауданы әкімінің "Қостанай ауданы әкімінің 2014 жылғы 12 наурыздағы № 1 "Қостанай ауданында сайлау учаскелерін құру туралы" шешіміне өзгерістер енгізу туралы" 2019 жылғы 30 мамырдағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімі (2019 жылғы 10 маусымда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған, Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8494 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkEnd w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>