--- v0 (2025-11-10)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="184c1a5" w14:textId="184c1a5">
+    <w:p w14:paraId="17b7c5f" w14:textId="17b7c5f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,74 +112,146 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Шымкент қаласы мәслихатының 2020 жылғы 15 желтоқсандағы № 72/675-6с шешiмi. Шымкент қаласының Әділет департаментінде 2020 жылғы 30 желтоқсанда № 151 болып тіркелді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Халық денсаулығы және денсаулық сақтау жүйесі туралы" 2020 жылғы 7 шілдедегі Қазақстан Республикасының Кодексінің 12-бабы 1-тармағының </w:t>
+      "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының Кодексінің 12-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес, Шымкент қаласының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
+        <w:t xml:space="preserve"> сәйкес Шымкент қаласының мәслихаты </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - Шымкент қаласы мәслихатының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31/280-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -783,111 +855,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Шымкент қаласы азаматтарының жекелеген санаттарына амбулаториялық емделу кезінде қосымша тегін берілетін тегін медициналық көмектің кепілдік берілген көлемі, оның ішінде дәрілік заттар, арнайы емдік өнімдер, медициналық бұйымдар</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Шымкент қаласы мәслихатының 14.06.2023 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Шымкент қаласы мәслихатының 12.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 4/36-VIII</w:t>
+        <w:t>№ 31/280-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> шешiмiмен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді Шымкент қаласы мәслихатының 19.12.2023 </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) шешімдерімен.</w:t>
+        <w:t xml:space="preserve"> шешiмiмен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -903,51 +935,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+Р/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1341,70 +1373,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-(Маркиафавтар-Микели)</w:t>
+              <w:t>
+Ұстамалы түнгі гемоглобинурия (Маркиафавтар-Микели)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2382,51 +2396,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10-1.</w:t>
+11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -2485,51 +2499,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10-2.</w:t>
+12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -2588,51 +2602,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11.</w:t>
+13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -2739,51 +2753,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12.</w:t>
+14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -2842,51 +2856,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13.</w:t>
+15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -2945,51 +2959,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14.</w:t>
+16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -3048,51 +3062,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15.</w:t>
+17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -3151,51 +3165,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16.</w:t>
+18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -3254,51 +3268,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17.</w:t>
+19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -3357,51 +3371,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17-1.</w:t>
+20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -3460,51 +3474,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18.</w:t>
+21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3609,51 +3623,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19.</w:t>
+22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3758,51 +3772,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20.</w:t>
+23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3907,51 +3921,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21.</w:t>
+24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4058,51 +4072,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22.</w:t>
+25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -4161,51 +4175,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23.</w:t>
+26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -4264,51 +4278,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24.</w:t>
+27.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -4367,51 +4381,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25.</w:t>
+28.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -4470,51 +4484,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26.</w:t>
+29.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4619,88 +4633,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27.</w:t>
+30.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Дюшенн/Беккер бұлшықет дистрофиясы </w:t>
+              <w:t>
+Дюшенн/Беккер бұлшықет дистрофиясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4770,51 +4784,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28.</w:t>
+31.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -4873,100 +4887,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29.</w:t>
-[...48 lines deleted...]
-Голодирсен, инфузия үшін ерітінді дайындауға арналған концентрат дайындауға арналған ұнтақ 100 мг/2 мл </w:t>
+32.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Голодирсен, инфузия үшін ерітінді дайындауға арналған концентрат дайындауға арналған ұнтақ 100 мг/2 мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -4976,51 +4990,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30.</w:t>
+33.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -5079,51 +5093,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31.</w:t>
+34.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5228,51 +5242,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32.</w:t>
+35.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5379,51 +5393,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33.</w:t>
+36.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -5482,51 +5496,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34.</w:t>
+37.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -5585,51 +5599,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35.</w:t>
+38.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -5688,51 +5702,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36.</w:t>
+39.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -5791,51 +5805,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37.</w:t>
+40.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -5894,51 +5908,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38.</w:t>
+41.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -5997,51 +6011,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39.</w:t>
+42.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -6100,51 +6114,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40.</w:t>
+43.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -6203,51 +6217,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41.</w:t>
+44.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -6306,51 +6320,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42.</w:t>
+45.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -6409,51 +6423,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43.</w:t>
+46.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -6512,51 +6526,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44.</w:t>
+47.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -6615,51 +6629,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45.</w:t>
+48.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -6718,51 +6732,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46.</w:t>
+49.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -6821,51 +6835,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47.</w:t>
+50.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -6924,51 +6938,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48.</w:t>
+51.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -7075,51 +7089,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49.</w:t>
+52.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -7178,51 +7192,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50.</w:t>
+53.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -7281,51 +7295,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51.</w:t>
+54.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -7384,51 +7398,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52.</w:t>
+55.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -7487,51 +7501,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53.</w:t>
+56.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -7590,51 +7604,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54.</w:t>
+57.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -7693,51 +7707,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55.</w:t>
+58.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -7796,51 +7810,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56.</w:t>
+59.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -7899,51 +7913,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57.</w:t>
+60.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -8002,51 +8016,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-58.</w:t>
+61.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -8105,51 +8119,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59.</w:t>
+62.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -8208,51 +8222,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60.</w:t>
+63.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -8311,51 +8325,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-61.</w:t>
+64.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -8414,51 +8428,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62.</w:t>
+65.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -8517,51 +8531,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63.</w:t>
+66.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -8620,51 +8634,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64.</w:t>
+67.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -8723,100 +8737,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65.</w:t>
-[...48 lines deleted...]
-Көп қолданылатын бекіткіш ленталар (трахеостома үшін) </w:t>
+68.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көп қолданылатын бекіткіш ленталар (трахеостома үшін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -8826,51 +8840,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66.</w:t>
+69.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -8929,51 +8943,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67.</w:t>
+70.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9080,51 +9094,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67-1.</w:t>
+71.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -9183,51 +9197,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68.</w:t>
+72.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9334,51 +9348,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68-1.</w:t>
+73.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -9437,51 +9451,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69.</w:t>
+74.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9588,69 +9602,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70.</w:t>
-[...17 lines deleted...]
- </w:t>
+75.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -9709,51 +9705,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-71.</w:t>
+76.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9858,51 +9854,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72.</w:t>
+77.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10007,51 +10003,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73.</w:t>
+78.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10156,88 +10152,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-74.</w:t>
+79.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Жүйелі беріштену </w:t>
+              <w:t>
+Жүйелі беріштену</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10307,51 +10303,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75.</w:t>
+80.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -10410,51 +10406,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-76.</w:t>
+81.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10559,51 +10555,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77.</w:t>
+82.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10710,100 +10706,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-78.</w:t>
-[...48 lines deleted...]
-Парентеральды тамақтануға арналған аралас препараттар (10% электролиттері бар амин қышқылдарының ерітіндісі, 42% глюкоза ерітіндісі, 20% липидті эмульсия), инфузияға арналған эмульсия 986 мл </w:t>
+83.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Парентеральды тамақтануға арналған аралас препараттар (10% электролиттері бар амин қышқылдарының ерітіндісі, 42% глюкоза ерітіндісі, 20% липидті эмульсия), инфузияға арналған эмульсия 986 мл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -10813,51 +10809,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79.</w:t>
+84.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -10916,51 +10912,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-80.</w:t>
+85.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -11019,51 +11015,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81.</w:t>
+86.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -11122,51 +11118,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-82.</w:t>
+87.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -11225,51 +11221,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-83.</w:t>
+88.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -11328,100 +11324,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-84.</w:t>
-[...48 lines deleted...]
-Катетерді жабу үшін ерітінді, 5 мл ампула (Тауролидин, Цитрат (4 %), Урокиназа (25 000 бірлік)</w:t>
+89.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Катетерді жабу үшін ерітінді, 5 мл ампула (Тауролидин, Цитрат (4 %), Урокиназа (25 000 бірлік)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -11431,118 +11427,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85.</w:t>
-[...66 lines deleted...]
-Гепарин, Цитрат (4 %)</w:t>
+90.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Катетерді жабу үшін ерітінді, 3 мл ампула (Тауролидин, Гепарин, Цитрат (4 %)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
@@ -11552,51 +11530,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-86.</w:t>
+91.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -11655,51 +11633,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87.</w:t>
+92.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -11758,51 +11736,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-88.</w:t>
+93.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -11861,51 +11839,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-89.</w:t>
+94.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -11964,51 +11942,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-90.</w:t>
+95.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -12067,51 +12045,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91.</w:t>
+96.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -12170,51 +12148,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-92.</w:t>
+97.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -12273,51 +12251,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-93.</w:t>
+98.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -12376,51 +12354,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94.</w:t>
+99.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -12479,66 +12457,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-95.</w:t>
-[...14 lines deleted...]
-          <w:p/>
+100.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -12582,51 +12580,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-96.</w:t>
+101.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -12685,51 +12683,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-97.</w:t>
+102.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -12788,51 +12786,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-98.</w:t>
+103.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -12891,51 +12889,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-99.</w:t>
+104.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13040,51 +13038,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100.</w:t>
+105.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13189,51 +13187,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-101.</w:t>
+106.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -13339,52 +13337,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-101-1. </w:t>
+              <w:t>
+107.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
@@ -13443,51 +13441,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-102.</w:t>
+108.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13592,51 +13590,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-103.</w:t>
+109.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13741,51 +13739,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-104.</w:t>
+110.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13890,51 +13888,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-105.</w:t>
+111.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14039,51 +14037,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-106.</w:t>
+112.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14112,50 +14110,497 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Селексипаг, үлбірлі қабықпен қапталған таблеткалар 200 мкг, 800 мкг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Динамикалық байқауда тұрған он сегіз жастағы және одан үлкен адамдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+113.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сүт безінің жоғарғы-сыртқы квадрантының қатерлі ісігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трастузумаб дерукстекан, концентрат дайындауға арналған лиофилизат инфузияға арналған ерітінді дайындауға арналған 100 мг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Динамикалық байқауда тұрған он сегіз жастағы және одан үлкен адамдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+114.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүйелі қызыл жегі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ритуксимаб, вена ішіне инфузия үшін ерітінді дайындауға арналған концентрат 10 мг/мл, 50 мл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Динамикалық байқауда тұрған он сегіз жастағы және одан үлкен адамдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+115.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Миастения гравис</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Равулизумаб, инфузия үшін ерітінді дайындауға арналған концентрат, 300 мг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14462,55 +14907,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>