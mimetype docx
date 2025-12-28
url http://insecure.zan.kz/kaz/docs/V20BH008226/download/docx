--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5ef65ea" w14:textId="5ef65ea">
+    <w:p w14:paraId="fb9c471" w14:textId="fb9c471">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Салық салу объектіcінің Егіндікөл ауданының елді мекендерінде орналасуын ескеретін аймаққа бөлу коэффициенттерін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ақмола облысы Егіндікөл ауданы әкімдігінің 2020 жылғы 30 қарашадағы № а-11/220 қаулысы. Ақмола облысының Әділет департаментінде 2020 жылғы 14 желтоқсанда № 8226 болып тіркелді</w:t>
+        <w:t>Ақмола облысы Егіндікөл ауданы әкімдігінің 2020 жылғы 30 қарашадағы № а-11/220 қаулысы. Ақмола облысының Әділет департаментінде 2020 жылғы 14 желтоқсанда № 8226 болып тіркелді. Күші жойылды - Ақмола облысы Егіндікөл ауданы әкімдігінің 2025 жылғы 24 қарашадағы № А-11/158 қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды – Ақмола облысы Егіндікөл ауданы әкімдігінің 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ А-11/158</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының 2017 жылғы 25 желтоқсандағы "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы (Салық кодексі)" Кодексінің 529-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -248,140 +326,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы қаулы Ақмола облысының Әділет департаментінде мемлекеттік тіркелген күнінен бастап күшіне енеді және 2021 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Ақмола облысы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Егіндікөл ауданының</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>әкімі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -419,179 +513,207 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       КЕЛІСІЛДІ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      "Қазақстан Республикасы Қаржы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>министрлігінің Ақмола облысы бойынша</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Мемлекеттік кірістер департаментінің</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Егіндікөл ауданы бойынша мемлекеттік</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кірістер басқармасы" республикалық</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мемлекеттік мекемесінің басшысы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -802,135 +924,136 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Салық салу объектіcінің Егіндікөл ауданының елді мекендерінде орналасуын ескеретін аймаққа бөлу коэффициенттері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="389"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="575"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аймақ тар нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11336" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық салу объектісінің орналасқан жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="575" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -969,575 +1092,575 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Егіндікөл ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11336" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Береговая көшесі 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 49; Гагарин көшесі 2, 2А, 4, 6, 8, 10, 12, 14, 16, 18, 20, 20А, 22; Жамбыл көшесі; Комсомольская көшесі; Ленин көшесі 2, 2А, 2Б, 4, 6, 8, 9, 11, 12, 13, 14, 15, 16, 17, 19, 20А, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 32А, 33, 34, 34А, 36, 36А; Мир көшесі; Набережная көшесі; Новая көшесі; Октябрьская көшесі; Победы көшесі; Приозерная көшесі 10, 11, 12, 14; Пушкин көшесі 4, 6, 8, 10, 12, 14, 16, 18, 20, 22, 26, 28; Спортивная көшесі; Школьная көшесі; Микрорайон көшесі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="575" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11336" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Водопроводная көшесі; Жақубаев көшесі; Зеленая көшесі; Казахская көшесі; Киров көшесі; Линейная көшесі 1, 3, 5, 5А, 7, 9, 11, 13, 15, 17, 21, 23, 25; Медиков көшесі; Стадионная көшесі; Станционная көшесі; Транспортная көшесі; Элеваторная көшесі; Южная көшесі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="575" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11336" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Береговая көшесі 1, 2, 2А, 3, 4, 5, 6, 7, 8, 9, 10, 11; Восточная көшесі; Гагарин көшесі 28, 30, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 43; Калинин көшесі; Ленин көшесі 35, 37, 38А, 39, 40, 42; Молодежная көшесі; Приозерная көшесі 1, 2, 3, 4, 5, 6, 7, 8, 9; Пушкин көшесі 3, 5, 5А, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47; Северная көшесі; Степная көшесі; Целинная көшесі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="575" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11336" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гагарин көшесі 1, 1Г, 3, 3А, 3Б, 3В, 5, 7, 9, 11, 13, 13А, 13Б, 13В, 13Г, 15, 17, 19, 19А, 21, 21А, 21Б, 21В, 21Г, 21Д, 21Е, 23, 25, 27А, 29, 1296, 2945; Пушкин көшесі 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="575" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11336" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Абай көшесі; Дорожная көшесі; Линейная көшесі 2, 4, 6, 8; Нефтебазовская көшесі; Пролетарская көшесі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="575" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1703,249 +1826,250 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Салық салу объектіcінің Егіндікөл ауданының елді мекендерінде орналасуын ескеретін аймаққа бөлу коэффициенттері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3573"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5283"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3573" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аймақтар нөмері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3444" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салық салу объектісінің орналасқан жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5283" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аймаққа бөлу коэффициенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3573" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3444" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Полтавское ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5283" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1955,87 +2079,87 @@
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3444" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Спиридоновка ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5283" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2045,87 +2169,87 @@
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3444" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бауман ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5283" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2135,201 +2259,201 @@
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3444" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұзынкөл ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5283" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3573" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3444" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Буревестник ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5283" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2339,87 +2463,87 @@
               <w:t>
 1,10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3444" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қоржынкөл ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5283" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2429,87 +2553,87 @@
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3444" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тоғанас ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5283" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2519,201 +2643,201 @@
               <w:t>
 1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3444" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көркем ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5283" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,30</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3573" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3444" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Абай ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5283" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2723,87 +2847,87 @@
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3444" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалманқұлақ ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5283" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2813,201 +2937,201 @@
               <w:t>
 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3444" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұлдыз ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5283" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3573" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3444" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 таратылған Қоңыртүбек ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5283" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3017,87 +3141,87 @@
               <w:t>
 0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3444" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 таратылған Жолан ауылы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5283" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3107,87 +3231,87 @@
               <w:t>
 0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3444" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 таратылған Степняк ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5283" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3197,87 +3321,87 @@
               <w:t>
 0,90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3444" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 таратылған Бесбидайық ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5283" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3331,63 +3455,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3709,35 +3855,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>