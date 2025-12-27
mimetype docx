--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1f187fe" w14:textId="1f187fe">
+    <w:p w14:paraId="0b17ae4" w14:textId="0b17ae4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақкөл ауданының елді мекендерінде салық салу объектісінің орналасуын ескеретін аймаққа бөлу коэффициенттерін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ақмола облысы Ақкөл ауданы әкімдігінің 2020 жылғы 30 қарашадағы № А-11/347 қаулысы. Ақмола облысының Әділет департаментінде 2020 жылғы 4 желтоқсанда № 8197 болып тіркелді</w:t>
+        <w:t>Ақмола облысы Ақкөл ауданы әкімдігінің 2020 жылғы 30 қарашадағы № А-11/347 қаулысы. Ақмола облысының Әділет департаментінде 2020 жылғы 4 желтоқсанда № 8197 болып тіркелді. Күші жойылды - Ақмола облысы Ақкөл ауданы әкімдігінің 2025 жылғы 3 қарашадағы № А-11/222 қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - Ақмола облысы Ақкөл ауданы әкімдігінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ А-11/222</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының 2017 жылғы 25 желтоқсандағы "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы (Салық кодексі) Кодексінің 529-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -308,62 +386,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы қаулы Ақмола облысының Әділет департаментінде мемлекеттік тіркелген күнінен бастап күшіне енеді және 2021 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -371,51 +450,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Ақкөл ауданының әкімі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -453,165 +532,197 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       КЕЛІСІЛДІ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12000"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12000" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      "Қазақстан Республикасы Қаржы</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>министрлігінің Мемлекеттік кірістер комитеті</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ақмола облысы бойынша Мемлекеттік кірістер</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>департаментінің Ақкөл ауданы бойынша</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мемлекеттік кірістер басқармасы"</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>республикалық мемлекеттік</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мекемесінің басшысы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -746,2750 +857,3339 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ақкөл ауданының Ақкөл қаласында салық салу объектісінің орналасуын ескеретін аймаққа бөлу коэффициенттерi</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="668"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1594"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="668" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10038" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ақкөл қаласында салық салу объектісінің орналасқан жері</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+              <w:t>Ақкөл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қаласында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> салу </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>объектісінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орналасқан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Аймаққа бөлу коэффициенті</w:t>
+              <w:t>Аймаққа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бөлу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>коэффициенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="668" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10038" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Береговая көшесінің – 2-ден 16 бойынша жұп жағы, 19-дан 85 бойынша тақ жағы; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Хамит Ерғалиев көшесінің – жұп жағы 2-ден 24 бойынша, тақ жағы 1-ден 13 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 Шегебай Ұзақбаев көшесі;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2 Шегебай Ұзақбаев көшесі;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шегебай Ұзақбаев көшесінің – жұп жағы 2-ден 40/1 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақжол көшесінің барлық нөмірлері жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Первомайская көшесінің – жұп жағы 2-ден 42 бойынша, тақ жағы 1-ден 49 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Армандастар көшесінің барлық нөмірлері жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сағадат Нұрмағамбетов көшесінің – жұп жағы 14-тен 124 бойынша, тақ жағы 1-ден 101 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Амангелді Иманов көшесінің – барлық тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Чехов көшесінің – жұп жағы 2-ден 46 бойынша, тақ жағы 1-ден 33 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Горький көшесінің жұп жағы 2-ден 60 бойынша, тақ жағы 1-ден 63 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Интернациональная көшесінің – жұп жағы 2-ден 42 бойынша, тақ жағы 1-ден 42 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Абылай хан көшесінің – жұп жағы 2-ден 120 бойынша, тақ жағы 1-ден 105 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қайым Мұхамедханов көшесінің барлық нөмірлері жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бөгенбай көшесінің – жұп жағы 2-ден 62 бойынша, тақ жағы 1-ден 63/1 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шоқан Уәлиханов көшесінің – жұп жағы 2-ден 110 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәкен Сейфуллин көшесінің - барлық тақ жағы.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Талғат Бигелдинов көшесінің – жұп жағы 2-ден 26 бойынша, тақ жағы 1-ден – 41 бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="668" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10038" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шегебай Ұзақбаев көшесі 3, 4 – барлық жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Береговая көшесінің – жұп жағы 24-тен 80 бойынша, тақ жағы 93-тен көшенің соңына дейін;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Хамит Ерғалиев көшесінің – жұп жағы 26-дан 150 бойынша, тақ жағы 15-тен 147 бойынша; </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шегебай Ұзақбаев көшесінің – жұп жағы 42-ден 298 бойынша, тақ жағы 23-тен 131 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ілияс Жансүгіров көшесінің – барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Домбай көшесінің – барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Темір жол көшесінің – барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Первомайская көшесінің – 42/1, 42/2, 42/3, 42/4, 51, 55;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сағадат Нұрмағамбетов – жұп жағы 128-ден 138 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сәкен Сейфуллин көшесінің – жұп жағы 2-ден 4 бойынша.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="668" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10038" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шоқан Уәлиханов көшесінің – тақ жағы 1-ден 101 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Островский көшесінің – барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жамбыл Жабаев көшесінің – барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Достық көшесінің – барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мәншүк Мәметова көшесінің – барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Моншақты көшесінің – барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұлы көш көшесінің – барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Талғат Бигелдинов көшесінің – жұп жағы 28-ден, тақ жағы 43-тен көшенің соңына дейін.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="668" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10038" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бөгенбай көшесінің – тақ жағы 65-тен көшенің соңына дейін;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кирдищев көшесінің – жұп жағы 62-ден, тақ жағы 47-ден көшенің соңына дейін;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күләш Байсейітова көшесінің – жұп жағы 2-ден, тақ жағы 1-ден көшенің соңына дейін;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Желтоқсан көшесінің – жұп жағы 36-дан, тақ жағы 1-ден көшенің соңына дейін;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Спутник көшесінің – жұп жағы 26-дан, тақ жағы 25-тен көшенің соңына дейін;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мира көшесінің 1, 2 нөмірі;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шоқан Уәлиханов көшесінің – жұп жағы 112-ден 228 бойынша, тақ жағы 103-тен 189 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пушкин көшесінің – 22 нөмірі;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Моншақты көшесінің – барлық нөмірлері;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаукен Кенжетаев көшесінің – жұп жағы 2-ден 78 бойынша, тақ жағы 1-ден 63 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баубек Бұлқышев көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оңтүстік көшесінің - барлық нөмірлері, жұп және тақ жағы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="668" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10038" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пушкин көшесінің – жұп жағы 2-ден 52 бойынша, жұп жағы 146-дан көшенің соңына дейін, тақ жағы барлық нөмірлер;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гагарин көшесінің – жұп және тақ жағы 2-ден 20 бойынша, тақ жағы 1-ден 31 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ремзаводская көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Панфилов көшесінің – тақ жағы 1-ден 33/2 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әлия Молдағұлова көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қаныш Сәтпаев көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Астана шағын ауданының - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Привокзальная көшесінің – тақ жағы 47-ден көшенің соңына дейін;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жібек жолы көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лесная көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әділбек Майкөтов көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ғани Мұратбаев көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шаңырақ көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Наука 1", "Наука 2", "Связист" саяжайлары.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="668" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10038" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Школа-интернат шағын ауданы - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өрлеу көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Привокзальная – көшесінің – тақ жағы 1-ден 45 бойынша, жұп жағының барлық нөмірлері;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Горная көшесінің – жұп жағы 2-ден көшенің соңына дейін;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Северная көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мұхтар Әуезов көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тәуелсіздік көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Школьная көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Школьный тұйық көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Станционная көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кирдищев көшесінің – жұп жағы 80-нен, тақ жағы 93 тен көшенің соңына дейін;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тихая көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бейімбет Майлин көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құлагер көшесінің – жұп жағы 2-ден 18 бойынша, тақ жағы 1-ден 17 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Исатай Тайманов көшесінің – жұп жағы 2-ден 6 бойынша.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="668" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10038" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Гагарин көшесінің – жұп жағы 24-тен 42 бойынша, </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Пушкин көшесінің – жұп жағы 88-ден 144 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сағадат Нұрмағамбетов көшесінің – жұп жағы 154-тен 180 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Исакова көшесінің – жұп жағы 50-ден көшенің соңына дейін, тақ жағы 13-тен көшенің соңына дейін;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мира көшесінің – тақ жағы 37-ден көшенің соңына дейін;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ыбырай Алтынсарин тұйық көшесінің – жұп жағы 2/1-ден 2/5 бойынша, тақ жағы 1-ден 35 бойынша.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="668" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10038" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сағадат Нұрмағамбетов көшесінің – жұп жағы 140-тан 152 бойынша, тақ жағы 115-тен 211 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бөгембай көшесі – жқп жағы 88-ден көшенің соңына дейін;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кирдищев көшесінің – жұп жағы 62-ден 74 бойынша, тақ жағы 51-ден 91 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Абылай хан көшесінің – жұп жағы 128-ден, тақ жағы 107-ден көшенің соңына дейін;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Интернациональная көшесінің – жұп жағы 44-тен, тақ жағы 35-тен көшенің соңына дейін;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Горький көшесінің – жұп жағы 68-ден, тақ жағы 71-ден көшенің соңына дейін;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заводской тұйық көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Опытно-заводской тұйық көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Госнитиевский тұйық көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жастар көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ыбырай Алтынсарин тұйық көшесінің – жұп жағы 2-ден, тақ жағы 27-ден көшенің соңына дейін;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мира көшесінің – жұп жағы барлық нөмірлер, тақ жағы 1-ден 35 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Спутник көшесінің – жұп жағы 2-ден 20 бойынша, тақ жағы 1-ден 21 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Желтоқсан көшесінің – жұп жағы 6-дан 34 бойынша, тақ жағы 7-ден 27 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Исаков көшесінің – жұп жағы 2-ден 48 бойынша, тақ жағы 1-ден 21 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Первомайская көшесінің – жұп жағы 44-тен көшенің соңына дейін;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Парковая көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мира көшесінің – жұп жағы 2-ден көшенің соңына дейін, тақ жағы 3-тен 35 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Исатай Тайманов көшесінің – жұп жағы 14-тен көшенің соңына дейін, тақ жағы нөмірлері 3, 5, 7;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақниет көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құлагер көшесінің – жұп жағы 20-дан, тақ жағы 21-ден көшенің соңына дейін;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Домбыралы көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Горный тұйық көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ключевая көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Береке көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Горная көшесінің – тақ жағы 1-ден 77 бойынша;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="668" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10038" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сағадат Нұрмағамбетов көшесінің – жұп жағы 2-ден 12 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Первомайская көшесінің – 3, 2 нөмірі;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Береговая көшесінің – жұп жағы 82-ден 102 бойынша, тақ жағы 1-ден 17 бойынша;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Төле би көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Булавский көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жайық Бектұров көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жаңа ел көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жерұйық көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрылыс көшесінің - барлық нөмірлері, жұп және тақ жағы;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Хамит Ерғалиев көшесінің – жұп жағы 152-ден, тақ жағы 149-дан көшенің соңына дейін;</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Амангелді Иманов көшесінің – барлық жұп жағы;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3683,279 +4383,440 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ақкөл ауданының ауылдық елді мекендерінде салық салу объектісінің орналасуын ескеретін аймаққа бөлу коэффициенттерi</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2129"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5082"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2129" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ауылдық елді мекендерінде салық салу объектісінің орналасқан жері</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="5082" w:type="dxa"/>
+              <w:t>Ауылдық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>елді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мекендерінде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>салық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> салу </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>объектісінің</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орналасқан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Аймаққа бөлу коэффициенті</w:t>
+              <w:t>Аймаққа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бөлу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>коэффициенті</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2129" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Еңбек ауылы, Еңбек ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3965,87 +4826,87 @@
               <w:t>
 2,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Домбыралы ауылы, Кеңес ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4055,201 +4916,201 @@
               <w:t>
 1,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Новорыбинка ауылы, Новорыбинка ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2129" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Азат ауылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4259,87 +5120,87 @@
               <w:t>
 1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Айдарлы ауылы, Кеңес ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4349,87 +5210,87 @@
               <w:t>
 1,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Малый барап ауылы, Кеңес ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4439,87 +5300,87 @@
               <w:t>
 1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Урюпинка ауылы, Урюпин ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4529,87 +5390,87 @@
               <w:t>
 2,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кеңес ауылы, Кеңес ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4619,87 +5480,87 @@
               <w:t>
 2,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Талқара ауылы, Урюпин ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4709,87 +5570,87 @@
               <w:t>
 2,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ақкөл орман шаруашылығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4799,87 +5660,87 @@
               <w:t>
 2,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наумовка ауылы, Наумовка ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4889,87 +5750,87 @@
               <w:t>
 1,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рамадан ауылы, Еңбек ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4979,87 +5840,87 @@
               <w:t>
 1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ерназар ауылы, Ақкөл қаласының әкімшілік бағынысында</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5069,87 +5930,87 @@
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қына ауылы, Қарасай ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5159,201 +6020,201 @@
               <w:t>
 1,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жалғызқарағай ауылы, Жалғызқарағай ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2129" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Радовка ауылы, Ақкөл қаласының әкімшілік бағынысында</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5363,87 +6224,87 @@
               <w:t>
 1,55</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кемеркөл ауылы, Наумовка ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5453,87 +6314,87 @@
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құрылыс ауылы, Новорыбинка ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5543,87 +6404,87 @@
               <w:t>
 1,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғат ауылы, Еңбек ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5633,87 +6494,87 @@
               <w:t>
 0,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Амангелді ауылы, Урюпин ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5723,87 +6584,87 @@
               <w:t>
 1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қараөзек ауылы, Новорыбинка ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5813,87 +6674,87 @@
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өрнек ауылы, Наумовка ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5903,87 +6764,87 @@
               <w:t>
 1,35</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қайнар ауылы, Жалғызқарағай ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5993,87 +6854,87 @@
               <w:t>
 0,85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ерофеевка ауылы, Урюпин ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6083,87 +6944,87 @@
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Малоалександровка ауылы, Урюпин ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6173,87 +7034,87 @@
               <w:t>
 1,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сазды бұлақ ауылы, Қарасай ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6263,87 +7124,87 @@
               <w:t>
 1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тастыадыр ауылы, Жалғызқарағай ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6353,87 +7214,87 @@
               <w:t>
 1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қарасай ауылы, Қарасай ауылдық округі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5082" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6487,63 +7348,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -6865,35 +7748,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>