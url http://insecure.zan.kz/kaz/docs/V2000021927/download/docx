--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="57ec2b4" w14:textId="57ec2b4">
+    <w:p w14:paraId="32886d3" w14:textId="32886d3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1848,764 +1848,1332 @@
         <w:t>
       2) зерттеушілерге биологиялық материалдарды олар әзірлеген енгізу критерийлері бойынша беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z83" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) биологиялық материалдардың сақталған үлгілері мен ілеспе медициналық, демографиялық және зертханалық ақпараттың есебін жүргізу, электрондық мәліметтер базасын жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z84" w:id="46"/>
-[...15 lines deleted...]
-      4) биологиялық материалдар үлгілерінің жиналған коллекцияларының температуралық режимдерге сәйкес, жинақталған толық қауіпсіздігіне кепілдік беретін резервтік қуат көздерінің болуымен сақтау;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) алып тасталды - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) зерттеушілер мен ғылыми орталықтың ғылыми топтарына биологиялық материалдарды жинау, өңдеу, сақтау және талдау бойынша қызметтер ұсыну;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z85" w:id="47"/>
-[...15 lines deleted...]
-      5) зерттеушілер мен ғылыми орталықтың ғылыми топтарына биологиялық материалдарды жинау, өңдеу, сақтау және талдау бойынша қызметтер ұсыну;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) басқа қазақстандық және шетелдік биобанктермен өзара байланыс орнату;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z86" w:id="48"/>
-[...15 lines deleted...]
-      6) басқа қазақстандық және шетелдік биобанктермен өзара байланыс орнату;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) биобанктер мен медициналық ұйымдар арасында биологиялық материалдар үлгілерін алмасу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z87" w:id="49"/>
-[...15 lines deleted...]
-      7) биобанктер мен медициналық ұйымдар арасында биологиялық материалдар үлгілерін алмасу;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 17.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 74</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Биобанк өз қызметінде Қазақстан Республикасының денсаулық сақтау және ғылым саласындағы қолданыстағы заңнамасын, дербес деректерді және оларды қорғау, халықаралық және ұлттық биоэтикалық стандарттар мен биомедициналық зерттеулер жүргізудің озық тәжірибесін, осы Ережені, ғылыми-зерттеу орталығының ішкі нормативтік құжаттарын, зерттеудің бірінші басшысының бұйрықтары мен бұйрықтарын басшылыққа алады. орталығы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Биобанкке жалпы басшылықты ғылыми жұмыстар жөніндегі бірінші басшының орынбасары (жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымында және ғылыми ұйымда), медициналық бөлімде (денсаулық сақтау ұйымында) бірінші басшының орынбасары жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Биобанк қызметін тікелей басқаруды ғылыми орталықтың бірінші басшысының бұйрығымен тағайындалған биобанк басшысы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Биобанк құрылымы мен штаттық санын ғылыми орталықтың бірінші басшысы бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Биобанкте биологиялық материалдар мен және деректерді жинау, есепке алу, сақтау, пайдалану және жою стандартты операциялық рәсімдерге сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 17.04.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 17.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
-[...93 lines deleted...]
-      15. Биобанкте биологиялық материалдар мен және деректерді жинау, есепке алу, сақтау, пайдалану және жою стандартты операциялық рәсімдерге сәйкес жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Биологиялық материалдарды жинау кезінде биобанк биологиялық материалдар донорының немесе оның заңды өкілінің негізделген келісімін алуына кепілдік береді. Биобанкпен биологиялық материалдарды және жеке деректерді ғылыми зерттеулерде оларды одан әрі пайдалану үшін беру биологиялық материалдар донорының немесе оның заңды өкілінің негізделген келісімі негізінде, егер зерттеулерді биоэтика жөніндегі жергілікті комиссия (бұдан әрі - жергілікті комиссия) мақұлдаған болса, жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:p>
-[...77 lines deleted...]
-      16. Биологиялық материалдарды жинау кезінде биобанк биологиялық материалдар донорының немесе оның заңды өкілінің негізделген келісімін алуына кепілдік береді. Биобанкпен биологиялық материалдарды және жеке деректерді ғылыми зерттеулерде оларды одан әрі пайдалану үшін беру биологиялық материалдар донорының немесе оның заңды өкілінің негізделген келісімі негізінде, егер зерттеулерді биоэтика жөніндегі жергілікті комиссия (бұдан әрі - жергілікті комиссия) мақұлдаған болса, жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z62" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Биологиялық материалдар донорының немесе оның заңды өкілінің ақпараттық келісімін алу және құжаттамалық ресімдеу GCP стандартына және биоэтикалық қағидаттарға сәйкес қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
-[...15 lines deleted...]
-      17. Биологиялық материалдар донорының немесе оның заңды өкілінің ақпараттық келісімін алу және құжаттамалық ресімдеу GCP стандартына және биоэтикалық қағидаттарға сәйкес қамтамасыз етіледі.</w:t>
+    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Биологиялық материалдар донорының немесе оның заңды өкілінің жазбаша ақпараттық келісімін биологиялық материалды биобанкте сақтау, нақты міндеттерді көрсете отырып, зерттеулерде пайдалану үшін зерттеу мақсатында жинағанға дейін алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
-[...15 lines deleted...]
-      18. Биологиялық материалдар донорының немесе оның заңды өкілінің жазбаша ақпараттық келісімін биологиялық материалды биобанкте сақтау, нақты міндеттерді көрсете отырып, зерттеулерде пайдалану үшін зерттеу мақсатында жинағанға дейін алады.</w:t>
+    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Зерттеушілер мен биобанкті басқаратын тұлғалар биологиялық материалдар донорларының жеке өміріне қол сұғылмаушылықты қорғауды және донорлардан басқа адамдарға қатысты алынған ақпаратты қоса алғанда, олардың жеке ақпараттарының құпиялылығын сақтауды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z64" w:id="57"/>
-[...15 lines deleted...]
-      19. Зерттеушілер мен биобанкті басқаратын тұлғалар биологиялық материалдар донорларының жеке өміріне қол сұғылмаушылықты қорғауды және донорлардан басқа адамдарға қатысты алынған ақпаратты қоса алғанда, олардың жеке ақпараттарының құпиялылығын сақтауды қамтамасыз етеді.</w:t>
+    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Зерттеушілер биобанк басқаратын тұлғалар биологиялық материалдарды пайдалану кезінде адам жасушасына қатысты адамдардың немесе Қоғамдастық топтарының діни және мәдени көзқарастары мен дәстүрлерін ескереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z65" w:id="58"/>
-[...15 lines deleted...]
-      20. Зерттеушілер биобанк басқаратын тұлғалар биологиялық материалдарды пайдалану кезінде адам жасушасына қатысты адамдардың немесе Қоғамдастық топтарының діни және мәдени көзқарастары мен дәстүрлерін ескереді.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Зерттеуге ақпараттандырылған келісімге қол қойған донор кез келген сәтте оның деректерін және (немесе) биологиялық материалды нақты зерттеулерде пайдалануға тыйым салады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z66" w:id="59"/>
-[...15 lines deleted...]
-      21. Зерттеуге ақпараттандырылған келісімге қол қойған донор кез келген сәтте оның деректерін және (немесе) биологиялық материалды нақты зерттеулерде пайдалануға тыйым салады.</w:t>
+    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Жергілікті комиссия донорлардың биологиялық үлгілері мен деректерін олардың келісіміне сәйкес неғұрлым жақсы этикалық пайдалануды қамтамасыз ету үшін деректерге және (немесе) биологиялық үлгілерге қол жеткізуді ұсыну туралы барлық келісімдерді қарайды және мақұлдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z67" w:id="60"/>
-[...15 lines deleted...]
-      22. Жергілікті комиссия донорлардың биологиялық үлгілері мен деректерін олардың келісіміне сәйкес неғұрлым жақсы этикалық пайдалануды қамтамасыз ету үшін деректерге және (немесе) биологиялық үлгілерге қол жеткізуді ұсыну туралы барлық келісімдерді қарайды және мақұлдайды.</w:t>
+    <w:bookmarkStart w:name="z68" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Биобанк қызметі ішкі және сыртқы мониторингке жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z68" w:id="61"/>
-[...15 lines deleted...]
-      23. Биобанк қызметі ішкі және сыртқы мониторингке жатады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Биобанк құрылатын зерттеу орталығы ішкі мониторинг рәсімін қамтамасыз етеді. Ішкі мониторинг сапа менеджменті жүйесінің басшылығында белгіленген тәртіппен жыл сайын жүзеге асырылады. Сыртқы мониторингті Орталық комиссия 5 жылда бір рет жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мониторингке биологиялық үлгілерді жинау, сақтау және пайдалану, дербес деректерді жинау, тіркеу, сақтау, қорғау және беру рәсімдері жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Зерттеу орталығы биобанкті жабу немесе биобанкте сақталатын биологиялық үлгілерді, дербес деректерді жою туралы шешім қабылдаса, зерттеу орталығы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:p>
-[...51 lines deleted...]
-      24. Зерттеу орталығы биобанкті жабу немесе биобанкте сақталатын биологиялық үлгілерді, дербес деректерді жою туралы шешім қабылдаса, зерттеу орталығы:</w:t>
+    <w:bookmarkStart w:name="z88" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Орталық комиссияға хабарлайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z88" w:id="63"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z89" w:id="64"/>
+    <w:bookmarkStart w:name="z89" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Өндіріс және тұтыну қалдықтарын жинауға, пайдалануға, қолдануға, залалсыздандыруға, тасымалдауға, сақтауға және көмуге қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің м.а. 2020 жылғы 25 желтоқсандағы № ҚР ДСМ-331/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес медициналық қалдықтарды жинау, сақтау, тасымалдау және кәдеге жарату тәртібіне сәйкес дербес деректерді, сондай-ақ биологиялық үлгілерді жоюды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z90" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) биологиялық үлгілерді, материалдық жеткізгіштердегі дербес деректерді Қазақстан Республикасының резиденті – зерттеу орталығының базасында жұмыс істейтін басқа биобанкке беруді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z90" w:id="65"/>
-[...15 lines deleted...]
-      3) биологиялық үлгілерді, материалдық жеткізгіштердегі дербес деректерді Қазақстан Республикасының резиденті – зерттеу орталығының базасында жұмыс істейтін басқа биобанкке беруді қамтамасыз етеді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 17.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 74</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Биологиялық материалдарды сақтау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...11 lines deleted...]
-      </w:r>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 17.04.2023 </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 4-тараумен толықтырылды - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 74</w:t>
+        <w:t>№ 147</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...15 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Биобанк қызметіне жалпы басшылық биологиялық материалдарды сақтау үшін үй-жайларда (аймақтарда) құру арқылы биологиялық қасиеттерін сақтауға және олардың инфекциясы мен ластануын болдырмауға мүмкіндік беретін биологиялық материалдарды сақтау жағдайларын қамтамасыз етеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z93" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) температуралық-ылғалдылық режимі (ауа баптау жүйелерінің немесе жылыту-желдету құралдарының көмегімен жүйелі бақылау және реттеу арқылы температура мен ылғалдылықтың нормативтік параметрлерін ұстап тұру);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z94" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) санитариялық-гигиеналық режим (гигиеналық өңдеу, биологиялық материалдардың жай-күйін энтомологиялық және микологиялық қадағалау);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z95" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жарық режимі (жоғары тиімді жарықтан қорғайтын жабдықты пайдалану арқылы биологиялық материалдарды жарықтандырудың нормативтік параметрлерін қолдау).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z96" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Базасында биобанк құрылған зерттеу орталығы, ғылыми және медициналық мақсаттарда биологиялық материалдарды сақтау кезінде оның жұмыскерлері осы талаптар мен қағидаларды сақтауын қамтамасыз етуге бағытталған шараларды жүзеге асырады. Зерттеу орталығымен биологиялық материалдарды сақтау кезінде жұмыскерлердің іс-әрекеттер тәртібін, биобанктердегі өлшеу аспаптары мен жабдықтарды техникалық қызмет көрсету және тексеру тәртібін, жазбаларды, есептерді жүргізу мен сақтауды, биологиялық материалдарды қабылдау, тасымалдау және биобанктерде орналастыру рәсімдерін, сондай-ақ биобанктерде стандартты операциялық рәсімдердің сақталуын бақылауды реттейтін құжаттар бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z97" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Зерттеу орталығы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z98" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) биологиялық материалдарды зерттеу орталығының құжаттарымен бекітілген талаптарға сәйкес сақтауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z99" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жұмыскерлерінің лауазымдық нұсқаулықтар талаптарын бұзғаны үшін жауапкершілігінің айқындалуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z100" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) биологиялық материалдарды сақтау процесінің биомедициналық зерттеу жүргізу кезінде не ол аяқталғаннан кейін құжат түрінде ресімделуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z101" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) талаптардың әрбір бұзылуына қатысты ішкі тексеру жүргізуін және анықталған бұзушылықтарды жою мақсатында түзету іс-қимылдары әзірленуін қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z102" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      28. Биобанктерде биологиялық материалдарды сақтау үшін пайдаланылатын үй-жайлар (аймақтар) Қазақстан Республикасының заңнамасында белгіленген талаптарға, оның ішінде "Денсаулық сақтау объектілеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 11 тамыздағы № ҚР ДСМ-96/2020 бұйрығына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №21080 болып тіркелген), "Өрт қауіпсіздігі қағидаларын бекіту туралы" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде №26867 болып тіркелген) Қазақстан Республикасы Төтенше жағдайлар министрінің 2022 жылғы 21 ақпандағы №55 сәйкес болуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z103" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Биоматериалдарды биобанктерде сақтау үшін пайдаланылатын үй-жайлардың ауданы мынадай функцияларды орындауға арналған аймақтарға бөлінуі мүмкін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z104" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) биологиялық материалдарды қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z105" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) биологиялық материалдарды негізгі сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z106" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) экспедициялар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z107" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) арнайы жағдайларды талап ететін биологиялық материалдарды сақтау (мысалы, криоқойма жағдайында);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z108" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) анықталған бұрмаланған, сапасыз, контрафактілі биологиялық материалдарды материалдарды сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z109" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) биологиялық материалдарды карантиндік сақтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z110" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Биологиялық материалдарды сақтауға арналған үй-жайларға (аймақтарға) стандартты операциялық рәсімдерде айқындалған қол жеткізу құқығы жоқ адамдарға рұқсат етілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z111" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      30. Биологиялық материалдарды сақтауға арналған стеллаждар (шкафтар) таңбалануы, көрінетін аймақта орналасқан стеллаж карталары болуы, айналыс субъектісі қолданатын биологиялық материалдарды есепке алу жүйесіне сәйкес биологиялық объектілер мен биологиялық материалдарды сәйкестендіруді қамтамасыз етуі тиіс. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z112" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расталуы тиіс стеллаждық карталардың орнына деректерді өңдеудің электрондық жүйесін қолдануға жол беріледі. Деректерді өңдеудің электрондық жүйесін пайдаланған кезде кодтардың көмегімен сәйкестендіруге жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z113" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Іс-әрекеттерді сипаттайтын биологиялық материалдарды биобанктерде сақтау жөніндегі құжаттарға стандартты операциялық рәсімдер, нұсқаулықтар, шарттар, есептер кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>