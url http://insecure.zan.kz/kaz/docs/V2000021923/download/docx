--- v0 (2025-12-25)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0b13345" w14:textId="0b13345">
+    <w:p w14:paraId="fcdde74" w14:textId="fcdde74">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1133,51 +1133,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәртіппен дәрілік заттар мен медициналық бұйымдардың сапасын бағалауды сараптама ұйымының мамандары жыл сайын жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z13" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Мемлекеттік орган 1 қазанға дейінгі мерзімде электрондық құжат айналымы жүйесі арқылы "Тиісті фармацевтикалық практикалар жөніндегі фармацевтикалық инспекциялар жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2021 жылғы 27 қаңтардағы № ҚР ДСМ-9 </w:t>
+      4. Мемлекеттік орган 1 қазанға дейінгі мерзімде электрондық құжат айналымы жүйесі арқылы сараптама ұйымына "Тиісті фармацевтикалық практикалар жөніндегі фармацевтикалық инспекциялар жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2021 жылғы 27 қаңтардағы № ҚР ДСМ-9 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 22143 болып тіркелген) (бұдан әрі – № ҚР ДСМ-9 бұйрық) және "Медициналық бұйымдарға инспекциялар жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 23 желтоқсандағы № ҚР ДСМ-315/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1212,389 +1212,655 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21896 болып тіркелген) (бұдан әрі – № ҚР ДСМ-320/2020 бұйрық) сәйкес фармакологиялық қадағалау нәтижелері бойынша алдыңғы 3 жылда анықталған сәйкессіздіктері бар дәрілік заттар мен медициналық бұйымдар туралы еркін нысанда ақпарат жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сараптама ұйымы жыл сайын 15 қазанға дейінгі мерзімде Қазақстан Республикасының аумағындағы айналыстағы дәрілік заттар мен медициналық бұйымдардың сапасын бағалау үшін үлгілерді іріктеу жоспарын (бұдан әрі – Жоспар) әзірлейді және оны келесі күнтізбелік жылға бекіту үшін еркін нысанда электрондық құжат айналымы жүйесі арқылы мемлекеттік органның атына жібереді.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Сараптама ұйымы жыл сайын 15 қазанға дейінгі мерзімде Қазақстан Республикасының аумағында айналыстағы дәрілік заттар мен медициналық бұйымдардың сапасын бағалау үшін үлгілерді іріктеу жоспарын (бұдан әрі – Жоспар) әзірлейді және оны бекіту үшін келесі күнтізбелік жылға еркін нысанда электрондық құжат айналымы жүйесі арқылы мемлекеттік органның атына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жоспарға дәрілік заттар мен медициналық бұйымдарды енгізу бөлігінде осы Қағидалардың 5-тармағымен сәйкессіздіктер болған жағдайда, мемлекеттік орган Жоспарды алған күннен бастап 5 жұмыс күні ішінде сараптама ұйымына электрондық құжат айналым жүйесі арқылы Жоспар жобасын пысықтау үшін жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сараптама ұйымы мемлекеттік органнан ескертулер келіп түскен сәттен бастап 3 жұмыс күні ішінде пысықталған Жоспарды бекіту үшін мемлекеттік органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік орган жыл сайын 1 қарашаға дейінгі мерзімде Жоспарды бекітеді және оны сараптама ұйымының ресми интернет-ресурсында еркін қолжетімділікте орналастыру үшін электрондық құжат айналымы жүйесі арқылы сараптама ұйымына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Дәрілік заттар мен медициналық бұйымдарды Жоспарға енгізу бөлігінде осы Қағидалардың </w:t>
-[...129 lines deleted...]
-    </w:p>
+      4-1. Жоспарды қайта қарау және оған түзетулер енгізу іріктеу жоспары қалыптастырылғаннан кейін тегін медициналық көмектің кепілдік берілген көлемі және (немесе) міндетті әлеуметтік медициналық сақтандыру жүйесі шеңберінде сатып алынған саудалық атаулары бойынша дәрілік заттар мен медициналық бұйымдар туралы бірыңғай дистрибьютордан алынған ақпаратты ескере отырып, сондай-ақ дәрілік заттар мен медициналық бұйымдардың айналысы саласындағы мемлекеттік бақылау, оның ішінде фармакологиялық қадағалау және инспекция нәтижелері бойынша жартыжылдық негізде жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сараптама ұйымы жыл сайын 15 маусымға дейінгі мерзімде Жоспарға өзгерістер және (немесе) толықтырулар енгізу туралы жобасын бекіту үшін еркін нысанда электрондық құжат айналымы жүйесі арқылы мемлекеттік органның атына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жоспарға дәрілік заттар мен медициналық бұйымдарды енгізу бөлігінде осы Қағидалардың 5-тармағына сәйкессіздіктер болған жағдайда, мемлекеттік орган Жоспарға өзгерістер және (немесе) толықтырулар енгізу туралы жобасын алған күннен бастап 5 жұмыс күні ішінде сараптама ұйымына пысықтау үшін Жоспарға өзгерістер және (немесе) толықтырулар жобасын электрондық құжат айналымы жүйесі арқылы жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сараптама ұйымы Жоспарға өзгерістер және (немесе) толықтырулар енгізу туралы жобасы келіп түскен сәттен бастап 3 жұмыс күні ішінде Жоспарға өзгерістер және (немесе) толықтырулар енгізу туралы пысықталған жобасын бекітуге мемлекеттік органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік орган 1 шілдеге дейінгі мерзімде Жоспарға өзгерістер және (немесе) толықтырулар енгізуді бекітеді және жаңартылған Жоспарды сараптама ұйымының ресми интернет-ресурсында еркін қолжетімділікте орналастыру үшін электрондық құжат айналымы жүйесі арқылы сараптама ұйымына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тарау 4-1-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-2. Сараптама ұйымы өнім өндірушімен (дәрілік заттардың тіркеу куәліктерін ұстаушымен, медициналық бұйымдарды өндірушінің уәкілетті өкілімен) немесе оның сенім білдірген тұлғаларымен (бұдан әрі – өндіруші) өндіруші жүгінген сәттен бастап 15 жұмыс күні ішінде Жоспарға енгізілген нарықтан тәуекелге бағдарланған тәсілді ескеріле отырып, іріктелген өнім үлгілеріне сынақтар жүргізуге үлгілерді іріктеу шарт жасасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сараптама ұйымы нарықтан тәуекелге бағдарланған тәсіл ескере отырып, іріктелген өнім үлгілеріне сынақтар жүргізуге шарт жасалған күннен бастап 10 жұмыс күні ішінде өнім үлгілерін іріктеу графигін қалыптастырады және оны өндірушіге келісуге жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өндіруші өнімнің үлгілерін іріктеу графигін оны алған күннен бастап күнтізбелік 30 күн ішінде келіседі. Өндірушінің сараптама ұйымынан сұрату алған күннен бастап күнтізбелік 30 күн ішінде келісімі болмаған кезде, сараптама ұйымы күнтізбелік 10 күн ішінде мемлекеттік органға хабарлама (еркін нысанда) жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үлгілерді іріктеу графигін қайта қарауды немесе оған түзетулер енгізуді сараптама ұйымы өндірушіден жазбаша сұратуды (еркін нысанда) алғаннан кейін 10 жұмыс күні ішінде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тарау 4-2-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қазақстан Республикасында тіркелген дәрілік заттар мен медициналық бұйымдардың сапасына бағалау жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 20 желтоқсандағы № ҚР ДСМ-282/2020 </w:t>
+      4-3. "Қазақстан Республикасында тіркелген дәрілік заттар мен медициналық бұйымдардың сапасына бағалау жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 20 желтоқсандағы № ҚР ДСМ-282/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21836 болып тіркелген) өнімнің сәйкестігіне берілген қолданыстағы сертификаттарын тоқтата тұру туралы шешім қабылдау үшін сараптама ұйымы күнтізбелік жылдың қорытындылары бойынша есепті кезеңнен кейінгі жылдың 15 қаңтарына дейінгі мерзімде:</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> сәйкес берілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21836 болып тіркелген) қолданыстағы өнімнің сәйкестік сертификаттарын тоқтата тұру туралы шешім қабылдау үшін сараптама ұйымы күнтізбелік жылдың қорытындылары бойынша есепті кезеңнен кейінгі жылдың 15 қаңтарына дейінгі мерзімде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z40" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жоспарға енгізілген, бірақ, өндірушінің нарықтан тәуекелге бағдарланған тәсіл ескеріле отырып, іріктелген өнім үлгілеріне сынақтар жүргізуге шарт жасаспауына байланысты іріктеуден өтпеген;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z41" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жоспарға енгізілген, нарықтан тәуекелге бағдарланған тәсілді ескере отырып, іріктелген өнім үлгілеріне сынақтар жүргізуге шарт жасалған, бірақ шарт талаптарына сәйкес үлгілерді іріктеуді жүргізу қамтамасыз етілмеген өнімдер туралы ақпаратты (еркін нысанда) мемлекеттік органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 13.01.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 3</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тарау 4-3-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="16"/>
+    <w:bookmarkStart w:name="z14" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ерекше сақтау шарттарын талап ететін дәрілік заттар (+15℃ (Цельсий градусы) дейін температурада сақталатын);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) орфандық дәрілік заттарды қоспағанда, ағымдағы жылғы 1 желтоқсандағы жағдай бойынша бірыңғай дистрибьютормен тегін медициналық көмектің кепілдік берілген көлемі шеңберінде және (немесе) міндетті әлеуметтік медициналық сақтандыру жүйесінде сатып алынған саудалық атаулары бойынша дәрілік заттар;</w:t>
+      2) орфандық дәрілік заттарды, импланталатын медициналық бұйымдарды және in vitro диагностикасына арналған медициналық бұйымдарды, сондай-ақ медициналық техниканы қоспағанда, іріктеу жоспарын қалыптастыру күніндегі жағдай бойынша бірыңғай дистрибьютормен тегін медициналық көмектің кепілдік берілген көлемі шеңберінде және (немесе) міндетті әлеуметтік медициналық сақтандыру жүйесінде сатып алынған саудалық атаулары бойынша дәрілік заттар мен медициналық бұйымдар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасының аумағында алғаш тіркелген дәрілік заттар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1748,241 +2014,261 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 13.01.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="17"/>
+    <w:bookmarkStart w:name="z15" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нарықтан, оның ішінде медициналық ұйымдарда тәуекелге бағдарланған тәсіл ескеріле отырып, сапасы бақылануға жататын дәрілік заттар мен медициналық бұйымдарды іріктеу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z16" w:id="18"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z16" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Үлгілерді іріктеу дәрілік заттар мен медициналық бұйымдарды өндіру жөніндегі ұйымдарда, дәрілік заттар мен медициналық бұйымдарды көтерме және бөлшек саудада өткізуді жүзеге асыратын ұйымдарда (дәріханалар, оның ішінде Интернет арқылы өткізуді жүзеге асыратын дәріханалар, денсаулық сақтау ұйымдарындағы дәріхана пункттері, дәріхана (дистрибьюторлық) қоймалары, дәрілік заттарды, медициналық бұйымдарды уақытша сақтау қоймалары, оптика дүкендері, медициналық бұйымдар дүкендері), сондай-ақ денсаулық сақтау ұйымдарында өндіруші өкілінің қатысуымен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z17" w:id="19"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z17" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Үлгілерді іріктеу зертханалық сынақтарды бір рет жүргізу үшін қажетті мөлшерде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Үлгілерді іріктеу кезінде осы Қағиданың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өнім үлгілерін іріктеу актісі жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="20"/>
+    <w:bookmarkStart w:name="z18" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Сынаққа өнім үлгілерін іріктеумен бір мезгілде іріктелген үлгілердің санына тең мөлшерде бақылау үлгілерін іріктеу жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z19" w:id="21"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z19" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Үлгілерді іріктеуге тұтыну қаптамасындағы дайын дәрілік заттар жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Үлгілерді іріктеу алдында қаптаманың сыртқы тексерілуі жүргізіледі, оның сапасы, бүтіндігі, сондай-ақ ыдыс пен қаптаманың нормативтік құжаттама талаптарына сәйкестігі анықталады. Бір мезгілде дәрілік заттардың сақтау температуралық жағдайлары (температуралық режим, ылғалдылық) тексеріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="22"/>
+    <w:bookmarkStart w:name="z20" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Үлгілерді іріктеу кезінде дәрілік заттардың уыттылығын, жарылыс қауіптілігін, от қауіптілігін, гигроскопиялығын ескере отырып, сондай-ақ оларды ластанудан сақтау үшін сақтық шаралары қабылданады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Үлгілерді іріктеу дәрілік заттар сапасының нашарлауын болдырмайтын шарттарды сақтай отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1993,70 +2279,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Үлгілерді іріктеу әдістері препараттың химиялық құрамының оны іріктеу мен талдау арасындағы аралықта өзгермейтініне кепілдік береді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Үлгілерді нормативтік құжаттамаға сәйкес тығындалған және буып-түйілген бүлінбеген қаптама бірліктерінен ғана алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="23"/>
+    <w:bookmarkStart w:name="z21" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Дәрілік заттардың нормативтік құжаттың талаптарына сәйкестігіне сынақ жүргізу үшін үлгілерді көп сатылы іріктеу жүргізіледі. Әр сатыдағы үлгілер алдыңғы сатыда таңдалған бірліктерден пропорционалды мөлшерде кездейсоқ таңдалады. Сатылар саны қаптаманың түрімен анықталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бірінші саты: қаптама ыдыстарының бірліктерін (жәшіктерді, қораптарды, қаптарды, бөтелкелерді, барабандарды) іріктеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2139,186 +2425,186 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Соңғы сатыда іріктеп алынған қаптама бірліктерінен сыртқы түрі бойынша бақылаудан кейін нормативтік құжаттардың талаптарына сәйкес (микробиологиялық тазалыққа, стерильділікке сынауды ескере отырып) зертханалық сынақтар жүргізу үшін қажетті мөлшерде үлгі алады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қатты мөлшерленген дәрілік заттар үшін микробиологиялық бақылау жүргізу үшін талап етілетін бірліктер санын есептеу үлгінің граммен (50 г) талап етілетін санын таблетканың (драже, капсула, суппозиторий) орташа салмағына бөлу арқылы жүзеге асырылады. Инъекцияға арналған дәрілік заттардың және көз тамшыларының үлгілері механикалық қосылуларға арналған сынақтарды ескере отырып алынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="24"/>
+    <w:bookmarkStart w:name="z22" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Іріктелген үлгілерді негізгі өнімнен оқшаулайды, қаптайды, іріктеу орнында мөрлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дәрілік заттардың іріктелген үлгілері нормативтік құжатта көзделген және оның сақталуын қамтамасыз ететін қаптамадағы бақылауға жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="25"/>
+    <w:bookmarkStart w:name="z23" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Үлгілерді іріктеуге тұтыну қаптамасындағы дайын медициналық бұйымдар жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z24" w:id="26"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z24" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Үлгілерді іріктеу алдында қаптаманың сыртқы тексеруі жүргізіледі, оның сапасы, бүтіндігі, сондай-ақ ыдыс пен қаптаманың нормативтік құжаттама талаптарына сәйкестігі анықталады. Бір мезгілде медициналық бұйымдарды сақтаудың температуралық жағдайлары (температуралық режим, ылғалдылық) қолданылуы бойынша тексеріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z25" w:id="27"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z25" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Үлгілерді іріктеу медициналық бұйымдар сапасының нашарлауын болдырмайтын шарттарды сақтай отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Үлгілерді нормативтік құжаттамаға сәйкес бүлінбеген қаптамалардан ғана алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="28"/>
+    <w:bookmarkStart w:name="z26" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Медициналық бұйымдардың үлгілерін іріктеу процесінде жалпы жағдайда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) партияның біртектілігі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2347,110 +2633,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) саны бойынша іріктеменің өкілдігі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) үлгілердің өнімнің сәйкестендіру белгілеріне сәйкестігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="29"/>
+    <w:bookmarkStart w:name="z27" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Конструкциясы, құрамы және дайындау технологиясы бойынша іріктеп алынатын үлгілер сатуға арналған өнімге сәйкес келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z28" w:id="30"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z28" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Үлгілердің құрамы бойынша іріктеу осындай жиынтықтың жекелеген түрлерінің (маркаларының, өлшемдерінің, үлгілерінің, модельдерінің) қасиеттерінің айырмашылығын ескере отырып, сапаны бағалау объектісі болып табылатын біртекті өнімнің бүкіл жиынтығын көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z29" w:id="31"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z29" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Жиынтыққа немесе жинаққа кіретін біртекті өнімнің немесе медициналық бұйымның үлгілік қатарындағы медициналық бұйымдардың үлгілерін іріктеу кезінде іріктемеге медициналық бұйымның сапасы жөніндегі нормативтік құжатқа сәйкес әртүрлі сапа көрсеткіштері бойынша сынақтар жүргізу үшін бөлінетін әртүрлі сериялардың үлгілері енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2646,68 +2932,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="32"/>
+    <w:bookmarkStart w:name="z31" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өнім үлгілерін іріктеу актісі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № ____________ 20___ жыл "___" _________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>