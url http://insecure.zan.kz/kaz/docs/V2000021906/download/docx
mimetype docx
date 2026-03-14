--- v0 (2025-10-01)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="337b9e6" w14:textId="337b9e6">
+    <w:p w14:paraId="2338af6" w14:textId="2338af6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -827,1552 +827,1790 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Дәрілік заттар мен медициналық бұйымдарды қолдануды тоқтата тұру, тыйым салу немесе айналыстан алып қою не шектеу қағидалары (бұдан әрі – Қағидалар) "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасы Кодексінің (бұдан әрі – Кодекс) </w:t>
-[...9 lines deleted...]
-        <w:t>259-бабына</w:t>
+      1. Осы Дәрілік заттар мен медициналық бұйымдарды қолдануды тоқтата тұру, тыйым салу немесе айналыстан алып қою не шектеу қағидалары (бұдан әрі – Қағидалар) "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасы Кодексінің (бұдан әрі – Кодекс) 259-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және дәрілік заттар мен медициналық бұйымдарды қолдануды тоқтата тұру, тыйым салу немесе айналыстан алып қою не шектеу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 02.06.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 24.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Осы Қағидаларда пайдаланылатын негізгі ұғымдар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z56" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дәрілік заттар мен медициналық бұйымдар айналысы саласындағы мемлекеттік орган (бұдан әрі – мемлекеттік орган) – дәрілік заттар мен медициналық бұйымдардың айналысы саласында басшылықты, дәрілік заттар мен медициналық бұйымдардың айналысын бақылауды жүзеге асыратын мемлекеттік орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z57" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) дәрілік заттар мен медициналық бұйымдардың айналысы саласындағы мемлекеттік сараптама ұйымы (бұдан әрі – сараптама ұйымы) – дәрілік заттар мен медициналық бұйымдардың қауіпсіздігін, тиімділігі мен сапасын қамтамасыз ету бойынша денсаулық сақтау саласындағы өндірістік-шаруашылық қызметті жүзеге асыратын мемлекеттік монополия субъектісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z58" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дәрілік заттар мен медициналық бұйымдардың айналысы саласындағы субъектілер – фармацевтикалық қызметті жүзеге асыратын жеке немесе заңды тұлғалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z59" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) денсаулық сақтау саласындағы уәкілетті орган (бұдан әрі – уәкілетті орган) – Қазақстан Республикасы азаматтарының денсаулығын сақтау, медицина және фармацевтика ғылымы, медициналық және фармацевтикалық білім беру, халықтың санитариялық-эпидемиологиялық саламаттылығы, дәрілік заттар мен медициналық бұйымдардың айналысы, медициналық қызметтер (көмек) көрсетудің сапасы саласында басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 24.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Уәкілетті орган Кодекстің 259-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес дәрілік заттар мен медициналық бұйымдарды қолдануды, өткізуді немесе өндіруді тоқтата тұру немесе оған тыйым салу туралы, сондай-ақ айналымнан алу немесе қолдануды шектеу туралы шешімді (бұдан әрі – шешім) келесі жағдайларда қабылдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z19" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дәрілік заттар мен медициналық бұйымдар Қазақстан Республикасының денсаулық сақтау саласындағы заңнамасының талаптарына сәйкес келмеген;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z20" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) дәрілік затты медициналық қолдану жөніндегі нұсқаулықта көрсетілмеген адамның денсаулығы үшін қауіпті дәрілік заттардың жағымсыз реакциялары анықталған немесе нұсқаулықта көрсетілген елеулі жағымсыз реакциялар жағдайларының анықталу жиілігі артқан немесе төмен терапиялық тиімділік (терапиялық әсердің болмауы) немесе "пайда-тәуекел" қолайсыз арақатынасы бар елеулі жағымсыз реакциялардың анықталуына байланысты тоқтата тұру және (немесе) оны басқа елдердің нарығынан кері қайтарып алу туралы ақпарат болған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z21" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) медициналық бұйымдарды қолдану процесінде оларды қолдану қауіпсіздігіне әсер ететін конструкциясының, жұмыс істеу қағидатының, өндірістік орындалуының ақаулары анықталған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z22" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) дәрілік заттар мен медициналық бұйымдарды қолданудың қауіпсіздігіне, сапасы мен тиімділігіне әсер ететін, оларды өндірудің бекітілген процесі бұзылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z23" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) дәрілік заттар мен медициналық бұйымдарды қолдануға байланысты пациенттің немесе тұтынушының денсаулығына зиян келтіру туралы деректер болған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z24" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) дәрілік заттар мен медициналық бұйымдарды қолданудың қауіпсіздік деңгейін төмендетуді қамтамасыз ететін, өндіріс технологиясы мен сапаны бақылаудың ғылыми-техникалық деңгейінің жеткіліксіздігі туралы деректер алынған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z25" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) тіркеу куәлігін ұстаушы дәрілік зат пен медициналық бұйымды қолдануды тоқтата тұру, тіркеу куәлігін кері қайтарып алу немесе айналыстан алып қою не оның қолданылуын шектеу туралы өтініш жасаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z26" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) дәрілік заттар фармацевтикалық инспекция нәтижелері бойынша анықталған, Қазақстан Республикасының және (немесе) Еуразиялық экономикалық одақтың тиісті фармацевтикалық практикаларының талаптарына сәйкес келмеген;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z27" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) дәрілік заттың тіркеу куәлігін ұстаушы фармакологиялық қадағалау жөніндегі міндеттемелерін және медициналық бұйымды өндіруші медициналық бұйымдардың қауіпсіздігін, сапасы мен тиімділігін мониторингтеу жөніндегі міндеттемелерін орындамаған жағдайларда дәрілік заттар мен медициналық бұйымдарды қолдануды, өткізуді немесе өндіруді тоқтата тұру немесе тыйым салу туралы, сондай-ақ айналыстан алып қою немесе қолдануды шектеу туралы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 24.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Дәрілік заттар мен медициналық бұйымдарды қолдануды тоқтата тұру, тыйым салу немесе айналыстан алып қою немесе шектеу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z29" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы Қағидалардың 3-тармағында көзделген мәліметтер болған және (немесе) мән-жайлар анықталған кезде уәкілетті орган үш жұмыс күні ішінде шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік орган шешім қабылдағаннан бастап үш жұмыс күні ішінде оны мемлекеттік органның интернет-ресурсына орналастырып, бұл туралы тиісті мемлекеттік органның аумақтық бөлімшелерге, сараптама ұйымына, дәрілік заттарды тіркеу куәлігін ұстаушыға, дәрілік заттар мен медициналық бұйымдар өндірушісіне немесе өндірушінің уәкілді өкіліне және дәрілік заттың клиникалық қауіпсіздігі мен тиімділігі туралы деректерді бағалауды көздейтін, клиникалық зерттеулермен, сондай-ақ мета-талдауларда және (немесе) жүйелі шолуларда сараптама жүргізу мәселелері құзыретіне кіретін уәкілетті органның ведомстволық бағынысты ұйымға жазбаша (еркін) нысанда хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 24.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Осы Қағидалардың 3-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) тармақшаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген жағдайларда сараптама ұйымы хабарлама келіп түскеннен кейін үш жұмыс күні ішінде мемлекеттік органның аумақтық бөлімшелеріне зертханалық сынақтар жүргізу үшін қажетті дәрілік заттар мен медициналық бұйымдар үлгілерінің көлемінің есебін ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 02.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
-[...299 lines deleted...]
-    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:bookmarkStart w:name="z31" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Мемлекеттік органның аумақтық бөлімшелері осы Қағидалардың 3-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) тармақшаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген жағдайларда хабарламаны алған күннен бастап бес жұмыс күні ішінде және сараптама ұйымы ұсынған есепке сәйкес дәрілік зат пен медициналық бұйымның үлгілерін алып қоюды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...62 lines deleted...]
-      Мемлекеттік орган шешім қабылдағаннан бастап бір жұмыс күні ішінде бұл туралы аумақтық бөлімшелерге, дәрілік заттар мен медициналық бұйымдардың тіркеу куәлігін ұстаушыға және сараптама ұйымына жазбаша (еркін) нысанда хабарлайды.</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 02.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Дәрілік заттар мен медициналық бұйымдардың үлгілері осы өнімнің құнын өтеместен бір реттік зертханалық сынақтар жүргізу үшін жеткілікті мөлшерде алынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Дәрілік заттардың, медициналық бұйымдардың үлгілерін алу осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша дәрілік заттардың және (немесе) медициналық бұйымдардың үлгілерін алу актісімен ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Үлгілері зертханалық сынақтар жүргізу үшін алынған дәрілік заттар мен медициналық бұйымдар заңсыз кіруден қорғалған арнайы бөлінген орынға сақтауға орналастырылып жеке сақталады және "Зертханалық сынақтар нәтижелерін алғанға дейін алынды, өткізуге жатпайды" деген затбелгімен жабдықталады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 02.06.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 02.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
-[...65 lines deleted...]
-        <w:t>3)</w:t>
+    <w:bookmarkStart w:name="z33" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Мемлекеттік органның аумақтық бөлімшесінің лауазымды адамдары сақтау және тасымалдау шарттарын сақтай отырып, алынған дәрілік заттардың, медициналық бұйымдардың үлгілерін зертханалық сынақтар жүргізу үшін сараптама ұйымына бес жұмыс күні ішінде жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z34" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Зертханалық сынақтар сараптама ұйымында жоқ арнайы материалдарды: жабдықтарды, реактивтерді, стандартты үлгілерді және сынақтар жүргізу шарттарын талап ететін көрсеткіштерді қоспағанда, сапаның барлық көрсеткіштері бойынша нормативтік құжаттың талаптарына сәйкестігіне жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дәрілік заттар, медициналық бұйымдар үлгілерінің зертханалық сынақтары дәрілік заттардың сапасы жөніндегі нормативтік құжатта және медициналық бұйымдарға арналған нормативтік құжатта көзделген мерзімдерде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Зертханалық сынақтардың нәтижелері бойынша сараптама ұйымының сынақ зертханасы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша сынақтар хаттамасын жасайды, ол бір жұмыс күні ішінде мемлекеттік органға жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Дәрілік заттар мен медициналық бұйымдар үлгілеріне зертханалық сынақтар жүргізу бөлігінде сараптама жүргізгені үшін шығыстарды төлеуді Кодекстің 239-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес монополияға қарсы органмен келісу бойынша уәкілетті орган белгілеген бағаларға сәйкес, дәрілік заттар мен медициналық бұйымдарды өндіруші, дәрілік заттың тіркеу куәлігін ұстаушы немесе медициналық бұйымды өндірушінің уәкілетті өкілі жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Осы Қағидалардың 3-тармағының 4) және 6) тармақшаларында көрсетілген жағдайларда мемлекеттік орган Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кәсіпкерлік кодексіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тексеру тағайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 24.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Зертханалық сынақтардың оң нәтижесі немесе тексерулердің оң нәтижелері алынған жағдайда және бұзушылықтар тексеру актілерінде көрсетілген мерзімдерде жойылған кезде, мемлекеттік орган сынақ және (немесе) тексерулер хаттамасын алған күннен бастап күнтізбелік бес күн ішінде қабылданған шешім туралы аумақтық бөлімшелерді хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z37" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Мемлекеттік органның аумақтық бөлімшелері ақпарат алған күннен бастап бір жұмыс күнінің ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z38" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) облыстардың, республикалық маңызы бар қалалардың және астананың денсаулық сақтауды мемлекеттік басқарудың жергілікті органдарына, басқа да мемлекеттік органдарға (құзыреті бойынша) дәрілік заттар мен медициналық бұйымдарды қолдануды тоқтата тұрудың, тыйым салудың немесе айналыстан алып қоюдың не шектеудің алынғаны туралы хабарлайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z39" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) дәрілік заттар мен медициналық бұйымдарды қолдануды тоқтата тұрудың, тыйым салудың немесе айналыстан алып қоюдың не шектеудің алынғаны туралы мәліметтерді бұқаралық ақпарат құралдарына орналастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z40" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Зертханалық сынақтардың теріс нәтижелері немесе тексерулердің теріс нәтижелері болған жағдайда және тексеру актілерінде көрсетілген мерзімдерде бұзушылықтар жойылмаған кезде, мемлекеттік орган зертханалық сынақтардың және (немесе) тексерулердің нәтижелерін алған күннен бастап күнтізбелік үш күн ішінде дәрілік заттар мен медициналық бұйымдарды қолдануға, өткізуге немесе өндіруге тыйым салу және айналыстан алу не қолдануды шектеу туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z60" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13-1. Мемлекеттік орган дәрілік заттар мен медициналық бұйымдарды қолдануға, өткізуге немесе өндіруге тыйым салу немесе айналымнан алып қою не қолдануды шектеу туралы шешім қабылданған күннен бастап үш жұмыс күні ішінде оны мемлекеттік органның интернет-ресурсына орналастырады, бұл туралы мемлекеттік органның аумақтық бөлімшелерге, сараптық ұйымға, дәрілік заттарды тіркеу куәлігін ұстаушыға, медициналық бұйымдар өндірушісіне немесе өндірушінің уәкілді өкіліне және дәрілік заттың клиникалық қауіпсіздігі мен тиімділігі туралы деректерді бағалауды көздейтін, клиникалық зерттеулермен, сондай-ақ мета-талдауларда және (немесе) жүйелі шолуларда сараптама жүргізу мәселелері құзыретіне кіретін уәкілетті органның ведомстволық бағынысты ұйымға жазбаша (еркін) нысанда хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 13-1-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 24.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Дәрілік заттар мен медициналық бұйымдарды қолдануға, өткізуге немесе өндіруге тыйым салу және айналыстан алып қою не қолданылуын шектеу туралы шешім қабылданған жағдайда дәрілік заттың және медициналық бұйымның өндірушісі, дәрілік заттың тіркеу куәлігінің ұстаушысы, медициналық бұйым өндірушісінің уәкілетті өкілі, дистрибьютор (дистрибьютордың филиалдары) шешім қабылданған күннен бастап бес жұмыс күні ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z42" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік органның аумақтық бөлімшелеріне Қазақстан Республикасының аумағына әкелінген, өткізілген дәрілік заттар мен медициналық бұйымдардың саны және қолданылуы тоқтатыла тұрған, тыйым салынған немесе шектелген дәрілік заттар мен медициналық бұйымдардың қалдықтары туралы ақпарат ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z43" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қолданылуы, өткізілуі немесе өндірілуі тоқтатыла тұрған, тыйым салынған немесе шектелген немесе айналыстан алып қоюға жататын дәрілік заттар мен медициналық бұйымдар бар субъектілерге, оның ішінде дәрілік заттар мен медициналық бұйымдарды жеткізу шартына сәйкес субъектілерге, дәрілік заттар мен медициналық бұйымдарды қайтару қажеттілігі туралы (жазбаша еркін нысанда) хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 02.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 96</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Қолданылуы, өткізілуі немесе өндірілуі тоқтатыла тұрған, тыйым салынған немесе шектелген немесе айналыстан алып қоюға жататын дәрілік заттар мен медициналық бұйымдардың сериясы (партиясы) немесе сериялары (партиялары) бар субъекті оларды қайтару қажеттілігі туралы хабарлама алған күннен бастап күнтізбелік бес күн ішінде мемлекеттік органның аумақтық бөлімшесіне растайтын құжаттарды қоса бере отырып, өндірушіге, дистрибьюторға қайтарылғаны туралы тиісті ақпаратты жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z45" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Мемлекеттік органның аумақтық бөлімшелері осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5) тармақшаларында</w:t>
-[...876 lines deleted...]
-        </w:rPr>
         <w:t>14-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген мәліметтер келіп түскен күннен бастап күнтізбелік он күн ішінде мемлекеттік органға қолданылуы тоқтатыла тұрған, тыйым салынған немесе шектелген дәрілік заттар мен медициналық бұйымдарға қатысты жиынтық ақпаратты жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2542,68 +2780,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Дәрілік заттың және (немесе) медициналық бұйымның үлгілерін алу актісі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Орны _____________________ Күні ______________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3662,70 +3900,70 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Денсаулық сақтау министрлігі </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4830,242 +5068,242 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ _________ бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="46"/>
+    <w:bookmarkStart w:name="z51" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Денсаулық сақтау министрлігінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z52" w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z52" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Дәрілік заттар мен медициналық бұйымдарды қолдануды тоқтата тұру, оған тыйым салу немесе айналыстан алып қою не олардың қолданылуын шектеу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 27 ақпандағы № 106 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10670 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2015 жылғы 17 сәуірде жарияланған); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z53" w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z53" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Дәрілік заттардың, медициналық мақсаттағы бұйымдар мен медициналық техниканың айналысына тыйым салу, оларды тоқтата тұру немесе айналыстан алып қою қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 27 ақпандағы № 106 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 29 мамырдағы № 411 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11497 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2015 жылғы 14 шілдеде жарияланған); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z54" w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z54" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) "Дәрілік заттарға, медициналық мақсаттағы бұйымдар мен медициналық техникаға тыйым салу, оларды тоқтата тұру, айналыстан алып қою немесе шектеу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 27 ақпандағы № 106 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2019 жылғы 16 сәуірдегі № ҚР ДСМ-41 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18561 болып тіркелген, Қазақстан Республикасының нормативтік құқықтық актілерінің эталондық бақылау банкінде 2019 жылғы 26 сәуірде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>