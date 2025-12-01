--- v0 (2025-10-15)
+++ v1 (2025-12-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d379438" w14:textId="d379438">
+    <w:p w14:paraId="7fc09f8" w14:textId="7fc09f8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -910,123 +910,221 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай ұғымдар мен анықтамалар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) әскери медицина – әскери-медициналық қызметтің ғылыми білім жүйесін (ғылыми-практикалық пәндер кешені) және практикалық қызметті білдіретін, бейбіт және соғыс уақытында әскерлерді, арнайы мемлекеттік ведомствалары және құқық қорғау органдарының бөлімшелерінің жан-жақты медициналық қамтамасыз етуді мақсат ететін медицина және денсаулық сақтау саласы;</w:t>
-[...17 lines deleted...]
-      2) әскери-дәрігерлік сараптама – Қазақстан Республикасының заңдылығымен қарастырылған Қазақстан Республикасының Қарулы Күштерінде, басқа да әскерлері мен әскери құралымдарында, арнаулы мемлекеттік және құқық қорғау органдарында оңтайлы жасақтау және медициналық қамтамасыз етуді жетілдіру мақсатында жүзеге асырылатын ғылыми, әдістемелік, ұйымдастыру және практикалық іс-шаралар кешенін білдіретін медициналық қызмет түрі;</w:t>
+      1) әскери медицина – әскери-медициналық қызметтің ғылыми білімі (ғылыми-практикалық пәндер кешені) мен практикалық қызметінің жүйесін білдіретін, бейбіт уақытта және соғыс уақытында арнаулы мемлекеттік және құқық қорғау органдарының, азаматтық қорғау органдарының әскерлерін, бөлімшелері мен ведомстволарын жан-жақты медициналық қамтамасыз етуді өзіне мақсат ететін медицина мен денсаулық сақтау саласы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) әскери-дәрігерлік сараптама – Қазақстан Республикасының Қарулы Күштерінде, Қазақстан Республикасының басқа да әскерлері мен әскери құралымдарында, арнаулы мемлекеттік және құқық қорғау органдарында, азаматтық қорғау органдарында медициналық қамтамасыз етуді оңтайлы жасақтау мен жетілдіру және Қазақстан Республикасының заңнамасында көзделген өзге де мәселелерді шешу мақсатында жүзеге асырылатын ғылыми, әдістемелік, ұйымдастырушылық және практикалық іс-шаралар кешенін білдіретін медициналық қызмет түрі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әскери-медициналық (медициналық) бөлімшелер – орталық атқарушы органдардың және өзге де орталық мемлекеттік органдардың және олардың аумақтық бөлімшелерінің құрылымдық бөлімшелері, сондай-ақ әскери-медициналық (медициналық) мекемелер (ұйымдар), әскери-медициналық (медициналық) қамтамасыз етуді жүзеге асыратын өзге де бөлімшелер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) әскери-медициналық (медициналық) қамтамасыз ету – жеке құрамның жауынгерлік және еңбекке қабілетін қалпына келтіру мақсатында әскерлерде, арнаулы мемлекеттік және құқық қорғау органдарының бөлімшелері мен ведомстволарында әскери-медициналық (медициналық) көмекті ұйымдастыруды және көрсетуді, медициналық қарап-тексеру жүргізуді, санитариялық-эпидемиологиялық саламаттылықты қамтамасыз етуді, дәрілік заттармен және медициналық бұйымдармен жабдықтауды, денсаулық сақтау саласында сараптама жүргізуді, сондай-ақ әскери медицина бойынша ғылыми-әдістемелік әзірлемелерді және оқытып-үйретуді қамтитын іс-шаралар кешені;</w:t>
-[...17 lines deleted...]
-      5) әскери-медициналық қызметі – әскери-медициналық (медициналық) бөлімшелер жиынтығы, оларда Қазақстан Республикасының заңдарында осы органдардың әскери-медициналық (медициналық) қызметіне арналған әскери қызмет немесе мемлекеттік қызметтің ерекше түрі көзделген.</w:t>
+      4) әскери-медициналық (медициналық) қамтамасыз ету – әскери-медициналық (медициналық) көмекті ұйымдастыру мен көрсетуді, медициналық қарап-тексерулер жүргізуді, санитариялық-эпидемиологиялық саламаттылықты қамтамасыз етуді, дәрілік заттармен және медициналық бұйымдармен жабдықтауды, денсаулық сақтау саласында сараптама жүргізуді, сондай-ақ жеке құрамның жауынгерлік қабілеті мен еңбекке қабілеттілігін қалпына келтіру мақсатында әскерлердегі, арнаулы мемлекеттік және құқық қорғау органдарының, азаматтық қорғау органдарының бөлімшелері мен ведомстволарындағы әскери медицина бойынша ғылыми-әдістемелік әзірлемелер мен оқытуды қамтитын іс-шаралар кешені;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) әскери-медициналық қызметі – әскери-медициналық (медициналық) бөлімшелер жиынтығы, оларда Қазақстан Республикасының заңдарында осы органдардың әскери-медициналық (медициналық) қызметіне арналған әскери қызмет немесе мемлекеттік қызметтің ерекше түрі көзделген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) әлеуметтік медициналық сақтандыру қоры–аударымдар мен жарналарды жинақтауды жүргізетін, сондай-ақ медициналық көмек көрсететін денсаулық сақтау субъектілерінің көрсетілетін қызметтерін медициналық көрсетілетін қызметтерді сатып алу шартында көзделген көлемдерде және талаптармен сатып алу мен оларға ақы төлеуді және Қазақстан Республикасының заңдарында айқындалған өзге де функцияларды жүзеге асыратын коммерциялық емес ұйым;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) емдеуге жатқызу бюросының порталы – тегін медициналық көмектің кепілдік берілген көлемі шеңберінде пациенттің стационарға жоспарлы емдеуге жатқызуға жолдамасын электрондық тіркеудің, есепке алудың, өңдеудің және сақтаудың бірыңғай жүйесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Қорғаныс министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1533</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z348" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-1. Әскери прокуратура органының әскери қызметшілерін әскери-медициналық (медициналық) қамтамасыз ету осы Қағидаларға сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1214,123 +1312,185 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Әскери-медициналық (медициналық) мекемелер, әскери-медициналық (медициналық) қамтамасыз етуді жүзеге асыратын өзге де бөлімшелер:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      әскери госпитальдар, әскери лазареттер, әскери емханалар, авиациялық медицина зертханасы;</w:t>
-[...71 lines deleted...]
-      әскери бөлімдер (бөлімшелер) мен мекемелердің медициналық роталары (взводтары, бөлімшелері) және медициналық пункттері.</w:t>
+      әскери госпиталь, әскери лазарет, әскери емхана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      санитариялық-эпидемиологиялық мекеме (санитариялық-эпидемиологиялық орталық және олардың филиалдары);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      медициналық жабдықтау мекемесі (медициналық қойма, медициналық мүлік пен техника сақталатын база (оқшауланған бөлім);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      арнайы әскери-медициналық мекеме (штаттық әскери-дәрігерлік комиссия, әскери медицина орталығы) мен дәрігерлік-ұшу сараптамасы бөлімшесі (бөлімі) (авиациялық медицина зертханасы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әскери бөлім (бөлімше) мен мекеменің медициналық ротасы (взводы, бөлімшесі) және медициналық пункті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1533</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z20" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Әскери-медициналық (медициналық) бөлімшелердің қызметін ұйымдастыру мен үйлестіруді басқарманың медициналық бөлімшелері жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z21" w:id="20"/>
     <w:p>
       <w:pPr>
@@ -2125,160 +2285,240 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Әскерлерді оқу-жаттығу жауынгерлік даярлауды медициналық қамтамасыз етуді әскери бөлімдер мен мекемелердің әскери-медициналық (медициналық) бөлімшелерінің күштері мен құралдары, ал олар болмаған кезде – гарнизонның әскери-медициналық қызметі жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z33" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Әскерлерді оқу-жаттығу жауынгерлік даярлау процесінде медициналық қамтамасыз етілуге:</w:t>
+      19. Әскерді оқу-жауынгерлік даярлау процесінде медициналық қамтамасыз етілуге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жауынгерлік даярлық бойынша сабақтар, оқу-жаттығулар мен оқ атулар;</w:t>
-[...89 lines deleted...]
-      парашютпен секіру жатады.</w:t>
+      жауынгерлік даярлық бойынша сабақ, оқу-жаттығу мен оқ ату;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дене шынықтыру дайындығы және спорттық іс-шара;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      танкіні және басқа да машинаны суасты жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қарауыл, кезекші күш (ауысым) құрамында әскери қызмет өткеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әскери жеткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      парашютпен секіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сүңгуірлік жұмыс пен су астына түсу жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1533</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z34" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Жауынгерлік даярлық бойынша сабақтарды, оқу-жаттығуларды, оқ атуларды және марш-бросоктарды (бұдан әрі – сабақтар) медициналық қамтамасыз ету:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -2654,71 +2894,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Танкілерді және басқа да машиналарды суасты жүргізуді медициналық қамтамасыз ету:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Кодекстің 11-бабы 1-тармағының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес бекітілген Әскери-дәрігерлік сараптама жүргізу қағидаларына және Қазақстан Республикасының Қарулы Күштеріндегі әскери-дәрігерлік сараптама комиссиялары туралы ережеге (бұдан әрі – Әскери-дәрігерлік сараптама қағидалары) сәйкес танкілер мен басқа да машиналарды суасты жүргізуге жарамдылығын айқындау үшін әскери қызметшілерді медициналық куәландыруды ұйымдастыру және жүргізуді;</w:t>
+      Қазақстан Республикасының Қарулы Күштерінде әскери-дәрігерлік сараптама жүргізу қағидаларын және әскери-дәрігерлік сараптама комиссиялары туралы ережені бекіту туралы" Қазақстан Республикасы Қорғаныс министрінің 2020 жылғы 21 желтоқсандағы № 716 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21869 болып тіркелген) (бұдан әрі – Әскери-дәрігерлік сараптама қағидалары) сәйкес танкіні және басқа да машинаны суасты жүргізуге жарамдылығын айқындауүшін әскери қызметшілерді медициналық куәландыруды ұйымдастыруды және жүргізуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әскери қызметшілерді құрлықта және су астында оқшаулағыш тыныс алу аппараттарын пайдалануға оқтып-үйрету бойынша сабақтарды өткізуді бақылауды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2785,50 +3025,112 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әскери қызметшілерді емдеу мекемесіне эвакуациялаумен қайғылы оқиғалар кезінде оларға медициналық көмек көрсетуді қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Танкілерді және басқа да машиналарды суасты жүргізуді медициналық қамтамасыз ету үшін құрамында медициналық көмек көрсетуге арналған мүлік жиынтығымен санитариялық автомобильде дәрігер, фельдшер (мейіргер) бар медициналық бригада бөлінеді.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-тармаққа өзгеріс енгізілді - ҚР Қорғаныс министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1533</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z37" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Қарауыл құрамын, кезекші күштерді (ауысымдарды) медициналық қамтамасыз ету:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3241,186 +3543,394 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әскери қызметшілерді емдеу мекемесіне эвакуациялаумен қайғылы оқиғалар кезінде оларға медициналық көмек көрсетуді қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Парашютпен секіруді медициналық қамтамасыз ету үшін құрамында мүлік жиынтығымен санитариялық автомобильде дәрігер, фельдшер (мейіргер) бар медициналық бригада медициналық көмек көрсету үшін бөлінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="39"/>
+    <w:bookmarkStart w:name="z349" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25-1. Сүңгуірлік жұмыс пен су астына түсуді медициналық қамтамасыз ету:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери-дәрігерлік сараптама қағидаларына сәйкес сүңгуірлік жұмысқа және су астына түсуге жарамдылығын айқындау үшін әскери қызметшіні медициналық куәландыруды ұйымдастыру мен жүргізуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сүңгуір станциясында сүңгуірлерді медициналық қамтамасыз ету журналының және сүңгуірлер декомпрессиясы режимін тіркеу журналының болуын бақылауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      сүңгуір қобдишасының, сүңгуірлердің сүңгуі мен суасты жұмысын медициналық қамтамасыз ету кезіндегі шұғыл көмекке арналған жинақтың жиынтықталуын бақылауды; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      талдау нәтижесін журналда тіркеп, су астына түсетін сүңгуірдің тыныс алуына немесе барокамераға берілетін ауа сапасын бақылауды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      сүңгуірге денсаулық жағдайы бойынша су астына түсуге рұқсат етуді айқындап, медициналық қарап-тексеруді; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жазатайым оқиға болғанда әскери қызметшіні емдеу мекемесіне эвакуациялап, оған медициналық көмек көрсетуді қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сүңгуірлік жұмыспен су астына түсуді медициналық қамтамасыз ету үшін медициналық көмек көрсететін мүлік жиынтығы мен санитариялық автомобильде құрамында дәрігер, фельдшер (мейіргер) бар медициналық бригада бөлінеді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 25-1-тармақпен толықтырылды - ҚР Қорғаныс министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1533</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Әскери-медициналық (медициналық) бөлімшелерде әскери-медициналық (медициналық) көмек көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z41" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z41" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Әскери қызметшілерге мемлекет есебінен әскери-медициналық (медициналық) көмек көрсету әскери госпитальдарда, әскери лазареттерде, әскери емханаларда (бұдан әрі – әскери-медициналық мекемелер), әскери бөлімдер (бөлімшелер) мен мекемелердің медициналық роталарында (взводтарында, бөлімшелерінде) және медициналық пункттерінде (бұдан әрі – медициналық бөлімшелер) жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Келісімшарт бойынша әскери қызметшілердің отбасы мүшелеріне, сондай-ақ әскери қызметте болудың шекті жасына толғаннан кейін әскери қызметтен шығарылған, денсаулық жағдайы бойынша әскери қызмет міндеттерін орындауға байланысты ауырған, сондай-ақ еңбек сіңірген жылдары жиырма және одан да көп жыл болған адамдарға мемлекет есебінен әскери-медициналық (медициналық) мекемелерде медициналық көмек көрсету қолданыстағы заңнамаға сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="41"/>
+    <w:bookmarkStart w:name="z42" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Қазақстан Республикасына уақытша келетін шетел мемлекеттерінің әскери қызметшілеріне (оқу-жаттығуларға, жарыстарға қатысушылар, білім алушылар, іссапарға келгендер) әскери-медициналық мекемелерде (медициналық бөлімшелерде) әскери-медициналық (медициналық) көмек көрсету тараптар арасында қол қойылған келісімдер (шарттар, келісімшарттар) шеңберінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z43" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z43" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. Әскери-медициналық мекемелер (медициналық бөлімшелер) әскери-медициналық (медициналық) көмек көрсеткен кезде осы Қағидаларды, медициналық көмек көрсетуді ұйымдастыру стандарттарын, денсаулық сақтау саласындағы уәкілетті орган бекітетін медициналық көмек көрсету қағидаларын, сондай-ақ клиникалық хаттамаларды басшылыққа алады және "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрі міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) (бұдан әрі – № ҚР ДСМ-175/2020 бұйрық) есепке алу құжаттамасының нысандарын толтыруды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z44" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z44" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Әскери-медициналық мекемелерде (медициналық бөлімшелерде) әскери-медициналық (медициналық) көмек көрсету:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бастапқы деңгейде амбулаториялық, стационарды алмастыратын жағдайларда және үйде алғашқы медициналық-санитариялық көмек мамандары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3431,90 +3941,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) екінші деңгейде амбулаториялық, стационарды алмастыратын және стационарлық жағдайларда, оның ішінде бастапқы деңгейде медициналық көмек көрсететін мамандардың жолдамасы бойынша мамандандырылған медициналық көмек көрсететін бейінді мамандар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) үшінші деңгейде жоғары технологиялық медициналық көрсетілетін қызметтерді қолданумен амбулаториялық, стационарды алмастыратын және стационарлық жағдайларда, оның ішінде бастапқы және екінші деңгейдегі мамандардың жолдамасы бойынша мамандандырылған медициналық көмек көрсететін бейінді мамандар жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="44"/>
+    <w:bookmarkStart w:name="z45" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Әскери-медициналық мекемелер (медициналық бөлімшелер) әскери-медициналық (медициналық) көмекті шұғыл, кезек күттірмейтін және жоспарлы медициналық көмек нысандарында көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z46" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z46" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Әскери-медициналық мекемелер (медициналық бөлімшелер) әскери-медициналық (медициналық) көмекті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тәулік бойы медициналық байқауды және емдеуді көздемейтін амбулаториялық жағдайларда, оның ішінде әскери госпитальдар мен лазареттердің қабылдау бөлімшелерінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3561,128 +4071,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) медицина қызметкерін, мобильді бригаданы шақыру, үйде (үйдегі стационарда) емдеуді ұйымдастыру кезінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) әскери-медициналық мекемеден (медициналық бөлімшеден) тыс жеткізу кезінде санитариялық автокөлікте және әскери-көлік авиациясында, сондай-ақ далалық медициналық кешендерде, далалық госпитальдарда және қашықтықтан медициналық қызмет көрсету кезінде көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="46"/>
+    <w:bookmarkStart w:name="z47" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Әскери қызметшілерге бейінді бөлігінде бастапқы, қайталама және үшінші деңгейлерде медициналық көмек көрсету маршрутын әскери медициналық мекемелердің (медициналық бөлімшелердің) жабдықталуына байланысты басқарманың медициналық бөлімшелері айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z48" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z48" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Әскери-медициналық мекемелерде (медициналық бөлімшелерде) әскери-медициналық көмек (медициналық) пациенттерді медициналық немесе санитариялық сұрыптау негізінде көрсетіледі, оның бірінші кезектегісі олардың жағдайының ауырлық дәрежесіне және санитариялық-эпидемиологиялық қатерге байланысты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әскери-медициналық мекемелерде (медициналық бөлімшелерде) медициналық ұйым ішінде инфекциялық аурулардың пайда болуы мен таралуынан сақтандыруға бағытталған инфекциялық бақылау қағидаттары сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="48"/>
+    <w:bookmarkStart w:name="z49" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Амбулаториялық жағдайлардағы әскери-медициналық (медициналық) көмек:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) пациенттерге жіті және созылмалы аурулар, жарақаттану, улану немесе кезек күттірмейтін жағдайлар кезінде дәрігерге дейінгі және мамандандырылған медициналық көмекті ұсынуды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3726,71 +4236,71 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) функциялары бұзылған, еңбек ету қабілеті шектелген науқастарды медициналық оңалтуды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) Кодекстің 11-бабы 1-тармағының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес бекітілетін әскери-медициналық (медициналық) бөлімшелерде (ұйымдарда) тиісті контингентті медициналық қарап-тексеруді жүргізу тәртібіне және кезеңділігіне сәйкес жеке құрамды медициналық қарап-тексеруді жүргізу;</w:t>
+      5) "Қазақстан Республикасы Қарулы Күштерінің әскери-медициналық бөлімшелерінде жеке құрамды медициналық қарап-тексеруді жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Қорғаныс министрінің 2020 жылғы 28 қазандағы № 589 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21552 болып тіркелген) сәйкес жеке құрамды медициналық қарап-тексеруді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) алғашқы медициналық-санитариялық көмек көрсетуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3893,182 +4403,244 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) әскери қызметшілерді медициналық оңалтуға және санаториялық-курорттық емделуге іріктеуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) бекітіліп берілген контингенттің денсаулығын сақтауға және қалпына келтіруге бағытталған медициналық көрсетілетін қызметтерді қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 34-тармаққа өзгеріс енгізілді - ҚР Қорғаныс министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1533</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Стационарлық жағдайларда әскери-медициналық (медициналық) көмек пациенттерді емдеу үшін арналған штаттық төсек-орындары бар медициналық ротада (пунктте), әскери госпитальдарда және лазареттерде көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әскери қызметшілерді стационарлық емдеуге жатқызу үшін медициналық көрсеткіштер әскери қызмет ерекшеліктерін, орналасу және тұрмыс жағдайларын ескере отырып, сондай-ақ тиісті клиникалық хаттамалармен айқындалады. Амбулаториялық жағдайларда емдеу көрсетілген аурулары бар әскери қызметшілерді әскери-медициналық мекемелерге (медициналық бөлімшелерге) жатқызу осы мекеме (бөлімше) бастығының (бастық орынбасарының) шешімі бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Пациенттерді медициналық ротаға (пунктке) емдеуге жатқызу олар жүгінген кезде, дәрігердің (фельдшердің) қарап-тексергеннен және медициналық кітапшаға жазумен жібергеннен кейін жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="50"/>
+    <w:bookmarkStart w:name="z51" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Әскери қызметшілер әскери госпитальдарға және лазареттерге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жоспарлы тәртіппен – медициналық көрсеткіштер болған кезде дәрігердің (фельдшердің, мейіргердің) ұсынымы (қорытындысы) бойынша берілген әскери бөлім (мекеме) командирінің (бастығының) жолдамасы бойынша;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) шұғыл көрсеткіштер бойынша – жолдаманың болуына қарамастан жатқызылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="51"/>
+    <w:bookmarkStart w:name="z52" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Әскери бөлімнің және мекеменің шегінен тыс жоспарлы тәртіппен стационарлық емделуге жіберілетін әскери қызметшілерге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4179,70 +4751,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="52"/>
+    <w:bookmarkStart w:name="z53" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Шұғыл жағдайларда әскери қызметшілер әскери госпитальдарға (лазареттерге) медицина қызметкердің бірге жүруімен әскери бөлімнің және мекеменің санитариялық көлігімен (жедел медициналық жәрдем станциясы (бөлімшелер) бригадаларының) жеткізіледі немесе дербес жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әскери госпиталь (лазарет) әскери бөлімнің және мекеменің командирін (бастығын) олардың бағынысындағы әскери қызметшілер шұғыл көрсеткіштер бойынша емделуге жатқызылғаны туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4255,90 +4827,472 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Шұғыл көрсеткіштер бойынша емделуге жатқызылған әскери қызметшілер үшін әскери бөлім және мекеме осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>37-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мазмұндалған құжаттарды үш жұмыс күнінен кешіктірмей әскери госпитальдарға (лазареттерге) береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="53"/>
+    <w:bookmarkStart w:name="z350" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38-1. Келісімшарт бойынша әскери қызметшінің отбасы мүшелерін, сондай-ақ әскери қызметте болудың шекті жасына толуы, денсаулық жағдайы бойынша,әскери қызмет міндеттерін атқарумен байланысты ауыруы бойынша әскери қызметтен шығарылған, сондай-ақ жиырма және одан көп еңбек сіңірген жылы бар адамдарды (бұдан әрі – әскери қызметтен шығарылған адамдар) әскери госпитальға (лазаретке) емделуге жатқызу:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z351" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) госпиталь (лазарет) емханалық бөлімшесінің не алғашқы медициналық-санитариялық көмек ұйымының және (немесе) емдеуге жатқызу бюросының порталы арқылы денсаулық сақтау ұйымының жолдамасы бойынша – тегін медициналық көмектің кепілдік көлемі шеңберінде және (немесе) міндетті әлеуметтік медициналық сақтандыру жүйесінде әлеуметтік медициналық сақтандыру қорының қаражаты есебіненшарт шеңберінде жоспарлы түрде стационарлық жағдайда медициналық көмек көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z352" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) госпиталь (лазарет) емханалық бөлімшесінің жолдамасы бойынша не тікелей жүгіну кезінде – әскери-медициналық мекемеге бөлінген қаражат есебінен қосымша көлемдегі медициналық көмеккөрсету үшін жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z353" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери-медициналық мекеме басшылығы медициналық көрсеткіші болғанда емделуге жоспарлы жатқызу көлемінен 20 % шегінде көрсетілген санаттағы азаматтарды жоспарлы емделуге жатқызу туралы шешімді мынадай санаттағы адамдар үшін дербес қабылдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z354" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әскери қызметтен шығарылған:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z355" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүгедектікке әкелген ауруына байланысты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z356" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басқа мемлекеттер аумағындағы жауынгерлік іс-қимылғақатысқан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z357" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бітімгершілік операцияларға қатысқан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z358" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының немесе бұрынғы Кеңестік Социалистік Республикалар Одағының орденімен (ордендерімен) наградталған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z359" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      күнтізбелік есептеумен жиырма және одан көп еңбек сіңірген жылы бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z360" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) келісімшарт бойынша әскери қызметшілердің отбасы мүшелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z361" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көп балалы ана болып табылатын зайыбы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z362" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүгедектігі бар адам болып табылатын жұбайы (зайыбы);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z363" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүгедектігі бар балаға (балаларға) тікелей күтім жасайтын жұбайы (зайыбы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z364" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Стационарлық жағдайда медициналық көмек "Қазақстан Республикасында стационарлық жағдайларда медициналық көмек көрсетуді ұйымдастыру стандартын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2022 жылғы 24 наурыздағы № ҚР ДСМ-27 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 27218 болып тіркелген) сәйкес көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 38-1-тармақпен толықтырылды - ҚР Қорғаныс министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1533</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. Инфекциялық аурулар, тағамнан, жіті кәсіптік улану, екпеге ерекше реакциясы бар пациенттер келіп түскен (жүгінген) кезде әскери-медициналық мекемелер (медициналық бөлімшелер) үш сағат ішінде байланыс құралдар арқылы ауруды тіркеу орны бойынша Қазақстан Республикасы Қарулы Күштерінің санитариялық-эпидемиологиялық мекемелерінің аумақтық бөлімшелеріне хабарлайды және он екі сағат ішінде № ҚР ДСМ-175/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген 034/у нысан бойынша хабарлама жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аса қауіпті инфекциясы бар пациенттер келіп түскен (жүгінген) кезде қосымша халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы мемлекеттік органның аумақтық бөлімшелері хабардар етіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4349,146 +5303,146 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Инфекциялық аурулар бар және тамақтан уланған пациенттер, сондай-ақ жарақаттары, улану және сыртқы себептердің басқа да әсері етуі бар адамдар топпен және жаппай келіп түскен (жүгінген) кезде әскери-медициналық мекемелер (медициналық бөлімшелер) үш сағат ішінде БӘМБ-ны, әскери полиция органдарын, сондай-ақ пациент әскери бөлімді және мекемені хабардар етпей келіп түскен әскери бөлімнің және мекеменің командирін (бастығын) хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Стационарға жарақаттанумен, уланумен және сыртқы себептердің басқа да әсер етуімен келіп түскен әскери қызметшілерге бес жұмыс күні ішінде әскери бөлім және мекеме Әскери-дәрігерлік сараптама қағидаларында айқындалатын нысан бойынша мертігу (жаралану, жарақаттану, контузия алу) туралы анықтама береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="54"/>
+    <w:bookmarkStart w:name="z55" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Психикалық ауытқуы бар пациенттер медициналық ұйымдарға әскери бөлім және мекеме өкілінің және (немесе) медицина қызметкерінің бірге жүруімен жіберіледі. Пациенттің денсаулық жағдайын сипаттайтын медициналық құжаттар конвертке салынып бірге жүретін адам арқылы беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z56" w:id="55"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z56" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Мерзімді қызмет әскери қызметшілерін шығару туралы әскери-медициналық мекемелер (медициналық бөлімшелер) осы әскери қызметшілер келген әскери бөлімді және мекемені сол күні хабардар етеді. Шығарылғаннан кейін мерзімді қызмет әскери қызметшілері әскери бөлімге олардың өкілінің бірге жүруімен жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әскери қызметшілерді шығару әскери-медициналық мекемелердің (медициналық бөлімшелердің) күн тәртібінде белгіленген күндерде және сағаттарда жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әскери-медициналық мекемеден (медициналық бөлімшеден) шығарылған әскери қызметшінің медициналық құжаттары олардың қолына (бірге жүрушіге) беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="56"/>
+    <w:bookmarkStart w:name="z57" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Әскери-медициналық мекемелер (медициналық бөлімшелер) көрсететін стоматологиялық көмек: профилактикалық қарап-тексеруді, терапиялық, хирургиялық, ортопедиялық, ортодонттық стоматологиялық көмекті қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жылжымалы стоматологиялық кабинеттің (бұдан әрі – ЖСК) жұмысын ол құрамында болатын әскери-медициналық мекеме бастығы ұйымдастырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4517,70 +5471,234 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әскери бөлімге және мекемеге болжамды бару уақыты туралы ЖСК бастығы әскери бөлімнің және мекеменің командиріне (бастығына) барғанға дейін кемінде күнтізбелік жеті күн бұрын хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әскери бөлімнің және мекеменің командирі (бастығы) ЖСК жұмысы үшін жағдай жасайды, бағынысты әскери қызметшілердің стоматологиялық көмек алуы үшін келуін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="57"/>
+    <w:bookmarkStart w:name="z365" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42-1. Әскери қызметшіге стоматологиялық көмек көрсету үшін жағдай болмағанда әскери-медициналық мекеме (медициналық бөлімше) Қазақстан Республикасының мемлекеттік сатып алу туралы заңнамасына сәйкес стоматологиялық көмек көрсету қызметін денсаулық сақтау субъектілерінен сатып алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 42-1-тармақпен толықтырылды - ҚР Қорғаныс министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1533</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z366" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42-2. Келісімшарт бойынша әскери қызметшінің отбасы мүшелеріне, сондай-ақ әскери қызметтен шығарылған адамдарға стоматологиялық көмек әскери-медициналық мекемеге бөлінген қаражат есебінен қосымша көлемдегі медициналық көмек шеңберінде көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 42-2-тармақпен толықтырылды - ҚР Қорғаныс министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1533</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Стационарды алмастыратын көмекті тиісті медициналық қызмет түрлеріне лицензиясы бар әскери-медициналық мекемелер (медициналық бөлімшелер) көрсетеді, ол:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дәрігердің қарап-тексеруін, медициналық көрсеткіштер бойынша бейінді мамандардың консультацияларын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4645,126 +5763,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) пациенттің емханаға дербес келуіне мүмкіндік бермейтін жіті және созылмалы жағдайлар кезінде стационарды үйде ұйымдастыруды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) еңбекке уақытша жарамсыздыққа және кәсіби жарамдылыққа сараптама жүргізуді қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="58"/>
+    <w:bookmarkStart w:name="z59" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Әскери-медициналық мекемеден (медициналық бөлімшеден) тыс медициналық көмек жеткізу кезінде санитариялық автокөлікте және әуе кемелерінде, сондай-ақ далалық медициналық кешендерде, далалық госпитальдарда және қашықтықтан медициналық қызмет көрсету кезінде көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шұғыл және кезек күттірмейтін медициналық көмек көрсету үшін бөлінген санитариялық автокөлік және әуе кемелері қажетті дәрілік заттармен, медициналық бұйымдармен және арнайы жабдықпен жарақтандырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Далалық медициналық кешендерде, далалық госпитальдарда көрсетілетін медициналық көмек нысандары мен түрлері олардың жарақтандырылуын және бейінді маманның болуын ескере отырып айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="59"/>
+    <w:bookmarkStart w:name="z60" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. ҚР ҚК әскери-медициналық мекемелерінде (медициналық бөлімшелерінде) көрсетілетін әскери-медициналық (медициналық) көмек түрлері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жедел медициналық көмек;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4811,70 +5929,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мамандандырылған, оның ішінде жоғары технологиялық медициналық көмек;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) медициналық оңалту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="60"/>
+    <w:bookmarkStart w:name="z61" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Әскери-медициналық мекемелерде (медициналық бөлімшелерде) көрсетілетін жедел медициналық көмек жіті аурулар және өмірге қауіп төндіретін жағдайлар кезінде, сондай-ақ оқиға болған жерде және (немесе) медициналық ұйымға барар жолда денсаулыққа елеулі залал келтіруді болдырмау үшін шұғыл және кезек күттірмейтін медициналық көмекті, сондай-ақ оқиға болған жерде зардап шегушінің өзі немесе медицина қызметкерлері келгенге дейін жақын жердегі басқа адам (өзара көмек) жасайтын алғашқы көмекті қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әскери-медициналық мекемелерде (медициналық бөлімшелерде) кезек күттірмейтін және шұғыл медициналық көмек көрсету үшін Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 30 қарашадағы № ҚР ДСМ-225/2020 жедел медициналық жәрдем, оның ішінде медициналық авиацияны тарта отырып көрсету қағидаларына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21713 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4905,126 +6023,126 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кезек күттірмейтін және шұғыл медициналық көмек көрсету үшін әуе кемелерін тарту Қазақстан Республикасы Қорғаныс министрлігі басшылығының шешімімен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алғашқы көмек көрсету денсаулық сақтау саласындағы уәкілетті орган бекітетін Алғашқы көмек көрсету стандарттарына сәйкес медициналық білімі жоқ, оның ішінде денсаулық сақтау саласындағы уәкілетті орган айқындайтын тәртіппен тиісті даярлықтан өткен әскери қызметшілер жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="61"/>
+    <w:bookmarkStart w:name="z62" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Дәрігерге дейінгі медициналық көмекті орта медицина қызметкерлері әскери-медициналық мекемелер (медициналық бөлімшелер) жағдайларында, сондай-ақ сабақтар, оқу-жаттығулар өткізу, жауынгерлік техникаға қызмет көрсету орындарында, сондай-ақ далалық жағдайларда дербес көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дәрігерге дейінгі медициналық көмек денсаулықты насихаттауды, пациенттің жағдайын бағалауды, дәрігерге дейін диагноз қоюды, дәрігерге дейінгі араласу жоспарын тағайындауды, дәрігерге дейінгі манипуляциялар мен рәсімдерді орындауды және науқастарды күтуді қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Орта медицина қызметкерлері медициналық көмекті денсаулық сақтау саласындағы уәкілетті орган айқындайтын дәрігерге дейінгі медициналық көмек көрсету қағидаларына сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="62"/>
+    <w:bookmarkStart w:name="z63" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. ҚР ҚК-да алғашқы медициналық-санитариялық көмек әскери қызметші, әскери ұжым деңгейінде көрсетілетін аурулар және жағдай профилактикасын, диагностикалауды, емдеуді қамтитын әскерлердің мұқтажына бейімделген медициналық көмекке алғашқы қолжетімділік орындарында көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алғашқы медициналық-санитариялық көмек:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5143,396 +6261,686 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) инфекциялық аурулар ошақтарындағы санитариялық-эпидемияға қарсы және санитариялық-профилактикалық іс-шараларды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) диспансерлеуді және динамикалық байқауды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="63"/>
+    <w:bookmarkStart w:name="z64" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Әскери-медициналық мекемелерде (медициналық бөлімшелерде) алғашқы медициналық-санитариялық көмекті терапевтер, жалпы практика дәрігерлері, фельдшерлер мен мейіргерлер, денсаулық сақтау саласындағы психологтар көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Штатта медицина қызметкерлері көзделмеген әскери бөлімдер мен мекемелердің (бөлімшелердің) әскери қызметшілері алғашқы медициналық-санитариялық көмек алу үшін гарнизон бастығының, оларға теңестірілген және одан жоғары әскер тектері және өңірлік қолбасшылық қолбасшысының бұйрығымен келісу бойынша аумақтық қағидат бойынша әскери-медициналық мекемелерге (медициналық бөлімшелерге) бекітіліп беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="64"/>
+    <w:bookmarkStart w:name="z367" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      50. Кодекстің 124-бабы </w:t>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="65"/>
+      49-1. Келісімшарт бойынша әскери қызметшінің отбасы мүшелеріне, сондай-ақ әскери қызметтен шығарылған адамдарға амбулатория жағдайында алғашқы медициналық-санитариялық көмек көрсету "Медициналық-санитариялық алғашқы көмек көрсететін денсаулық сақтау ұйымдарына жеке тұлғаларды бекіту қағидаларын бекіту туралы" Қазақстан Республикасы Қорғаныс министрінің 2020 жылғы 13 қарашадағы № ҚР ДСМ – 194/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21642 болып тіркелген) сәйкес олар әскери-медициналық мекемеде тіркелген жағдайда жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әскери қызметшінің отбасы мүшелерін, сондай-ақ әскери қызметтен шығарылған адамдарға алғашқы медициналық-санитариялық көмек көрсету кезінде дәрі-дәрмекпен қамтамасыз ету "Қазақстан Республикасының белгілі бір аурулары (жай-күйлері) бар азаматтарының жекелеген санаттарын тегін және (немесе) жеңілдікті амбулаториялық қамтамасыз етуге арналған дәрілік заттар мен медициналық бұйымдардың тізбесін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2021 жылғы 5 тамыздағы № ҚР ДСМ-75 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 23885 болып тіркелген) сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 49-1-тармақпен толықтырылды - ҚР Қорғаныс министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1533</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      50. "Мамандандырылған, оның ішінде жоғары технологиялық медициналық көмек көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 8 желтоқсандағы № ҚР ДСМ – 238/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21746 тіркелген)мамандандырылған медициналық көмекті арнайы диагностикалау, емдеу, медициналық оңалту әдістері, оның ішінде қашықтықтан медициналық көрсетілетін қызмет құралдарын пайдалану талап етілетін ауру кезінде әскери-медициналық мекеменің (медициналық бөлімшенің) бейінді мамандары көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 50-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1533</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z368" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50-1. Әскери-медициналық мекеме келісімшарт бойынша әскери қызметшінің отбасы мүшелеріне, сондай-ақ әскери қызметтен шығарылған адамдарға амбулатория жағдайында консультациялық-диагностикалық көмек көрсетудішарт шеңберінде әлеуметтік медициналық сақтандыру қорының қаражаты есебінен жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 50-1-тармақпен толықтырылды - ҚР Қорғаныс министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1533</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       51. Жіті жағдайлар, хирургиялық араласу және жарақаттану салдарынан медициналық оңалту амбулаториялық, стационарлық, стационарды алмастыратын жағдайларда әскери-медициналық мекемелерде (медициналық бөлімшелерде), сондай-ақ үйде "Медициналық оңалту көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 7 қазандағы № ҚР ДСМ-116/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21381 болып тіркелген) сәйкес көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z68" w:id="67"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z67" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасының Заңына сәйкес медициналық оңалту мақсатында әскери қызметшіге санаториялық-курорттық емдеу ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 52-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1533</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       53. Әскери қызметшілерге санаториялық-курорттық емдеуді ұсыну үшін медициналық көрсеткіштер осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жыл сайын әскер түрлерінде, әскер тектерінде, өңірлік қолбасшылықтарда, әскери бөлімдер мен мекемелерде профилактикалық медициналық қарап-тексеру, жүргізілген стационарлық немесе амбулаториялық емдеу, медициналық куәландыру нәтижелерін, сондай-ақ динамикалық байқау деректерін ескере отырып, санаториялық-курорттық емделуге мұқтаж әскери қызметшілердің тізімі жасалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алдағы жылға санаториялық-курорттық емделуге мұқтаж әскери қызметшілердің тізімі 25 желтоқсаннан кешіктірілмей БӘМБ-ға ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="68"/>
+    <w:bookmarkStart w:name="z69" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. ҚР ҚК үшін БӘМБ санаториялық-курорттық емделуге мұқтаж әскери қызметшілердің жиынтық тізімін жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алынған санаториялық-курорттық көрсетілетін қызметтерді әскери бөлімдер мен мекемелер (бөлімшелер) бойынша бөлу тізімдерде көрсетілген санаториялық-курорттық емделуге мұқтаждар санына байланысты үлестік арақатынаста жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бөлінген санаториялық-курорттық көрсетілетін қызметтер саны және санаториялық-курорттық ұйымдарға бару кестесі әскери бөлімдер мен мекемелер (бөлімшелер) бойынша таратылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="69"/>
+    <w:bookmarkStart w:name="z70" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Әскери бөлімдер мен мекемелерде санаториялық-курорттық емделуге жіберу үшін әскери қызметшілерді іріктеуді арнайы құрылған комиссия жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әскери қызметшілерді санаториялық-курорттық ұйымдарға жіберуді бұйрық шығарумен әскери бөлімнің (мекеменің, бөлімшенің) командирі (бастығы) жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5619,202 +7027,286 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген 069/у нысан бойынша санаториялық-курорттық карта;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әскери қызметшінің медициналық кітапшасы беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="70"/>
-[...150 lines deleted...]
-      Әскери қызметтен шығарылған, санаториялық-курорттық емделуге жіберілетін адамдарға:</w:t>
+    <w:bookmarkStart w:name="z71" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Әскери қызметтен шығарылған, жиырма бес және одан көп еңбек сіңірген жылдары бар адамдарға (бұдан әрі – әскери зейнеткерлер) мемлекет есебінен "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасының Заңы 50-бабының 1-тармағына сәйкес бекітілетін аурулар тізбесі бойынша көрсеткіш болғанда санаториялық-курорттық емдеу ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жыл сайын облыстардың, республикалық маңызы бар қалалардың және астананың қорғаныс істері департаментінде стационарлық немесе амбулаториялық емдеу нәтижесін, динамикалық байқау деректерін ескеріп, санаториялық-курорттық емделуге мұқтаж әскери зейнеткерлердің тізімі жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алдағы жылға санаториялық-курорттық емделуге мұқтаж әскери зейнеткерлер тізімі 25 желтоқсаннан кешіктірілмей БӘМБ-ғаберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 56-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1533</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Санаториялық-курорттық емделуге мұқтаж әскери зейнеткерлердің жиынтық тізімін жасау, алынған санаториялық-курорттық көрсетілетін қызметті облыстар, республикалық маңызы бар қалалар және астана бойынша бөлу, бөлінген санаториялық-курорттық көрсетілетін қызмет санын және санаториялық-курорттық ұйымға бару кестесін жеткізу осы Қағидалардың 54-тармағына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 57-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1533</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Санаториялық-курорттық емделуге жіберу үшін әскери зейнеткерлерді іріктеуді облыстардың, республикалық маңызы бар қалалардың және астананың қорғаныс істері департаментінде құрылған комиссия жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Санаториялық-курорттық емделуге жіберілетін әскери зейнеткерлерге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -5836,435 +7328,703 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) № ҚР ДСМ-175/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>бұйрығымен</w:t>
-[...50 lines deleted...]
-    <w:bookmarkStart w:name="z75" w:id="74"/>
+        <w:t>бұйрықпен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген 069/у нысаны бойынша санаториялық-курорттық карта беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 58-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1533</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Санаториялық-курорттық емделуге жіберілетін әскери қызметшілер мен әскери зейнеткерлердің тізімін әскер түрі, әскер тегі, өңірлік қолбасшылық, әскери бөлім мен мекеме бақылауды жүзеге асыру үшін санаторийге барған күнге дейін бес жұмыс күнінен кешіктірмей БӘМБ-ғабереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Санаториялық-курорттық емделуге мұқтаж (жіберілетін) адамдардың тізімін жасау кезінде әскери қызметшінің (әскери зейнеткердің) әскери атағы, тегі, инициалдары, ЖСН, еңбек сіңірген жылдары, санаториялық-курорттық емделуге жіберу үшін медициналық көрсеткіш, бұрын алынған санаториялық-курорттық емдеу туралы мәліметтер көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 59-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1533</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       60. Санаториялық-курорттық емделуге жіберу үшін жалпы қарсы көрсеткіштер осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z76" w:id="75"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z76" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      61. Әскери-медициналық мекемелерде (медициналық бөлімшелерде) зертханалық диагностикалау Кодекстің 130-бабы </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="77"/>
+      61. Әскери-медициналық мекемеде (медициналық бөлімшеде) зертханалық диагностикалау "Зертханалық диагностика жүргізуді ұйымдастыру стандартын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 11 желтоқсандағы № ҚР ДСМ – 257/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21768 болып тіркелген) сәйкес жүзеге асырылады. Әскери-медициналық (медициналық) қамтамасыз етуді ұйымдастыру үшін қажетті зертханалық зерттеу тізбесі болмағанда әскери-медициналық мекеме (медициналық бөлімше) зертханалық диагностикалау қызметін көрсететін денсаулық сақтау ұйымымен азаматтық-құқықтық шарт жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 61-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1533</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      62. Әскери-медициналық мекемеде патологиялық-анатомиялық диагностикалау "Қазақстан Республикасында патологиялық-анатомиялық диагностика көрсетуді ұйымдастыру стандартын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 14 желтоқсандағы № ҚР ДСМ – 259/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21790 болып тіркелген) сәйкес хирургиялық операция және (немесе) биопсия (операциялық-биопсиялық материал) арқылы алынған пациенттің ағзасындағы (ағза фрагментіндегі), тіні мен жасушасындағы, сондай-ақ мәйіт тініндегі, ағзасы мен жасушасындағы өзгерістер жиынтығын талдау арқылы диагноз қою мақсатында жүргізіледі. Патологиялық-анатомиялық диагностикалау мүмкін болмағанда әскери-медициналық мекеме патологиялық-анатомиялық диагностикалау қызметін көрсететін денсаулық сақтау ұйымымен азаматтық-құқықтық шарт жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 62-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1533</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Әскердің санитариялық-эпидемиологиялық саламаттылығын қамтамасыз ету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z79" w:id="78"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z79" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-параграф. Қазақстан Республикасының Қарулы Күштерінде мемлекеттік санитариялық-эпидемиологиялық бақылау және қадағалау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z80" w:id="79"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z80" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Қазақстан Республикасының Қарулы Күштеріндегі мемлекеттік санитариялық-эпидемиологиялық бақылау және қадағалау бақылау және қадағалау субъектілерінің Қазақстан Республикасының денсаулық сақтау саласындағы заңнамасын, оның ішінде халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы нормативтік құқықтық актілерін бұзуды алдын алуға, анықтауға, жолын кесуге және жоюға бағытталған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z81" w:id="80"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z81" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы қызметті жүзеге асыратын ҚР ҚК санитариялық-эпидемиологиялық мекемелері мемлекеттік санитариялық-эпидемиологиялық қызметтің бірыңғай жүйесіне кіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z82" w:id="81"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z82" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. Санитариялық-эпидемиологиялық бақылау және қадағалау Қорғаныс министрлігінің әскери бөлімдері мен мекемелерінің санитариялық жай-күйін бағалау мақсатында оқу-жаттығу жауынгерлік қызмет және материалдық-тұрмыстық қамтамасыз ету, әскери қызметшілердің ауруымен және денсаулық жағдайының көрсеткіштерімен себеп-салдарлық байланысын анықтау, профилактикалық іс-шараларды жүргізу жөніндегі ұсыныстарды әзірлеу және олардың орындалуын бақылау процесінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z83" w:id="82"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z83" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. Қазақстан Республикасы Қарулы Күштері санитариялық-эпидемиологиялық мекемелерінің жұмысын ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z84" w:id="83"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z84" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. ҚР ҚК-нің санитариялық-эпидемиологиялық мекемелері ҚР ҚК-да санитариялық-эпидемиологиялық бақылауды және қадағалауды және эпидемияға қарсы іс-шараларды ұйымдастыруға және білікті жүргізуге арналған әскери-медициналық қызметінің құрамалары болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z85" w:id="84"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z85" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. ҚР ҚК-да бұл мекемелер Санитариялық-эпидемиологиялық орталықты (бұдан әрі – СЭО) және оның филиалдарын білдіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z86" w:id="85"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z86" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Әрбір санитариялық-эпидемиологиялық мекеме (филиал) үшін қолбасшылықтың шешімімен қызмет көрсету ауданы (аймағы) белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z87" w:id="86"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z87" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Санитариялық-эпидемиологиялық мекеме (филиал) өзіне бекітілген аудандағы жұмыстан басқа жауапкершілік аймағында орналасқан әскери бөлімдер мен мекемелерде эпидемияға қарсы іс-шараларды жүргізуге ұйымдастыру-әдістемелік басшылық жасауды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z88" w:id="87"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z88" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. СЭО-ның жоспарлы тексерулерін тиісті командир (бастық) бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z89" w:id="88"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z89" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. Эпидемияға қарсы іс-шараларды ұйымдастыру бойынша жұмыс:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) эпидемиологиялық диагностикалауды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6311,70 +8071,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) эпидемияға қарсы іс-шараларды ұйымдастыруда және жүргізуде қолбасшылыққа және әскери-медициналық қызметіне әдістемелік және практикалық көмек көрсетуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бөлімдерде профилактикалық және эпидемияға қарсы іс-шаралардың орындалуын бақылауды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="89"/>
+    <w:bookmarkStart w:name="z90" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Санитариялық-эпидемиологиялық мекемелер лауазымды адамдарының әскерлерде санитариялық бақылауды және қадағалауды, эпидемияға қарсы іс-шараларды ұйымдастыруы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) санитариялық-эпидемиологиялық мәселелер бойынша құжаттарды (іс-шаралар жоспарларын, бұйрықтар жобаларын, директивалар мен қолбасшылық нұсқауларын) әзірлеуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6403,244 +8163,244 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қызмет көрсетілетін әскерлер орналасқан аумақта эпидемиялық саламаттылықты қамтамасыз ету мүдделерінде аумақтық санитариялық-эпидемиологиялық қадағалау және денсаулық сақтау мекемелерімен тұрақты байланыс жасауды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) қолбасшылыққа және жоғары тұрған әскери-медициналық қызметінің органдарына ұсыну үшін жұмыс бейіні бойынша анықтама-баяндамаларды, есептерді, мәліметтерді және басқа құжаттарды жасауды көздейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="90"/>
+    <w:bookmarkStart w:name="z91" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. Бөлімдер мен мекемелерде санитариялық қадағалау және эпидемияға қарсы іс-шараларды ұйымдастыру және жүргізу жөніндегі әдістемелік нұсқаулық:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бөлімдер мен мекемелердің медициналық құрамымен нұсқау беру-әдістемелік сабақтар өткізуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қолбасшылыққа және әскери-медициналық қызметіне бөлімдер мен мекемелерде санитариялық-эпидемияға қарсы іс-шараларды ұйымдастыру және жүргізу бойынша әдістемелік және практикалық көмек көрсетуді қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="91"/>
+    <w:bookmarkStart w:name="z92" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74. Қызмет көрсетілетін өңірдің әскери бөлімдері мен мекемелерінде СЭО әскери қызметшілерді гигиеналық тәрбиелеу, салауатты өмір салтын насихаттау профилактикалық іс-шараларының орындалуын бақылайды және оларды жүргізуде практикалық көмек көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z93" w:id="92"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z93" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-параграф. Әскери қызметшілердің орналасуын санитариялық-эпидемиологиялық бақылау және қадағалау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z94" w:id="93"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z94" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. Әскери қызметшілердің орналастырылуын санитариялық-эпидемиологиялық бақылау және қадағалау ғимараттардың, құрылыстардың және аумақтың орналасу жағдайларын және санитариялық жай-күйін гигиеналық бағалауды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z95" w:id="94"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z95" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       76. Орналасу жағдайларын гигиеналық бағалау санитариялық-эпидемиологиялық мекемелердің лауазымды адамдары жүргізетін тексеру нәтижелері бойынша жүзеге асырылады, оның процесінде әскери қалашық пен жеке құрылыстар сипаттамасын қамтитын пәтер-пайдалану қызметінің материалдары зерделенеді және Қазақстан Республикасы Президентінің 2007 жылғы 5 шілдедегі № 364 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Қазақстан Республикасы Қарулы Күштерінің, басқа да әскерлері мен әскери құралымдарының ішкі қызмет жарғысы (бұдан әрі – ІҚЖ) талаптарының іс жүзінде орындалуы тексеріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z96" w:id="95"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z96" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77. Бөлім әскери-медициналық қызметінің тұрғын және тұрғын емес ғимараттардың, құрылыстардың және әскери қалашық аумағының санитариялық жай-күйін ағымдағы бақылауы үй-жайларда және аумақта тазалық пен тәртіпті ұстауды, сумен жабдықтаудың, жылытудың, желдетудің, кәріздердің тиімді жұмысын және қатты тұрмыстық қалдықтарды жоюды жүйелі түрде тексеруден тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z97" w:id="96"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z97" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78. Әскери-медициналық қызметі әскери бөлімді оқу-жаттығу орталығына (лагерьге) баруға және оқу-жаттығуға дайындау кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аумақтың, сумен жабдықтау көздерінің, елді мекендердің санитариялық жай-күйін, халық арасындағы инфекциялық аурулардың, эпизоотия деңгейі мен құрылымын, сондай-ақ эпидемиялық процестің дамуына әсер беретін жергілікті факторларды сипаттайтын материалдарды жинау және талдау негізінде орналасу ауданын гигиеналық бағалау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6669,166 +8429,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) далалық тұрғын үйлердің, асханалардың, дәретханалардың, сондай-ақ медициналық пункттерді орналастыруға арналған үй-жайлардың гигиеналық нормалар мен санитариялық қағидаларды орындалу дәрежесін ескере отырып, жеке құрамды далалық жағдайда орналастыруға дайын болуын тексеру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) бөлімшелер орындайтын міндеттер мен әскери қызметшілердің далалық тұрмыс жағдайларын ескере отырып, гигиеналық білімді насихаттау бойынша жұмыс жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="97"/>
+    <w:bookmarkStart w:name="z98" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-параграф. Әскери бөлімдерді сумен жабдықтауды санитариялық-эпидемиологиялық бақылау және қадағалау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z99" w:id="98"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z99" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       79. Әскери бөлімдер мен мекемелерді сумен жабдықтауды санитариялық-эпидемиологиялық бақылау және қадағалау су құбырының санитариялық-техникалық жай-күйін, берілетін су сапасының ауыз су және шаруашылық мақсаттар үшін суға қойылатын талаптарға сәйкестігін бақылау болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Су тұтынудың белгіленген нормаларын сақтауға, персоналдың денсаулық жағдайына қойылатын талаптарды ескере отырып, сумен жабдықтау жүйелерін пайдалану жөніндегі жұмысқа жіберуге бақылауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="99"/>
+    <w:bookmarkStart w:name="z100" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80. Орталықтандырылған сумен жабдықтау кезінде санитариялық-эпидемиологиялық бақылауға және қадағалауға Қазақстан Республикасы Қорғаныс министрлігінің су құбырлары, әскери қалашықтың аумағында орналасқан және әскери бөлімді, құрамаларды сумен жабдықтауды ұйымдастыру үшін пайдаланылатын басқа да министрліктер мен ведомстволардың су құбырлары құрылыстары мен желілері жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z101" w:id="100"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z101" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81. Стационарлық және далалық жағдайларда орталықтандырылмай сумен жабдықтау және жерүсті немесе жерасты суымен жабдықтау көздерін пайдалану кезінде әскери-медициналық қызметі оларды таңдауға қатысады және су жинау құрылғыларының дұрыс орнатылуын бақылайды, ол су көзі мен санитариялық қорғау аймағы аумағының ластануын болдырмайды. Суды тазалауға және зарарсыздандыруға арналған құрылғылармен жабдықтау кезінде олардың жұмысының тиімділігіне зертханалық бақылау орнатылады. Суды жеткізу, сақтау шарттары және оның тұтынушылар арасында бөлу бақылануға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z102" w:id="101"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z102" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82. Әскери бөлімдер мен мекемелерді сумен жабдықтауға санитариялық-эпидемиологиялық бақылау және қадағалау мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оның тиесілігі, салынған және қайта жаңартылған күні, жеке құрам мен әскери қалашық тұрғындарының суға қажеттілігін қамтамасыз ету дәрежесі туралы мәліметтерді белгілеуді (сумен жабдықтаудағы іркілістер, олардың жиілігі мен ұзақтығы; суды тұтынудың мөлшерлік нормаларын сақтау, санитариялық қорғау аймағының көлемі мен жай-күйі);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7019,128 +8779,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) әскери қалашықты орталықтандырылмаған көздерден (шахталық құдықтар, бұлақ каптаждары) сумен жабдықтау кезінде олардың құрылысына, санитариялық-техникалық жай-күйіне және пайдалану тәртібіне назар аударылады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) әскери қалашықты сумен жабдықтау жүйесін санитариялық-эпидемиологиялық тексеру нәтижелері құжатпен (акт, анықтама-баяндама) рәсімделеді, онда барлық су құбыры құрылыстарының санитариялық-техникалық сипаттамасы, суды өңдеу әдістері, су көзін ластанудан қорғау, судың мөлшері мен сапасының қолданыстағы нормативтерге сәйкестігін жалпы бағалайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="102"/>
+    <w:bookmarkStart w:name="z103" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83. Сумен жабдықтау жүйесінің әрбір көзіне санитариялық-эпидемиологиялық қорытынды рәсімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z104" w:id="103"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z104" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84. Сумен жабдықтау жүйелерінің санитариялық сенімділігінің негізгі критерийі ауыз су сапасы болып табылады, ол шарттық негізде өндірістік бақылау және мемлекеттік санитариялық-эпидемиологиялық қадағалау тәртібінде зертханалық жолмен айқындалады. Ауыз су сапасын өндірістік бақылауды қолданыстағы нормативтік құжаттардың талаптарына сәйкес гарнизондардың аудандық пайдалану бөлімдері ұйымдастырады және жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауыз су сапасын бақылауды ҚР ҚК санитариялық-эпидемиологиялық мекемелерінің мамандары жүргізеді. Су сынамаларын алу кезеңділігі, олардың мөлшері және су құбыры құрылымындағы су алу орындары (су жинау орындарында, тарату желісіне түсер алдында), бақыланатын көрсеткіштер тізбесі (қысқартылған немесе толық) жергілікті табиғи жағдайларға, су құбырының санитариялық сенімділігіне, санитариялық-эпидемиологиялық жағдайға байланысты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="104"/>
+    <w:bookmarkStart w:name="z105" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       85. Далалық жағдайларда бөлімдер мен бөлімшелерді сумен жабдықтауды бақылау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) әскери-медициналық қызметінің сумен жабдықтау көздерін таңдауға, санитариялық қорғау аймақтарын айқындауға қатысуын және оларда белгіленген режимнің сақталуын бақылауды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7205,108 +8965,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) әскери қызметшілердің белгіленген ауыз су режимін сақтауын бақылауды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) әскери қызметшілерде ауыз судың жеке қорларын зарарсыздандыруға арналған құралдардың болуын және оларды дұрыс пайдалануды тексеруді қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="105"/>
+    <w:bookmarkStart w:name="z106" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       86. Ауыз су сапасын зертханалық бақылауға бөлімнің әскери-медициналық қызметі сынамаларды алуды және оларды санитариялық-эпидемиологиялық мекемелерге немесе Қазақстан Республикасы Денсаулық сақтау министрлігі санитариялық-эпидемиологиялық бақылау комитетінің аумақтық бөлімшелеріне зерттеуге жіберуді жүргізумен қатысады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z107" w:id="106"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z107" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-параграф. Монша-кір жуу қызметін санитариялық-эпидемиологиялық бақылау және қадағалау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z108" w:id="107"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z108" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87. Стационарлық және далалық жағдайларда монша-кір жуу қызметін санитариялық-эпидемиологиялық бақылау және қадағалау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) әскери қызметшілерді ұдайы жуындыруды және барлығын толық қамтуды, іш киім мен төсек-орын жабдығын ауыстыруды, сондай-ақ монша сүлгілерімен, сабынмен және жөкемен қамтамасыз етуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7353,108 +9113,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) монша-кір жуу комбинатының персоналын уақтылы және толық медициналық тексеруді және қарап-тексеруді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) киім-кешекті, іш киімді және төсек-орын жабдығын дезинфекциялауды және дезинсекциялауды, іш киімді паразиттерге қарсы өңдеуді гигиеналық бағалауды және бақылауды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="108"/>
+    <w:bookmarkStart w:name="z109" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       88. Бөлімнің әскери-медициналық қызметі монша-кір жуу қызметін көрсетуді санитариялық қағидалар мен нормалардың, жеке қолданылатын құжаттардың талаптары ауқымында тұрақты санитариялық-эпидемиологиялық бақылауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z110" w:id="109"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z110" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-параграф. Әскери қызметшілердің тамақтануын санитариялық-эпидемиологиялық бақылау және қадағалау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z111" w:id="110"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z111" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89. Әскери қызметшілердің тамақтануын санитариялық-эпидемиологиялық бақылау және қадағалау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тамақтанудың сандық және сапалық құнарлығын гигиеналық бағалауды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7483,90 +9243,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) азық-түлік қызметі объектісінде жұмыс істейтін адамдардың денсаулық жағдайын бақылауды қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сонымен қатар, халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы нормативтік құқықтық актілердің талаптарына сәйкес Қазақстан Республикасы Қорғаныс министрлігінің әскери бөлімдері мен мекемелерінің аумағында орналасқан кез келген меншік нысанындағы қоғамдық тамақтандыру кәсіпорындары санитариялық-эпидемиологиялық бақылауға және қадағалауға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="111"/>
+    <w:bookmarkStart w:name="z112" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       90. Әскери қызметшілерді тамақтандырудың нақты жай-күйін бақылау кезінде азық-түлік үлесінің, құрғақ және борттық үлестің, әскери еңбектің қолайсыз факторларының әсер етуі жағдайларында жұмыс істейтін адамдарды тамақтандырудың, өз әскери бөлімінен бөлек орналасқан бөлімшелердің жеке құрамын, сондай-ақ гауптвахтада ұсталатын әскери қызметшілерді тамақтандырудың негізгі және қосымша нормалар бойынша тамақтандыру ескертіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z113" w:id="112"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z113" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       91. Әскери қызметшілерді тамақтандырудың нақты жай-күйін гигиеналық бағалау олардың оқу-жаттығу жауынгерлік іс-қимыл жағдайлары ескеріле отырып:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) энергетикалық құндылыққа, тәулік бойы тамақ ішу мөлшері мен тәртібіне сәйкес тамақтану режимін және тәуліктік азық-түлік жиынтығын бақылау арқылы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7577,90 +9337,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) азық үлесін әскери қызметшілерге жеткізуді дайын тағамның шығуын өлшеу әдісімен бақылау, рационның қою бөлігінің массасын және тағам қалдығын айқындау арқылы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) нақты тамақтану құрылымы мен режимінің әсерінен қалыптасқан әскери қызметшілердің денсаулық жағдайы мен дене бітімінің дамуын медициналық бақылау нәтижелерін зерделеумен жүргізіледі және жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z114" w:id="113"/>
+    <w:bookmarkStart w:name="z114" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       92. Әскери қызметшілерді тамақтандырудың сапалы құнарлығын гигиеналық бағалау қосымша санитариялық-эпидемиологиялық мекемелерде қоректік заттар (ақуыз, майлар, көмірсу, дәрумен, минералды тұз) жинағы бойынша тағам химиялық құрамының физиологиялық қажеттілігіне сәйкестігін есептеу және зертханалық айқындау негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z115" w:id="114"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z115" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93. Азық-түлік қызметінің объектілерінде гигиеналық талаптардың орындалуын санитариялық-эпидемиологиялық бақылау және қадағалау кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) азық-түлікті қабылдау, сақтау және тарату;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7707,90 +9467,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өндірістік бақылау бағдарламасын, тағамды дайындаудың (аспаздық өнімді) технологиялық карталарын әзірлеу және енгізу бақыланады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Азық-түлік қызметінің объектісінде санитариялық режимнің сақталуын бақылау кезінде сонымен қатар асхана бойынша персоналдың жеке гигиена қағидаларын сақтауы және олардың белгіленген кезеңділігі және медициналық тексеру және қарап-тексеру ауқымын орындауы тексеріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="115"/>
+    <w:bookmarkStart w:name="z116" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       94. Азық-түлік қоймаларын, асүйлерді, асханаларды күтіп ұстауды санитариялық-эпидемиологиялық бақылау және қадағалау белгіленген температуралық-ылғалдық режимді және азық-түліктің әр түрін сақтау мерзімдерін қамтамасыз етуді, азық-түлікті кеміргіштер мен қамба зиянкестерінен қорғау жөніндегі іс-шаралардың жүргізілуіне, үй-жайларды күнделікті және күрделі жинап тазалау, дезинфекциялау (дезинсекциялау, дератизациялау) сапасына, асхана және асүй ыдыстары мен құралдар тазалығына, оны жуу және зарарсыздандыру қағидаларының сақталуына, технологиялық жабдық пен тоңазытқыш, азық-түлік қызметі объектілерінің айналасындағы аумақты көркейту және тазалау, сондай-ақ тамақ қалдықтарын жинау және жою жөніндегі талаптардың орындалуына бақылауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z117" w:id="116"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z117" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       95. Далалық жағдайларда әскери қызметшілерді тамақтандыруды ұйымдастыруға бақылау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) әскери бөлімдер, мекемелер медициналық және азық-түлік қызметтерінің лауазымды адамдарының және санитариялық-эпидемиологиялық мекемелер лауазымды адамдарының тамақтану режимін әзірлеуге және физиологиялық-гигиеналық талаптарды ескере отырып және оқу-жаттығу жауынгерлік қызмет сипатына қатысты азық-түлікті бөлуге қатысумен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7963,108 +9723,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бөлімнің әскери-медициналық қызметі далалық жағдайларда тамақтандыруға қойылатын гигиеналық талаптарды жеке құрамға жеткізу, өсімдік және жануар тектес кездейсоқ және тексерілмеген өнімді тағамда пайдалануға жол бермеу мақсатында нақты жағдайды ескере отырып, санитариялық-ағарту жұмысын жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бөлімнің әскери-медициналық қызметі жеке құрамды тамақтандыруды ұйымдастыруға санитариялық қағидалар мен нормалар ережелерінің, жеке қолданылатын құжаттардың талаптары ауқымында тұрақты санитариялық-эпидемиологиялық бақылауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="117"/>
+    <w:bookmarkStart w:name="z118" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-параграф. Әскери еңбек жағдайларын санитариялық-эпидемиологиялық бақылау және қадағалау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z119" w:id="118"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z119" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       96. Әскери еңбек жағдайларын санитариялық-эпидемиологиялық бақылау және қадағалау жұмыс ортасының қолайсыз факторларының әсер етуіне байланысты кәсіби және басқа да аурулардың, зақымданулар мен жарақаттанудың алдын алу мақсатында жүргізіледі және әскерлердің оқу-жауынгерлік қызметін, әскери техниканың жылжымалы және стационарлық объектілеріне және қару-жарақ жүйелеріне қызмет көрсету және оларды пайдалану жөніндегі жұмыстарды, сондай-ақ әскери бөлімдердің жеке құрамы орындайтын өндірістік, құрылыс және шаруашылық жұмыстарды ұйымдастыру кезінде гигиеналық нормалар мен санитариялық қағидалардың орындалуын бақылау жүйесін қамтиды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z120" w:id="119"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z120" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       97. Әскери қызметшілерді жауынгерлік даярлау жағдайларын санитариялық-эпидемиологиялық бақылау және қадағалау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) еңбек және демалыс режимін қамтамасыз етуге, күні бойы және оқудың барлық кезеңінде дене жүктемесінің ауқымы мен қарқындылығына қойылатын гигиеналық талаптарды іске асыруды, әртүрлі сабақтарды кезектестіруді, жеке гигиена қағидаларын орындау қажеттілігін ескере отырып, тәулік уақытын бөлуді, таңертеңгі дене шынықтыру жаттығуын өткізуді, әскери қызметшілердің тамақтануын, демалуын және ұйықтауын ұйымдастыруды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8129,70 +9889,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) қолайсыз метеофакторлардың, қоршаған ортаның жоғары немесе төмен температуралары әсер етуінің профилактикасы шараларының орындалуын, ұзақ марш жасау кезінде жеке құрамның демалысын қамтамасыз етуді және қажуының алдын алуды тексеруді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) дене жүктемелерінің ауқымы мен қарқындылығының әскери қызметшілердің жаттыққандығына сәйкестігін бағалауды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z121" w:id="120"/>
+    <w:bookmarkStart w:name="z121" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       98. Әскери бөлімдер мен мекемелер жеке құрамының дене шынықтыру дайындығын және оны шынықтыруды ұйымдастыру және жүргізу кезінде гигиеналық талаптардың орындалуын санитариялық-эпидемиологиялық бақылау және қадағалау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ашық ауада және жабық үй-жайларда дене шынықтыру дайындығымен және спортпен шұғылданатын орындардың санитариялық жай-күйін және спорттық снарядтар мен құрылыстардың санитариялық-техникалық жай-күйін бағалауды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8221,70 +9981,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жеке құрамның жаттықтыруы процесінде және дайындығының барлық кезеңі ішінде дене жүктемесінің қарқындылығын біртіндеп арттыруды, сондай-ақ спорттық жаттықтырулар режимінің ұтымды болуын бақылауды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) шынықтыру процедураларын жүргізу жөніндегі талаптардың орындалуын тексеруді қамтиды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="121"/>
+    <w:bookmarkStart w:name="z122" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       99. Қару-жарақ пен әскери техниканы жөндеу және оған қызмет көрсету, құрылыс және шаруашылық жұмыстарын жүргізу кезінде әскери қызметшілердің еңбек жағдайларын санитариялық-эпидемиологиялық бақылау және қадағалау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) объектілерді орналастырудың, жабдықтаудың және жарықтандырудың санитариялық қағидаларға сәйкес келуін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8403,90 +10163,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) алғашқы көмек дәріқобдишаларының болуын және жиынтықталуын, жеке құрамның оларды пайдалана білуін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) кәсіби зияндылықтардың әсер етуі жағдайларында жұмыс істейтін адамдарды уақтылы және толық медициналық қарап-тексеруді және куәландыруды тексеруді қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z123" w:id="122"/>
+    <w:bookmarkStart w:name="z123" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100. Бөлімнің әскери-медициналық қызметі әскери еңбек жағдайларын санитариялық-эпидемиологиялық бақылауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z124" w:id="123"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z124" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       101. Климаты ыстық аудандардағы еңбек және тұрмыс жағдайларын бақылау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жоғары температура мен ауа ылғалдылығының бірге әсер етуі кезінде күшті қажет ететін жұмысты орындауға байланысты организмге күн өтудің;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8497,90 +10257,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) көздің күн радиациясының көз шағылыстыратын әсерінен, бет терісі мен еріннің күн сәулесінен күюінен және желденуден, тыныс алу ағзаларының шаңның енуінен зақымдануының;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) организмнің тер шығаруы (дегидратация) және жылу күйзелісі кезіндегі сусыздануы әсерінен су-тұз балансының және оны реттеуші жүйелері функцияларының бұзылуының профилактикасы қажеттілігін ескере отырып жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z125" w:id="124"/>
+    <w:bookmarkStart w:name="z125" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       102. Климаты суық аудандарда әскери қызметшілердің еңбек етуі, өмірі мен тұрмысы жағдайларын бақылау қатты желмен және мол жауын-шашынмен үйлескен төмен температура мен ауаның жоғары ылғалдылығының әсер етуіне негізделген суық өтудің және суық тию ауруларының профилактикасына бағытталған қосымша іс-шараларды жүзеге асыру қажеттілігін ескере отырып ұйымдастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z126" w:id="125"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z126" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       103. Климаттық жағдайлардың алуан түрлілігімен және метеорологиялық факторлардың өзгеруімен ерекшеленетін таулы аудандарда әскерлердің оқу-жауынгерлік қызметінің жағдайларын және әскери қызметшілерді материалдық-тұрмыстық қамтамасыз етуді ұйымдастыруды бақылау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) теңіз деңгейінен 2000 метрден астам биіктікте пайда болатын негізгі себептері гипоксемия мен гипокапния болып табылатын тау ауруларының;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8609,70 +10369,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қарқынды күн радиациясынан (тікелей, шашыраңқы және қармен шағылысқан) пайда болатын бет терісі күюінің, қар офтальмиясының;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жоғары ауа температурасы және дене жүктемелері әсер еткен кезде организмге күн өтудің профилактикасы мақсатында физиологиялық-гигиеналық талаптарды орындауға бағытталған іс-шаралармен толықтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="126"/>
+    <w:bookmarkStart w:name="z127" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       104. Климаты ыстық немесе суық аудандарда, сондай-ақ таулы жерде әскери қызметшілердің қызмет жағдайларын бақылау кезінде бейімделу жөніндегі іс-шараларды жүргізумен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қызмет өткеру үшін осы аудандарға жіберілетін жеке құрамды медициналық қарап-тексеруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8683,70 +10443,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бөлімдерде жүктемелердің ауқымы мен қарқындылығын біртіндеп арттыруға негізделген жеке құрамның дене шынықтыру дайындығын жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) жеке құрамды қоршаған ортаның қолайсыз факторларының әсер етуінен қорғау тәсілдеріне, күрделі климаттық жағдайларда әрекет ете білуге оқытып-үйрету бақыланады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z128" w:id="127"/>
+    <w:bookmarkStart w:name="z128" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105. Бейімделу процесінде әскери қызметшілер организмінің жай-күйіне дене жүктемелерінің барабарлығын бақылау кезінде мыналарға сүйенеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бейімделу кезеңінің жалпы ұзақтығы 1,5 – 2 айды құрайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8757,206 +10517,206 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ауырлығы орташа дене жүктемелеріне күнтізбелік 10 күннен кейін, ауыр жүктемелерге – күнтізбелік 20 күннен кейін жол беріледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ыстық климат жағдайларына бейімделудің алғашқы күнтізбелік 10 – 15 күні ішінде дене температурасының кемінде 38°С дейін көтерілуіне және пульстің минутына 110 рет соғылғанға дейін жиіленуіне жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z129" w:id="128"/>
+    <w:bookmarkStart w:name="z129" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-параграф. Әскери қызметшілерді гигиеналық тәрбиелеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z130" w:id="129"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z130" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       106. Әскери қызметшілерді гигиеналық тәрбиелеу жұмысқа қабілеттіліктің (жауынгерлік қабілеттіліктің), салауатты өмір салтының және гигиеналық нормалар мен санитариялық қағидаларды сақтау үшін жоғары жауапкершіліктің негізі ретінде жеке және қоғамдық денсаулықты сақтау мен нығайтуға саналы көзқарасты қалыптастырудың мақсатты процесін, қоршаған табиғи ортаны адам үшін зиянды қалдықтармен және шығарындылармен ластанудан қорғауды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z131" w:id="130"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z131" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107. Әскери қызметшілерді гигиеналық тәрбиелеу және оқыту дәрістерді, әңгімелесулерді, консультацияларды, парақшаларды, жадынамаларды басып шығаруды, санитариялық бюллетеньдерді, қабырға газеттерін шығаруды, плакаттарды, фотокөрмелерді дайындау мен пайдалануды, бейне- және кинофильмдерді көрсетуді, телебағдарламаларды көруді, көп тиражды газеттер мен журналдарда мақалаларды жариялауды пайдалана отырып, топтық және жеке әдістермен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z132" w:id="131"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z132" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9-параграф. Санитариялық-гигиеналық іс-шаралардың тиімділігін бағалау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z133" w:id="132"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z133" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       108. Әскери бөлімдер мен мекемелердегі санитариялық-гигиеналық іс-шаралардың тиімділігін оқытудың әрбір кезеңінде бөлімнің әскери-медициналық қызметі, ал санитариялық-эпидемиологиялық мекемелердің мамандары әскери қызметшілердің денсаулығы көрсеткіштерін (денсаулық жағдайы, дене бітімінің дамуы, ауруы) олардың еңбек және тұрмыс жағдайларын сипаттайтын көрсеткіштермен салыстыру арқылы бөлімді әрбір санитариялық-эпидемиологиялық тексеру кезінде айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z134" w:id="133"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z134" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       109. Әскери қызметшілердің денсаулығы көрсеткіштерін бағалау бөлімшелер бойынша жеке құрамның санатын, әскери қызметте болу ұзақтығын, әскери қызметшілердің мамандығын, еңбек және тұрмыс жағдайларын, кәсіби зияндылығын ескере отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z135" w:id="134"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z135" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       110. Санитариялық-эпидемиологиялық бақылаудың және қадағалаудың тиімділігін бағалаудың жинақталған нәтижелері санитариялық-гигиеналық іс-шараларды жоспарлау, сондай-ақ әскери бөлімнің санитариялық-гигиеналық жай-күйінің нашарлау мүмкіндігін болжау үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z136" w:id="135"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z136" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       111. Әскери бөлімнің санитариялық жай-күйі: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке құрамның оқу-жауынгерлік қызметі және материалдық-тұрмыстық қамтамасыз ету процесінде гигиеналық нормалар мен санитариялық қағидалар орындалған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8985,388 +10745,388 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әскери бөлімнің және мекеменің санитариялық-эпидемиологиялық жай-күйі саламатты болған, инфекциялық ауру деңгейі әскери бөлім мен мекеме бойынша орташа көрсеткіштерден аспайтын және соңғы үш жылда оның төмендеуіне үрдіс байқалатын, инфекциялық аурулардың өршуі болмаған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жеке құрамның денсаулық жағдайы әскери бөлім, мекеме алдына қойылған міндеттерді толық ауқымда шешуге мүмкіндік беретін жағдайда қанағаттанарлық деп танылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z137" w:id="136"/>
+    <w:bookmarkStart w:name="z137" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112. Әскери бөлімнің санитариялық жай-күйі оны қанағаттанарлық бағалау үшін шарттар орындалмаған жағдайда қанағаттанарлықсыз деп танылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z138" w:id="137"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z138" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       113. Әскери қызметшілердің қызмет өткеру және тұрмыс жағдайларын бақылау және жеке құрамның ауруын талдау нәтижелері бөлім командиріне және жоғары тұрған қолбасшылыққа әскери-медицина қызметі бастығының ай сайынғы баяндауына енгізіледі. Осы мәселе бойынша жинақталған баяндаулар жазғы және қысқы оқу кезеңдері аяқталғаннан кейін де ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z139" w:id="138"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z139" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       114. Санитариялық-гигиеналық іс-шаралардың тиімділігін зерделеу және бақылау нәтижелері мақсатты сауықтыру іс-шараларын жоспарлау және әзірлеу, әскери бөлімнің санитариялық-гигиеналық жай-күйінің нашарлау мүмкіндігін болжау және профилактикалық шараларды алдын ала қабылдау үшін негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z140" w:id="139"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z140" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10-параграф. Қазақстан Республикасының Қарулы Күштеріндегі эпидемияға қарсы іс-шаралар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z141" w:id="140"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z141" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       115. ҚР ҚК-да эпидемияға қарсы іс-шаралардың мақсаты қоздырғыштардың әскери ұжымдарға әкелінуінің алдын алуға, аурулардың таралуына жол бермеуге, пайда болған ошақтарды оқшаулау мен жоюға, сондай-ақ инфекцияларды әскери бөлімдерден (гарнизондардан) тыс жерлерге шығару және оларды басқа елді мекендерге (әскерлер орналасқан орындарға) әкелу мүмкіндігін болдырмауға бағытталған әскерлерді эпидемияға қарсы қорғау болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z142" w:id="141"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z142" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       116. ҚР ҚК әскери бөлімінде, гарнизонында, өңірлік қолбасшылықтарында, әскер түрлері мен тектерінде эпидемияға қарсы іс-шараларды ұйымдастыруды әскери-медициналық қызметі жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z143" w:id="142"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z143" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       117. Эпидемияға қарсы іс-шараларды ұйымдастыруды әскери-медициналық қызметі қолбасшылықпен және тылдық қамтамасыз ету қызметтерімен тығыз өзара іс-қимылда әзірленген жоспарлар негізінде жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z144" w:id="143"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z144" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       118. Барлық дәрежедегі командирлер мен бастықтардың, сондай-ақ басқа да лауазымды адамдардың эпидемияға қарсы іс-шараларды жүргізу жөніндегі іс-қимылдары Қазақстан Республикасы Президентінің 2007 жылғы 5 шілдедегі № 364 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Қазақстан Республикасы Қарулы Күштерінің, басқа да әскерлері мен әскери құралымдарының ішкі қызмет жарғысымен, ал арнайы мәселелер бойынша Қазақстан Республикасының халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы заңнамасының, сондай-ақ гигиеналық нормативтердің, халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы уәкілетті орган бекіткен техникалық регламенттердің талаптарымен регламенттелген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z145" w:id="144"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z145" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       119. Эпидемияға қарсы іс-шараларды жоспарлау мен ұйымдастыру үшін санитариялық-эпидемиологиялық барлауды, қадағалауды, тексеруді және эпидемиологиялық талдауды қамтитын эпидемиологиялық диагностика негіз болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z146" w:id="145"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z146" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       120. Эпидемиологиялық диагностика әскери ұжымда инфекциялық аурулардың пайда болу және таралу себептері мен жағдайларын анықтау және ғылыми негізделген эпидемияға қарсы іс-шараларды әзірлеу әдістерінің жүйесін білдіреді. Эпидемиологиялық диагностика санитариялық-эпидемиологиялық барлауды, санитариялық-эпидемиологиялық қадағалауды, эпидемиологиялық тексеруді және эпидемиологиялық талдауды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z147" w:id="146"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z147" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       121. Санитариялық-эпидемиологиялық барлау әскерлердің алдағы орналасу және іс-қимылдары аудандарының санитариялық-эпидемиологиялық жай-күйі туралы мәліметтерді жинау және талдау арқылы жүргізіледі. Ол медициналық барлаудың құрамдас бөлігі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z148" w:id="147"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z148" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       122. Санитариялық-эпидемиологиялық барлау: ауданның санитариялық-эпидемиялық жай-күйі туралы қолда бар ақпаратты зерделеуді, аға медициналық бастықтан, басқа қызметтер мен санитариялық-эпидемиологиялық бақылау және қадағалау органдарының лауазымды адамдарынан мәліметтер алуды, аумақты, сумен жабдықтау көздерін және басқа да сыртқы орта объектілерін сынама алу арқылы тексеруді, жергілікті емдеу-профилактикалық, санитариялық-эпидемиологиялық және коммуналдық мекемелер әскерлерінің мұқтаждары үшін пайдалану мүмкіндігін айқындауды, алынған нәтижелерді талдауды және қолбасшылыққа (әскери-медициналық қызметіне) эпидемияға қарсы іс-шараларды жүргізу жөнінде ұсынымдар беруді қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z149" w:id="148"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z149" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       123. Санитариялық-эпидемиологиялық қадағалау бөлім орналасқан ауданның санитариялық-эпидемиологиялық жай-күйін жүйелі зерделеуді, инфекциялық аурулар мен эпизоотия ошақтарын уақтылы анықтауды, жеке құрамның өмір сүру, тұрмыс жағдайларын және бөлім объектілерінің санитариялық жай-күйін үздіксіз медициналық бақылауды көздейді. Санитариялық-эпидемиялық жағдай нашарлаған, инфекциялық аурулар пайда болған кезде бөлімде эпидемиологиялық тексеру жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z150" w:id="149"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z150" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       124. Эпидемиологиялық тексеру эпидемиялық ошақтың пайда болу себептері мен жағдайларын анықтауға және оны оқшаулау және жою жөніндегі іс-шараларды негіздеуге бағытталған. Бір ауру бар ошақты және көптеген аурулар бар ошақты эпидемиологиялық тексеруді ажыратады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z151" w:id="150"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z151" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       125. Бір инфекциялық ауру бар ошақты эпидемиологиялық тексеру: науқасты сұрауды және тексеруді, оның орналасу бөлімінде және ауданында эпидемиялық жағдайды нақтылауды, жұқтыру қаупі бар адамдарды сұрауды және тексеруді, сыртқы орта объектілерін қарап-тексеруді және тексеруді, алынған материалдарды талдауды және қорытуды, ошақты оқшаулау және жою жөніндегі іс-шараларды негіздеуді қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z152" w:id="151"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z152" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       126. Көптеген аурулар бар ошақты эпидемиологиялық тексеруді СЭО мамандары жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексеру: ауырғандар туралы бастапқы деректерді жинау мен дайындауды, ошақтағы жеке құрамның ауру қарқынын талдауды, қауіп факторлары бойынша аурудың құрылымын зерделеуді, науқастарды және жұқтыру қаупі бар адамдарды сұрауды, сыртқы орта объектілерін тексеруді, алынған деректерді қорытындылауды, ошақтың туындау себептері мен жағдайларын анықтауды және эпидемияға қарсы іс-шараларды негіздеуді қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9377,166 +11137,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Инфекцияның берілу тетігін нақтылау үшін сыртқы орта объектілерін тексеру жүзеге асырылады. Алынған деректерді бағалайды, туындаған өршу түрі, жеке құрамның жұқтыруының нақты себептері мен жағдайлары туралы, сондай-ақ эпидемиялық ошақтың шегі туралы қорытынды жасайды. Тексеру нәтижелеріне сәйкес ошақты жою жөніндегі іс-шаралардың тізбесі мен көлемін айқындайды және оларды өткізу жоспарын жасайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Цифрлық және графикалық материалдар қоса берілген эпидемиялық ошақты тексеру актісін жоғары тұрған әскери-медицина қызметінің бастығына ошақты жойғаннан кейін ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z153" w:id="152"/>
+    <w:bookmarkStart w:name="z153" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       127. Эпидемиологиялық талдау инфекциялық ауру деңгейін, құрылымын және қарқынын айқындау, бөлімнің жеке құрамы арасында аурулардың пайда болу және таралу себептері мен жағдайларын анықтау үшін жүргізіледі. Эпидемиологиялық талдау нәтижелері профилактикалық жұмыстың негізгі іс-шараларын негіздеу үшін пайдаланылады, бөлімде талдауды әскери-медицина қызметінің бастығы жүргізеді. Инфекциялық ауруды эпидемиологиялық талдау ретроспективті және жедел болып бөлінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z154" w:id="153"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z154" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       128. Ретроспективті эпидемиологиялық талдау өткен бірнеше жылғы, өткен жылғы немесе әскерлер қызметінің және жауынгерлік даярлығының жекелеген кезеңдеріндегі инфекциялық ауруды талдауды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z155" w:id="154"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z155" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       129. Жедел эпидемиологиялық талдау бөлімдер мен бөлімшелердегі эпидемиялық қолайсыздықты ерте анықтау мақсатында жеке құрамның инфекциялық аурулары туралы ақпаратты үздіксіз жинауды және зерделеуді көздейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Талдау жүргізу үшін өңірлік қолбасшылық бөлімі (мекемесі) әскери-медициналық қызметінің есептері, шұғыл хабарламалар, инфекциялық, паразиттік аурулар, улану жағдайлары туралы кезектен тыс жеткізілімдер негіз болып табылады. Талдау жүргізу әскерлердің орналасу және жауынгерлік даярлығы аудандарын санитариялық-эпидемиологиялық қадағалаумен және эпидемияға қарсы іс-шараларды жедел жүргізуді негіздеумен үйлестіріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z156" w:id="155"/>
+    <w:bookmarkStart w:name="z156" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11-параграф. Эпидемияға қарсы іс-шаралардың мазмұны, оларды ұйымдастыру және жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z157" w:id="156"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z157" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       130. Эпидемияға қарсы іс-шаралардың мазмұны эпидемиялық процестің үш буынына бағытталған:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) инфекция көзі (науқасты/симптомсыз тасымалдаушыны анықтау, оқшаулау, емдеу-диагностикалық, режимдік-шектеу және ветеринариялық-санитариялық іс-шаралар, профилактикалық дератизациялау);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9547,70 +11307,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) беру тетігі (беру тетігін тоқтатуға, әскерлер орналасқан жерде еңбек пен тұрмыстың санитариялық-гигиеналық және әлеуметтік-тұрмыстық жағдайларын жақсартуға, санитариялық-эпидемиологиялық қадағалауға, профилактикалық дезинфекцияға және дезинсекцияға, гигиеналық тәрбиелеуге бағытталған іс-шаралар);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сезімтал организм (шынығу, иммунопрофилактика сияқты иммунитетті арттырудың арнайы емес құралдары).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z158" w:id="157"/>
+    <w:bookmarkStart w:name="z158" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       131. Әскери бөлімде инфекциялық аурулар мен тасымалдаушыларды анықтау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бөлімше командирлері мен медицина қызметкерлерінің жеке құрамды сұрауы арқылы таңертеңгі қарап-тексеруде және кешкі тексеруде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9693,70 +11453,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жас буынды қабылдау және жоспарлы медициналық қарап-тексеру, тексеру кезінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бақылау-өткізу пунктінде жабдықталған медициналық бекетте аурудың көтерілу кезеңінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z159" w:id="158"/>
+    <w:bookmarkStart w:name="z159" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       132. Анықталған инфекциялық науқастарды және инфекциялық ауруға күдікті адамдарды медициналық роталар мен пункттердің оқшаулағышына орналастырады. Штаттық оқшаулағышы жоқ әскери бөлімдерде инфекциялық науқастарды алдын ала көзделген үй-жайда оқшаулайды. Мерзімді әскери қызмет әскери қызметшілері, курсанттар, кадеттер қатарынан инфекциялық науқастарды (симптомсыз таратушыларды) амбулаторлық емдеуге және олардың әскери ұжымда болуына жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9775,308 +11535,308 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z160" w:id="159"/>
+    <w:bookmarkStart w:name="z160" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       133. Медициналық роталар мен әскери бөлімдер (мекемелер) пункттерінің оқшаулағыштарында оны күтіп-ұстау нақты инфекцияның эпидемиологиялық ерекшеліктерімен айқындалатын эпидемияға қарсы режимнің сақталуы қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z161" w:id="160"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z161" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       134. Науқастар тексеру, диагноз қою, медициналық көмек көрсету және эпидемиологиялық анамнез жинау үшін бір тәуліктен аспайтын мерзімге оқшаулағышқа орналастырылады. Оқшаулағышта емдеу үшін тек тонзилиттің, тұмаудың және жіті респираторлық инфекциялардың асқынбаған түрлерімен ауыратын науқастарды ғана қалдыруға рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z162" w:id="161"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z162" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       135. Инфекциялық аурулар бар пациенттер әскери госпитальдардың, лазареттердің инфекциялық бөлімшелеріне (оқшаулағыштарға) (бар болған кезде) немесе азаматтық денсаулық сақтау жүйесінің инфекциялық ауруханасына (бөлімшесіне) жатқызылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z163" w:id="162"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z163" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       136. Инфекциялық науқасты медициналық бөлімшенің оқшаулағышынан госпитальға (ауруханаға) эвакуациялау санитариялық немесе осы мақсат үшін арнайы бөлінген әскери бөлімнің немесе госпитальдың басқа да көлігінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Инфекциялық науқастарды ілеспе (қоғамдық), сондай-ақ адамдарды тасымалдауға бейімделмеген көлікте тасымалдауға рұқсат етілмейді. Әртүрлі инфекциялары бар науқастарды, сондай-ақ инфекциялық және соматикалық науқастарды бір автомобильде бірге тасымалдауға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z164" w:id="163"/>
+    <w:bookmarkStart w:name="z164" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       137. Инфекциялық науқаспен бірге жүру үшін медицина қызметкері тағайындалады, онда жеке қорғану құралдары, шұғыл көмек көрсету үшін қажетті дәрі-дәрмектер, сондай-ақ инфекциялық аурудың сипатына сәйкес науқастарды күту заттары (астарлы кеме, науқастың бөлінуін жинауға және зарарсыздандыруға арналған шелек, ішек инфекциялары кезінде клеенка, респираторлық инфекциялар кезінде медициналық маска немесе респиратор) және дезинфекциялау құралдары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z165" w:id="164"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z165" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       138. Инфекциялық науқас госпитальға жеткізілетін көлік осы емдеу мекемесінің күшімен дезинфекциялауға ұшырайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z166" w:id="165"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z166" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       139. Инфекциялық науқастарды әскери эшелондардан эвакуациялау эшелон бастығының өтінімі бойынша теміржол станциясының әскери коменданты арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z167" w:id="166"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z167" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       140. Инфекциялық науқасты анықтау, эпидемиологиялық тексеру нәтижелері және жүргізіліп жатқан іс-шаралар туралы бөлім әскери-медицина қызметінің бастығы белгіленген тәртіппен бөлім командиріне, жоғары тұрған әскери-медицина қызметінің бастығына және СЭО-ға баяндайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z168" w:id="167"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z168" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       141. Науқасқа инфекциялық ауру диагнозын қойғаннан кейін әскери-медициналық мекеменің бастығы бұл туралы науқас келіп түскен әскери бөлім қолбасшылығын және СЭО-ны хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z169" w:id="168"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z169" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       142. Эпидемиялық ошақта шектеу іс-шаралары, оның ішінде қызметтің ерекше жағдайларын қамтамасыз ететін карантин жүргізіледі. Бұл іс-шаралардың сипаты инфекцияның эпидемиологиялық ерекшеліктерімен және жағдайдың нақты шарттарымен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z170" w:id="169"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z170" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       143. ҚР ҚК объектілерінде шектеу іс-шаралары, оның ішінде карантин бір мезгілде халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы мемлекеттік органды және оның аумақтық бөлімшесін хабардар ете отырып, халықтың санитариялық-эпидемилогиялық саламаттылығы саласындағы ҚР ҚМ бас мемлекеттік санитариялық дәрігерінің шешімімен енгізіледі (жойылады).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z171" w:id="170"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z171" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       144. Режимдік-шектеу іс-шараларының әртүрлілігі ҚР ҚК көлік құралдарында және Қазақстан Республикасының аумағына келетін әскери шетелдік көлік құралдарында санитариялық-карантиндік іс-шаралар болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkEnd w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Санитариялық-карантиндік іс-шаралар:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10159,914 +11919,976 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) экипаж мүшелерін және жолаушыларды обсервациялауды (немесе күшейтілген медициналық байқауды);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) көлік құралын дезинфекциялауды (дезинсекциялауды) және инфекцияның сипатымен және көлік құралындағы эпидемиялық жағдаймен айқындалатын басқа да эпидемияға қарсы іс-шараларды жүргізуді көздейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z172" w:id="171"/>
+    <w:bookmarkStart w:name="z172" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       145. Көрсеткіштеріне байланысты профилактикалық, ағымдағы және қорытынды дезинфекция бөлінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Объектілерді дезинфекциялау, дезинсекциялау және дератизациялау үшін Қазақстан Республикасының аумағында қолдануға рұқсат етілген препараттар пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z173" w:id="172"/>
+    <w:bookmarkStart w:name="z173" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       146. Профилактикалық дезинфекция эпидемиялық жағдайға қарамастан жүйелі түрде жүргізіледі. Профилактикалық дезинфекциялауға дәретханалар, жуынды шұңқырлары, қоқыс жинағыштар, моншалар (санитариялық өткізу орындары), қарауыл үй-жайлары, казармалар, асханалар, медициналық бөлімшелер мен мекемелердің үй-жайлары, ауызсу, кәріздік ағындар, азық-түлік қоймалары, көлік және басқа да объектілер, жеке құрамға қауіп төндіретін патогенді қоздырғыштардың жиналуы жатады. Оны бөлімшелердің жеке құрамын және тәуліктік наряд адамдарын тарта отырып, дезинфектор, оның ішінде штаттан тыс дезинфектор жүргізеді. Дезинфекциялық іс-шараларды жүргізуге тартылатын адамдар жыл сайын жұмыстарды қауіпсіз жүзеге асыру, дезинфекциялау құралдарымен улану кезінде алғашқы көмек көрсету мәселелері бойынша нұсқау алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z174" w:id="173"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z174" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147. Ағымдағы дезинфекция медициналық бөлімшелердің оқшаулағыштарында және инфекциялық науқас орналасқан басқа да үй-жайларда ол оқшауланған (ауруханаға жатқызылған) сәттен бастап жүргізіледі. Науқастардың бөлінулері (қақырық, құсу массалары, жуу сулары, нәжіс, зәр, ірің, қан), ыдыс-аяқ, тамақ қалдықтары, іш киім, таңу материалы, үй-жай және ондағы басқа да заттар дезинфекциялауға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z175" w:id="174"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z175" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       148. Қорытынды дезинфекция ол болған жерлерде инфекциялық аурулардың қоздырғыштарын жою үшін науқас оқшауланғаннан, ауруханаға жатқызылғаннан, сауыққаннан немесе қайтыс болғаннан кейін 24 сағаттан кешіктірілмей жүргізіледі. Дезинфекциялауға үй-жайлар, төсек-орын жабдығы, жиһаз, науқастың жеке заттары, басқа да заттар, сондай-ақ инфекциялық науқастарды эвакуациялау үшін пайдаланылатын көлік жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z176" w:id="175"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z176" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       149. Әскери-медициналық мекемеде (әрбір бөлімшеде), әскери бөлімнің және мекеменің медициналық бөлімшесінде дезинфекциялық пункт (дезинфекциялық бұрыш) жабдықталады, онда мыналар қамтылады: дезинфекциялық құралдардың ағымдағы қоры, арнайы киім жиынтығы (халаттар, бас киімдер, респираторлар, резеңке етіктер, қолғаптар, алжапқыштар), жұмыс ерітінділерін дайындауға және сақтауға арналған ыдыс, көрнекі құралдар, кітапшалар, дезинфекциялау препараттарын пайдалану кезіндегі қауіпсіздік шаралары және улану кезінде алғашқы көмек көрсету қағидалары туралы нұсқаулықтар, плакаттар мен жадынамалар, оқыту кезеңіне арналған профилактикалық дезинфекциялау жоспары, дезинфекциялық препараттарды есепке алу журналы және дезинфекциялық препараттарды пайдалануды есепке алу журналы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z177" w:id="176"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z177" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       150. Дезинсекция буынаяқтылардың көбеюінің алдын алу, оларды жою және жеке құрамды қорғау жөніндегі іс-шараларды қамтиды. Дезинсекцияның механикалық, физикалық және химиялық әдістері бар. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z178" w:id="177"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z178" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       151. Жеке құрамды масалар мен москиттердің шабуылынан жеке қорғау үшін ұйқы кезінде дәке өрістері, ал ұзақ уақыт ашық ауада, әсіресе далалық жағдайларда болған кезде репелленттер – қан сорғыш буынаяқтыларды үркітетін құралдар, сондай-ақ репелленттер сіңірілген қорғаныш киімдері (арнайы киім-кешек, комбинезондар) және бас торлары қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z179" w:id="178"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z179" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       152. Әскери бөлімдер мен мекемелерде инсектицидтерді қолдана отырып, инфекциялық аурулар мен тұрмыстық паразиттерді тасымалдаушыларды жою жөніндегі іс-шараларды тыл қызметтері ұйымдастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z180" w:id="179"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z180" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       153. Жеке құрамның далалық жағдайларда (орманды, орманды дала, дала жерлерінде) болған кезеңінде иксод кенелеріне қарсы күрес жөніндегі іс-шараларды ұйымдастыру жеке құрамның өзі және өзара қарап-тексеру жүргізуін, репелленттер сіңірілген киім-кешек немесе комбинезондар киюін, кейіннен оны инсектицидтермен өңдеумен орналастыру аумағын (лагерьді) өсімдіктер мен бұтақтардан тазартуды көздейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z181" w:id="180"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z181" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154. Бүрге және қандалаға қарсы күрес жөніндегі іс-шараларды ұйымдастыру, әсіресе жеке құрам далалық жағдайларда болған кезеңде кеміргіштер мен кеміргіштер қоныстанған объектілердің індерін ратицидтермен және инсектицидтермен бір мезгілде өңдеуді, үй-жайлар мен шатырлардың едендері мен төменгі қабаттарын дезинсекциялауды, орналастыру аумағын (лагерьді) қоқыстан және бұтақтардан тазартуды, сондай-ақ киім-кешек пен комбинезондарды репелленттермен сіңдіруді көздейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z182" w:id="181"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z182" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       155. Әскери қызметшілерде педикулездің алдын алуға жеке құрамның іш киім мен төсек-орын жабдығын ауыстыра отырып, моншада тұрақты жуынуын ұйымдастырумен, сондай-ақ монша-кір жуу комбинаттарында (кір жуу орындарында) оны жуудың технологиялық процесін сақтаумен қол жеткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z183" w:id="182"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z183" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156. Санитариялық өңдеу инфекциялық аурулардың қоздырғыштарын, буынаяқтыларды жоюға бағытталған және тұрғын үй және басқа да объектілердің дезинсекциясымен (дезинфекциялаумен) бірге жүргізіледі. Санитариялық өңдеу киімді ауыстырумен жеке құрамның гигиеналық жуынуын, киімді, киім-кешекті және төсек-орынды камералық өңдеуді (дезинсекциялау, дезинфекциялау), жуылатын киімді қайнатуды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z184" w:id="183"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z184" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       157. Санитариялық өңдеу жеке құрам арасында педикулез бен қышыма, бөртпе, қайтарымды және іш сүзегімен, туберкулезбен, дифтериямен және аса қауіпті аурулармен ауыратын науқастар анықталған кезде, сондай-ақ бөлімнің (емдеу мекемесінің) медициналық бөлімшесі қатаң эпидемияға қарсы режим жағдайында жұмыс істеген кезде жүргізіледі. Ол бөлім командирінің өкімімен ұйымдастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z185" w:id="184"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z185" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158. Жеке құрамды санитариялық өңдеу гарнизондық санитариялық өткізгіштерде жүргізіледі. Далалық жағдайларда ол дезинфекциялық-душ қондырғысын (бұдан әрі – ДДҚ) пайдалана отырып жүргізіледі. Бұл жағдайда ДДҚ-ны сумен және дизель отынымен, ал жеке құрамды – сабынмен, жөкемен және таза киіммен қамтамасыз етуді бөлімнің тиісті қызметтері ұйымдастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z186" w:id="185"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z186" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       159. ДДҚ-ны пайдалануға арнайы даярлықтан өткен және уәкілетті органнан қысыммен жұмыс істейтін агрегаттарды басқару құқығына рұқсат алған жүргізушілер (операторлар) мен дезинфекторлар жіберіледі. ДДҚ-ны пайдалану үшін уәкілетті органнан рұқсат алынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z187" w:id="186"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z187" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       160. Дератизация профилактикалық және жою іс-шараларын көздейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z188" w:id="187"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z188" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       161. Профилактикалық іс-шаралар бөлім (лагерь) аумағын шаруашылық қоқыстан және арамшөптерден жүйелі түрде тазартуды, тамақ қалдықтарын, қоқысты кеміргіштер қол жетпейтін контейнерлер мен ыдыстарға жинауды, азық-түлік және су қорын кеміргіштер қол жетпейтін орындарда сақтауды, қойма, тұрғын және қызметтік үй-жайлар мен арнайы құрылыстарды кеміргіштердің енуінен қорғауды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z189" w:id="188"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z189" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       162. Жою іс-шаралары кеміргіштерді аулау үшін механикалық аулау құралдарын (қапқандарды, қыспақтарды, ұршықтарды және қолдан жасалған ұстағыштарды) қолдануды, химиялық құралдарды (ратицидтерді) пайдалануды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z190" w:id="189"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z190" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       163. Уланған қармақ жемдерді пайдалану және оларды жайып салу, індерді тозаңдандыру, дезинфекциялық-дезинсекциялық жұмыстар жеке қорғану құралдарында (мақта-мата комбинезоны, мақта-дәке маскасы, қорғаныш көзілдірігі, резеңке қолғаптар, алжапқыш) жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z191" w:id="190"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z191" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       164. Жеке құрамды инфекциялық аурулардан қорғауды қамтамасыз ететін эпидемияға қарсы іс-шаралар кешеніне иммунопрофилактика және шұғыл профилактика кіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z192" w:id="191"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z192" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       165. Иммунопрофилактика әскери қызметшілерде алдын ала вакцинациялау арқылы жасанды иммунитет құру мақсатында жүргізіледі. Жеке құрамды вакцинациялау (егу) үшін тірі, инактивирленген, химиялық вакциналар мен анатоксиндер пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z193" w:id="192"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z193" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      166. Егу жоспарлы тәртіппен (профилактикалық) және эпидемиялық көрсеткіштер бойынша жүргізіледі. Егуді жүргізген кезде әскери-медициналық мекемелер (медициналық бөлімшелер) медициналық көмектің кепілдік берілген көлемі шеңберінде оларға қарсы міндетті профилактикалық егулер жүргізілетін Аурулар тізбесін, оларды өткізу тәртібін, мерзімдерін және Кодекстің 85-бабының </w:t>
-[...41 lines deleted...]
-    <w:bookmarkStart w:name="z194" w:id="193"/>
+      166. Екпе жасау жоспарлы (профилактикалық) тәртіппен және эпидемиялық көрсеткіш бойынша жүргізіледі. Әскери-медициналық мекеме (медициналық бөлімше)екпе жасаукезінде "Медициналық көмектің кепілдік берілген көлемі шеңберінде оларға қарсы міндетті профилактикалық екпелер жүргізілетін аурулар тізбесін, екпелерді жүргізу қағидаларын, мерзімдерін және халықтың профилактикалық екпелерге жататын топтарын бекіту туралы" Қазақстан Республикасы Үкіметінің 2020 жылғы 24 қыркүйектегі № 612 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басшылыққа алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Эпидемиялық көрсеткіш бойынша екпе жасау өңірлі кошақта және эпидемиялық ахуалды ескеріп жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 166-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1533</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z194" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       167. Егуді жүргізуді ұйымдастыру дайындық іс-шаралары, вакцинация, егілгендерді байқау және алынған нәтижелерді тіркеу көрсетілетін әскери бөлім мен мекеме командирінің бұйрығымен нақтыланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z195" w:id="194"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z195" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       168. Дайындық іс-шаралары егу материалын алуды, медициналық персоналды, құрал-саймандарды және егуге арналған үй-жайды дайындауды, бөлімнің жеке құрамымен инфекциялық аурулармен, олардың алдын алу шараларымен және профилактикалық егулердің мәнімен танысу бойынша түсіндіру жұмыстарын жүргізуді, қарсы көрсеткіштері бар әскери қызметшілерді анықтау үшін бөлімнің жеке құрамына термометрия жүргізумен оны медициналық қарап-тексеруді, жеке құрамның моншада жуынуын, егу жүргізу мерзімдерін, орнын және тәртібін айқындауды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z196" w:id="195"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z196" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       169. Профилактикалық егуді жүргізуге жоғары және орта медициналық білімі бар, егуді жүргізу техникасы қағидаларына, вакцинациядан кейінгі реакциялар мен асқынулар дамыған жағдайда шұғыл көмек көрсету тәсілдеріне оқытылған, егуді жүргізуге рұқсаты бар адамдар жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z197" w:id="196"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z197" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       170. Әрбір егілген адамға иммундаудан кейін 30 минут ішінде медициналық байқау орнатылады. Осы кезеңде шок белгілері пайда болған жағдайда егілген адамға шокқа қарсы іс-шаралар жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z198" w:id="197"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z198" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       171. Иммундау нәтижелері әскери қызметшілердің медициналық кітапшаларына және егу карталарына: вакцинациялауды жүргізу күні, вакцинаның атауы, сериясының нөмірі мен дозасы, егуге реакциясы және дәрігердің (фельдшердің) қолтаңбасы енгізіледі. Жеке құрамды вакцинациялау нәтижелері туралы бөлім медицина қызметінің бастығы командирге және жазбаша – аға медицина бастығына және СЭМ-ға баяндайды, жеткізілімде әскери қызметшілерді егумен қамту проценті, егуден кейінгі асқыну саны мен сипаты, егуге реакцияны есепке алу нәтижелері көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z199" w:id="198"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z199" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       172. Шұғыл профилактика жеке құрамның инфекциялық аурулармен ауыру қаупінің алдын алу үшін антибиотиктерді, вакциналарды, сарысуларды, бактериофагтарды, химиялық препараттарды, иммуноглобулиндерді, интерферондарды және басқа да құралдарды қолдануды көздейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z200" w:id="199"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z200" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       173. Вакциналар мен анатоксиндер тұмаудың, қызылшаның, эпидемиялық паротиттің, дифтерияның, менингококк инфекциясының, сіреспенің, ботулизмнің, жара инфекцияларының және құтырудың шұғыл профилактикасы үшін қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkEnd w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Иммуноглобулиндер (глобулиндер) қызылша, шешек, тұмау, көкжөтел, менингококк инфекциясы, құтыру, кене энцефалиті, вирусты гепатит, полиомиелит және сібір жарасы профилактикасы үшін қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бактериофагтар іш сүзегінің, паратифтердің, тырысқақтың, дизентерияның, протейдің және ішек колиинфекциясының шұғыл профилактикасы және оны емдеу үшін тағайындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z201" w:id="200"/>
+    <w:bookmarkStart w:name="z201" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       174. Күрделі эпидемиялық жағдайларда шұғыл профилактика құралдарын жаппай қолдану туралы шешімді ҚР ҚК БӘМБ-мен келісілгеннен кейін әскер түрлерінің, тектерінің, өңірлік қолбасшылықтардың әскери-медицина қызметі (бөлімі) қабылдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkEnd w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әскери қызметшілердің жекелеген адамдарына немесе шағын топтарына шұғыл профилактика құралдарын қолдануды санитариялық-эпидемиологиялық және емдеу-профилактикалық мекемелердің мамандарымен келісу бойынша бөлім әскери-медицина қызметінің бастығы айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шұғыл профилактика құралдарын қолдану туралы әскери қызметшілердің медициналық кітапшалары мен егу карталарында препараттың күні, атауы, дозасы және осы құралдардың қандай мақсатта қолданылғаны туралы белгілер жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z202" w:id="201"/>
+    <w:bookmarkStart w:name="z202" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       175. Иммундық және шұғыл профилактика препараттары дәріханаларда, медициналық қоймаларда белгіленген сақтау шарттарын сақтаумен күтіп ұсталады. Оларды тасымалдау кезінде "суық тізбек" қағидасы сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z203" w:id="202"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z203" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       176. Зертханалық зерттеулер санитариялық-гигиеналық, микробиологиялық, серологиялық, паразитологиялық, зооэнтомологиялық, иммунохимиялық, физикалық және басқа да әдістерді қамтиды. Олар жоспарлы түрде және эпидемиялық көрсеткіштер бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z204" w:id="203"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z204" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       177. Бөлім әскери-медицина қызметінің бастығы тыл қызметімен бірлесіп, материалды жеткізу мерзімі мен тәртібін санитариялық-эпидемиологиялық мекеменің (бөлімшенің) мамандарымен келісе отырып, алдын ала зертханалық зерттеулер жүргізуді жоспарлайды. Мұндай зерттеулерге суды, асханадағы заттардан алынған шайындыларды зерттеу, дезинфекция мен стерильдеу сапасын бактериологиялық бақылау, тамақтану, сумен жабдықтау және инфекциялық аурулармен ауырып жазылған жұмыскерлерді профилактикалық тексеру жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkEnd w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әскери бөлім (мекеме) орналасқан ауданда СЭО бөлімшелері болмаған кезде зертханалық зерттеулер аумақтық санитариялық-эпидемиологиялық сараптама орталықтарында шарттық негізде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z205" w:id="204"/>
+    <w:bookmarkStart w:name="z205" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12-параграф. Жекелеген инфекциялық аурулар (әскерлер үшін өзекті инфекциялар) кезіндегі санитариялық-эпидемияға қарсы және санитариялық-профилактикалық іс-шаралардың ерекшеліктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z206" w:id="205"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z206" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       178. Әскерлер үшін өзекті инфекциялардың санитариялық-эпидемияға қарсы және санитариялық-профилактикалық іс-шараларды әскери-медициналық қызмет жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z207" w:id="206"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z207" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       179. Жеке құрамның жіті респираторлық вирустық инфекциялармен (тұмауға ұқсас аурулармен, ауыр жіті респираторлық инфекциялармен (бұдан әрі – ЖРИ), тұмаумен ауыруын және олардың асқынуын (пневмония) санитариялық-эпидемиологиялық бақылау жыл бойы мониторинг түрінде жүзеге асырылады және санитариялық-эпидемияға қарсы және санитариялық- профилактикалық іс-шараларды жүргізуді қамтиды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkEnd w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жеке құрам арасында тұмаудың және басқа да ЖРИ-дің жаппай таралуының алдын алу жөніндегі негізгі іс-шаралар науқастарды белсенді анықтау және дереу оқшаулау, жеке құрамның орналасуын санитариялық қадағалау, дене шынықтыру және жалпы нығайту іс-шараларының жүргізілуін медициналық бақылау, жеке құрамды иммундау (тұмау кезінде) болып табылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11095,286 +12917,286 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке құрам арасында, әсіресе әскери бөлімге келген жас буын арасында профилактика және тұмауға және ЖРВИ-ға қарсы күрес шаралары туралы санитариялық-ағарту жұмыстарын ұдайы жүргізу ұйымдастырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әскери бөлімдер мен мекемелерде күн сайын ЖРИ, ангина, тұмау жағдайларын және олардың асқынуын (пневмония), сондай-ақ күн сайын СЭО-ға берілетін оларға байланысты қайтыс болу жағдайларын есепке алу жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z208" w:id="207"/>
+    <w:bookmarkStart w:name="z208" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Дәрілік заттармен және медициналық бұйымдармен жабдықтау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z209" w:id="208"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z209" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       180. Дәрілік заттармен және медициналық бұйымдармен (бұдан әрі – медициналық мүлік) жабдықтау профилактикалық, емдік, сауықтыру, оңалту медициналық іс-шараларды уақтылы және сапалы орындау, сондай-ақ ҚР ҚК әскери-медициналық қызметін жауынгерлік және жұмылдыру әзірлігінде ұстау мақсатында жүргізілетін ұйымдастыру-жоспарлау, өндірістік, пайдалану, бақылау іс-шаралар кешенін қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z210" w:id="209"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z210" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       181. Әскерлерді медициналық мүлікпен қамтамасыз ету орталықтандырылған және орталықтандырылмаған түрде сатып алуды жүргізу арқылы Қазақстан Республикасы Қорғаныс министрлігінің сметасы бойынша бөлінген бюджет қаражаты есебінен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z211" w:id="210"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z211" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       182. Әскерлерді медициналық мүлікпен қамтамасыз ету осы мақсаттарға бөлінген бюджет қаражаты шегінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z212" w:id="211"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z212" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       183. Әскери бөлімді және мекемені медициналық мүлікпен қамтамасыз етуді ұйымдастыру жөніндегі негізгі іс-шаралар жылдық жоспарда көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z213" w:id="212"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z213" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       184. Әскерлерді медициналық мүлікпен қамтамасыз ету Қазақстан Республикасының заңнамасына, Қазақстан Республикасының нормативтік құқықтық актілеріне, Қазақстан Республикасы Қорғаныс министрлігінің нормативтік құқықтық актілеріне және қызметтік құжаттарына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z214" w:id="213"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z214" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       185. Әскери бөлімдер мен мекемелерді медициналық мүлікпен орталықтандырылған қамтамасыз ету медициналық жабдықтау мекемелері (медициналық қоймалар, медициналық мүлікті және техниканы сақтау базасы (жекелеген бөлім) арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z215" w:id="214"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z215" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       186. Штатында дәріханалар көзделмеген әскери бөлімдер мен мекемелер (бөлімшелер) медициналық мүлікпен қамтамасыз етілу үшін БӘМБ-мен келісу бойынша гарнизон бастығының, өңірлік қолбасшылық және әскер тегі, оған теңестірілген және одан жоғары қолбасшының бұйрығымен аумақтық қағидат бойынша әскери-медициналық мекемелерге (медициналық бөлімшелерге) бекітіліп беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z216" w:id="215"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z216" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       187. Медициналық жабдықтау мекемелерінен (медициналық қоймалар, медициналық мүлікті және техниканы сақтау базасы (жекелеген бөлім), сондай-ақ әскери-медициналық мекемелерден медициналық мүлікті беруге тарату жоспарлары әскери бөлімдер мен мекемелер берген өтінімдерге сәйкес БӘМБ-да жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkEnd w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дәрілік заттар мен медициналық бұйымдарды, оның ішінде артықтарды бағыныстылық тәртібінде байланысты емес ҚР ҚК әскери бөлімдері мен мекемелері арасында бөлуді БӘМБ жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z217" w:id="216"/>
+    <w:bookmarkStart w:name="z217" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       188. Бағынысты әскери бөлімдер мен мекемелер шегінде дәрілік заттар мен медициналық мақсаттағы бұйымдарды тарату жоспарларын бір мезгілде БӘМБ-ны хабардар етумен әскер түрлерінің, тектерінің, өңірлік қолбасшылықтардың медициналық басқармасы (бөлімі, қызметі) жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z218" w:id="217"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z218" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       189. Медициналық мүлік деп:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkEnd w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дәрілік зат;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11421,190 +13243,190 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) медициналық бұйымның жиынтықтаушысы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жылжымалы медициналық кешендер түсініледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z219" w:id="218"/>
+    <w:bookmarkStart w:name="z219" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       190. Медициналық мүлік пайдалану тәртібі бойынша әскери мақсаттағы, арнайы мақсаттағы және жалпы мақсаттағы медициналық мүлік болып бөлінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z220" w:id="219"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z220" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       191. Әскери мақсаттағы медициналық мүлік деп көбінесе жауынгерлік іс-қимылдарды жүргізу кезінде иондаушы сәулеленумен және жауынгерлік уландырғыш заттармен зақымданғандарға медициналық көмек көрсету үшін, сондай-ақ жаралану және күйік алу кезінде ауырсынуды басу үшін пайдаланылатын дәрілік препараттар мен медициналық бұйымдар көзделеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z221" w:id="220"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z221" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       192. Арнайы мақсаттағы медициналық мүлік деп жараланғандар мен науқастардың өміріне қатер төнетін кезде оларға медициналық көмек көрсету үшін пайдаланылатын өмірге қажетті және маңызды дәрілік препараттар мен медициналық бұйымдар көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z222" w:id="221"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z222" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       193. Жалпы мақсаттағы медициналық мүлік деп әскери және арнайы мақсаттағы медициналық мүлікті қоспағанда, Қарулы Күштердің әскери-медициналық қызметі алдында тұрған міндеттерді шешу үшін пайдаланатын дәрілік заттар мен медициналық бұйымдар көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z223" w:id="222"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z223" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       194. Әскери бөлімдердің штаттарына және штаттарына табельдерге қатысты медициналық мүлік табельдік – ҚР ҚК жабдықтауға қабылданған, жабдықтау нормаларына (қорларға), штаттар мен оларға табельдерге енгізілген және табельдік емес – жабдықтау нормаларына (қорларға), штаттар мен оларға табельдерге енгізілмеген, бірақ профилактикалық, емдік, сауықтыру, оңалту және басқа да медициналық іс-шараларды өткізу кезінде қолданылатын болып бөлінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z224" w:id="223"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z224" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       195. Медициналық мүлік арналуы бойынша бейбіт уақытта күнделікті қызмет жағдайларында профилактикалық, емдік, сауықтыру, оңалту және басқа да медициналық іс-шараларды орындау үшін пайдаланылатын ағымдағы қамтамасыз етудегі медициналық мүлік және бейбіт уақытта әскерлерді (күштерді) жұмылдыра өрістетуді қамтамасыз ету немесе соғыс уақытының штаттарына ауыстыру (ұйымдастыру), жанжалдың бастапқы кезеңінде жауынгерлік іс-қимылдарды жүргізу кезінде жараланғандар мен науқастарға медициналық көмек көрсету үшін жинақталатын және күтіп ұсталатын жұмсалмайтын қордағы медициналық мүлік болып бөлінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z225" w:id="224"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z225" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       196. Медициналық мүлік пайдалы пайдалану мерзімі бойынша негізгі құралдар (мүкәммалдық) және материалдық қорлар (шығыс) болып бөлінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkEnd w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Негізгі құралдарға (мүкәммалдық медициналық мүлікке) олардың құнына қарамастан, пайдалану мерзімі 12 айдан асатын мүліктің материалдық обьектілері жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11705,330 +13527,330 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       төртінші санат – күрделі жөндеуді қажет ететін, оған тек конструкция бойынша күрделі медициналық техника бұйымдары, блоктар, тораптар, орташа жөндеуді қажет ететін немесе жаңа, сақтау мерзімі 15 жылдан астам;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бесінші санат (есептен шығаруға жататын) – техникалық жай-күйі бойынша жөндеу мүмкін емес немесе экономикалық тұрғыдан мақсатқа сәйкес емес арналуы бойынша одан әрі пайдалануға жарамсыз; жарамсыз, оны қалпына келтіру мүмкін емес немесе мақсатқа сәйкес емес.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z226" w:id="225"/>
+    <w:bookmarkStart w:name="z226" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       197. Материалдық қорлар (шығыс медициналық мүлік) сапалық жай-күйі бойынша тікелей арналуы бойынша пайдалануға жарамды және жарамсыз болып бөлінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z227" w:id="226"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z227" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       198. ҚР ҚК-да медициналық мүліктің жұмсалмайтын қорларын жинақтау, сақтау, күтіп ұстау, пайдалану жұмылдыра өрістету міндеттеріне сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z228" w:id="227"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z228" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       199. Жұмсалмайтын қорларда жинақтау және күтіп ұстау ерекшеліктері бойынша медициналық мүлік қорларда сақталатын медициналық мүлік, қосарланған мақсаттағы медициналық мүлік және ерекше кезеңде толықтыруға жататын медициналық мүлік болып бөлінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z229" w:id="228"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z229" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       200. Қорларда сақталатын медициналық мүлікке белгіленген жарамдылық мерзімі оны кемінде екі жыл бойы жұмсалмайтын қорларда сақтауға мүмкіндік беретін медициналық мүлік жатады, жинақтау ауқымы оны медициналық мүліктің барлық қолда бар ресурстары есебінен кезең-кезеңімен жаңартуға мүмкіндік береді, оны сақтау арнайы жағдайларды талап етпейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z230" w:id="229"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z230" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       201. Қосарланған мақсаттағы медициналық мүлікке бейбіт және соғыс уақытында медициналық практикада қолдану үшін бірыңғай талаптар бойынша шығарылатын, бейбіт уақытта күнделікті қызметте пайдаланылатын және әскери бөлімдерді жұмылдыра өрістету немесе әскери бөлімдерді соғыс уақытының штаттарына ауыстыру (ұйымдастыру) кезінде әскери бөлімдерді қамтамасыз етуге енгізілетін медициналық техника жатады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z231" w:id="230"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z231" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       202. Ерекше кезеңде толықтыруға жататын медициналық мүлікке олардың ауқымы, жұмсалмайтын қорларда жинақталуы бейбіт уақытта әскери бөлімдер әскери-медициналық қызметінің қажеттілігінен асатын белгіленген жарамдылық мерзімі екі жылға дейін дәрілік заттар мен медициналық бұйымдар жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z232" w:id="231"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z232" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       203. ҚР ҚК әскери бөлімдері мен мекемелерінде есірткі құралдарының, психотроптық заттар мен прекурсорлардың айналымы, сондай-ақ азаматтардың денсаулығын сақтау, мемлекеттік және қоғамдық қауіпсіздікті қамтамасыз ету мақсатында олардың заңсыз айналымына қарсы іс-қимыл жөніндегі іс-шаралар Қазақстан Республикасының қолданыстағы есірткі құралдарының, психотроптық заттар мен прекурсорлардың заңсыз айналымына қарсы іс-қимыл саласындағы заңнамасына сәйкес жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z233" w:id="232"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z233" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       204. ҚР ҚК әскери бөлімдерінің қарулы жанжалдарға, жедел-жауынгерлік іс-шараларға қатысу, жауынгерлік міндеттерді орындау кезінде есірткі құралдарын және психотроптық заттарды пайдалану тәртібі қойылған міндеттерді орындау шарттарымен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z234" w:id="233"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z234" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       205. Әскери бөлімдер мен мекемелерді аурулар профилактикасына арналған иммунобиологиялық дәрілік препараттармен қамтамасыз ету СЭО арқылы жүзеге асырылады. Аурулардың иммунопрофилактикасына арналған медициналық иммунобиологиялық препараттарды әскери бөлімдер мен мекемелер иммундауға жататын әскери қызметшілер санына сүйене отырып, нақты қажеттілігі мен маусымдық ауруы бойынша талап етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z235" w:id="234"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z235" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       206. Күнделікті қызмет іс-шараларын жоспарлау кезінде медициналық мүлікке штаттық-табельдік (табельдік) және нақты қажеттілік айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z236" w:id="235"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z236" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       207. Медициналық мүлікке штаттық-табельдік (табельдік) қажеттілікті айқындау әскери бөлімдер мен мекемелердің штаттары және штаттарына табельдер, сондай-ақ Қазақстан Республикасы Қорғаныс министрінің 2015 жылғы 28 қазандағы № 609 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12831 болып тіркелген) бекітілген Қазақстан Республикасы Қарулы Күштерінің әскери бөлімдерін, әскери-медициналық мекемелерін медициналық техникамен және мүлікпен жабдықтау нормалары негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z237" w:id="236"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z237" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       208. Әскери-медициналық мекемелерде медициналық мүлікке штаттық-табельдік (табельдік) қажеттілікті айқындау кезінде медициналық қамтамасыз етудің аумақтық жүйесіне сәйкес медициналық жабдықтауға бекітілген әскери бөлімдердің штаттық-табельдік (табельдік) қажеттілігі ескеріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z238" w:id="237"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z238" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       209. Әскери бөлім мен мекемеде медициналық мүлікке нақты қажеттілікті айқындау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkEnd w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өткен жылдардағы орташа шығысты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12075,246 +13897,246 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) медициналық мүліктің техникалық (сапалық) жай-күйін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) әскери қызметшілердің ауыру деңгейі мен құрылымын ескере отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z239" w:id="238"/>
+    <w:bookmarkStart w:name="z239" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       210. Әскери бөлімнің медициналық мүлікті жоспарлы тәртіпте талап етуі белгіленген есеп беру-өтінім құжаттары бойынша жылына бір рет жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z240" w:id="239"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z240" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       211. Есеп беру-өтінім құжаттарына жөндеу-құрылыс жұмыстарын орындаумен үй-жайларды монтаждауға алдын ала дайындауды, сондай-ақ жеткізушілердің іске қосу-реттеу жұмыстарын жүргізуін талап ететін медициналық бұйымдар тізбесі қоса беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z241" w:id="240"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z241" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       212. Медициналық мүлікке қажеттілікті айқындау әскери-медициналық (медициналық) бөлімшелер бейінді мамандарының міндетті түрде қатысуымен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z242" w:id="241"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z242" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       213. Әскери-медициналық (медициналық) бөлімшелердің бейіндік мамандары орталықтандырылған тәртіпте талап етілетін медициналық мүліктің номенклатурасы мен санын, медициналық мүлікті орталықтандырылмаған сатып алу кезінде ақша қаражатын пайдаланудың басым бағыттарын, медициналық мүліктің сапасына және медициналық-техникалық сипаттамаларына қойылатын талаптарды келіседі. Медициналық мүлікке қажеттілікті келісу парағына бейіндік мамандар қол қояды және ол есеп беру-өтінім құжаттары жиынтығына қоса беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z243" w:id="242"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z243" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       214. Медициналық мүлікті жоспарлы тәртіпте талап ету жылына бір рет есеп беру-өтінім құжаттары бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkEnd w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) күнделікті қызмет іс-шараларын қамтамасыз ету (ағымдағы қамтамасыз ету);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) медициналық мүліктің жұмсалмайтын қорларын жинақтау, дефектурасын толықтыру, жаңалау және ауыстыру үшін жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z244" w:id="243"/>
+    <w:bookmarkStart w:name="z244" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       215. Ағымдағы қамтамасыз етудегі медициналық мүлікті жоспарлы тәртіпте талап ету есеп-өтінім бойынша жүзеге асырылады. Медициналық мүлік заттарының атауы, олардың өлшем бірліктері жабдықтау нормаларына сәйкес есеп-өтінімде көрсетіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z245" w:id="244"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z245" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       216. Есеп-өтініммен қатар түсіндірме жазба ұсынылады, ал әскери-медициналық мекемелер бейіндік мамандар қол қойған келісу парағын да ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z246" w:id="245"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z246" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       217. Есеп-өтінімге түсіндірме жазбада мыналар көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkEnd w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) пошта және банктік деректемелер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12595,90 +14417,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) медициналық мүлікпен қамтамасыз ету туралы мәліметтер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) әскери бөлімнің (мекеменің) медициналық мүлікке бірінші кезектегі мұқтаждықтары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z247" w:id="246"/>
+    <w:bookmarkStart w:name="z247" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       218. Әскери-медициналық мекеменің және әскери бөлімнің есеп-өтініміне медициналық жабдықтауға бекітіліп берілген әскери бөлімдер мен мекемелерге арналған медициналық мүлік енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z248" w:id="247"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z248" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       219. Медициналық мүлікті жоспардан тыс талап ету ағымдағы қамтамасыз етудегі медициналық мүлік қорлары есебінен туындаған қажеттілікті қанағаттандыру мүмкін болмаған жағдайларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkEnd w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жаңа құралымдарды қамтамасыз ету үшін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12725,210 +14547,210 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) әскерлерді (күштерді) орналастыру аудандарында санитариялық-эпидемиялық жағдай күрт нашарлаған және эпидемияға қарсы (профилактикалық) және басқа да медициналық іс-шараларды жүргізу қажет болған кезде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) қолбасшылықтың ерекше (жоспардан тыс) тапсырмаларын қамтамасыз ету үшін жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z249" w:id="248"/>
+    <w:bookmarkStart w:name="z249" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       220. Медициналық мүлікті жоспардан тыс талап етуге өтінім барлық белгіленген бағандарды толтырумен есеп-өтінім нысаны бойынша ресімделеді. Медициналық мүлікті жоспардан тыс талап етуге өтінімге медициналық мүлікті жоспардан тыс талап ету себептерінің егжей-тегжейлі негіздемесі бар түсіндірме жазба қоса беріледі. Өтінімге және түсіндірме жазбаға әскери бөлімнің командирі және әскери бөлім мен мекеме әскери-медициналық қызметінің бастығы қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z250" w:id="249"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z250" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       221. Медициналық мүлікті белгіленген нормалардан артық негізсіз талап етуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z251" w:id="250"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z251" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       222. Медициналық мүлікті жеткізушілерден, басқа әскери бөлімдер мен мекемелерден медициналық мүлікті әскери бөлімге және мекемеге қабылдауды тиісті қабылдау актісін толтырумен комиссия жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z252" w:id="251"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z252" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       223. Медициналық бөлімшелерде медициналық мүлікті заттық-сандық есепке алу жүргізіледі. Медициналық жабдықтау бөлімінде (бөлімшесінде), әскери бөлімнің дәріханасында медициналық мүлікті заттық-сандық есепке алу жалпы әскери бөлім мен мекеме үшін және әрбір медициналық бөлімше бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z253" w:id="252"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z253" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       224. Әскер түрлерінің, тектерінің, өңірлік қолбасшылықтардың медициналық басқармасында (бөлімде, қызметте) бағынысты әскери бөлімдер мен мекемелер үшін медициналық мүлікті заттық-сандық есепке алу жүргізіледі (медициналық мүлікпен жабдықтауды ұйымдастыру мәселелері бойынша штаттық маман болған кезде).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z254" w:id="253"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z254" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       225. Әскери-медициналық мекемелерде (медициналық бөлімшелерде) ағымдағы қамтамасыз етудің және жұмсалмайтын қорлардың медициналық мүлкін есепке алу бөлек жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z255" w:id="254"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z255" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       226. Медициналық мүлікті сақтау оның сандық және сапалық тұрғыдан сақталуын қамтамасыз ету жөніндегі жоспарлы жұмыстарды, уақтылы беруге (тиеуге) әзірлікте ұстауды және арналуы бойынша пайдалануды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z256" w:id="255"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z256" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       227. Медициналық мүліктің сақталуы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkEnd w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сақтау орындарының болуымен, жай-күйімен және жабдықталуымен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13011,70 +14833,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) есепке алуды жүргізумен және бақылау іс-шараларын жүргізумен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) өрт қауіпсіздігі және санитариялық-гигиеналық режим қағидаларын сақтаумен қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z257" w:id="256"/>
+    <w:bookmarkStart w:name="z257" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       228. Медициналық мүліктің уақтылы беруге (тиеуге) дайындығы: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkEnd w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мүлікті сақтау орындарына кірмежолдардың болуымен және оларды күтіп ұстаумен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13139,324 +14961,324 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) әртүрлі көлік түрлеріне тиеу-түсіру жұмыстарын орындау кезіндегі практикалық дағдыларды дамытумен және пайдаланумен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) механикаландыру құралдарының бар болуымен және оларды қолдануға әзірлікте ұстаумен қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z258" w:id="257"/>
+    <w:bookmarkStart w:name="z258" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       229. Әскер түрлерінің, тектерінің және өңірлік қолбасшылықтардың, сондай-ақ ҚР ҚК құрылымдық бөлімшелерінің құрамына кіретін әскери бөлімдер мен мекемелер арасында медициналық мүлікті беру және оны ауыстыру тиісті әскер түрлерінде, тектерінде және өңірлік қолбасшылықтарда, ҚР ҚК құрылымдық бөлімшелерінде ресімделген бастапқы есепке алу құжаттары негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z259" w:id="258"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z259" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       230. Медициналық жабдықтауға бекітіліп берілген әскери бөлімдерге, мекемелерге және бөлімшелерге медициналық мүлікті беру осы әскери бөлімде және мекемеде ресімделген бастапқы есепке алу құжаттары негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z260" w:id="259"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z260" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       231. Құрама құрамына кіретін әскери бөлімдерге (бөлімшелерге) медициналық мүлікті беру тиісті лауазымды адамдар қол қойған бастапқы есепке алу құжаттары негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z261" w:id="260"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z261" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       232. Медициналық мүлікті әскери бөлімнің бір функционалдық бөлімшесінен екіншісіне беру әскери бөлім командирі және әскери бөлімді медициналық мүлікпен қамтамасыз етуге жауапты адам қол қойған бастапқы есепке алу құжаттары негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z262" w:id="261"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z262" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       233. Әскери бөлімдерде есірткі құралдарын, психотроптық заттарды және прекурсорларды, сондай-ақ этил спиртін беру (шығару) әскери бөлімнің командирі қол қоятын жекелеген рецепттермен немесе талап-жүкқұжаттармен ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z263" w:id="262"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z263" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       234. Амбулаторлық жағдайларда медициналық көмек көрсету үшін дәрілік заттар және басқа да шығыс медициналық мүлік пациентке құрама (әскери бөлім) дәріханасынан құрама (әскери бөлім) дәрігері жазып берген рецепт бойынша беріледі. Басқа құраманың (әскери бөлімнің) дәрігері жазып берген рецепт бойынша дәрілік заттар мен басқа да шығыс медициналық мүлік:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkEnd w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құрамада (әскери бөлімде) – әскери-медицина қызметі бастығының;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әскери-медициналық ұйымда – ұйым бастығының медициналық бөлім жөніндегі орынбасарының виза қоюымен беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z264" w:id="263"/>
+    <w:bookmarkStart w:name="z264" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       235. Шұғыл жағдайларда медициналық мүлік жоғары тұрған әскери басқару органының жеделхаты (телефонограммасы) негізінде кейіннен медициналық мүліктің берілгенін бастапқы есепке алу құжаттарымен міндетті түрде растаумен беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z265" w:id="264"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z265" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       236. Төтенше жағдайлар туындаған кезде және жоғары тұрған әскери басқару органымен байланыс болмаған кезде әскери-медициналық мекеменің бастығы медициналық мүлікті беру туралы шешім қабылдайды, ол туралы байланыс қалпына келтірілген кезде команда бойынша дереу хабарлайды. Бұл шешім белгіленген тәртіппен ресімделген бастапқы есепке алу құжаттарымен расталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z266" w:id="265"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z266" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       237. Әскери-медицина қызметінің жаңадан салынып жатқан және реконструкцияланатын объектілері үшін медициналық техника мен жабдықты құрылыс ұйымдары жеткізеді. Салынып жатқан немесе реконструкцияланатын әскери-медициналық қызметінің объектілерін медициналық техникамен және жабдықпен жарақтандыруға арналған медициналық-техникалық тапсырманы жоғары тұрған әскери басқару органы әзірлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z267" w:id="266"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z267" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       238. Әскери бөлімге келіп түсетін нұсқаулар, әдістемелік құралдар, нұсқаулар, нұсқаулықтар және басқа да медициналық әдебиет дәріханада мүкәммалдық медициналық мүлікпен тең қатаң есепте тұрады және беру карточкалары бойынша (гигиеналық білімді, салауатты өмір салтын насихаттауға арналған басылымдардан басқа) беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z268" w:id="267"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z268" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Денсаулық сақтау саласындағы сараптаманы жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z269" w:id="268"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z269" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       239. Әскери-медициналық бөлімшелерде денсаулық сақтау саласындағы сараптаманың мынадай түрлері жүргізіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkEnd w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       еңбекке уақытша жарамсыздық сараптамасы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13485,168 +15307,168 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сот-медициналық, сот-психиатриялық сараптамалар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       санитариялық-эпидемиологиялық сараптама.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z270" w:id="269"/>
+    <w:bookmarkStart w:name="z270" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       240. Әскери-медициналық бөлімшелерде әскери қызметшілердің еңбекке уақытша жарамсыздығына сараптама ішкі қызмет жарғысының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>322-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әскери қызмет міндеттерін орындаудан уақытша босатуды не сабақтар мен жұмыстардан алты тәуліктен астам ішінара немесе толық босатуды көздейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkEnd w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әскери қызметшілерді әскери қызмет міндеттерін орындаудан уақытша босату не ауруы бойынша сабақтар мен жұмыстардан анағұрлым ұзақ мерзімге ішінара немесе толық босату Әскери-дәрігерлік сараптама қағидаларына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z271" w:id="270"/>
+    <w:bookmarkStart w:name="z271" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       241. Әскери-медициналық бөлімшелерде бекітілген контингенттің (әскери қызметшілерден басқа) еңбекке уақытша жарамсыздығына сараптама "Еңбекке уақытша жарамсыздыққа сараптама жүргізу, сондай-ақ еңбекке уақытша жарамсыздық парағын немесе анықтамасын беру қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 18 қарашадағы № ҚР ДСМ-198/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21660 болып тіркелген) сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z272" w:id="271"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z272" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       242. ҚР ҚК-да әскери-дәрігерлік сараптама:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkEnd w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) азаматтардың әскери қызметке, сондай-ақ әскери жиындарға немесе денсаулық жағдайы бойынша есепке алу мақсатында жарамдылық санаттарын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13693,222 +15515,222 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мемлекеттік авиацияға түсетін азаматтардың және авиация персоналының жеке басының психофизиологиялық қасиеттерін айқындау үшін жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әскери-дәрігерлік сараптама жүргізу тәртібі, сондай-ақ әскери-дәрігерлік сараптама комиссиясының құрамы мен өкілеттіктері Әскери-дәрігерлік сараптама қағидаларында айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z273" w:id="272"/>
+    <w:bookmarkStart w:name="z273" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       243. ҚР ҚК-да сот-медициналық, сот-психиатриялық сараптамалар құрамында тиісті бөлімше (зертхана, кабинет) бар әскери-медициналық бөлімшелерде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkEnd w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сот-медициналық, сот-психиатриялық сараптаманы жүргізген кезде әскери-медициналық бөлімше Қазақстан Республикасының сот-сараптама қызметі туралы заңнамасында белгіленген сот сараптамаларының көрсетілген түрлерін ұйымдастыру және сот-сараптама зерттеулерін жүргізу тәртібін басшылыққа алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z274" w:id="273"/>
+    <w:bookmarkStart w:name="z274" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       244. Санитариялық-эпидемиологиялық мекемелер физикалық факторларды органолептикалық, санитариялық-гигиеналық, эпидемиологиялық, микробиологиялық, вирусологиялық, паразитологиялық, санитариялық-химиялық, биохимиялық, токсикологиялық, радиологиялық, радиометриялық, дозиметриялық өлшеу кешенін, басқа да зерттеулерді, сондай-ақ жобалардың, өнімдердің, әскери объектілердің халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы нормативтік құқықтық актілерге және гигиеналық нормативтерге сәйкестігін бағалау мақсатында жобаларға сараптама жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkEnd w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Санитариялық-эпидемиологиялық мекемелер санитариялық-эпидемиологиялық сараптама жүргізу кезінде халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы қолданыстағы заңнаманы басшылыққа алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z275" w:id="274"/>
+    <w:bookmarkStart w:name="z275" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. Әскери медицина бойынша ғылыми-әдістемелік әзірлемелерді және оқытуды ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z276" w:id="275"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z276" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       245. Әскери медицина бойынша ғылыми әзірлемелерді Қазақстан Республикасының қолданыстағы заңнамасына сәйкес әскери-медициналық бөлімшелердің мамандары жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z277" w:id="276"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z277" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       246. Әскери медицина бойынша әдістемелік әзірлемелер (ұсынымдар, құралдар) БӘМБ әзірлейтін жыл сайынғы жоспарға сәйкес жүзеге асырылады, онда әдістемелік әзірлеменің (ұсынымның, құралдың) тақырыбы, орындалу мерзімі, орындаушысы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkEnd w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әскери-медициналық бөлімшелердің жұмысында басшылыққа алу және жұмыс үшін пайдаланылатын әскери медицина бойынша әдістемелік әзірлемелердің жобаларын бейінді мамандар қарайды және келіседі және БӘМБ бастығы бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z278" w:id="277"/>
+    <w:bookmarkStart w:name="z278" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       247. Әскери-медициналық (медициналық) бөлімшелердің медицина және фармацевтика кадрларын оқыту:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkEnd w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жоғары оқу орнынан кейінгі медициналық және фармацевтикалық білімді: резидентура, магистратура және докторантура;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13937,202 +15759,202 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әскери-медициналық бөлімшелерді даярлау жүйесіндегі жауынгерлік даярлықты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       госпитальдық дәрігерлік конференцияларды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z279" w:id="278"/>
+    <w:bookmarkStart w:name="z279" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       248. Әскери-медициналық (медициналық) бөлімшелердің медицина және фармацевтика кадрларының жоғары оқу орнынан кейінгі медициналық және фармацевтикалық білімі (резидентура, магистратура және докторантура) Қазақстан Республикасының заңнамасына сәйкес жоғары оқу орнынан кейінгі білім беру бағдарламаларын іске асыратын медициналық және фармацевтикалық білім беру ұйымдарында және білім беру ұйымдарының медициналық және фармацевтикалық факультеттерінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z280" w:id="279"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z280" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       249. Жоғары оқу орнынан кейінгі медициналық және фармацевтикалық білім беру бағдарламалары бойынша оқыту үшін шетел әскери оқу орындарына жіберу "Шетел әскери оқу орындарында даярлау үшін Қазақстан Республикасы Қарулы Күштерінің әскери қызметшілерін іріктеу қағидаларын бекіту туралы" Қазақстан Республикасы Қорғаныс министрінің 2017 жылғы 20 шілдедегі № 371 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15539 болып тіркелген) сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z281" w:id="280"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z281" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       250. Әскери-медициналық (медициналық) бөлімшелердің медицина және фармацевтика кадрларына қосымша және формальды емес білім беру:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkEnd w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өтеусіз негізде Қорғаныс министрлігіне ведомстволық бағынысты қосымша және формальды емес медициналық және фармацевтикалық білім беру бағдарламаларын іске асыратын ұйымдарда;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осы мақсаттарға бюджеттен бөлінген ақша есебінен, сондай-ақ өз қаражаты және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де қаражат есебінен қосымша және формальды емес медициналық және фармацевтикалық білім беру бағдарламаларын іске асыратын өзге де ұйымдарда ұйымдастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z282" w:id="281"/>
+    <w:bookmarkStart w:name="z282" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       251. Әскери-медициналық (медициналық) бөлімшелердің медицина және фармацевтика кадрларының тағылымдамасы мамандарды әскери госпитальдарға (лазареттерге), сондай-ақ ұлттық және ғылыми орталықтарға, ғылыми-зерттеу институттарына, клиникалық базаларға, білім беру ұйымдарының клиникаларына жіберу арқылы ұйымдастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-[...15 lines deleted...]
-      Әскери-медициналық (медициналық) бөлімшелердің медицина және фармацевтика кадрларын тағылымдамадан өткізу әскери бөлім (бөлімше) және мекеме медициналық ротасының (взводының, бөлімшелерінің) және медициналық пунктінің, әскери емхананың, авиациялық медицина зертханасының дәрігерлерін әскери госпитальдарға (лазареттерге) жұмыс бабындағы іссапарға жіберу (он тәулікке дейін) не кезекшілікке тарту арқылы жүзеге асырылады.</w:t>
+    <w:bookmarkEnd w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскери-медициналық (медициналық) бөлімшенің медицина және фармацевтика кадрын тағылымдамадан өткізу әскери бөлім (бөлімше) менмекеме медициналық ротасының (взводының, бөлімшесінің) және медициналық пунктінің, әскери емхананың, дәрігерлік-ұшу сараптамасы бөлімінің (авиациялық медицина зертханасының) дәрігерлерін әскери госпитальға (лазаретке) жұмыс бабындағы іссапарға жіберу (он тәулікке дейін) не кезекшілікке тарту арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тағылымдаманы әскери госпиталь (лазарет) бастығы әскери бөлімдер (бөлімшелер) мен мекемелер командирлерімен (бастықтарымен) келісу бойынша іссапар шығыстары етілмейтін аумақтық қағидатты ескере отырып ұйымдастырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -14145,188 +15967,250 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тағылымдамаға клиникалық практикаға (пациенттермен жұмыс істеуге) даярлығын растайтын маман сертификаты бар медициналық персонал тартылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Медициналық персоналды тағылымдамаға тартудың әрбір жағдайы әскери бөлім (бөлімше) мен мекеме командирінің (бастығының), сондай-ақ әскери госпиталь (лазарет) бастығының бұйрығымен ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z283" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 251-тармаққа өзгеріс енгізілді - ҚР Қорғаныс министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1533</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z283" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       252. Әскери-медициналық (медициналық) бөлімшелердің медицина және фармацевтика кадрларына қосымша және формальды емес білім беруді жоспарлауды БӘМБ әскери бөлімдер мен мекемелерден келіп түскен өтінімдер негізінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkEnd w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Медицина және фармацевтика кадрларын қосымша және формальды емес білім беру бағдарламалары бойынша оқыту үшін шетел әскери оқу орындарына жіберу тараптар арасында қол қойылған келісім (шарт, келісімшарт) шеңберінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z284" w:id="283"/>
+    <w:bookmarkStart w:name="z284" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       253. Медицина және фармацевтика кадрларын жауынгерлік даярлауды бағынысты әскери бөлімдер мен мекемелер үшін басқарманың медициналық бөлімшелері әзірлейтін жауынгерлік даярлық бағдарламалары бойынша тиісті командирлер мен бастықтар ұйымдастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z285" w:id="284"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z285" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       254. Госпитальдық дәрігерлік конференцияларды әскери госпиталь (лазарет) бастығы тоқсанына кемінде бір рет бекітілген контингентті медициналық қамтамасыз етуді қорытындылау, медициналық көмек көрсету кезіндегі ақаулықтарды талқылау және талдау, сондай-ақ медициналық құрамды медициналық ғылым мен клиникалық практиканың жаңа жетістіктері туралы хабардар ету мақсатында ұйымдастырады және өткізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z286" w:id="285"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z286" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       255. ҚР ҚК әскери қызметшілерін (медициналық емес құрамын) әскери-медициналық даярлауды бөлімшелер командирлері тақырыпқа сәйкес стенділермен және көрнекі құралдармен, сондай-ақ арнайы жабдықпен және оқу мүлкімен жарақтандырылған оқу сыныптарында ұйымдастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z287" w:id="286"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z287" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       256. Әскери-медициналық даярлықты әскери бөлімнің (бөлімшенің) және мекеменің жауынгерлік даярлық бағдарламасына сәйкес медициналық немесе медициналық емес (даярланған) персонал жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z288" w:id="287"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z288" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       257. Әскери-медициналық даярлық:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkEnd w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) алғашқы көмек көрсетуді жүргізу қағидалары мен тәсілдеріне (жүрек қызметін және тыныс алуды қалпына келтіру; қан кетуді тоқтату; сынықтар кезінде иммобилизациялау, жараларға, оның ішінде күйікке таңу және таңу материалдарын салу) оқытып-үйретуді, оларды жүргізу дағдыларын дарытуды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14373,90 +16257,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) радиоактивті, уландыру заттармен және бактериялық құралдармен зақымдану жағдайларында әрекет ету қағидалары мен профилактика шараларына, оның ішінде ішінара санитариялық өңдеу жүргізу тәсілдері мен қағидаларына оқытып-үйретуді қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілген мәселелер әскери бөлімдер мен мекемелердің барлық әскери қызметшілері үшін ортақ болып табылады, орындалатын міндеттердің ерекше ерекшеліктерін және оқу-жаттығу жауынгерлік іс-қимыл жағдайларын ескере отырып, әртүрлі дәрежеде егжей-тегжей зерделенеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z289" w:id="288"/>
+    <w:bookmarkStart w:name="z289" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       258. Жеке құрамды алғашқы көмек көрсету дағдыларына оқытып-үйрету үшін сертификаты бар жаттықтырушыларды даярлау "Қазақстан Республикасының азаматтарын алғашқы көмек көрсету дағдыларына оқыту қағидаларын, сондай-ақ алғашқы көмек көрсетілетін шұғыл және кезек күттірмейтін жағдайлар тізбесін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 19 қазандағы № ҚР ДСМ-138/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21464 болып тіркелген) сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkEnd w:id="308"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14784,88 +16668,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>атауы көрсетіледі)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бастығына (командиріне)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z291" w:id="289"/>
+    <w:bookmarkStart w:name="z291" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Стационарлық емделуге жолдама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z292" w:id="290"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z292" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1._______________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkEnd w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -14876,248 +16760,248 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (емделу жоспарланған бейінді бөлімнің атауы көрсетілсін) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       стационарлық емделуге жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z293" w:id="291"/>
+    <w:bookmarkStart w:name="z293" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Тегі, аты, әкесінің аты (бар болған кезде) ____________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z294" w:id="292"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z294" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Жеке сәйкестендіру нөмірі ________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z295" w:id="293"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z295" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Әскери атағы ___________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z296" w:id="294"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z296" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Туған күні ______________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z297" w:id="295"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z297" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Әскери бөлім және мекеме________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z298" w:id="296"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z298" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Лауазымы ______________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z299" w:id="297"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z299" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Алдын ала қойылған диагнозы _____________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkEnd w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z300" w:id="298"/>
+    <w:bookmarkStart w:name="z300" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Жіберілген күн __________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z301" w:id="299"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z301" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Госпитальға жатқызуды алдын ала келісу туралы мәлімет _____________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkEnd w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15384,88 +17268,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z303" w:id="300"/>
+    <w:bookmarkStart w:name="z303" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әскери қызметшілерге санаторийлік-курорттық емделуді беру үшін медициналық көрсеткіштер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z304" w:id="301"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z304" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қан, қан түзетін ағзалар аурулары және мынадай иммундық механизмге әкелетін жеке бұзушылықтар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkEnd w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       емделуден ұзақ оң нәтиже бар гемолитикалық анемия;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15550,70 +17434,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       спленэктомиядан кейінгі жай-күй; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ремиссия сатысындағы қан ұюының бұзылуы, пурпуре және басқа да геморрагикалық жай-күй (Виллебранд, Шенлейн-Геноха және басқа аурулар).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z305" w:id="302"/>
+    <w:bookmarkStart w:name="z305" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Эндокринді жүйенің аурулары, тамақтану мен зат алмасудың бұзылуы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkEnd w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       I – II дәрежелі эутиреоидты зоб; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15660,108 +17544,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бір тәулік ішінде гликемия 8,9 ммоль/литрден аспайтын және (немесе) гликозилденген гемоглобин 7,5 процентке тең немесе одан аз 2-дәрежелі қант диабеті, кеш асқыну болмаған кезде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       эндокринді без функциясы бұзылмаған созылмалы фиброзды және аутоиммунды тиреоидит.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z306" w:id="303"/>
+    <w:bookmarkStart w:name="z306" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Психикалық және мінез-құлықтың бұзылуы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkEnd w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       невротикалық бұзылудан кейінгі немесе жіті соматикалық аурулар нәтижесінде пайда болатын астеникалық бұзылу. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z307" w:id="304"/>
+    <w:bookmarkStart w:name="z307" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Нерв жүйесінің аурулары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkEnd w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кене шаққаннан, тұмаудан, вакцинациядан, энцефалиттің ревматикалық және тағы басқа да нысандарынан кейінгі қалдық белгілері, астензияның, вегативті-тамыр тұрақсыздығының шамалы белгілерімен және жеке тұрақты шашыраңқы органикалық белгілермен орталық нерв жүйесі зақымдануының салдары мен қалдық белгілері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15880,70 +17764,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бассүйек-ми және перифериялық нерв жарақатының салдары (қол-аяқ буындары функциясының сирек асқынуы, шамалы бұзылуы не қалдық белгілері);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жіті инфекциялық, паразиттік және басқа да аурудан, уытты зақымданудан және нерв жүйесінің жарақатынан, сондай-ақ бас немесе жұлын миы тамырларының жіті ауруынан кейінгі 2 айдан аспағандағы жай-күйі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z308" w:id="305"/>
+    <w:bookmarkStart w:name="z308" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Көз және оның қосалқы аппаратының аурулары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkEnd w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көздің ішкі қысымының қалыпты деңгейімен бастапқы сатыдағы алғашқы глаукома (окулис қорытындысымен);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15972,70 +17856,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оптикалық-қайта қалпына келтіру операциясынан кейінгі, бір айдан ерте емес жай-күй;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жарақаттану этиологиясымен торқабықтың ажырауы (жыртылуы), торқабықтың дистрофикалық сипаттағы аурулары, үдемелі емес және қалпына келген көру функциясы кезіндегі көру нервісінің жиі атрофиясы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z309" w:id="306"/>
+    <w:bookmarkStart w:name="z309" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Құлақ пен емізік тәрізді өсінді аурулары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkEnd w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       операциядан кейінгі қуыстың толық эпидермизациясы 6 және одан да көп ай бұрын жасалған радикалды операциядан кейінгі жай-күй;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16046,70 +17930,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кемінде 1 метрден сыбырлап сөйлеуді қабылдау кезінде естудің тұрақты төмендеуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       алынған барожарақат салдары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z310" w:id="307"/>
+    <w:bookmarkStart w:name="z310" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қан айналымы жүйесінің аурулары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkEnd w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       СЖӘ I ФС-дан жоғары емес кезіндегі ревматикалық емес миокардит болғаннан кейін жіті белгілер аяқталғаннан кейінгі тұрақты ремиссия сатысындағы жай-күй;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16246,70 +18130,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       II дәрежеден жоғары емес терінің қалыңдауы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қан айналымының бұзылуынсыз магистральдық және перифериялық тамырларға операция жасалғаннан кейінгі (операциядан кейінгі таяудағы 2 жылдағы) жай-күй;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z311" w:id="308"/>
+    <w:bookmarkStart w:name="z311" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Тыныс алу ағзаларының аурулары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkEnd w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жоғарғы тыныс алу жолдары тіндерінің дистрофиясы белгілерінсіз, жиі асқынуларсыз мұрын маңы қуыстарының созылмалы іріңсіз аурулары (катаралды, серозды, вазомоторлы және синуситтердің басқа да іріңсіз түрлері), сондай-ақ үстіңгі жақ қуыстарының гиперпластикалық синуситі мен жылауық;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16374,70 +18258,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       І дәрежелі тыныс алу жеткіліксіздігімен ауыр және асқынған немесе созылмалы өтетін пневмонияға (өкпенің қабынуы) шалдыққаннан кейінгі (жазылғаннан кейінгі 1 жылдағы) жай-күй;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       І дәрежеліден жоғары емес тыныс алу жеткіліксіздігімен операциядан кейін бекіген тыртықпен ауруына (жарақатына, жаралануына) байланысты бронх-өкпе аппаратындағы операциядан кейінгі (операциядан кейінгі таяудағы 2 жылдағы) жай-күй;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z312" w:id="309"/>
+    <w:bookmarkStart w:name="z312" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Ас қорыту ағзаларының аурулары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkEnd w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       асқынудан тыс ІІІ сатыдан жоғары емес гастроэзфагельді рефлюкстік ауру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16592,70 +18476,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қалдық белгілері бар жіті вирустық гепатит болғаннан кейінгі жай-күй;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       айқын функционалдық бұзылусыз, операциядан кейін тыртығы бекіген (операциядан кейінгі алғашқы 2 жыл) ауруы (жарақаты, жаралуы) бойынша құрсақ қуысы ағзаларына операциядан кейінгі жай-күй.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z313" w:id="310"/>
+    <w:bookmarkStart w:name="z313" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Тері және терасты шелмайының аурулары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkEnd w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       стационарлық және регрессивтік дәрежедегі таралған псориаз;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16666,70 +18550,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қайталанатын шектеулі нысанды асқынудан тыс экзема мен псориаз;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қайталанатын асқынудан тыс бөртпе және (немесе) эритема.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z314" w:id="311"/>
+    <w:bookmarkStart w:name="z314" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Сүйек-бұлшықет жүйесінің және дәнекер тіннің аурулары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkEnd w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       инфекциялық артропия, қабынған полиартропия және ремиссия сатысындағы қабынған спондилопия (сирек өршуі);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16920,70 +18804,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жарақаттан кейінгі аяқ деформациясы бойынша хирургиялық оперциялардан кейінгі жай-күй;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жарақаттан кейінгі (күюден кейінгі), оның ішінде қалпына келтіру операцияларынан кейін контрактура.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z315" w:id="312"/>
+    <w:bookmarkStart w:name="z315" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Несеп-жыныс жүйесінің аурулары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkEnd w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бүйректің жіті гломерулярлы ауруынан (тубулоинтерстициалды) кейінгі (жазылғаннан кейінгі 2 жылдағы) жай-күй;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17138,70 +19022,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бедеулік (диагноз қойылғаннан кейінгі алғашқы 3 жыл);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әйел жыныс ағзасының ауруларын хирургиялық емдеуден кейінгі (оперциядан кейінгі алғашқы 2 жылдағы) жай-күй.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z316" w:id="313"/>
+    <w:bookmarkStart w:name="z316" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Өзге де көрсеткіштер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkEnd w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дәрілік заттармен, зымыран отынының компоненттерімен, басқа да уытты заттармен улану салдары;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17457,412 +19341,378 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Әскери бөлім мен мекеменің бұрыштамалық мөртаңбасы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z318" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Санаториялық-курорттық емделуге жолдама</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Әскери бөлімнің және мекеменің </w:t>
-[...38 lines deleted...]
-    <w:bookmarkStart w:name="z319" w:id="315"/>
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Қорғаныс министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1533</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z369" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. _____________________________________________________________ жіберіледі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (санаториялық-курорттық ұйымның атауын көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z370" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Тегі, аты, әкесінің аты (бар болса) __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z371" w:id="337"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Жеке сәйкестендіру нөмірі ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z372" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Әскери атағы ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z373" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Туған күні _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z374" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6.Еңбек сіңірген жылдары (әскери зейнеткерлер үшін) ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z375" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Әскери бөлім мен мекеме __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z376" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Санаториялық-курорттық емделу үшін көрсеткіші _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. ________________________________________________________________________ </w:t>
-[...304 lines deleted...]
-      мекеменің елтаңбалы мөрі)</w:t>
+      __________________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z377" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Санаторийге кіретін күн ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Командир (бастық) _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                               (әскери атағы, қолтаңбасы, инициалдары мен тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      М.О. (әскери бөлім мен мекеменің елтаңбалы мөрі)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -17969,482 +19819,482 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z329" w:id="324"/>
+    <w:bookmarkStart w:name="z329" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Санаторийлік-курорттық емделуге жіберу үшін жалпы қарсы көрсеткіштер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z330" w:id="325"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z330" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Әртүрлі жиі қайталанатын және көп қан кету, гемоглобин мөлшері 80 г/л төмен айқын байқалған анемия.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z331" w:id="326"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z331" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Әртүрлі этиологиядағы жиі қайталантын генерализделген құрысу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z332" w:id="327"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z332" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Жіті инфекциялық аурулар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z333" w:id="328"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z333" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Туберкулездің барлық нысандарының белсенді дәрежесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z334" w:id="329"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z334" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қатерлі ісіктер (III-IV сатыдағы).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-    <w:bookmarkStart w:name="z335" w:id="330"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z335" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. ІІІ дәрежеден жоғары тыныс алу функциясының жетіспеушілігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-    <w:bookmarkStart w:name="z336" w:id="331"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z336" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Фебрильді безгек немесе шығу тегі белгісіз субфебрильді безгек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
-    <w:bookmarkStart w:name="z337" w:id="332"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z337" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Ауыр білінетін аурулардың болуы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-    <w:bookmarkStart w:name="z338" w:id="333"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z338" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Декомпенсация дәрежесіндегі ауру, атап айтқанда түзелмейтін метаболикалық аурулар (қант диабеті, микседема, тиреотоксикоз және басқалары), бауырдың, ұйқы безінің ІІІ дәрежелі функционалдық жетіспеушілігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
-    <w:bookmarkStart w:name="z339" w:id="334"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z339" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Жыныс жолмен берілетін аурулар (мерез, соз, трихомоноз және басқалар).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z340" w:id="335"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z340" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Іріңді тері аурулары, жұқпалы тері аурулары (қышыма, саңырауқұлақ аурулары және басқалар).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z341" w:id="336"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z341" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Психикалық және мінез-құлық бұзылуы – стационарлық емдеу талап етілетін психопатологиялық жай-күй.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z342" w:id="337"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z342" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Жүрек ырғағының күрделі бұзылуы, NYHA жіктемесі бойынша IV ФК-ға сәйкес СН.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z343" w:id="338"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z343" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Әртүрлі іріңді (өкпе) аурулар, елеулі интоксикация кезінде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z344" w:id="339"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z344" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Кез келген жердегі эхинококк және басқа да паразиттер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z345" w:id="340"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z345" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Жіті остеомиелит.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z346" w:id="341"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z346" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Терең көктамырдың жіті тромбозы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z347" w:id="342"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z347" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Күніне 2-3 сағат ішінде сауығу бағдарламасына белсенді қатысуға кедергі келтіретін өзге де болатын аурулар бар болған кезде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkEnd w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -18770,31 +20620,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>