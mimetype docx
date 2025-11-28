--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="45378d7" w14:textId="45378d7">
+    <w:p w14:paraId="42372c6" w14:textId="42372c6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,93 +93,155 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Биомедициналық зерттеулер жүргізу қағидалаырын және зерттеу орталықтарына қойылатын талаптарды бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 21 желтоқсандағы № ҚР ДСМ-310/2020 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 22 желтоқсанда № 21851 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 21 желтоқсандағы № ҚР ДСМ-310/2020 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 22 желтоқсанда № 21851 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының 2020 жылғы 7 шілдедегі Кодексі 227-бабының </w:t>
-[...9 lines deleted...]
-        <w:t>10-тармағына</w:t>
+      "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының Кодексі 228-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған биомедициналық зерттеулер жүргізу қағидалары және зерттеу орталықтарына қойылатын </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -388,127 +450,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бұйрық алғашқы ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасы </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Денсаулық сақтау министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -927,350 +1001,484 @@
         <w:t>
       2) биомедициналық зерттеу – мақсаты адамның өмірі, денсаулығы, аурулар, оларды диагностикалау, емдеу немесе олардың профилактикасы, сондай-ақ өмір процестерімен, аурулармен және денсаулықпен байланысты генетикалық және экологиялық факторлар туралы жаңа білімді ғылыми әдістермен алу болып табылатын зерттеу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) биоэтика –өмір туралы ғылымның жаңа жетістіктерін қолданудың моральдық, әлеуметтік, құқықтық аспектілерін талдау мақсатында биомедициналық және гуманитарлық ғылымдарды біріктіретін пәнаралық ғылыми бағыт;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:bookmarkStart w:name="z75" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1) Биоэтика жөніндегі комиссия - биомедициналық зерттеулерге қатысушылардың қауіпсіздігін және құқықтарын қорғауды қамтамасыз ету мақсатында оларды жоспарлау кезеңінде, орындау барысында және аяқталғаннан кейін биомедициналық зерттеулер жүргізуге байланысты құжаттарға биоэтикалық сараптама жүргізетін тәуелсіз сараптамалық орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z23" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) биоэтикалық сараптама – биомедициналық зерттеу материалдарын алдын ала қарау және биоэтика жөніндегі комиссияның этикалық қолайлылығы, қатысушылар үшін қауіпсіздігі және осы зерттеудің орындылығы тұрғысынан негізделген қорытындысын беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z24" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) демеуші – биомедициналық зерттеудің бастамашысы болып табылатын және оны ұйымдастыруға және (немесе) қаржыландыруды жүзеге асыратын жеке немесе заңды тұлға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z25" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) денсаулық сақтау саласындағы уәкілетті орган (бұдан әрі - уәкілетті орган) – Қазақстан Республикасының заңнамасына сәйкес денсаулық сақтау қызметінің әртүрлі салаларындағы құралдардың, әдістердің, технологиялардың, білім беру және ғылыми бағдарламалардың, көрсетілетін қызметтердің тиімділігі мен сапасын айқындауға, сондай-ақ денсаулық жағдайы бойынша еңбекке уақытша жарамсыздығын, кәсіби жарамдылығын айқындауға бағытталған ұйымдастырушылық, талдамалық және практикалық іс-шаралар жиынтығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z26" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) зерттеу субъектісі – медициналық зерттеуге қатысатын тірі адам немесе жануар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z27" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) интервенциялық емес клиникалық зерттеу – дәрілік затты немесе медициналық бұйымды мемлекеттік тіркеуден өткізгеннен кейін жүргізілетін және медициналық практика шеңберінде тағайындалатын зерттеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z28" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) интервенциялық зерттеу – зерттеу субъектісі ретіндегі адам қатысатын, зерттеуші-дәрігер клиникалық зерттеулер жүргізу тәртібіне сәйкес келетін интервенциялық клиникалық зерттеу хаттамасы негізінде зерттеу субъектісіне арнайы араласуды тағайындайтын зерттеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z29" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) клиникаға дейінгі (клиникалық емес) зерттеу – зерттелетін затты (дәрілік затты) өзіндік ерекшелікті әсерін зерделеу және (немесе) адам денсаулығы үшін қауіпсіздігінің дәлелдемелерін алу мақсатында бағалаудың ғылыми әдістерін қолдану арқылы зерделеу жөніндегі химиялық, физикалық, биологиялық, микробиологиялық, фармакологиялық, токсикологиялық және басқа да эксперименттік зерттеу немесе зерттеулер сериясы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z30" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) клиникалық зерттеу – субъект ретінде адамның қатысуымен аурулардың профилактикасы, диагностикасы және емдеу құралдарының, әдістері мен технологияларының қауіпсіздігі мен тиімділігін анықтау немесе растау үшін жүргізілетін зерттеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z31" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) қолданбалы биомедициналық зерттеу – ауруларды диагностикалау, емдеу немесе олардың профилактикасы, халықтың денсаулығын қамтамасыз ету саласында нақты мақсаттарға қол жеткізуге бағытталған биомедициналық зерттеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z32" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) медициналық-биологиялық эксперимент – жай-күйдің пайда болу немесе аурудың даму себептерін, жағдайлары мен тетіктерін анықтау, емдеу және профилактика әдістерін әзірлеу үшін зертханалық жануарларға зерделенетін жай-күйдің немесе аурудың құрылымдық-функционалдық кешенін оңайлатылған нысанда жаңғыртуға (модельдеуге) негізделген зерттеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z33" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) мониторинг – биомедициналық зерттеудің орындалуын бақылау және оны жүргізуді қамтамасыз ету, деректер жинау және хаттамаға, жоспарға, бағдарламаға, стандартты операциялық рәсімдерге және стандартқа сәйкес, тиісті клиникалық практика - Гуд клиникал практик (Good Clinical Practice) зерттеу нәтижелерін ұсыну рәсімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z34" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) сыналатын әдістер мен (немесе) құралдардың клиникалық зерттеулерінің аудиті – осы қызметті жүзеге асыру фактісін растау үшін, сондай-ақ деректерді жинау, өңдеу және ұсыну рәсімдерінің клиникалық зерттеу хаттамасының талаптарына, стандартты операциялық рәсімдерге, тиісті клиникалық практикаға сәйкестігін бағалау үшін клиникалық зерттеуден және зерттеу орталығынан тәуелсіз сарапшылар жүзеге асыратын сыналатын әдістер мен (немесе) құралдарға клиникалық зерттеу жүргізуге тартылған тараптардың құжаттамасы мен қызметін жүйелі, тәуелсіз және құжатталған тексеру – Гуд клиникал практик (Good Clinical Practice) және нормативтік талаптар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z35" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) тиісті клиникалық практика - Гуд клиникал практикалар (Good Clinical Practice) – клиникалық зерттеулерді жоспарлау, ұйымдастыру, жүргізу, мониторингілеу, аудит, құжаттандыру, сондай-ақ алынған деректер мен ұсынылған нәтижелердің дұрыстығы мен дәлдігінің кепілі болып табылатын, сондай-ақ зерттеу субъектілерінің құқықтарын, денсаулығын және құпиялылығын қорғауды қамтамасыз ететін олардың нәтижелерін талдау және ұсыну стандарты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17) алып тасталды - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) іргелі биомедициналық зерттеу – өмірлік процестер мен аурулардың физикалық, химиялық және функционалдық механизмдерін түсіну және базалық білімін кеңейту мақсатында жүргізілетін биомедициналық зерттеу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z38" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Биомедициналық зерттеулер жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1303,878 +1511,1498 @@
         </w:rPr>
         <w:t>
       Биомедициналық зерттеулер іргелі және қолданбалы биомедициналық зерттеулерді қамтиды. Қолданбалы биомедициналық зерттеулер медициналық-биологиялық эксперименттерді, клиникаға дейінгі (клиникалық емес) зерттеулерді, клиникалық зерттеулерді және қоғамдық денсаулық саласындағы зерттеулерді қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Биомедициналық зерттеулер мынадай құжаттар болған кезде жүргізіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z41" w:id="39"/>
-[...15 lines deleted...]
-      1) биоэтикалық сараптама жүргізетін биоэтика жөніндегі орталық (бұдан әрі – Орталық комиссия) немесе жергілікті (бұдан әрі – Жергілікті комиссия) комиссияның оң қорытындысы;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) биоэтикалық сараптама жүргізетін Биоэтика жөніндегі орталық немесе жергілікті комиссияның оң қорытындысы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
-[...15 lines deleted...]
-      2) зерттеу орталығындағы ғылыми және (немесе) ғылыми-техникалық қызмет мәселелерін қарауға уәкілетті консультациялық-кеңесші орган (ғалым, ғылыми, ғылыми-клиникалық, сараптамалық кеңес) тарапынан биомедициналық зерттеу жүргізуге мақұлдау (бұдан әрі – Кеңес) оң қортындысы.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Биоэтика жөніндегі орталық комиссия Қазақстан Республикасының аумағында орналасқан екі және одан да көп денсаулық сақтау ұйымдарында (зерттеу орталықтарында) жүргізілетін биомедициналық зерттеулерге, сондай-ақ халықаралық зерттеулерге биоэтикалық сараптама жүргізеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Биоэтика жөніндегі жергілікті комиссиялардың Биоэтика жөніндегі орталық комиссия беретін биоэтикалық комиссиялар қызметінің стандарттарына сәйкестік сертификаты болған жағдайда биомедициналық зерттеулер жүргізуге қорытынды беруге құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z77" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) зерттеу орталығында (бұдан әрі – Кеңес) ғылыми және (немесе) ғылыми-техникалық қызмет мәселелерін (ғалым, ғылыми, ғылыми-клиникалық, сараптамалық кеңес) қарауға уәкілетті консультативтік-кеңесші органның оң қорытындысы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
-[...15 lines deleted...]
-      3) интервенциялық клиникалық зерттеулер үшін зерттеуге қатысушының өмірі мен денсаулығы сақтандыру туралы құжаттар.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Биомедициналық зерттеулердің ұлттық тізіліміне биомедициналық зерттеуді тіркеу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Алып тасталды - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Зерттеу демеушісі (бұдан әрі – демеуші) немесе зерттеу жетекшісі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z79" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Орталық комиссия Кодекстің 228 – бабының </w:t>
-[...75 lines deleted...]
-      7. Зерттеу демеушісі (бұдан әрі – демеуші) немесе зерттеу жетекшісі:</w:t>
+      1) "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасы Кодексінің 228-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) тармақшасына сәйкес Биоэтика жөніндегі орталық комиссия бекітетін биоэтикалық комиссиялар қызметі стандарттарының (бұдан әрі – Стандарттар) талаптарында белгіленген тәртіппен Биоэтика жөніндегі орталық немесе жергілікті комиссиядан биоэтикалық сараптаманың қорытындысын алады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z46" w:id="44"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Биоэтика жөніндегі орталық комиссия бекітетін биоэтикалық комиссиялар қызметі стандарттарының талаптарында (бұдан әрі – Стандарттар) белгіленген тәртіппен биоэтикалық сараптама комиссияның орталық (бұдан әрі – Орталық комиссия) немесе жергілікті (бұдан әрі – жергілікті комиссия) қорытындысын алады.</w:t>
+    <w:bookmarkStart w:name="z80" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) зерттеу орталығының Кеңесі туралы Ережеде және зерттеу орталығының бірінші басшысы бекітетін зерттеу орталығының ішкі нормативтік құжаттарында белгіленген тәртіппен зерттеу орталығы Кеңесінің қорытындысын алады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z47" w:id="45"/>
-[...15 lines deleted...]
-      2) зерттеу орталығының Кеңесі туралы Ережеде және зерттеу орталығының бірінші басшысы бекітетін зерттеу орталығының ішкі нормативтік құжаттарында белгіленген тәртіппен зерттеу орталығы кенесінің қорытындысын алады.</w:t>
+    <w:bookmarkStart w:name="z81" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) биомедициналық зерттеулер бойынша өзекті деректерді Биомедициналық зерттеулер жөніндегі ұлттық ақпараттық жүйеге енгізуді қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z48" w:id="46"/>
-[...15 lines deleted...]
-      8. Биомедициналық зерттеу демеушінің немесе зерттеу жетекшісінің басшылығымен бекітілген зерттеу жүргізу жоспары бойынша зерттеу хаттамасын жасай отырып және зерттеу нәтижелері қамтылған есепті дайындай отырып жүргізіледі. Жоспардың орындалуын бақылау зерттеу жетекшісіне жүктеледі.</w:t>
+    <w:bookmarkStart w:name="z82" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) белгіленген талаптарға, зерттеу құжаттарына сәйкес биомедициналық зерттеулер жүргізу үшін шарттардың сақталуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z49" w:id="47"/>
-[...15 lines deleted...]
-      9. Биомедициналық зерттеу жүргізу қажетті материалдық-техникалық базасы және тиісті зерттеу саласындағы білікті мамандары бар зерттеу орталығының базасында жүргізіледі. </w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Биомедициналық зерттеу демеушінің немесе зерттеу жетекшісінің басшылығымен Орталық немесе жергілікті комиссия мен зерттеу орталығының Кеңесі мақұлдаған зерттеу хаттамасын құра отырып және зерттеу нәтижелерін қамтитын есепті дайындай отырып, зерттеу жүргізу жоспары бойынша жүргізіледі. Жоспардың орындалуын бақылау зерттеу басшысына немесе жауапты орындаушының тағайындалған демеушілеріне жүктеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Биомедициналық зерттеу жүргізу осы бұйрықтың 19-тармағының талаптарына сәйкес келетін зерттеу орталығының базасында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы Ережелерге сәйкес биомедициналық зерттеу жүргізу кезінде ресімделетін құжаттар оларды ресімдеген ұйымның электрондық және (немесе) қағаз түрінде есепке алу журналында (журналдарында) есепке алынуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z51" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Биомедициналық зерттеу жүргізуге жауапты тұлғалар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z52" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) алынған нәтижелерді уақытылы жинауды, себептерін көрсете отырып және енгізілген өзгерістердің алынған нәтижелерге әсерін бағалай отырып, зерттеу жоспарынан ауытқуларды тіркеуді қамтамасыз етеді, сондай-ақ анықталған ауытқуларды жою жөнінде шаралар қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z54" w:id="52"/>
+    <w:bookmarkStart w:name="z53" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) биомедициналық зерттеулердің басталуы туралы ақпаратты енгізу, деректер мен нәтижелерді өзектілендіру Биомедициналық зерттеулердің ұлттық тізіліміне 10 (он) жұмыс күні ішінде жүзеге асырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Биомедициналық зерттеу жүргізу сапасын қамтамасыз етеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z55" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z55" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) зерттеу орталығының басшысы қамтамасыз ететін биомедициналық зерттеулерді материалдық-техникалық жарақтандыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z56" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z56" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) басқарудың болуы (биомедициналық зерттеудің барлық кезеңдерінде биомедициналық зерттеу хаттамасын сақтау; зерттеу орталығы деңгейінде қабылданған стандартты операциялық рәсімдерді сақтау (клиникалық зерттеулер үшін);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z57" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z57" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) биомедициналық зерттеу параметрлерін жоспарлау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z58" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z58" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) құжаттаманы ресімдеу жүйесі (бастапқы деректері бар жұмыс журналдары, қорытынды есеп, мұрағаттар);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z59" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z59" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) зерттеудің сенімділігі мен алынған нәтижелердің негізділігін қамтамасыз ету үшін сапа кепілдіктерінің жүйесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-[...36 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...13 lines deleted...]
-    <w:bookmarkStart w:name="z61" w:id="59"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Мониторинг заңнаманың және осы Қағидалардың талаптарына сәйкес биомедициналық зерттеулер жүргізудің барлық кезеңдерінде жүзеге асырылады. Мониторинг жүргізуге жауапты адамды денсаулық сақтау саласындағы уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Зерттеу орталығының басшысы зерттеу жоспарында белгіленген талаптардың орындалуын, зерттеу жүргізудің объективтілігі мен тәуелсіздігін, алынатын нәтижелердің дұрыстығын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z62" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z62" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Зерттеу аудитін Кеңестің хаттамалық шешімі бойынша зерттеу орталығының қызметкерлері арасынан тиісті клиникалық практика - Гуд клиникал практик (Good Clinical Practice) сертификаты бар құзыретті мамандар жүргізеді, аудит жүргізу үшін басқа бейінді ұйымдардан сарапшыларды тартуға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z64" w:id="62"/>
-[...15 lines deleted...]
-      17. Осы Қағидаларға сәйкес биомедициналық зерттеу жүргізу кезінде зерттеу орталығы ресімдейтін құжаттар электрондық нұсқада үш жыл бойы сақталуға тиіс. </w:t>
+    <w:bookmarkStart w:name="z63" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Осы Қағидаларға сәйкес биомедициналық зерттеу жүргізу кезінде ресімделетін құжаттарды сақтауды зерттеу басшысы қамтамасыз етеді және кемінде үш жыл электрондық түрде сақтауға жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. Алып тасталды - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z65" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Қазақстан Республикасының аумағында жүргізілетін, жүргізу тәртібі осы Қағидаларда айқындалатын барлық биомедициналық зерттеулер, сондай-ақ дәрілік заттар мен медициналық бұйымдарды клиникалық зерттеулер, тірі организмнен тыс (in vitro) диагностикалау үшін медициналық бұйымдарды клиникалық-зертханалық сынақтар, дәрілік заттарды клиникаға дейінгі (клиникалық емес) зерттеулер, медициналық бұйымдардың биологиялық әсерін бағалауды зерттеулер (сынақтар) тіркеуге жатады.</w:t>
+      18. Қазақстан Республикасының аумағында жүргізілетін, жүргізу тәртібі осы Қағидаларда айқындалатын барлық биомедициналық зерттеулер, сондай-ақ дәрілік заттар мен медициналық бұйымдарды клиникалық зерттеу, тірі организмнен тыс диагностикалау үшін медициналық бұйымдарды клиникалық-зертханалық сынау (in vitro), дәрілік заттарды клиникаға дейінгі (клиникалық емес) зерттеу, медициналық бұйымдардың биологиялық әсерін бағалауды зерттеу (сынау) тіркеуге жатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тіркеуді биомедициналық зерттеулерді есепке алу, олардың орындалуын мониторингтеу және орындалатын зерттеу жөніндегі ақпарат негізінде мүдделі тараптар арасындағы зерттеу процестерін үйлестіру үшін уәкілетті орган айқындаған жұмыс органы жүргізеді.</w:t>
+      Тіркеуді биомедициналық зерттеулердің орындалуын есепке алу, мониторингілеу және орындалатын зерттеу бойынша ақпарат негізінде мүдделі тараптар арасындағы зерттеу процестерін үйлестіру үшін уәкілетті орган айқындаған жұмыс органы жүргізеді. Қаржыландыру көзіне қарамастан барлық биомедициналық зерттеулер тіркелуге жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z66" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Зерттеу орталықтарына қойылатын талаптар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
     <w:bookmarkStart w:name="z67" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Биомедициналық зерттеулер жүргізілетін зерттеу орталықтарына қойылатын талаптар:</w:t>
+      19. Базасында биомедициналық зерттеулер жүргізілетін зерттеу орталықтарына қойылатын талап мынадай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z68" w:id="66"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z70" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      20. Базасында клиникалық зерттеулер жүргізілетін зерттеу орталықтарына осы Қағидалардың </w:t>
-[...102 lines deleted...]
-    <w:bookmarkEnd w:id="72"/>
+      1) тиісті құжатпен расталған ғылыми және (немесе) ғылыми-техникалық қызмет субъектісі ретінде аккредиттеудің болуы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тиісті зерттеу саласында бейінді жоғары білімі, мамандығы бойынша кемінде үш жыл жұмыс өтілі, сондай-ақ расталған біліктілігі бар білікті мамандардың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сапаны, қауіпсіздікті қамтамасыз ету, құжаттаманы жүргізу, мониторинг пен есептілікті жүргізу жөніндегі рәсімдерді қоса алғанда, биомедициналық зерттеулер жүргізуді регламенттейтін зерттеу орталығының басшысы бекіткен стандартты операциялық рәсімдердің (СОР) болуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20. Алып тасталды - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>