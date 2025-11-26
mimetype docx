--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d9d304a" w14:textId="d9d304a">
+    <w:p w14:paraId="739f5c4" w14:textId="739f5c4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -107,62 +107,178 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 15 желтоқсандағы № ҚР ДСМ-274/2020 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 20 желтоқсанда № 21818 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
-[...10 lines deleted...]
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Тақырып жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Тақырыбы жаңа редакцияда - ҚР Денсаулық сақтау министрінің 15.11.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (24.11.2022 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -275,91 +391,197 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Денсаулық сақтау саласындағы маманды сертификаттауды жүргізу, шетелдік мамандарды қоса алғанда, денсаулық сақтау саласындағы маман сертификатының қолданысын растау қағидаларын, сондай-ақ Қазақстан Республикасынан тыс жерлерде денсаулық сақтау саласында медициналық және (немесе) фармацевтикалық білім алған адамды денсаулық сақтау саласындағы маманды сертификаттауға жіберу шарттары бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -378,151 +600,151 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (24.11.2022 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Денсаулық сақтау министрлігінің кейбір бұйрықтарының күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Республикасы Денсаулық сақтау министрлігінің Медициналық және фармацевтикалық бақылау комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...15 lines deleted...]
-      3. Қазақстан Республикасы Денсаулық сақтау министрлігінің Медициналық және фармацевтикалық бақылау комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
-[...15 lines deleted...]
-      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрықты Қазақстан Республикасы Денсаулық сақтау министрлігінің ресми интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -537,91 +759,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Денсаулық сақтау министрлігінің Заң департаментіне ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Денсаулық сақтау вице-министріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...15 lines deleted...]
-      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Денсаулық сақтау вице-министріне жүктелсін.</w:t>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -865,324 +1087,678 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-274/2020 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Тақырып жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Денсаулық сақтау саласындағы маманды сертификаттауды жүргізу, шетелдік мамандарды қоса алғанда, денсаулық сақтау саласындағы маман сертификатының қолданысын растау қағидаларын, сондай-ақ Қазақстан Республикасынан тыс жерлерде денсаулық сақтау саласында медициналық және (немесе) фармацевтикалық білім алған адамды денсаулық сақтау саласындағы маманды сертификаттауға жіберу шарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Шарттары жаңа редакцияда - ҚР Денсаулық сақтау министрінің 15.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-134</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (24.11.2022 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Денсаулық сақтау саласындағы маманды сертификаттауды жүргізу, шетелдік мамандарды қоса алғанда, денсаулық сақтау саласындағы маман сертификатының қолданысын растау қағидаларын, сондай-ақ Қазақстан Республикасынан тыс жерлерде денсаулық сақтау саласында медициналық және (немесе) фармацевтикалық білім алған адамды денсаулық сақтау саласындағы маманды сертификаттауға жіберу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шарттары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Қағидалары) "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының кодексі (бұдан әрі – Кодекс) 27-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының Заңы (бұдан әрі –Заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабынының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағына сәйкес әзірленді және денсаулық сақтау саласындағы сертификатты алу, шетелдік мамандарды қоса алғанда, денсаулық сақтау саласындағы маман сертификатының қолданысын растау тәртібін, сондай – ақ Қазақстан Республикасынан тыс жерлерде медициналық және (немесе) фармацевтикалық білім алған адамды денсаулық сақтау саласындағы маманды сертификаттауға жіберу шарттарын айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидада мынадай ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z204" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әкімшілік құжаттың нөмірі мен коды (бұдан әрі – ӘҚНК) – электрондық құжатқа рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесімен берілетін нөмір;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
-[...85 lines deleted...]
-        <w:t xml:space="preserve"> 1-тармағына сәйкес әзірленді және денсаулық сақтау саласындағы сертификатты алу, шетелдік мамандарды қоса алғанда, денсаулық сақтау саласындағы маман сертификатының қолданысын растау тәртібін, сондай – ақ Қазақстан Республикасынан тыс жерлерде медициналық және (немесе) фармацевтикалық білім алған адамды денсаулық сақтау саласындағы маманды сертификаттауға жіберу шарттарын айқындайды.</w:t>
+    <w:bookmarkStart w:name="z205" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) денсаулық сақтау саласындағы білім беру бағдарламалары түлектерінің кәсіптік даярлығын бағалау - денсаулық сақтау саласындағы білім беру бағдарламалары түлектерінің біліктілігінің Денсаулық сақтау саласындағы кәсіптік стандарт талаптарына сәйкестігін айқындау мақсатында жүргізілетін білім мен дағдыларды бағалау рәсімі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
-[...15 lines deleted...]
-      2. Осы Қағидада мынадай ұғымдар пайдаланылады:</w:t>
+    <w:bookmarkStart w:name="z206" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) денсаулық сақтау саласындағы маман сертификаты (бұдан әрі – маман сертификаты) - жеке тұлғаның біліктілігін және клиникалық немесе фармацевтикалық практикаға немесе халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы қызметке дайындығын қоса алғанда, оның денсаулық сақтау саласындағы кәсіптік қызметке дайындығын растайтын, белгіленген үлгідегі құжат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:p>
-[...52 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z207" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) денсаулық сақтау саласындағы маманды сертификаттау (бұдан әрі - сертификаттау) - жеке тұлға біліктілігінің денсаулық сақтау саласындағы салалық біліктілік шеңберінде және кәсіптік стандарттарда белгіленген біліктілік талаптарына сәйкестігін айқындау рәсімі, сондай-ақ клиникалық немесе фармацевтикалық практикаға немесе халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы қызметке дайындықты қоса алғанда, денсаулық сақтау саласындағы кәсіптік қызметке дайындықты айқындау;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z208" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) денсаулық сақтау саласындағы уәкілетті орган (бұдан әрі - уәкілетті орган) - Қазақстан Республикасы азаматтарының денсаулығын сақтау, медицина және фармацевтика ғылымы, медициналық және фармацевтикалық білім беру, халықтың санитариялық-эпидемиологиялық саламаттылығы, дәрілік заттар мен медициналық бұйымдардың айналысы, медициналық қызметтер (көмек) көрсетудің сапасы саласында басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) тармақша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы маман – санитариялық-эпидемиологиялық мониторинг, санитариялық-эпидемиологиялық сараптама, гигиеналық оқыту, санитариялық-эпидемиологиялық аудит, дезинфекция, дезинсекция және дератизация жүргізу, халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы ұйымда халықтың санитариялық-эпидемиологиялық саламаттылығы тәуекелдерінің дәрежесін бағалау бойынша функцияларды жүзеге асыруды қамтитын еңбек міндеттерін орындайтын жеке тұлға.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1219,128 +1795,252 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Маман сертификаты әрбір 5 (бес) жыл сайын расталуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z24" w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тараудың тақырыбы жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Денсаулық сақтау саласындағы маманды сертификаттауды жүргізу, шетелдік мамандарды қоса алғанда, денсаулық сақтау саласындағы маман сертификатының қолданысын растау қағидаларын, сондай-ақ Қазақстан Республикасынан тыс жерлерде денсаулық сақтау саласында медициналық және (немесе) фармацевтикалық білім алған адамды, денсаулық сақтау саласындағы маманды сертификаттауға жіберу шарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z25" w:id="15"/>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 11 желтоқсандағы № ҚР ДСМ-249/2020 "Денсаулық сақтау саласындағы білім беру бағдарламалары білім алушыларының білімі мен дағдыларын бағалау, түлектерінің кәсіптік даярлығын бағалау, денсаулық сақтау саласындағы мамандардың кәсіптік даярлығын бағалау қағидалары" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес (бұдан әрі – білім мен дағдыларды бағалау қағидасы) (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21763 болып тіркелген) сәйкес бағалау жөніндегі ұйым жүргізетін кәсіптік даярлығын бағалаудан өткен мамандар клиникалық немесе фармацевтикалық практикаға жіберу үшін сертификаттаудан (бұдан әрі - көрсетілетін қызметті алушы) біліктілік деңгейіне сәйкес өтеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Біліктілік деңгейін беруге немесе растауға өтініш беруші емес көрсетілетін қызметті алушы кәсіптік даярлықты бағалау нәтижесін ұсынбайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1397,51 +2097,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="16"/>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Қазақстан Республикасынан тыс жерлерде денсаулық сақтау саласында Медициналық және (немесе) фармацевтикалық білім алған көрсетілетін қызметті алушылар "орта, техникалық және кәсіптік туралы құжаттарды тану қағидаларын бекіту туралы" Қазақстан Республикасы Оқу-ағарту министрінің 2023 жылғы 28 шілдедегі № 230 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1456,51 +2156,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес білімі және (немесе) біліктілігі танылған жағдайда сертификаттауға жіберіледі, (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33219 болып тіркелген) және "білім туралы құжаттарды тану қағидаларын бекіту туралы" Қазақстан Республикасы Ғылым және жоғары білім министрінің 2023 жылғы 12 маусымдағы № </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32800 болып тіркелген) (бұдан әрі - тану қағидалары).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1519,90 +2219,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Көрсетілетін қызметті алушы сертификаттаудан өту және қолданыстағы маман сертификатын растау үшін "электрондық үкімет" веб-порталы арқылы www.egov.kz, www.elicense.kz (бұдан әрі – портал) Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық және фармацевтикалық бақылау комитетінің аумақтық департаментіне (бұдан әрі-көрсетілетін қызметті беруші) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Медициналық білімі бар көрсетілетін қызметті алушы осы қағиданың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1697,110 +2397,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="18"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Қолданыстағы маман сертификатын растауға арналған құжаттар мен мәліметтерді көрсетілетін қызметті алушы оның қолданылу мерзімі аяқталғанға дейін күнтізбелік 30 (отыз) күннен ерте емес ұсынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z29" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Маман сертификаты Қазақстан Республикасы Денсаулық сақтау Министрінің 2020 жылғы 30 қарашадағы № ҚР ДСМ-218/2020 "Денсаулық сақтау саласындағы мамандарды сертификаттауға жататын мамандықтар мен маманданулардың тізбесін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21699 болып тіркелген) (бұдан әрі - Мамандықтар мен маманданулардың тізбесі) сәйкес беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1818,71 +2518,177 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z30" w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Көрсетілетін қызметті беруші "электрондық үкімет" веб – порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы ұсынылған көрсетілетін қызметті алушының (құжат иесінің) келісімі болған кезде, іске асырылған интеграция (бұдан әрі – сервис) арқылы цифрлық құжаттар сервисінен бір реттік парольді беру арқылы немесе қысқа мәтіндік хабарлама жіберу арқылы "электрондық үкімет" веб-порталының хабарламасына жауап ретінде мәліметтерді алады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2012 жылдан кейін оқуды бітірген көрсетілген қызметті алушылар үшін денсаулық сақтау саласында жоғары және (немесе) жоғары орнынан кейінгі білімі туралы (сервисте болған жағдайда);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2123,443 +2929,681 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Көрсетілетін қызметті беруші құжаттар мен мәліметтер келіп түскен күні оларды қабылдайды және тіркейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда, Қазақстан Республикасының еңбек заңнамасына сәйкес өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Көрсетілетін қызметті беруші портал арқылы келіп түскен көрсетілетін қызметті алушының құжаттары мен мәліметтерін тіркеген сәттен бастап 2 (екі) жұмыс күні ішінде № 1 Тізбенің 8-тармағына немесе № 2 Тізбенің 8-тармағына сәйкес ұсынылған құжаттар мен мәліметтердің толықтығын тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 1 Тізбенің 8-тармағына немесе № 2 Тізбенің 8-тармағына және (немесе) қолданылу мерзімі өткен құжаттарға сәйкес ұсынылған құжаттар мен мәліметтердің толық болмау фактісі анықталған кезде көрсетілетін қызметті беруші 2 (екі) жұмыс күні ішінде көрсетілетін қызметті берушінің уәкілетті тұлғасының электрондық цифрлық қолтаңбасымен расталған өтінішті одан әрі қараудан дәлелді бас тартуды (еркін нысанда) жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="23"/>
+    <w:bookmarkStart w:name="z33" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Ұсынылған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) дұрыс еместігі, сондай-ақ көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған құжаттардың, деректер мен мәліметтердің осы қағидаларда белгіленген талаптарға сәйкес келмейтіні анықталған жағдайда, көрсетілетін қызметті беруші көрсетілетін қызметті алушыға Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі – ӘРПК ) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>73-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бойынша әкімшілік іс бойынша алдын ала шешімге өз ұстанымын білдіруге мүмкіндік береді, ол туралы көрсетілетін қызметті алушы алдын ала, бірақ мемлекеттік қызмет көрсету нәтижесіне дейін үш жұмыс күнінен кешіктірмей хабардар етіледі (дәлелді бас тарту).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z34" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Көрсетілетін қызметті алушы алдын ала шешімге қарсылықты оны алған күннен бастап екі жұмыс күнінен кешіктірілмейтін мерзімде ұсынады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z34" w:id="24"/>
-[...15 lines deleted...]
-      13. Көрсетілетін қызметті алушы алдын ала шешімге қарсылықты оны алған күннен бастап екі жұмыс күнінен кешіктірілмейтін мерзімде ұсынады.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Көрсетілетін қызметті алушы өзінің қарсылығын ауызша білдірген жағдайда, көрсетілетін қызметті беруші тыңдау хаттамасын жүргізеді, ол ӘРПК-нің 74-бабына сәйкес ресімдейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z35" w:id="25"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="26"/>
+    <w:bookmarkStart w:name="z36" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Көрсетілетін қызметті беруші Заңның 21-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес талап етілетін құжаттар мен мәліметтер тізбесі және осындай құжаттар мен мәліметтерді ресімдеу туралы толық және анық ақпаратты қолжетімді нысанда ұсынады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертулер болған кезде көрсетілетін қызметті беруші нормативтік құқықтық актілердің құрылымдық элементтеріне сілтеме жасай отырып, әрбір ескертуді дәлелдейді және көрсетілетін қызметті алушыға өз ұстанымын білдіруге мүмкіндік береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "Клиникалық практикаға жіберу үшін маман сертификатын беру" және "дәрілік заттар мен медициналық бұйымдардың айналысы саласындағы маман сертификатын беру" мемлекеттік көрсетілетін қызметі тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:p>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Мемлекеттік қызметтерді көрсету нәтижесі осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша денсаулық сақтау саласындағы маман сертификатын беру не мемлекеттік қызметті көрсетуден дәлелді бас тарту болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Көрсетілетін қызметті беруші мемлекеттік қызметтер көрсету сатысы туралы деректерді Заңның 5-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11)-тармақшасына сәйкес мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z40" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Процестің сипаттамасын, нысанын, мазмұны мен нәтижесін қамтитын "Клиникалық практикаға жіберу үшін маман сертификатын беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де мәліметтер № 1 Тізбеде баяндалған. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Процестің сипаттамасын, нысанын, мазмұны мен нәтижесін қамтитын "Дәрілік заттар мен медициналық бұйымдар айналысы саласындағы маман сертификатын беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де мәліметтер № 2 Тізбеде баяндалған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Осы қағидаларға өзгерістер (және) немесе толықтырулар енгізу кезінде, көрсетілетін қызметті беруші "электрондық үкiметтiң" ақпараттық-коммуникациялық инфрақұрылымының операторына, Бірыңғай байланыс орталығына тиісті нормативтік құқықтық акт әділет органдарында мемлекеттік тіркелгеннен кейін 10 (он) жұмыс күні ішінде осындай өзгерістер және (немесе) толықтырулар туралы ақпаратты жібереді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:p>
-[...33 lines deleted...]
-      20. Осы қағидаларға өзгерістер (және) немесе толықтырулар енгізу кезінде, көрсетілетін қызметті беруші "электрондық үкiметтiң" ақпараттық-коммуникациялық инфрақұрылымының операторына, Бірыңғай байланыс орталығына тиісті нормативтік құқықтық акт әділет органдарында мемлекеттік тіркелгеннен кейін 10 (он) жұмыс күні ішінде осындай өзгерістер және (немесе) толықтырулар туралы ақпаратты жібереді.</w:t>
+    <w:bookmarkStart w:name="z42" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Денсаулық сақтау саласындағы шетелдік мамандар сертификатының қолданылуын растауды, сертификаттауды жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z42" w:id="32"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 3-тарау. Денсаулық сақтау саласындағы шетелдік мамандар сертификатының қолданылуын растауды, сертификаттауды жүргізу тәртібі</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      21-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Қазақстан Республикасының аумағында медициналық және (немесе) фармацевтикалық қызметті жүзеге асыру үшін келген немесе жұмыс беруші тартатын және бұрын Денсаулық сақтау саласындағы маман сертификаты жоқ шетелдік немесе азаматтығы жоқ адам (бұдан әрі - шетелдік маман) білімі мен дағдыларын бағалау қағидаларына сәйкес кәсіптік даярлық бағалауын өткен, клиникалық практикаға жіберу үшін шетелдік маманның сертификатын алу үшін сертификаттаудан өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Шетелдік мамандар кәсіптік медициналық қызметті жүзеге асыру үшін "Назарбаев Университетіне" немесе оның медициналық ұйымдарына, Қазақстан Республикасы Президенті Іс Басқармасының медициналық ұйымдарына, сондай-ақ оқыту мақсатында қосымша білім берудің білім беретін оқу бағдарламаларын іске асыратын және аккредиттелген университеттік ауруханалардың, денсаулық сақтау саласындағы білім беру ұйымдары клиникаларының базасындағы және резидентура базасындағы танылған аккредиттеу органдарының тізіліміне енгізілген аккредиттеу органдарында институционалдық аккредиттеуден өткен жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарына, ұлттық және ғылыми орталықтарға, ғылыми-зерттеу институттары мен жоғары медициналық колледждерге жіберілендерді қоспағанда Қазақстан Республикасынан тыс жерлерде медициналық білім алған шетелдік мамандар, тану қағидаларымен бекітілген білім және (немесе) біліктілігін тану туралы құжаттармен сертификаттауға жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z43" w:id="33"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="35"/>
+    <w:bookmarkStart w:name="z45" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Негізгі еңбек қызметін жүзеге асыру орны бойынша шетелдік маман көрсетілетін қызметті берушіге портал арқылы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2574,89 +3618,89 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтінішті және осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Клиникалық практикаға жіберу үшін шетелдік маманға сертификат беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің (бұдан әрі - № 3 Тізбе) 8-тармағында көрсетілген құжаттар мен мәліметтерді жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қолда бар маман сертификаттын растау кезінде, шетелдік маман құжаттар мен мәліметтерін көрсетілетін қызмет берушіге сертификаттың қолданылу мерзімі аяқталғанға дейін күнтізбелік 30 (отыз) күннен ерте емес ұсынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Көрсетілетін қызметті беруші шетелдік маманның "электрондық үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы бір реттік парольді беру арқылы немесе қысқа мәтіндік хабарлама жіберу арқылы берген келісімі болған жағдайда, "электрондық үкімет" веб-порталының хабарламасына жауап ретінде мәліметтерді алады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының аумағында денсаулық сақтау саласында жоғары және (немесе) жоғары оқу орнынан кейінгі білімнің болуы туралы (2012 жылдан кейін оқуды бітірген шетелдік мамандар үшін) (сервисте болған жағдайда);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2803,1004 +3847,1748 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="37"/>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Көрсетілетін қызметті беруші құжаттар мен мәліметтер келіп түскен күні оларды қабылдайды және тіркейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шетелдік маман жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда, Қазақстан Республикасының еңбек заңнамасына сәйкес өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      26-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Көрсетілетін қызметті беруші портал арқылы келіп түскен шетелдік маманның құжаттары мен мәліметтерін тіркеген сәттен бастап 2 (екі) жұмыс күні ішінде № 3 Тізбенің 8-тармағына сәйкес ұсынылған құжаттар мен мәліметтердің толықтығын тексереді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Клиникалық практикаға жіберу үшін шетелдік маманға сертификат беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінің 8-тармағында көзделген тізбеге сәйкес ұсынылған құжаттардың және (немесе) қолданылу мерзімі өткен құжаттардың толық болмау фактісі анықталған жағдайда, көрсетілетін қызметті беруші 2 (екі) жұмыс күнде көрсетілетін қызметті берушінің уәкілетті адамының электрондық цифрлық қолтаңбасымен куәландырылған, өтінішті одан әрі қараудан дәлелді бас тартуды (еркін нысанда) жібереді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="39"/>
+    <w:bookmarkStart w:name="z49" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Ұсынылған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) дұрыс еместігі, сондай-ақ көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған құжаттардың, деректер мен мәліметтердің осы қағидаларда белгіленген талаптарға сәйкес келмейтіні анықталған жағдайда, көрсетілетін қызметті беруші көрсетілетін қызметті алушыға әкімшілік іс бойынша алдын ала шешімге ӘРПК-ның 73-бабы бойынша өз ұстанымын білдіруге мүмкіндік береді, ол туралы көрсетілетін қызметті алушы алдын ала хабардар етіледі, бірақ мемлекеттік қызмет көрсету нәтижесіне дейін үш жұмыс күнінен кешіктірмей (дәлелді бас тарту).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z50" w:id="40"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z50" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Шетелдік маман оны алған күннен бастап екі жұмыс күнінен кешіктірілмейтін мерзімде алдын ала шешімге қарсылық ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z51" w:id="41"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z51" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Шетелдік маман өз қарсылығын ауызша білдірген жағдайда, көрсетілетін қызметті беруші тыңдау хаттамасын жүргізеді, ол ӘРПК-нің 74-бабына сәйкес ресімдейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z52" w:id="42"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z52" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Көрсетілетін қызметті беруші Заңның 21-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес талап етілетін құжаттар мен мәліметтер тізбесі және осындай құжаттар мен мәліметтер ресімдеу туралы толық және анық ақпаратты қолжетімді нысанда ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертулер болған кезде көрсетілетін қызметті беруші нормативтік құқықтық актілердің құрылымдық элементтеріне сілтемелермен әрбір ескертуді дәлелдейді және шетелдік маманға өз ұстанымын білдіруге мүмкіндік береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. "Клиникалық практикаға жіберу үшін шетелдік маманға сертификат беру" мемлекеттік көрсетілетін қызметі 5 (бес) жұмыс күні ішінде көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z54" w:id="44"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z54" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. Мемлекеттік қызмет көрсету нәтижесі осы қағиданың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша клиникалық практикаға жіберу үшін шетелдік маманның сертификатын беру немесе еркін нысанда мемлекеттік қызмет көрсетуден дәлелді бас тарту болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z55" w:id="45"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z55" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. Көрсетілетін қызметті беруші Мемлекеттік қызметтер көрсету сатысы туралы деректерді Заңның 5-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11) тармақшасына сәйкес мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне енгізеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Процестің сипаттамасын, нысанын, мазмұны мен нәтижесін қамтитын "Клиникалық практикаға жіберу үшін шетелдік маманға сертификат беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де мәліметтер № 3 Тізбеде баяндалған.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z57" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Осы қағидаларға өзгерістер (және) немесе толықтырулар енгізу кезінде, көрсетілетін қызметті беруші "электрондық үкiметтiң" ақпараттық-коммуникациялық инфрақұрылымының операторына, Бірыңғай байланыс орталығына тиісті нормативтік құқықтық акт әділет органдарында мемлекеттік тіркелгеннен кейін 10 (он) жұмыс күні ішінде осындай өзгерістер және (немесе) толықтырулар туралы ақпаратты жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z58" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 - тарау. Денсаулық сақтау саласындағы маманды сертификаттау бойынша көрсетілетін қызметті беруші шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z56" w:id="46"/>
-[...15 lines deleted...]
-      34. Процестің сипаттамасын, нысанын, мазмұны мен нәтижесін қамтитын "Клиникалық практикаға жіберу үшін шетелдік маманға сертификат беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де мәліметтер № 3 Тізбеде баяндалған.</w:t>
+    <w:bookmarkStart w:name="z59" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Көрсетілетін қызметті берушінің және (немесе) олардың қызметкерлерінің мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағым, көрсетілетін қызметті беруші басшысының атына беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z57" w:id="47"/>
-[...57 lines deleted...]
-    <w:bookmarkStart w:name="z60" w:id="50"/>
+    <w:bookmarkStart w:name="z60" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. Қазақстан Республикасы Заңының 25-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тікелей мемлекеттік көрсетілетін қызметті көрсететін көрсетілетін қызметті берушінің атына келіп түскен өтініш берушінің шағымы тіркелген күнінен бастап бес жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z61" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды сотқа дейінгі тәртіппен қарауды жоғары тұрған әкімшілік орган, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) ол тіркелген күннен бастап он бес жұмыс күні ішінде жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z62" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Шағым шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған көрсетілетін қызметті берушіге беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған көрсетілетін қызметті беруші шағым келіп түскен күннен бастап үш жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған көрсетілетін қызметті беруші шағымды қарайтын органға, егер ол үш жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешімін қабылдаса, шағым жібермеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Егер Заңда өзгеше көзделмесе, сотқа дейінгі тәртіппен шағым жасалғаннан кейін сотқа жүгінуге жол беріледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z61" w:id="51"/>
-[...15 lines deleted...]
-      38. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды сотқа дейінгі тәртіппен қарауды жоғары тұрған әкімшілік орган, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) ол тіркелген күннен бастап он бес жұмыс күні ішінде жүргізеді.</w:t>
+    <w:bookmarkStart w:name="z175" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. Халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы маман сертификатын беру, қайта ресімдеу, қолданысын растау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z62" w:id="52"/>
-[...15 lines deleted...]
-      39. Шағым шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған көрсетілетін қызметті берушіге беріледі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Шарттар 5-тараумен толықтырылды - ҚР Денсаулық сақтау министрінің 27.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      41-тармақ алып тастау көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Білім мен дағдыларды бағалау қағидаларына сәйкес бағалау жөніндегі ұйым жүргізетін халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы білім беру бағдарламалары түлектерінің кәсіптік даярлығын бағалаудан, мамандардың кәсіптік даярлығын бағалаудан өткен жеке тұлға халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы маманды сертификаттауға жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z178" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы мамандарды сертификаттау Мамандықтар мен мамандандырулар тізбесіне сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:p>
-[...51 lines deleted...]
-      40. Егер Заңда өзгеше көзделмесе, сотқа дейінгі тәртіппен шағым жасалғаннан кейін сотқа жүгінуге жол беріледі.</w:t>
+    <w:bookmarkStart w:name="z179" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Қазақстан Республикасынан тыс медициналық білім алған жеке тұлға Тану қағидаларына сәйкес оның білімі және (немесе) біліктілігі танылған жағдайда сертификаттауға жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z175" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...105 lines deleted...]
-    <w:bookmarkStart w:name="z180" w:id="58"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      44-тармақ алып тастау көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. Мамандығы бойынша еңбек қызметінде 5 (бес) жылдан астам үзілісі бар мамандар маман сертификатын алу үшін "Денсаулық сақтау саласындағы мамандарға қосымша және формальды емес білім беру қағидаларын, денсаулық сақтау саласындағы қосымша және формальды емес білімнің білім беру бағдарламаларын іске асыратын ұйымдарға қойылатын біліктілік талаптарын, сондай-ақ қосымша және формальды емес білім беру арқылы денсаулық сақтау саласындағы мамандар алған оқудың нәтижелерін тану қағидаларын бекіту туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21847 болып тіркелген) Қазақстан Республикасының Денсаулық сақтау министрінің 2020 жылғы 21 желтоқсандағы № ҚР ДСМ-303/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Қосымша білім беру қағидалары) сәйкес өтініш берілген мамандану бойынша жалпы көлемі кемінде 180 сағат (6 кредит) біліктілікті арттырудан өтеді, Білім мен дағдыларды бағалау қағидаларына сәйкес денсаулық сақтау саласындағы мамандардың кәсіптік даярлығын бағалаудан өтеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z181" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      45-тармақ алып тастау көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Жоғары, жоғары оқу орнынан кейінгі, орта (техникалық және кәсіптік) білімі бар мамандар сертификаттың қолданысын растау үшін Қосымша білім беру қағидаларына сәйкес өтініш берілген мамандану бойынша жалпы көлемі кемінде 120 сағат (4 кредит) біліктілікті арттырудан өтеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z182" w:id="60"/>
+    <w:bookmarkStart w:name="z182" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. "Халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы маман сертификатын беру" мемлекеттік көрсетілетін қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) Қазақстан Республикасы Денсаулық сақтау министрлігі Санитариялық-эпидемиологиялық бақылау комитетінің аумақтық департаменттері (бұдан әрі – көрсетілетін қызметті беруші) "электрондық үкіметтің" www.egov.kz, www.elicense.kz (бұдан әрі – портал) арқылы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z183" w:id="61"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z183" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидаларға 8-қосымшаға сәйкес "Халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы маман сертификатын беру" мемлекеттік көрсетілетін қызмет тізбесінде (бұдан әрі – №3 тізбе) келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z184" w:id="62"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z184" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Осы Қағидаларға 9-қосымшаға сәйкес нысан бойынша берілетін сертификатты алу үшін жеке тұлға (бұдан әрі – көрсетілетін қызметті алушы) №3 тізбенің 8-тармағына сәйкес құжаттарды көрсетілетін қызметті берушіге портал арқылы жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z185" w:id="63"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z185" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Көрсетілетін қызметті беруші құжаттар келіп түскен күні оларды қабылдауды және тіркеуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда, Қазақстан Республикасының еңбек заңнамасына сәйкес өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z186" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      50-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда, көрсетілетін қызметті беруші ұсынылған құжаттар тіркелген сәттен бастап 2 (екі) жұмыс күні ішінде дәлелді бас тартуды дайындайды және жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті беруші басшысының ЭЦҚ қойылған өтінішті одан әрі қараудан дәлелді бас тарту көрсетілетін қызметті алушыға электрондық құжат нысанында жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z187" w:id="65"/>
+    <w:bookmarkStart w:name="z187" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       51. Көрсетілетін қызметті алушы құжаттар пакетін толық ұсынбаған жағдайда көрсетілетін қызметті беруші 5 (бес) жұмыс күні ішінде №3 тізбенің 8-тармағында көрсетілген құжаттардың осы Қағидалардың талаптарына сәйкестігін қарайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оң қорытынды болған кезде көрсетілетін қызметті беруші сертификат ресімдейді және береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z188" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      52-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Қорытындысы теріс болған кезде көрсетілетін қызметті беруші 1 (бір) жұмыс күні ішінде көрсетілетін қызметті алушыны мемлекеттік қызметті көрсетуден дәлелді бас тарту туралы, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымын білдіру мүмкіндігі туралы хабарламаны ресімдейді және жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Хабарламаны көрсетілетін қызметті берушінің лауазымды адамы көрсетілетін қызметті берушінің алдын ала шешімі қабылданған күннен бастап 3 (үш) жұмыс күн бұрын Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің 73-бабы бойынша жібереді. Көрсетілетін қызметті алушы хабарламаны алған күннен бастап 2 (екі) жұмыс күнінен кешіктірмейтін мерзімде көрсетілетін қызметті берушінің алдын ала шешіміне қарсы пікір ұсынуға немесе білдіруге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тыңдау жүргізу нәтижелері бойынша көрсетілетін қызметті беруші шешімді ресімдейді және береді не мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауапты жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z189" w:id="67"/>
+    <w:bookmarkStart w:name="z189" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Мемлекеттік қызметті көрсету нәтижесі сертификат немесе мемлекеттік қызметті көрсетуден дәлелді бас тарту болып табылады, ол электрондық нысанда ресімделеді, көрсетілетін қызметті берушінің уәкілетті адамының ЭЦҚ-мен расталады және көрсетілетін қызметті алушының "жеке кабинетінде" сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z190" w:id="68"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z190" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Көрсетілетін қызметті беруші "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жоғары және/немесе жоғары оқу орнынан кейінгі білімінің бар боулы туралы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3829,108 +5617,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) білім туралы құжаттарды алғаннан кейін атын, әкесінің атын (ол бар болса), тегін өзгерткен көрсетілетін қызметті алушылар үшін атын, әкесінің атын (ол бар болса), тегін ауыстыру немесе неке (ерлі-зайыптылық) туралы немесе некені (ерлі-зайыптылықты) бұзу туралы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өтінім берілген мамандық бойынша қолданыстағы сертификаттың болуы туралы мәліметтерді алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z191" w:id="69"/>
+    <w:bookmarkStart w:name="z191" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Сертификатты растау үшін көрсетілетін қызметті берушіге № 3 тізбесінің 8-тармағына сәйкес құжаттарды портал арқылы жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті беруші осы Қағидалардың 48-52 тармақтарында көзделген осыған ұқсас рәсімдерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z192" w:id="70"/>
+    <w:bookmarkStart w:name="z192" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       56. Сертификатты қайта ресімдеу мынадай: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құжатта қателер (қате жазулар) анықталған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3941,128 +5729,254 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тегі, аты, әкесінің аты (ол бар болса) өзгерген;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасының заңдарында қайта ресімдеу туралы талаптар болған жағдайларда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z193" w:id="71"/>
+    <w:bookmarkStart w:name="z193" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Осы Қағидалардың 54-тармағында көзделген негіздер бойынша сертификатты қайта ресімдеу кезінде көрсетілетін қызметті алушы көрсетілетін қызметті берушіге осы Қағидаларға 10-қосымшада көзделген нысан бойынша өтінішті және № 3 тізбенің 8-тармағына сәйкес құжаттарды портал арқылы жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті беруші осы Қағидалардың 48-52 тармақтарында көзделген осыған ұқсас рәсімдерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z194" w:id="72"/>
+    <w:bookmarkStart w:name="z194" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Осы Қағидалардың 56-тармағында көзделген жағдайларда сертификатты қайта ресімдеу бұрын берілген сертификат туралы мәліметтерді міндетті түрде көрсете отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z195" w:id="73"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z195" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Көрсетілетін қызметті беруші растайтын құжаттар ұсынылмаған немесе тиісінше ресімделмеген жағдайда осы Қағидалардың 56-тармағында көзделген негіздер бойынша бастамалық жасалған сертификатты қайта ресімдеуден бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4518,68 +6432,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(ЖСН)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Тұрғылықты жері ____________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z65" w:id="74"/>
+    <w:bookmarkStart w:name="z65" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда – ҚР Денсаулық сақтау министрінің 20.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4838,50 +6752,184 @@
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(толтырылған күні)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -5099,68 +7147,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z67" w:id="75"/>
+    <w:bookmarkStart w:name="z67" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Клиникалық практикаға жіберу үшін маман сертификатын беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Денсаулық сақтау министрінің 20.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9084,50 +11132,176 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қазақстан Республикасы Бас прокуратурасының Құқықтық статистика және арнайы есепке алу жөніндегі Комитетінің Ақпараттық сервисінен алынған деректерге сәйкес мәлімделген мамандық немесе мамандандыру бойынша медициналық қызметке тыйым салу туралы немесе тыйым салынбау туралы мәліметтер _________________.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: * Біліктілік деңгейі ҚР ДСМ 2020 жылғы 20 желтоқсанындағы ҚР ДСМ-№ 283/2020 бұйрығына "денсаулық сақтау қызметкерлерінің үздіксіз кәсіби даму нәтижелерін растау, біліктілік деңгейлерін беру және растау қағидаларын бекіту туралы" сәйкес көрсетіледі.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9362,105 +11536,112 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z117" w:id="76"/>
+    <w:bookmarkStart w:name="z117" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Дәрілік заттар мен медициналық бұйымдардың айналысы саласындағы маман сертификатын беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда - ҚР Денсаулық сақтау министрінің 26.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -11152,50 +13333,165 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11448,68 +13744,68 @@
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z154" w:id="77"/>
+    <w:bookmarkStart w:name="z154" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Денсаулық сақтау саласындағы маман сертификаты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11626,50 +13922,176 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тіркеу № ____.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Берілген күні 20 ___ жылғы "____" ___________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12140,68 +14562,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>__________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Байланыс телефоны _________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z156" w:id="78"/>
+    <w:bookmarkStart w:name="z156" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Клиникалық практикаға жіберу үшін шетелдік маманға сертификат беру туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-қосымша жаңа редакцияда – ҚР Денсаулық сақтау министрінің 20.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12556,50 +14978,176 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (қолы) (тегі, аты, әкесінің аты (бар болса)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20__ жылы "__" _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12836,68 +15384,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z162" w:id="79"/>
+    <w:bookmarkStart w:name="z162" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Клиникалық практикаға жіберу үшін шетелдік маманға сертификат беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-қосымша жаңа редакцияда - ҚР Денсаулық сақтау министрінің 20.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16529,50 +19077,176 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қазақстан Республикасы Бас прокуратурасының Құқықтық статистика және арнайы есепке алу жөніндегі Комитетінің Ақпараттық сервисінен алынған деректерге сәйкес мәлімделген мамандық немесе мамандандыру бойынша медициналық қызметке тыйым салу туралы немесе тыйым салынбау туралы мәліметтер.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе: * Біліктілік деңгейі ҚР ДСМ 2020 жылғы 20 желтоқсанындағы ҚР ДСМ-№ 283/2020 бұйрығына "денсаулық сақтау қызметкерлерінің үздіксіз кәсіби даму нәтижелерін растау, біліктілік деңгейлерін беру және растау қағидаларын бекіту туралы" сәйкес көрсетіледі.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16825,68 +19499,68 @@
               </w:rPr>
               <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z164" w:id="80"/>
+    <w:bookmarkStart w:name="z164" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Клиникалық практикаға жіберу үшін шетелдік маманның сертификаты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17021,50 +19695,176 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Берілген күні 20 ___ жылғы "____" ___________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшының қолы_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -17314,68 +20114,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">жіберу шарттарына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z196" w:id="81"/>
+    <w:bookmarkStart w:name="z196" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы маман сертификатын беру" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Шарттар 8-қосымшамен толықтырылды - ҚР Денсаулық сақтау министрінің 27.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17389,50 +20189,57 @@
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда көзделген - ҚР Денсаулық сақтау министрінің 26.04.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -19033,50 +21840,165 @@
               <w:t>
 4. Мүмкіндіктері шектеулі адамдар үшін пандус, шақыру түймесі, зағиптар мен нашар көретіндерге арналған тактильді жол, күту залы, құжаттар үлгілері бар тағандар болуы тиіс.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5. Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары gov. egov. kz интернет-ресурсында көрсетілген. Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19677,50 +22599,176 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сертификаттың растлған күні 20 ____ жылғы "____" ___________.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сертификат расталған/қайта рәсәмдеу кезде ӘҚНК № _______ көрсетіледі.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19968,68 +23016,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жіберу шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z199" w:id="82"/>
+    <w:bookmarkStart w:name="z199" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Маман сертификатын қайта ресімдеу үшін өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Шарттар 10-қосымшамен толықтырылды - ҚР Денсаулық сақтау министрінің 27.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20472,50 +23520,176 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       келісім беремін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қолы күні, айы, жылы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -21184,50 +24358,176 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметті көрсету үшін қажетті дербес деректерді жинауға және өңдеуге келісім беремін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қолы күні, айы, жылы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -23176,349 +26476,349 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ ҚР ДСМ-274/2020 бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z89" w:id="83"/>
+    <w:bookmarkStart w:name="z89" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Денсаулық сақтау министрлігiнiң күші жойылған кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z90" w:id="84"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z90" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы мамандарды қоспағанда, денсаулық сақтау саласындағы мамандар үшін біліктілік санатын беру туралы куәлікті беру және қайтарып алу қағидаларын, мерзімдерін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 29 маусымдағы № 531 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11787 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2015 жылғы 10 тамызда жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z91" w:id="85"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z91" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Денсаулық сақтау саласындағы мамандарды сертификаттауды жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 28 тамыздағы № 693 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12134 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2015 жылғы 6 қазанда жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z92" w:id="86"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z92" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Денсаулық сақтау саласындағы ұлттық холдингте және оның еншiлес ұйымдарында, сондай-ақ "Назарбаев Университетінде" немесе оның медициналық ұйымдарында, Қазақстан Республикасы Президентінің Іс басқармасының медициналық ұйымдарында кәсіптік медициналық қызметті жүзеге асыруға шақырылған адамдарды қоспағанда, шетелдік мамандарды клиникалық практикаға жіберу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 18 қыркүйектегі № 733 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 94709 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2015 жылғы 29 қазанда жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z93" w:id="87"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z93" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы мамандарды қоспағанда, денсаулық сақтау саласындағы мамандар үшін біліктілік санатын беру туралы куәлікті беру және қайтарып алу қағидаларын, мерзімдерін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 29 маусымдағы № 531 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2016 жылғы 5 шілдедегі № 596 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14081 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2016 жылғы 11 тамызда жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z94" w:id="88"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z94" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Денсаулық сақтау саласындағы ұлттық холдингте және оның еншiлес ұйымдарында, сондай-ақ "Назарбаев Университетінде" немесе оның медициналық ұйымдарында, Қазақстан Республикасы Президентінің Іс басқармасының медициналық ұйымдарында кәсіптік медициналық қызметті жүзеге асыруға шақырылған адамдарды қоспағанда, шетелдік мамандарды клиникалық практикаға жіберу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 18 қыркүйектегі № 733 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2017 жылғы 26 мамырдағы № 337 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15272 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде 2017 жылғы 11 шілдеде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z95" w:id="89"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z95" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің кейбір бұйрықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2018 жылғы 3 қаңтардағы № 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16238 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде 2018 жылғы 26 қаңтарда жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z96" w:id="90"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z96" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Денсаулық сақтау саласындағы ұлттық холдингте және оның еншiлес ұйымдарында, сондай-ақ "Назарбаев Университетінде" немесе оның медициналық ұйымдарында, Қазақстан Республикасы Президентінің Іс басқармасының медициналық ұйымдарында кәсіптік медициналық қызметті жүзеге асыруға шақырылған адамдарды қоспағанда, шетелдік мамандарды клиникалық практикаға жіберу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 18 қыркүйектегі № 733 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2019 жылғы 17 мамырдағы № ҚР ДСМ-81 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18701 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде 2019 жылғы 30 мамырда жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z97" w:id="91"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z97" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Денсаулық сақтау саласындағы кейбір бұйрықтарға өзгерістер енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 4 сәуірдегі № ҚР ДСМ-27/2020 бұйрығымен бекітілген Өзгерістер енгізілетін денсаулық сақтау саласындағы кейбір бұйрықтардың тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23553,105 +26853,105 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармақтары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20333 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде 2020 жылғы 13 сәуірде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -23977,31 +27277,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>