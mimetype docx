--- v1 (2025-11-26)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="739f5c4" w14:textId="739f5c4">
+    <w:p w14:paraId="e35bf0c" w14:textId="e35bf0c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,222 +76,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Денсаулық сақтау саласындағы маманды сертификаттауды жүргізу, шетелдік мамандарды қоса алғанда, денсаулық сақтау саласындағы маман сертификатының қолданысын растау қағидаларын, сондай-ақ Қазақстан Республикасынан тыс жерлерде денсаулық сақтау саласында медициналық және (немесе) фармацевтикалық білім алған адамды денсаулық сақтау саласындағы маманды сертификаттауға жіберу шарттарын бекіту туралы</w:t>
+        <w:t>Денсаулық сақтау саласындағы маманды сертификаттауды жүргізу, шетелдік мамандарды қоса алғанда, денсаулық сақтау саласындағы маман сертификатының қолданысын растау қағидаларын, сондай-ақ Қазақстан Республикасынан тыс жерлерде медициналық білім алған адамды денсаулық сақтау саласындағы маманды сертификаттауға жіберу шарттарын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 15 желтоқсандағы № ҚР ДСМ-274/2020 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 20 желтоқсанда № 21818 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырыбы жаңа редакцияда - ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Тақырып жаңа редакцияда көзделген - </w:t>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
-[...87 lines deleted...]
-        <w:t xml:space="preserve"> (24.11.2022 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының Кодексі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -391,360 +275,254 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...107 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес Денсаулық сақтау саласындағы маманды сертификаттауды жүргізу, шетелдік мамандарды қоса алғанда, денсаулық сақтау саласындағы маман сертификатының қолданысын растау қағидаларын, сондай-ақ Қазақстан Республикасынан тыс жерлерде денсаулық сақтау саласында медициналық және (немесе) фармацевтикалық білім алған адамды денсаулық сақтау саласындағы маманды сертификаттауға жіберу шарттары бекітілсін.</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> сәйкес Денсаулық сақтау саласындағы маманды сертификаттауды жүргізу, шетелдік мамандарды қоса алғанда, денсаулық сақтау саласындағы маман сертификатының қолданысын растау қағидаларын, сондай-ақ Қазақстан Республикасынан тыс жерлерде медициналық білім алған адамды денсаулық сақтау саласындағы маманды сертификаттауға жіберу шарттары бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 15.11.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ ҚР ДСМ-134</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (24.11.2022 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Денсаулық сақтау министрлігінің кейбір бұйрықтарының күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Денсаулық сақтау министрлігінің Медициналық және фармацевтикалық бақылау комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықты Қазақстан Республикасы Денсаулық сақтау министрлігінің ресми интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -759,91 +537,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Денсаулық сақтау министрлігінің Заң департаментіне ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Денсаулық сақтау вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1087,960 +865,632 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-274/2020 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...15 lines deleted...]
-      </w:r>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Денсаулық сақтау саласындағы маманды сертификаттауды жүргізу, шетелдік мамандарды қоса алғанда, денсаулық сақтау саласындағы маман сертификатының қолданысын растау қағидаларын, сондай-ақ Қазақстан Республикасынан тыс жерлерде медициналық білім алған адамды денсаулық сақтау саласындағы маманды сертификаттауға жіберу шарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Тақырып жаңа редакцияда көзделген - </w:t>
-[...79 lines deleted...]
-          <w:color w:val="ff0000"/>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Шарттары жаңа редакцияда - ҚР Денсаулық сақтау министрінің 15.11.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ ҚР ДСМ-134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (24.11.2022 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Осы Денсаулық сақтау саласындағы маманды сертификаттауды жүргізу, шетелдік мамандарды қоса алғанда, денсаулық сақтау саласындағы маман сертификатының қолданысын растау қағидаларын, сондай-ақ Қазақстан Республикасынан тыс жерлерде медициналық білім алған адамды денсаулық сақтау саласындағы маманды сертификаттауға жіберу шарттары (бұдан әрі – Қағидалары) "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының кодексі (бұдан әрі – Кодекс) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>27-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-тармағына және "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының Заңы (бұдан әрі –Заң) 10-бабынының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және денсаулық сақтау саласындағы сертификатты алу, шетелдік мамандарды қоса алғанда, денсаулық сақтау саласындағы маман сертификатының қолданысын растау тәртібін, сондай – ақ Қазақстан Республикасынан тыс жерлерде медициналық білім алған адамды денсаулық сақтау саласындағы маманды сертификаттауға жіберу шарттарын айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ ҚР ДСМ-134</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (24.11.2022 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидада мынадай ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z204" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әкімшілік құжаттың нөмірі мен коды (бұдан әрі – ӘҚНК) – электрондық құжатқа рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесімен берілетін нөмір;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z205" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) денсаулық сақтау саласындағы білім беру бағдарламалары түлектерінің кәсіптік даярлығын бағалау - денсаулық сақтау саласындағы білім беру бағдарламалары түлектерінің біліктілігінің Денсаулық сақтау саласындағы кәсіптік стандарт талаптарына сәйкестігін айқындау мақсатында жүргізілетін білім мен дағдыларды бағалау рәсімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z206" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) денсаулық сақтау саласындағы маман сертификаты (бұдан әрі – маман сертификаты) - жеке тұлғаның біліктілігін және клиникалық немесе фармацевтикалық практикаға немесе халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы қызметке дайындығын қоса алғанда, оның денсаулық сақтау саласындағы кәсіптік қызметке дайындығын растайтын, белгіленген үлгідегі құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z207" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) денсаулық сақтау саласындағы маманды сертификаттау (бұдан әрі - сертификаттау) - жеке тұлға біліктілігінің денсаулық сақтау саласындағы салалық біліктілік шеңберінде және кәсіптік стандарттарда белгіленген біліктілік талаптарына сәйкестігін айқындау рәсімі, сондай-ақ клиникалық немесе фармацевтикалық практикаға немесе халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы қызметке дайындықты қоса алғанда, денсаулық сақтау саласындағы кәсіптік қызметке дайындықты айқындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z208" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) денсаулық сақтау саласындағы уәкілетті орган (бұдан әрі - уәкілетті орган) - Қазақстан Республикасы азаматтарының денсаулығын сақтау, медицина және фармацевтика ғылымы, медициналық және фармацевтикалық білім беру, халықтың санитариялық-эпидемиологиялық саламаттылығы, дәрілік заттар мен медициналық бұйымдардың айналысы, медициналық қызметтер (көмек) көрсетудің сапасы саласында басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z209" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы маман – санитариялық-эпидемиологиялық мониторинг, санитариялық-эпидемиологиялық сараптама, гигиеналық оқыту, санитариялық-эпидемиологиялық аудит, дезинфекция, дезинсекция және дератизация жүргізу, халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы ұйымда халықтың санитариялық-эпидемиологиялық саламаттылығы тәуекелдерінің дәрежесін бағалау бойынша функцияларды жүзеге асыруды қамтитын еңбек міндеттерін орындайтын жеке тұлға немесе сертификат алуға үміткер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 27.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Маман сертификаты әрбір 5 (бес) жыл сайын расталуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-[...19 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> 2-тарау. Денсаулық сақтау саласындағы маманды сертификаттауды жүргізу, шетелдік мамандарды қоса алғанда, денсаулық сақтау саласындағы маман сертификатының қолданысын растау қағидаларын, сондай-ақ Қазақстан Республикасынан тыс жерлерде медициналық білім алған адамды денсаулық сақтау саласындағы маманды сертификаттауға жіберу шарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. 2-тараудың тақырыбы жаңа редакцияда - ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - </w:t>
-[...438 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
-      <w:r>
-[...176 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 11 желтоқсандағы № ҚР ДСМ-249/2020 "Денсаулық сақтау саласындағы білім беру бағдарламалары білім алушыларының білімі мен дағдыларын бағалау, түлектерінің кәсіптік даярлығын бағалау, денсаулық сақтау саласындағы мамандардың кәсіптік даярлығын бағалау қағидалары" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес (бұдан әрі – білім мен дағдыларды бағалау қағидасы) (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21763 болып тіркелген) сәйкес бағалау жөніндегі ұйым жүргізетін кәсіптік даярлығын бағалаудан өткен мамандар клиникалық немесе фармацевтикалық практикаға жіберу үшін сертификаттаудан (бұдан әрі - көрсетілетін қызметті алушы) біліктілік деңгейіне сәйкес өтеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Біліктілік деңгейін беруге немесе растауға өтініш беруші емес көрсетілетін қызметті алушы кәсіптік даярлықты бағалау нәтижесін ұсынбайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2097,51 +1547,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:bookmarkStart w:name="z26" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Қазақстан Республикасынан тыс жерлерде денсаулық сақтау саласында Медициналық және (немесе) фармацевтикалық білім алған көрсетілетін қызметті алушылар "орта, техникалық және кәсіптік туралы құжаттарды тану қағидаларын бекіту туралы" Қазақстан Республикасы Оқу-ағарту министрінің 2023 жылғы 28 шілдедегі № 230 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2156,51 +1606,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес білімі және (немесе) біліктілігі танылған жағдайда сертификаттауға жіберіледі, (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33219 болып тіркелген) және "білім туралы құжаттарды тану қағидаларын бекіту туралы" Қазақстан Республикасы Ғылым және жоғары білім министрінің 2023 жылғы 12 маусымдағы № </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>268</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32800 болып тіркелген) (бұдан әрі - тану қағидалары).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2219,90 +1669,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Көрсетілетін қызметті алушы сертификаттаудан өту және қолданыстағы маман сертификатын растау үшін "электрондық үкімет" веб-порталы арқылы www.egov.kz, www.elicense.kz (бұдан әрі – портал) Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық және фармацевтикалық бақылау комитетінің аумақтық департаментіне (бұдан әрі-көрсетілетін қызметті беруші) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Медициналық білімі бар көрсетілетін қызметті алушы осы қағиданың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2397,110 +1847,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Қолданыстағы маман сертификатын растауға арналған құжаттар мен мәліметтерді көрсетілетін қызметті алушы оның қолданылу мерзімі аяқталғанға дейін күнтізбелік 30 (отыз) күннен ерте емес ұсынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z29" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Маман сертификаты Қазақстан Республикасы Денсаулық сақтау Министрінің 2020 жылғы 30 қарашадағы № ҚР ДСМ-218/2020 "Денсаулық сақтау саласындағы мамандарды сертификаттауға жататын мамандықтар мен маманданулардың тізбесін бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21699 болып тіркелген) (бұдан әрі - Мамандықтар мен маманданулардың тізбесі) сәйкес беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2518,177 +1968,71 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...125 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Көрсетілетін қызметті беруші "электрондық үкімет" шлюзі арқылы келісі тиісті мемлекеттік ақпараттық жүйелерден алады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2012 жылдан кейін оқуды бітірген көрсетілген қызметті алушылар үшін денсаулық сақтау саласында жоғары және (немесе) жоғары орнынан кейінгі білімі туралы (сервисте болған жағдайда);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2788,822 +2132,724 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес көрсетілген қызметті алушының еңбек қызметін растайтын құжаттары (сервисте қызметкерлердің бейіндері және еңбек шарттарын есепке алу туралы мәліметтер болған жағдайда);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      денсаулық сақтау жүйесі қызметкерлерінің үздіксіз кәсіби даму нәтижесін растайтын құжаттар бойынша (сервисте мәліметтер болған жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мамандандыру бойынша қосымшасы бар сертификаттау курсы куәлігі (транскрипт) (мамандандыру бойынша маман сертификатын алуға үміткер көрсетілетін қызметті алушылар үшін) (сервисте мәліметтер болған жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       Қазақстан Республикасы Бас прокуратурасының Құқықтық статистика және арнайы есепке алу жөніндегі комитетінің ақпараттық сервисінен алынған деректерге сәйкес мәлімделген мамандық немесе мамандандыру бойынша медициналық немесе фармацевтикалық қызметке тыйым салу немесе тыйым салынбау туралы (сервисте болған жағдайда).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушыға ақпараттық жүйелерден алуға болатын құжаттар мен мәліметтерді талап етуін жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 20.06.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 23</w:t>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда – ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бұйрығымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
-[...9 lines deleted...]
-        <w:t>қолданысқа</w:t>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> енгізіледі).</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Көрсетілетін қызметті беруші құжаттар мен мәліметтер келіп түскен күні оларды қабылдайды және тіркейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда, Қазақстан Республикасының еңбек заңнамасына сәйкес өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Көрсетілетін қызметті беруші портал арқылы келіп түскен көрсетілетін қызметті алушының құжаттары мен мәліметтерін тіркеген сәттен бастап 2 (екі) жұмыс күні ішінде № 1 Тізбенің 8-тармағына немесе № 2 Тізбенің 8-тармағына сәйкес ұсынылған құжаттар мен мәліметтердің толықтығын тексереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № 1 Тізбенің 8-тармағына немесе № 2 Тізбенің 8-тармағына және (немесе) қолданылу мерзімі өткен құжаттарға сәйкес ұсынылған құжаттар мен мәліметтердің толық болмау фактісі анықталған кезде көрсетілетін қызметті беруші 2 (екі) жұмыс күні ішінде көрсетілетін қызметті берушінің уәкілетті тұлғасының электрондық цифрлық қолтаңбасымен расталған өтінішті қабылдаудан бас тартуды (еркін нысанда) жібереді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...110 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="22"/>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Ұсынылған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) дұрыс еместігі, сондай-ақ көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған құжаттардың, деректер мен мәліметтердің осы қағидаларда белгіленген талаптарға сәйкес келмейтіні анықталған жағдайда, көрсетілетін қызметті беруші көрсетілетін қызметті алушыға Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі – ӘРПК ) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>73-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бойынша әкімшілік іс бойынша алдын ала шешімге өз ұстанымын білдіруге мүмкіндік береді, ол туралы көрсетілетін қызметті алушы алдын ала, бірақ мемлекеттік қызмет көрсету нәтижесіне дейін үш жұмыс күнінен кешіктірмей хабардар етіледі (дәлелді бас тарту).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z34" w:id="23"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z34" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Көрсетілетін қызметті алушы алдын ала шешімге қарсылықты оны алған күннен бастап екі жұмыс күнінен кешіктірілмейтін мерзімде ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z35" w:id="24"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z35" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Көрсетілетін қызметті алушы өзінің қарсылығын ауызша білдірген жағдайда, көрсетілетін қызметті беруші тыңдау хаттамасын жүргізеді, ол ӘРПК-нің 74-бабына сәйкес ресімдейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z36" w:id="25"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z36" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Көрсетілетін қызметті беруші Заңның 21-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес талап етілетін құжаттар мен мәліметтер тізбесі және осындай құжаттар мен мәліметтерді ресімдеу туралы толық және анық ақпаратты қолжетімді нысанда ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертулер болған кезде көрсетілетін қызметті беруші нормативтік құқықтық актілердің құрылымдық элементтеріне сілтеме жасай отырып, әрбір ескертуді дәлелдейді және көрсетілетін қызметті алушыға өз ұстанымын білдіруге мүмкіндік береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="26"/>
+    <w:bookmarkStart w:name="z37" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. "Клиникалық практикаға жіберу үшін маман сертификатын беру" және "дәрілік заттар мен медициналық бұйымдардың айналысы саласындағы маман сертификатын беру" мемлекеттік көрсетілетін қызметі тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z38" w:id="27"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z38" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Мемлекеттік қызметтерді көрсету нәтижесі осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша денсаулық сақтау саласындағы маман сертификатын беру не мемлекеттік қызметті көрсетуден дәлелді бас тарту болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z39" w:id="28"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z39" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Көрсетілетін қызметті беруші мемлекеттік қызметтер көрсету сатысы туралы деректерді Заңның 5-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11)-тармақшасына сәйкес мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z40" w:id="29"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z40" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Процестің сипаттамасын, нысанын, мазмұны мен нәтижесін қамтитын "Клиникалық практикаға жіберу үшін маман сертификатын беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де мәліметтер № 1 Тізбеде баяндалған. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Процестің сипаттамасын, нысанын, мазмұны мен нәтижесін қамтитын "Дәрілік заттар мен медициналық бұйымдар айналысы саласындағы маман сертификатын беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де мәліметтер № 2 Тізбеде баяндалған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="30"/>
+    <w:bookmarkStart w:name="z41" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Осы қағидаларға өзгерістер (және) немесе толықтырулар енгізу кезінде, көрсетілетін қызметті беруші "электрондық үкiметтiң" ақпараттық-коммуникациялық инфрақұрылымының операторына, Бірыңғай байланыс орталығына тиісті нормативтік құқықтық акт әділет органдарында мемлекеттік тіркелгеннен кейін 10 (он) жұмыс күні ішінде осындай өзгерістер және (немесе) толықтырулар туралы ақпаратты жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z42" w:id="31"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z42" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Денсаулық сақтау саласындағы шетелдік мамандар сертификатының қолданылуын растауды, сертификаттауды жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Қазақстан Республикасының аумағында медициналық қызметті жүзеге асыру үшін келген немесе жұмыс беруші тартатын және бұрын Денсаулық сақтау саласындағы маман сертификаты жоқ шетелдік немесе азаматтығы жоқ адам (бұдан әрі - шетелдік маман) білімі мен дағдыларын бағалау қағидаларына сәйкес кәсіптік даярлық бағалауын өткен, клиникалық практикаға жіберу үшін шетелдік маманның сертификатын алу үшін сертификаттаудан өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...78 lines deleted...]
-    <w:bookmarkStart w:name="z44" w:id="32"/>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Шетелдік мамандар кәсіптік медициналық қызметті жүзеге асыру үшін "Назарбаев Университетіне" немесе оның медициналық ұйымдарына, Қазақстан Республикасы Президенті Іс Басқармасының медициналық ұйымдарына, сондай-ақ оқыту мақсатында қосымша білім берудің білім беретін оқу бағдарламаларын іске асыратын және аккредиттелген университеттік ауруханалардың, денсаулық сақтау саласындағы білім беру ұйымдары клиникаларының базасындағы және резидентура базасындағы танылған аккредиттеу органдарының тізіліміне енгізілген аккредиттеу органдарында институционалдық аккредиттеуден өткен жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарына, ұлттық және ғылыми орталықтарға, ғылыми-зерттеу институттары мен жоғары медициналық колледждерге жіберілендерді қоспағанда Қазақстан Республикасынан тыс жерлерде медициналық білім алған шетелдік мамандар, тану қағидаларымен бекітілген білім және (немесе) біліктілігін тану туралы құжаттармен сертификаттауға жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z45" w:id="33"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z45" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Негізгі еңбек қызметін жүзеге асыру орны бойынша шетелдік маман көрсетілетін қызметті берушіге портал арқылы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3618,89 +2864,89 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтінішті және осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Клиникалық практикаға жіберу үшін шетелдік маманға сертификат беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің (бұдан әрі - № 3 Тізбе) 8-тармағында көрсетілген құжаттар мен мәліметтерді жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қолда бар маман сертификаттын растау кезінде, шетелдік маман құжаттар мен мәліметтерін көрсетілетін қызмет берушіге сертификаттың қолданылу мерзімі аяқталғанға дейін күнтізбелік 30 (отыз) күннен ерте емес ұсынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:bookmarkStart w:name="z46" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Көрсетілетін қызметті беруші шетелдік маманның "электрондық үкімет" веб-порталында тіркелген пайдаланушының ұялы байланысының абоненттік нөмірі арқылы бір реттік парольді беру арқылы немесе қысқа мәтіндік хабарлама жіберу арқылы берген келісімі болған жағдайда, "электрондық үкімет" веб-порталының хабарламасына жауап ретінде мәліметтерді алады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының аумағында денсаулық сақтау саласында жоғары және (немесе) жоғары оқу орнынан кейінгі білімнің болуы туралы (2012 жылдан кейін оқуды бітірген шетелдік мамандар үшін) (сервисте болған жағдайда);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3847,1748 +3093,1306 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:bookmarkStart w:name="z47" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Көрсетілетін қызметті беруші құжаттар мен мәліметтер келіп түскен күні оларды қабылдайды және тіркейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шетелдік маман жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда, Қазақстан Республикасының еңбек заңнамасына сәйкес өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Көрсетілетін қызметті беруші портал арқылы келіп түскен шетелдік маманның құжаттары мен мәліметтерін тіркеген сәттен бастап 2 (екі) жұмыс күні ішінде № 3 Тізбенің 8-тармағына сәйкес ұсынылған құжаттар мен мәліметтердің толықтығын тексереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Клиникалық практикаға жіберу үшін шетелдік маманға сертификат беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінің 8-тармағында көзделген тізбеге сәйкес ұсынылған құжаттардың және (немесе) қолданылу мерзімі өткен құжаттардың толық болмау фактісі анықталған жағдайда, көрсетілетін қызметті беруші 2 (екі) жұмыс күнде көрсетілетін қызметті берушінің уәкілетті адамының электрондық цифрлық қолтаңбасымен куәландырылған, өтінішті қабылдаудан бас тартуды (еркін нысанда) жібереді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...110 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="36"/>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Ұсынылған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) дұрыс еместігі, сондай-ақ көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған құжаттардың, деректер мен мәліметтердің осы қағидаларда белгіленген талаптарға сәйкес келмейтіні анықталған жағдайда, көрсетілетін қызметті беруші көрсетілетін қызметті алушыға әкімшілік іс бойынша алдын ала шешімге ӘРПК-ның 73-бабы бойынша өз ұстанымын білдіруге мүмкіндік береді, ол туралы көрсетілетін қызметті алушы алдын ала хабардар етіледі, бірақ мемлекеттік қызмет көрсету нәтижесіне дейін үш жұмыс күнінен кешіктірмей (дәлелді бас тарту).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z50" w:id="37"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z50" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Шетелдік маман оны алған күннен бастап екі жұмыс күнінен кешіктірілмейтін мерзімде алдын ала шешімге қарсылық ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z51" w:id="38"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z51" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Шетелдік маман өз қарсылығын ауызша білдірген жағдайда, көрсетілетін қызметті беруші тыңдау хаттамасын жүргізеді, ол ӘРПК-нің 74-бабына сәйкес ресімдейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z52" w:id="39"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z52" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Көрсетілетін қызметті беруші Заңның 21-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес талап етілетін құжаттар мен мәліметтер тізбесі және осындай құжаттар мен мәліметтер ресімдеу туралы толық және анық ақпаратты қолжетімді нысанда ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертулер болған кезде көрсетілетін қызметті беруші нормативтік құқықтық актілердің құрылымдық элементтеріне сілтемелермен әрбір ескертуді дәлелдейді және шетелдік маманға өз ұстанымын білдіруге мүмкіндік береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="40"/>
+    <w:bookmarkStart w:name="z53" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. "Клиникалық практикаға жіберу үшін шетелдік маманға сертификат беру" мемлекеттік көрсетілетін қызметі 5 (бес) жұмыс күні ішінде көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z54" w:id="41"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z54" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. Мемлекеттік қызмет көрсету нәтижесі осы қағиданың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша клиникалық практикаға жіберу үшін шетелдік маманның сертификатын беру немесе еркін нысанда мемлекеттік қызмет көрсетуден дәлелді бас тарту болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z55" w:id="42"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z55" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. Көрсетілетін қызметті беруші Мемлекеттік қызметтер көрсету сатысы туралы деректерді Заңның 5-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11) тармақшасына сәйкес мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z56" w:id="43"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z56" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Процестің сипаттамасын, нысанын, мазмұны мен нәтижесін қамтитын "Клиникалық практикаға жіберу үшін шетелдік маманға сертификат беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де мәліметтер № 3 Тізбеде баяндалған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z57" w:id="44"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z57" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Осы қағидаларға өзгерістер (және) немесе толықтырулар енгізу кезінде, көрсетілетін қызметті беруші "электрондық үкiметтiң" ақпараттық-коммуникациялық инфрақұрылымының операторына, Бірыңғай байланыс орталығына тиісті нормативтік құқықтық акт әділет органдарында мемлекеттік тіркелгеннен кейін 10 (он) жұмыс күні ішінде осындай өзгерістер және (немесе) толықтырулар туралы ақпаратты жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z58" w:id="45"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z58" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4 - тарау. Денсаулық сақтау саласындағы маманды сертификаттау бойынша көрсетілетін қызметті беруші шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z59" w:id="46"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z59" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Көрсетілетін қызметті берушінің және (немесе) олардың қызметкерлерінің мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағым, көрсетілетін қызметті беруші басшысының атына беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z60" w:id="47"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z60" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. Қазақстан Республикасы Заңының 25-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тікелей мемлекеттік көрсетілетін қызметті көрсететін көрсетілетін қызметті берушінің атына келіп түскен өтініш берушінің шағымы тіркелген күнінен бастап бес жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z61" w:id="48"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z61" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды сотқа дейінгі тәртіппен қарауды жоғары тұрған әкімшілік орган, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) ол тіркелген күннен бастап он бес жұмыс күні ішінде жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z62" w:id="49"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z62" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Шағым шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған көрсетілетін қызметті берушіге беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған көрсетілетін қызметті беруші шағым келіп түскен күннен бастап үш жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған көрсетілетін қызметті беруші шағымды қарайтын органға, егер ол үш жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешімін қабылдаса, шағым жібермеуге құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="50"/>
+    <w:bookmarkStart w:name="z63" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Егер Заңда өзгеше көзделмесе, сотқа дейінгі тәртіппен шағым жасалғаннан кейін сотқа жүгінуге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z175" w:id="51"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z175" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы маман сертификатын беру, қайта ресімдеу, қолданысын растау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z177" w:id="61"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Шарттар 5-тараумен толықтырылды - ҚР Денсаулық сақтау министрінің 27.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">41. Алып тасталды - ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z178" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы мамандарды сертификаттау Мамандықтар мен мамандандырулар тізбесіне сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z179" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. Қазақстан Республикасынан тыс медициналық білім алған жеке тұлға Тану қағидаларына сәйкес оның білімі және (немесе) біліктілігі танылған жағдайда сертификаттауға жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Шарттар 5-тараумен толықтырылды - ҚР Денсаулық сақтау министрінің 27.01.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 18</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">44. Алып тасталды - ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">45. Алып тасталды - ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z182" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. "Халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы маман сертификатын беру" мемлекеттік көрсетілетін қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) Қазақстан Республикасы Денсаулық сақтау министрлігі Санитариялық-эпидемиологиялық бақылау комитетінің аумақтық департаменттері (бұдан әрі – көрсетілетін қызметті беруші) "электрондық үкіметтің" www.egov.kz, www.elicense.kz (бұдан әрі – портал) арқылы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z183" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидаларға 8-қосымшаға сәйкес "Халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы маман сертификатын беру" мемлекеттік көрсетілетін қызмет тізбесінде (бұдан әрі – №3 тізбе) келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z184" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Осы Қағидаларға 9-қосымшаға сәйкес нысан бойынша берілетін сертификатты алу үшін жеке тұлға (бұдан әрі – көрсетілетін қызметті алушы) №3 тізбенің 8-тармағына сәйкес құжаттарды көрсетілетін қызметті берушіге портал арқылы жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z185" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Көрсетілетін қызметті беруші құжаттар келіп түскен күні оларды қабылдауды және тіркеуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда, Қазақстан Республикасының еңбек заңнамасына сәйкес өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z186" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда, көрсетілетін қызметті беруші ұсынылған құжаттар тіркелген сәттен бастап 2 (екі) жұмыс күні ішінде өтінішті қабылдаудан бас тартуды дайындайды және жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті беруші басшысының ЭЦҚ қойылған өтінішті қабылдаудан бас тарту көрсетілетін қызметті алушыға электрондық құжат нысанында жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      41-тармақ алып тастау көзделген - </w:t>
+        <w:t xml:space="preserve">      Ескерту. 50-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 140</w:t>
-[...95 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...550 lines deleted...]
-    <w:bookmarkStart w:name="z187" w:id="58"/>
+    </w:p>
+    <w:bookmarkStart w:name="z187" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       51. Көрсетілетін қызметті алушы құжаттар пакетін толық ұсынбаған жағдайда көрсетілетін қызметті беруші 5 (бес) жұмыс күні ішінде №3 тізбенің 8-тармағында көрсетілген құжаттардың осы Қағидалардың талаптарына сәйкестігін қарайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оң қорытынды болған кезде көрсетілетін қызметті беруші сертификат ресімдейді және береді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z188" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      52. Қорытындысы теріс болған кезде көрсетілетін қызметті беруші 1 (бір) жұмыс күні ішінде көрсетілетін қызметті алушыны Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі – ӘРПК) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>66-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген бір тәсілмен мемлекеттік қызметті көрсетуден дәлелді бас тарту туралы, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымын білдіру мүмкіндігі туралы хабарламаны ресімдейді және жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хабарламаны көрсетілетін қызметті берушінің лауазымды адамы көрсетілетін қызметті берушінің алдын ала шешімі қабылданған күннен бастап 3 (үш) жұмыс күн бұрын ӘРПК 73-бабы бойынша жібереді. Көрсетілетін қызметті алушы хабарламаны алған күннен бастап 2 (екі) жұмыс күнінен кешіктірмейтін мерзімде көрсетілетін қызметті берушінің алдын ала шешіміне қарсы пікір ұсынуға немесе білдіруге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау жүргізу нәтижелері бойынша көрсетілетін қызметті беруші шешімді ресімдейді және береді не мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауапты жібереді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 52-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...128 lines deleted...]
-    <w:bookmarkStart w:name="z189" w:id="59"/>
+    </w:p>
+    <w:bookmarkStart w:name="z189" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Мемлекеттік қызметті көрсету нәтижесі сертификат немесе мемлекеттік қызметті көрсетуден дәлелді бас тарту болып табылады, ол электрондық нысанда ресімделеді, көрсетілетін қызметті берушінің уәкілетті адамының ЭЦҚ-мен расталады және көрсетілетін қызметті алушының "жеке кабинетінде" сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z190" w:id="60"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z190" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Көрсетілетін қызметті беруші "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жоғары және/немесе жоғары оқу орнынан кейінгі білімінің бар боулы туралы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5617,108 +4421,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) білім туралы құжаттарды алғаннан кейін атын, әкесінің атын (ол бар болса), тегін өзгерткен көрсетілетін қызметті алушылар үшін атын, әкесінің атын (ол бар болса), тегін ауыстыру немесе неке (ерлі-зайыптылық) туралы немесе некені (ерлі-зайыптылықты) бұзу туралы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өтінім берілген мамандық бойынша қолданыстағы сертификаттың болуы туралы мәліметтерді алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z191" w:id="61"/>
+    <w:bookmarkStart w:name="z191" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Сертификатты растау үшін көрсетілетін қызметті берушіге № 3 тізбесінің 8-тармағына сәйкес құжаттарды портал арқылы жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті беруші осы Қағидалардың 48-52 тармақтарында көзделген осыған ұқсас рәсімдерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z192" w:id="62"/>
+    <w:bookmarkStart w:name="z192" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       56. Сертификатты қайта ресімдеу мынадай: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құжатта қателер (қате жазулар) анықталған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5729,254 +4533,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тегі, аты, әкесінің аты (ол бар болса) өзгерген;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасының заңдарында қайта ресімдеу туралы талаптар болған жағдайларда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z193" w:id="63"/>
+    <w:bookmarkStart w:name="z193" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Осы Қағидалардың 54-тармағында көзделген негіздер бойынша сертификатты қайта ресімдеу кезінде көрсетілетін қызметті алушы көрсетілетін қызметті берушіге осы Қағидаларға 10-қосымшада көзделген нысан бойынша өтінішті және № 3 тізбенің 8-тармағына сәйкес құжаттарды портал арқылы жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті беруші осы Қағидалардың 48-52 тармақтарында көзделген осыған ұқсас рәсімдерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z194" w:id="64"/>
+    <w:bookmarkStart w:name="z194" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Осы Қағидалардың 56-тармағында көзделген жағдайларда сертификатты қайта ресімдеу бұрын берілген сертификат туралы мәліметтерді міндетті түрде көрсете отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z195" w:id="65"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z195" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Көрсетілетін қызметті беруші растайтын құжаттар ұсынылмаған немесе тиісінше ресімделмеген жағдайда осы Қағидалардың 56-тармағында көзделген негіздер бойынша бастамалық жасалған сертификатты қайта ресімдеуден бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-[...125 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="77"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6010,708 +4688,228 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Денсаулық сақтау саласындағы </w:t>
+              <w:t>Денсаулық сақтау саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">маманды сертификаттауды </w:t>
+              <w:t>маманды сертификаттауды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жүргізу, шетелдік мамандарды </w:t>
+              <w:t>жүргізу, шетелдік мамандарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қоса алғанда, денсаулық сақтау </w:t>
+              <w:t>қоса алғанда, денсаулық сақтау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласындағы маман </w:t>
+              <w:t>саласындағы маман</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сертификатының қолданысын </w:t>
+              <w:t>сертификатының қолданысын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">растау қағидаларын, сондай-ақ </w:t>
+              <w:t>растау қағидаларын, сондай-ақ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасынан тыс </w:t>
+              <w:t>Қазақстан Республикасынан тыс</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жерлерде денсаулық сақтау </w:t>
+              <w:t>жерлерде медициналық білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласында медициналық және </w:t>
+              <w:t>алған адамды денсаулық сақтау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(немесе) фармацевтикалық білім </w:t>
+              <w:t>саласындағы маманды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">алған адамды денсаулық сақтау </w:t>
+              <w:t>сертификаттауға жіберу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласындағы маманды </w:t>
-[...259 lines deleted...]
-              <w:t>Тұрғылықты жері ____________</w:t>
+              <w:t>шарттарына 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z65" w:id="66"/>
-[...234 lines deleted...]
-      ____________________________ </w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6747,170 +4945,457 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(толтырылған күні)</w:t>
+              <w:t>_________________ басшысына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мемлекеттік органның атауы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(тегі, аты, әкесінің аты (бар болса), жеке сәйкестендіру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нөмірі (ЖСН)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тұрғылықты жері ___________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...15 lines deleted...]
-      </w:r>
+    <w:bookmarkStart w:name="z65" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда – ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      2-қосымша жаңа редакцияда көзделген - </w:t>
-[...49 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сізден________________мамандығы немесе мамандандыру бойынша</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мамандық немесе мамандандыру атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Біліктілік деңгейі*_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Денсаулық сақтау саласындағы маман сертификатын беруді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мен дұрыс мәліметтер мен құжаттарды ұсынамын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет көрсету үшін қажетті мәліметтерді пайдалануға, менің дербес деректерімді жинауға және өңдеуге, сондай-ақ Қазақстан Республикасы Денсаулық сақтау министрлігінің Медициналық және фармацевтикалық бақылау комитетінің аумақтық бөлімшелерінің облыстық, Алматы, Шымкент, Астана қалаларының аумақтық бөлімшелеріне беруге келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дербес деректерді жинауға, өңдеуге мерзімі мемлекеттік қызмет көрсету кезеңінде қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6946,386 +5431,554 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Денсаулық сақтау саласындағы </w:t>
+              <w:t>____________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(көрсетілетін қызметті</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">маманды сертификаттауды </w:t>
+              <w:t>алушының қолы)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жүргізу, шетелдік мамандарды </w:t>
+              <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қоса алғанда, денсаулық сақтау </w:t>
-[...155 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>(толтырылған күні)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z67" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескертпе*: Біліктілік деңгейі "Денсаулық сақтау қызметкерлерінің үздіксіз кәсіптік даму нәтижелерін растау, біліктілік деңгейін беру және растау қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 20 желтоқсандағы № ҚР ДСМ-283/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізіліміне № 21843 болып тіркелген) сәйкес беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық сақтау саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>маманды сертификаттауды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жүргізу, шетелдік мамандарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қоса алғанда, денсаулық сақтау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы маман</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификатының қолданысын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>растау қағидаларын, сондай-ақ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасынан тыс</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жерлерде медициналық білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алған адамды денсаулық сақтау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы маманды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттауға жіберу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына 2-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z67" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Клиникалық практикаға жіберу үшін маман сертификатын беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда - ҚР Денсаулық сақтау министрінің 20.06.2024 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 23</w:t>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z202" w:id="80"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="80"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -7351,51 +6004,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық және фармацевтикалық бақылау комитетінің аумақтық департаменттері.</w:t>
+Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық және фармацевтикалық бақылау комитетінің аумақтық департаменттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7464,51 +6117,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"электрондық үкімет" веб-порталы (www. egov.kz, www.​eli​cens​e.​kz).</w:t>
+"электрондық үкімет" веб-порталы (www. egov.kz, www.elicense.kz)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7577,51 +6230,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 (бес) жұмыс күні.</w:t>
+5 (бес) жұмыс күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7690,51 +6343,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық (ішінара автоматтандырылған).</w:t>
+Электрондық (ішінара автоматтандырылған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7803,51 +6456,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Клиникалық практикаға жіберу үшін маман сертификаты (бұдан әрі - маман сертификаты) не мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+Клиникалық практикаға жіберу үшін маман сертификаты (бұдан әрі - маман сертификаты) не мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7916,51 +6569,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет тегін көрсетіледі.</w:t>
+Мемлекеттік қызмет тегін көрсетіледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8047,51 +6700,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) мемлекеттік көрсетілетін қызметті беруші – демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұма аралығында сағат 09.00-ден 18.30-ға дейін сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) портал – тәулік бойы, жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+2) портал – тәулік бойы, жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8178,71 +6831,71 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Медициналық білімі бар көрсетілетін қызметті алушының маман сертификатын (алғаш рет мәлімделген мамандыққа немесе мамандандыруға) алу үшін мынадай құжаттар мен мәліметтерді ұсынады:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі - ЭЦҚ) куәландырылған, Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 15 желтоқсандағы № ҚР ДСМ-274/2020 </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> бекітілген Денсаулық сақтау саласындағы маманды сертификаттауды жүргізу, шетелдік мамандарды қоса алғанда, денсаулық сақтау саласындағы маман сертификатының қолданысын растау қағидаларын, сондай-ақ Қазақстан Республикасынан тыс жерлерде денсаулық сақтау саласында медициналық және (немесе) фармацевтикалық білім алған адамды денсаулық сақтау саласындағы маманды сертификаттауға жіберу шарттарының 1-қосымшасына (бұдан әрі – сертификаттау қағидалары) (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21818 болып тіркелген) сәйкес электрондық құжат нысанындағы өтініш;</w:t>
+1) көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі - ЭЦҚ) куәландырылған, Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 15 желтоқсандағы №ҚР ДСМ-274/2020 бұйрығымен бекітілген Денсаулық сақтау саласындағы маманды сертификаттауды жүргізу, шетелдік мамандарды қоса алғанда, денсаулық сақтау саласындағы маман сертификатының қолданысын растау қағидаларын, сондай-ақ Қазақстан Республикасынан тыс жерлерде медициналық білім алған адамды денсаулық сақтау саласындағы маманды сертификаттауға жіберу шарттарының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымшасына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі – сертификаттау қағидалары) (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21818 болып тіркелген) сәйкес электрондық құжат нысанындағы өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) осы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі қосымшаға сәйкес мәліметтер нысаны;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8270,481 +6923,603 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) "Дәрігер" біліктілігін және (немесе) интернатурада және (немесе) резидентурада немесе клиникалық ординатурада (бар болса, жоғары, жоғары оқу орнынан кейінгі медициналық білімі бар көрсетілетін қызметті алушылар үшін), жоғары оқу орнында оқуды аяқтағаннан кейін интернатураны, резидентураны бітіруді көздемейтін мамандықтар бойынша құжаттар;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-5) "Орта, техникалық және кәсіптік, орта білімнен кейінгі білім туралы құжаттарды тану қағидаларын бекіту туралы" Қазақстан Республикасы Оқу-ағарту министрінің 2023 жылғы 28 шілдедегі № </w:t>
-[...29 lines deleted...]
-              <w:t>268</w:t>
+5) "Орта, техникалық және кәсіптік, орта білімнен кейінгі білім туралы құжаттарды тану қағидаларын бекіту туралы" Қазақстан Республикасы Оқу-ағарту министрінің 2023 жылғы 28 шілдедегі </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 230</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33219 болып тіркелген) және Қазақстан Республикасы Ғылым және жоғары білім министрінің 2023 жылғы 12 маусымдағы бұйрықтарының өзгеруіне байланысты сәйкес келтірілді </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 268</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> "білім туралы құжаттарды тану қағидаларын бекіту туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32800 болып тіркелген) (бұдан әрі – тану қағидалары), сәйкес берілген басқа мемлекеттерде және халықаралық немесе шетелдік оқу орындарында (олардың филиалдарында) медициналық білім алған көрсетілетін қызметті алушының білімін тану туралы құжат;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-6) "Денсаулық сақтау саласындағы мамандарға қосымша және формальды емес білім беру қағидаларын, денсаулық сақтау саласындағы қосымша және формальды емес білімнің білім беру бағдарламаларын іске асыратын ұйымдарға қойылатын біліктілік талаптарын, сондай-ақ қосымша және формальды емес білім беру арқылы денсаулық сақтау саласындағы мамандар алған оқудың нәтижелерін тану қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 21 желтоқсандағы № ҚР ДСМ-303/2020 </w:t>
+6) Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 20 желтоқсандағы № ҚР ДСМ-283/2020 "денсаулық сақтау саласындағы білім беру бағдарламалары білім алушыларының білімі мен дағдыларын бағалау, түлектерінің кәсіптік даярлығын бағалау, денсаулық сақтау саласындағы мамандардың кәсіптік даярлығын бағалау қағидаларын бекіту туралы" </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21847 болып тіркелген) (бұдан әрі – Қосымша білім беру қағидалары) сәйкес мәлімделген мамандық немесе мамандандыру бойынша маман сертификаты болмаған кезде немесе бұрын берілген маман сертификатының қолданылу мерзімі 3 (үш) жылдан асқан кезде мәлімделген мамандық немесе мамандандыру бойынша еңбек қызметі үзілісі 3 (үш) жылдан асатын көрсетілетін қызметті алушылар үшін сертификаттау сәтінде жалпы көлемі кемінде 8 (сегіз) кредит (240 сағат) бойынша біліктілікті арттыру туралы куәлік. Медициналық білім беру ұйымын бітірген сәттен бастап 3 (үш) жыл ішінде маман сертификатын алмаған, сондай-ақ жаңа мамандыққа немесе мамандандыруға үміткер көрсетілетін қызметті алушылар мәлімделген мамандық немесе мамандандыру бойынша біліктілігін арттыру туралы куәлігін ұсынбайды;</w:t>
+              <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізіліміне № 21843 болып тіркелген) сәйкес денсаулық сақтау жүйесі қызметкерлерінің Үздіксіз кәсіби даму нәтижелерін растайтын құжаттар (бұдан әрі - Үздіксіз кәсіби даму нәтижелерін растау қағидаларына сәйкес) (цифрлық құжаттар сервисінде іске асырылған интеграция (бұдан әрі – сервис) арқылы мәліметтер болмаған кезде (бар болған кезде).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7) мамандандыру бойынша қосымшасы бар сертификаттау курсы туралы куәлік (транскрипт) (бар болған жағдайда);</w:t>
+Өтініш берілген мамандық немесе мамандану бойынша еңбек қызметі 3 (үш) жылдан астам үзілісі бар көрсетілетін қызметті алушылар үшін маман сертификаты болмаған кезде немесе бұрын берілген маман сертификатының қолданылу мерзімі 3 (үш) астам болған кезде үздіксіз кәсіптік даму нәтижелерін растау қағидаларына сәйкес.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-8) "Денсаулық сақтау саласындағы білім беру бағдарламалары білім алушыларының білімі мен дағдыларын бағалау, түлектерінің кәсіптік даярлығын бағалау, денсаулық сақтау саласындағы мамандардың кәсіптік даярлығын бағалау қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 11 желтоқсандағы № ҚР ДСМ-249/2020 </w:t>
+7) "Денсаулық сақтау саласындағы мамандарға қосымша және бейресми білім беру қағидаларын, Денсаулық сақтау саласындағы қосымша және бейресми білім берудің білім беру бағдарламаларын іске асыратын ұйымдарға қойылатын біліктілік талаптарын, сондай-ақ денсаулық сақтау саласындағы қосымша және бейресми білім берудің білім беру бағдарламаларын іске асыратын ұйымдарға қойылатын біліктілік талаптарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 21 желтоқсандағы № ҚР ДСМ-303/2020 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21763 болып тіркелген) сәйкес мәлімделген мамандық немесе мамандандыру бойынша еңбек қызметінде 3 (үш) жылдан астам үзілісі бар, маман сертификаты болмаған кезде немесе бұрын берілген маман сертификатының қолданылу мерзімі 3 (үш) жылдан астам өткен кезде, сондай-ақ жаңа мамандыққа немесе мамандандыруға үміткер көрсетілетін қызметті алушылар үшін маман кәсіптік даярлығын бағалау нәтижесі (оның ішінде шетелде медициналық білім алған тұлғалар үшін);</w:t>
+              <w:t xml:space="preserve"> сәйкес Оқыту нәтижелері, қосымша және бейресми білім беру арқылы алған" (бұдан әрі – қосымша білім беру Қағидалары) (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21847 болып тіркелген) сертификаттау сәтінде жалпы көлемде кемінде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініш берілген мамандық немесе мамандану бойынша еңбек қызметі 3 (үш) жылдан кем немесе одан көп үзілісі бар көрсетілетін қызметті алушылар үшін, маман сертификаты болмаған кезде немесе бұрын берілген маман сертификатының қолданылу мерзімі 3 (үш) жылдан кем немесе одан көп болған кезде (4.0 5.0, 6.0, 7.0 (I) немесе 7.1 (R)) біліктілік деңгейіне үміткер көрсетілетін қызметті алушылар үшін) біліктілікті арттырудың 5 кредиті (150 академиялық сағат).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шет тілінде берілген құжатқа қосымша қазақ немесе орыс тілдерінде нотариалды куәландырылған аударма ұсынылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық білім беру ұйымын бітірген сәттен бастап 3 (үш) жыл ішінде маман сертификатын алмаған, сондай-ақ жаңа мамандыққа немесе мамандануға үміткер көрсетілетін қызметті алушылар мәлімделген мамандық немесе мамандану бойынша денсаулық сақтау жүйесі қызметкерлерінің үздіксіз кәсіби даму нәтижелерін растайтын құжаттарды ұсынбайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) мамандандыру бойынша қосымшасы бар сертификаттау курсы туралы куәлік (транскрипт) (мамандандыру бойынша маман сертификатын алуға үміткер көрсетілетін қызметті алушылар үшін) (сервисте мәліметтер болмаған кезде) (бар болған кезде);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-9) Қазақстан Республикасы Еңбек кодексінің </w:t>
-[...19 lines deleted...]
-              <w:t>, қызметтің мәлімделетін кіші түрлеріне сәйкес көрсетілетін қызметті алушының еңбек қызметін растайтын құжат (жұмыскерлердің бейіндері және іске асырылған интеграция арқылы цифрлық құжаттар сервисінде (бұдан әрі – сервис) еңбек шарттарын есепке алу туралы мәліметтер болмаған кезде) (бар болған жағдайда).</w:t>
+9) Қазақстан Республикасы Денсаулық сақтау министрінің "денсаулық сақтау саласындағы білім беру бағдарламалары білім алушыларының білімі мен дағдыларын бағалау, түлектерінің кәсіптік даярлығын бағалау, денсаулық сақтау саласындағы мамандардың кәсіптік даярлығын бағалау қағидаларын бекіту туралы" 2020 жылғы 11 желтоқсандағы № ҚР ДСМ-249/2020 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес кәсіптік даярлықты бағалау нәтижесі (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде болып тіркелген № 21763) өтініш берілген мамандық немесе мамандану бойынша еңбек қызметі 3 (үш) жылдан астам үзілісі бар көрсетілетін қызметті алушылар үшін, маман сертификаты болмаған кезде немесе бұрын алынған маман сертификатының қолданылу мерзімі 3 (үш) жылдан асқан кезде, сондай-ақ жаңа мамандыққа немесе мамандандыруға үміткерлер (оның ішінде шетелде медициналық білім алған адамдар үшін) (сервисте мәліметтер болмаған кезде) (бар болған кезде);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қолданыстағы маман сертификаты болмаған кезде немесе бұрын алынған маман сертификатының қолданылу мерзімі мәлімделген мамандық немесе мамандандыру бойынша 3 (үш) жылдан астам өткен кезде көрсетілетін қызметті алушылар бағалау және дағдылар нәтижесін бере отырып, алғаш мәлімделген мамандық немесе мамандандыру ретінде маман сертификатын алуға үміткер болады.</w:t>
+10) Қазақстан Республикасы Еңбек кодексінің 35-бабына, қызметтің мәлімделетін кіші түрлеріне сәйкес көрсетілетін қызметті алушының еңбек қызметін растайтын құжат (жұмыскерлердің бейіндері және іске асырылған интеграция арқылы цифрлық құжаттар сервисінде (бұдан әрі – сервис) еңбек шарттарын есепке алу туралы мәліметтер болмаған кезде) (бар болған жағдайда).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Көрсетілетін қызметті алушылар "Денсаулық сақтау саласындағы мамандарды сертификаттауға жататын мамандықтар мен мамандандырулар тізбесін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 30 қарашадағы № ҚР ДСМ-218/2020 </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21699 болып тіркелген) (бұдан әрі - Мамандықтар тізбесі) бекітілген Денсаулық сақтау саласындағы мамандарды сертификаттауға жататын мамандықтар мен мамандандырулар тізбесінде көрсетілген мамандықтар немесе мамандандырулар бойынша маман сертификатын алады.</w:t>
+Қолданыстағы маман сертификаты болмаған кезде немесе бұрын алынған маман сертификатының қолданылу мерзімі мәлімделген мамандық немесе мамандандыру бойынша 3 (үш) жылдан астам өткен кезде көрсетілетін қызметті алушылар бағалау және дағдылар нәтижесін бере отырып, алғаш мәлімделген мамандық немесе мамандандыру ретінде маман сертификатын алуға үміткер болады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Көрсетілетін қызметті алушылар "Денсаулық сақтау саласындағы мамандарды сертификаттауға жататын мамандықтар мен мамандандырулар тізбесін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 30 қарашадағы № ҚР ДСМ-218/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21699 болып тіркелген) (бұдан әрі - Мамандықтар тізбесі) бекітілген Денсаулық сақтау саласындағы мамандарды сертификаттауға жататын мамандықтар мен мамандандырулар тізбесінде көрсетілген мамандықтар немесе мамандандырулар бойынша маман сертификатын алады. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мәлімделген мамандық немесе мамандандыру бойынша маман сертификатының қолданыстағы немесе қолданылу мерзімі 3 (үш) жылдан кем екенін растау үшін медициналық білімі бар көрсетілетін қызметті алушылар мынадай құжаттар мен мәліметтерді ұсынады:</w:t>
+Мәлімделген мамандық немесе мамандандыру бойынша маман сертификатының қолданыстағы немесе қолданылу мерзімі 3 (үш) жылдан кем, растау үшін медициналық білімі бар көрсетілетін қызметті алушылар мынадай құжаттар мен мәліметтерді ұсынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) cертификаттау қағидаларына </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес қызметті алушының куәландырылған ЭЦҚ-сы бар электрондық құжат нысанындағы өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) cертификаттау қағидаларына 1-қосымшаға сәйкес қызметті алушының куәландырылған ЭЦҚ-сы бар электрондық құжат нысанындағы өтініш;</w:t>
+2) осы қызмет көрсетуге қойылатын негізгі талаптардың тізбесіне қосымшаға сәйкес мәліметтер нысаны;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Денсаулық сақтау жүйесі қызметкерлерінің үздіксіз кәсіптік даму нәтижелерін және кәсіптік даярлықты бағалау нәтижелерін растайтын құжаттар, мәлімделетін мамандық немесе мамандандыру бойынша еңбек қызметі үзіліссіз қолданыстағы маман сертификаты бар көрсетілетін қызметті алушылар үшін үздіксіз кәсіптік даму нәтижелерін растау қағидаларына сәйкес (іске асырылған интеграция (бұдан әрі – сервис) арқылы цифрлық құжаттар сервисінде мәліметтер болмаған кезде) (олар болған кезде);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) осы қызмет көрсетуге қойылатын негізгі талаптардың тізбесіне </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес мәліметтер нысаны;</w:t>
+4) жалпы көлемде сертификаттау сәтінде қосымша білім беру қағидаларына сәйкес мәлімделген мамандық немесе мамандану бойынша біліктілікті арттыру туралы куәлік: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4.0, 5.0, 6.0, 7.0 (I) немесе 7.1 (R) біліктілік деңгейімен мәлімделген мамандық бойынша маманның қолда бар сертификатын растайтын көрсетілетін қызметті алушылар үшін базалық деңгейдегі біліктілікті арттырудың 5 кредиті (150 академиялық сағат)); </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) растау сәтінде соңғы 5 (бес) жыл ішінде жалпы көлемде кемінде 4 (төрт) кредиті (120 сағат) бар мәлімделген мамандық немесе мамандандыру бойынша еңбек қызметі үзіліссіз мәлімделген мамандық немесе мамандандыру бойынша қолданыстағы маман сертификаты бар көрсетілетін қызметті алушылар үшін қосымша білім беру қағидаларына сәйкес мәлімделген мамандық немесе мамандандыру бойынша біліктілікті арттыру туралы куәлік;</w:t>
+Шет тілінде берілген құжатқа қосымша қазақ немесе орыс тілдерінде нотариалды куәландырылған аударма ұсынылады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) мамандандыру бойынша қосымшасы бар сертификаттау курсы туралы куәлік (транскрипт) (бар болған жағдайда);</w:t>
+5) мамандандыру бойынша қосымшасы бар сертификаттау курсы туралы куәлік (транскрипт) (мамандандыру бойынша маман сертификатын алуға үміткер көрсетілетін қызметті алушылар үшін) (сервисте мәліметтер болмаған кезде) (ол болған кезде);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Қазақстан Республикасы Еңбек кодексінің 35-бабына сәйкес қызметтің мәлімделетін кіші түрлеріне сәйкес көрсетілетін қызметті алушының еңбек қызметін растайтын құжат (қызметкерлердің бейіндері және сервисте еңбек шарттарын есепке алу туралы мәліметтер болмаған кезде);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) мәлімделген мамандық бойынша интернатурада және (немесе) резидентурада немесе клиникалық ординатурада немесе қайта даярлауда оқуды аяқтағанын растайтын құжаттар (бар болған жағдайда) (2022 жылдың 15 қарашасына дейін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) қолда бар мамандық немесе мамандандыру бойынша маман сертификатының көшірмесі (сервисте мәліметтер болмаған жағдайда) (қолданылу мерзімі 3 (үш) жылдан аспайтын, мәлімделген мамандық немесе мамандандыру бойынша жарамсыз маман сертификаты немесе мамандандыруы бар көрсетілетін қызметті алушылар үшін);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-5) Қазақстан Республикасы Еңбек кодексінің </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес қызметтің мәлімделетін кіші түрлеріне сәйкес көрсетілетін қызметті алушының еңбек қызметін растайтын құжат (қызметкерлердің бейіндері және сервисте еңбек шарттарын есепке алу туралы мәліметтер болмаған кезде);</w:t>
+9) Тану қағидаларына сәйкес берілген басқа мемлекеттерде және халықаралық немесе шетелдік оқу орындарында (олардың филиалдарында) медициналық білім алған көрсетілетін қызметті алушының білімін тану туралы құжат. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6) мәлімделген мамандық бойынша интернатурада және (немесе) резидентурада немесе клиникалық ординатурада немесе қайта даярлауда оқуды аяқтағанын растайтын құжаттар (бар болған жағдайда) (2021 жылға дейін медициналық білімі бар көрсетілетін қызметті алушылар алған жағдайда қайта даярлау туралы куәлік);</w:t>
-[...35 lines deleted...]
-8) Тану қағидаларына сәйкес берілген басқа мемлекеттерде және халықаралық немесе шетелдік оқу орындарында (олардың филиалдарында) медициналық білім алған көрсетілетін қызметті алушының білімін тану туралы құжат. Мәлімделген мамандық немесе мамандандыру бойынша қолданыстағы маман сертификатын растау кезінде көрсетілетін қызметті беруші көрсетілетін қызметті алушының қолданыстағы маман сертификатының (қолданылу мерзімі, мамандығы немесе мамандануы) болуын сервистен тексереді. Сервистен алынған деректер сәйкес келген жағдайда қолданыстағы маман сертификаты сертификаттау қағидаларына 4-қосымшаға сәйкес нысан бойынша мәлімделген мамандық немесе мамандандыру бойынша 5 (бес) жылға маман сертификатын берумен расталады.</w:t>
+Мәлімделген мамандық немесе мамандандыру бойынша қолданыстағы маман сертификатын растау кезінде көрсетілетін қызметті беруші көрсетілетін қызметті алушының қолданыстағы маман сертификатының (қолданылу мерзімі, мамандығы немесе мамандануы) болуын сервистен тексереді. Сервистен алынған деректер сәйкес келген жағдайда қолданыстағы маман сертификаты сертификаттау қағидаларына 4-қосымшаға сәйкес нысан бойынша мәлімделген мамандық немесе мамандандыру бойынша 5 (бес) жылға маман сертификатын берумен расталады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұмыс өтілінде 3 (үш) жылдан кем үзілісі және (немесе) мәлімделген мамандық немесе мамандандыру бойынша мерзімі 3 (үш) жылдан кем жарамсыз маман сертификаты бар, көрсетілетін қызметті алушылар мәлімделген мамандық немесе мамандандыру бойынша бұрын алған маман сертификаты расталған кезде бағалау және дағдылар нәтижесін ұсынбайды. 2014 жылға дейін "Емдеу ісі", "Педиатрия" және "Шығыс медицинасы" мамандықтары бойынша жоғары және жоғары оқу орнынан кейінгі медициналық білім беру ұйымдарын бітірген, мәлімделген мамандық бойынша интернатура, резидентура, клиникалық ординатура мамандықтары сәйкес келмеген кезде Мамандықтар тізбесінде көзделген медициналық мамандықтар бойынша сертификат алуға үміткер көрсетілетін қызметті алушылар мәлімделген мамандық бойынша қайта даярлаудан өткені туралы оқу ұзақтығын сағатпен көрсете отырып құжаттарды ұсынады (жұмыс істейтін мамандар үшін).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8792,71 +7567,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (бұдан әрі – "Білім туралы" Заңы) сәйкес интернатураны бітіргені туралы құжат ұсыну клиникалық практикаға жіберудің міндетті шарты болып табылады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2013 жылдан кейін жоғары және жоғары оқу орнынан кейінгі медициналық білім беру ұйымдарын бітірген, мамандықтар тізбесінде көзделген клиникалық мамандықтар бойынша сертификат алуға көрсетілетін қызметті алушы "Білім туралы" заңының 22-бабы </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес резидентураны бітіргені туралы құжатты ұсынады.</w:t>
+2013 жылдан кейін жоғары және жоғары оқу орнынан кейінгі медициналық білім беру ұйымдарын бітірген, мамандықтар тізбесінде көзделген клиникалық мамандықтар бойынша сертификат алуға көрсетілетін қызметті алушы "Білім туралы" заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>22-бабы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3-тармағына сәйкес резидентураны бітіргені туралы құжатты ұсынады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Техникалық және кәсіптік білімі, орта білімнен кейінгі медициналық білімі бар көрсетілетін қызметті алушы мамандықтар тізбесінде көрсетілген мамандықтар бойынша сертификат алу үшін оқуды бітірген жылын ескере отырып, мынадай құжаттарды ұсынады:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8938,71 +7713,71 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2005 жылғы 1 қаңтарға дейін медициналық қызметке кіріскен және үздіксіз жұмыс істейтін "Мейірбике ісі", "Емдеу ісі", "Акушерлік іс", "Зертханалық диагностика", "Фельдшер-зертханашы", "Санитариялық фельдшер", "Стоматология", "Тіс дәрігері" мамандықтары бойынша орта медициналық білімі бар көрсетілетін қызметті алушыларға құжаттарды тапсыру сәтіндегі жұмыс өтілі, ол еңбек кітапшасындағы (ол болған кезде) немесе жеке еңбек шартындағы жазбалармен не қабылдау және жұмыстан босату туралы бұйрықтардан үзінді көшірмемен расталады, өтініш берілген мамандық бойынша қайта даярлаудан өту талап етілмейді.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Көрсетілетін қызметті алушылар осы тармақта көрсетілген құжаттарды Қазақстан Республикасы "Электрондық құжат және электрондық цифрлық қолтаңба туралы" заңының 1-бабы </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес электрондық көшірмелер түрінде береді.</w:t>
+Көрсетілетін қызметті алушылар осы тармақта көрсетілген құжаттарды Қазақстан Республикасы "Электрондық құжат және электрондық цифрлық қолтаңба туралы" заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-бабы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7) тармақшасына сәйкес электрондық көшірмелер түрінде береді.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шет тілінде берілген құжатқа қазақ немесе орыс тіліндегі нотариат куәландырған аудармасының электрондық нұсқасы қосымша ұсынылады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9011,70 +7786,126 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті алушы барлық қажетті құжаттарды тапсырған кезде оның "жеке кабинетінде" мемлекеттік қызметті көрсетуге арналған сұрау салудың қабылданғаны туралы мәртебе көрсетіледі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+Маман сертификатын беруге өтінімдерді қарау кезінде Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 21 желтоқсандағы № ҚР ДСМ-305/2020 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес (нормативтік құқықтық актілерді мемлекеттік тіркеу тізіліміне № 21856 болып тіркелген) Денсаулық сақтау жүйесі қызметкерлері лауазымдарының біліктілік сипаттамалары ескеріледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
 2015 жылдың 9 қазанына дейін мамандарға берілген мерзімсіз сертификаттар әр 5 жыл сайын біліктілікті арттырудан өту кезінде тұрақты жарамды болады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Маман сертификатының қолданылу мерзімі өткеннен кейін көрсетілетін қызметті алушы құжаттың көшірмесін (сервисте болмаған немесе мәртебесі жарамсыз болған жағдайда) ұсынады.</w:t>
+Мамандық немесе мамандық бойынша маман сертификатын алған кезде көрсетілетін қызметті алушыға үздіксіз кәсіби даму нәтижелерін растау қағидаларына сәйкес дәйектілікті сақтай отырып, біліктіліктің кезекті деңгейі беріледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санат беру туралы мерзімсіз куәліктері бар көрсетілетін қызметті алушыны біліктілік деңгейі тиісті мамандық бойынша маман сертификатына қайта ресімдеген кезде бағалау мен дағдылардың нәтижесін ұсынбайды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9161,143 +7992,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының сертификаттау қағидаларына сәйкес келмеуі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) уәкілетті мемлекеттік органның мемлекеттік қызмет көрсету үшін қажетті келісімі туралы сұрау салуға берілген теріс жауап, сондай-ақ сараптаманың, зерттеудің не тексерудің теріс қорытындысы;</w:t>
+3) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы;</w:t>
-[...17 lines deleted...]
-5) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген үкімінің болуы, оның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алумен байланысты арнаулы құқығынан айырылуы бойынша;</w:t>
+4) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген үкімінің болуы, оның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алумен байланысты арнаулы құқығынан айырылуы бойынша;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-6) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+5) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9330,51 +8143,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсетілетін қызметті көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+Мемлекеттік, оның ішінде электрондық нысанда және мемлекеттік корпорация арқылы көрсетілетін қызметті көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9402,51 +8215,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Көрсетілетін қызметті алушы ЭЦҚ болған жағдайда мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық және фармацевтикалық бақылау комитетінің kmfk@​dsm.​gov.​kz интернет-ресурсында көрсетілген.</w:t>
+3. Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық және фармацевтикалық бақылау комитетінің kmfk@dsm.gov.kz интернет-ресурсында көрсетілген.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4. Мүмкіндіктері шектеулі адамдар үшін пандус, шақыру түймесі, зағиптар мен нашар көретіндерге арналған тактильді жол, күту залы, құжаттар үлгілері бар тағандар болуы тиіс.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9521,129 +8334,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Клиникалық практикаға</w:t>
+              <w:t>"Клиникалық практикаға жіберу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жіберу үшін маман</w:t>
+              <w:t>үшін маман сертификатын беру"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сертификатын беру" </w:t>
+              <w:t>мемлекеттік қызмет көрсетуге</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">мемлекеттік қызмет көрсетуге </w:t>
+              <w:t>қойылатын негізгі талаптардың</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қойылатын негізгі </w:t>
-[...25 lines deleted...]
-              <w:t>қосымша</w:t>
+              <w:t>тізбесі қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -9670,168 +8457,192 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z211" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мәліметтер нысаны</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мәлімделген мамандықтың немесе мамандандырудың атауы ______</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.1. Біліктілік деңгейі*_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Медициналық білім________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.1. Білімі (техникалық және кәсіптік білім беру, орта білімнен кейінгі, жоғары білім)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (дипломның электронды көшірмесі)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...101 lines deleted...]
-      2.2. Дипломды тану (Қазақстан Республикасынан тыс жерлерде медициналық білім алған тұлғалар үшін) (тану туралы құжаттың электронды көшірмесі)</w:t>
+      2.2. Дипломды тану (Қазақстан Республикасынан тыс жерлерде медициналық білім </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      алған тұлғалар үшін) (тану туралы құжаттың электронды көшірмесі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оқыған елі_________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -9913,68 +8724,50 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тану куәлігінің берілген күні___</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2.3. Біліктілік деңгейі*____________</w:t>
-[...16 lines deleted...]
-        <w:t>
       3. Мәлімделген мамандық бойынша интернатура (бар болған жағдайда), клиникалық ординатура, резидентура мамандығы туралы мәліметтер (жоғары медициналық білімі бар мамандар үшін) (құжаттың электронды көшірмесі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.1. Интернатура мамандығы____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -10057,267 +8850,285 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қайта даярлау туралы мәлімет (2021 жылғы 1 қаңтарға дейін алынған) (мәлімделген мамандық бойынша маман сертификатын растайтын тұлғалар үшін) (құжаттың электрондық көшірмесі) (бар болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4.1. Қайта даярлау туралы куәліктің нөмірі__________________________</w:t>
-[...215 lines deleted...]
-      5.6. Оқудың аяқталуы____________________________________________</w:t>
+      4.1.Қайта даярлау туралы куәліктің нөмірі__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.2.Қайта даярлау мамандығы_________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.3.Оқытқан ұйымның атауы____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.4.Оқудың сағат бойынша көлемі______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.5.Оқудың басталуы________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.6.Оқудың аяқталуы______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Сертификаттау курсы туралы мәлімет (құжаттың электрондық көшірмесі) (бар </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.1. Сертификаттау курсы туралы куәлік нөмірі __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.2. Сертификаттау курсы бойынша мамандандыру___</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.3. Оқытқан ұйымның атауы_____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.4. Оқудың кредиті бойынша көлемі________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.5.Оқудың басталуы______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.6. Оқудың аяқталуы__________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Мәлімделген мамандық немесе мамандандыру бойынша клиникалық практикаға жіберу үшін қолданыстағы маман сертификатының мәліметтері (бар болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -10327,51 +9138,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6.1. Бұйрықтың күні мен нөмірі________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6.2. Әкімшілік құжаттың нөмірі мен коды, тіркеу нөмірі ____________________</w:t>
+      6.2. Әкімшілік құжаттың нөмірі мен коды, тіркеу нөмірі _______</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6.3. Берген орган___________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -10381,51 +9192,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6.4. Сертификаттың қолданылу мерзімі_________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6.5. Мамандығы немесе мамандандыруы____________________________</w:t>
+      6.5. Мамандығы немесе мамандандыруы___________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Денсаулық сақтау саласындағы білім беру бағдарламалары түлектерінің кәсіптік даярлығын бағалау және (немесе) денсаулық сақтау саласындағы мамандар үшін даярлығын бағалау нәтижесі _________ (бар болған жағдайда).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -10569,231 +9380,291 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қабылданған күні</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қабылданған күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Босатылған күні</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Босатылған күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс орны</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыс орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атқаратын лауазымы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Атқаратын лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бұйрық №</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бұйрық №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бұйрық шығарылған күн</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бұйрық шығарылған күн</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10984,322 +9855,232 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Мәлімделген мамандық немесе мамандандыру бойынша соңғы 5 жылда біліктілігін арттыру:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...90 lines deleted...]
-      6) оқудың аяқталуы______________________________________________</w:t>
+        <w:t xml:space="preserve">
+      1) мәлімделген мамандық немесе мамандандыру бойынша біліктілікті арттыру куәлігі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      туралы мәліметтер____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) біліктілікті арттыру туралы куәліктің нөмірі; _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) цикл атауы__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) оқытатын ұйымның атауы__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) оқудың басталуы__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6)оқудың аяқталуы_____________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) кредитпен оқыту көлемі (сағатпен)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Қазақстан Республикасы Бас прокуратурасының Құқықтық статистика және арнайы есепке алу жөніндегі Комитетінің Ақпараттық сервисінен алынған деректерге сәйкес мәлімделген мамандық немесе мамандандыру бойынша медициналық қызметке тыйым салу туралы немесе тыйым салынбау туралы мәліметтер _________________.</w:t>
-[...143 lines deleted...]
-</w:t>
+      10. Үздіксіз кәсіби даму нәтижелерін растау қағидаларына сәйкес денсаулық сақтау жүйесі қызметкерлерінің үздіксіз кәсіби даму нәтижелерін растайтын құжаттар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Қазақстан Республикасы Бас прокуратурасының Құқықтық статистика және арнайы есепке алу жөніндегі Комитетінің Ақпараттық сервисінен алынған деректерге сәйкес мәлімделген мамандық немесе мамандандыру бойынша медициналық қызметке тыйым салу туралы немесе тыйым салынбау туралы мәліметтер _________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе*: Біліктілік деңгейі "Денсаулық сақтау қызметкерлерінің үздіксіз кәсіптік даму нәтижелерін растау, біліктілік деңгейін беру және растау қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 20 желтоқсандағы № ҚР ДСМ-283/2020 бұйрығына (нормативтік құқықтық актілерді мемлекеттік тіркеу тізіліміне № 21843 болып тіркелген) сәйкес беріледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11348,300 +10129,254 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Денсаулық сақтау саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">маманды Сертификаттауды </w:t>
+              <w:t>маманды сертификаттауды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жүргізу, шетелдік мамандарды </w:t>
+              <w:t>жүргізу, шетелдік мамандарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қоса алғанда, денсаулық сақтау </w:t>
+              <w:t>қоса алғанда, денсаулық сақтау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласындағы маман </w:t>
+              <w:t>саласындағы маман</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сертификатының қолданысын </w:t>
+              <w:t>сертификатының қолданысын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>растау қағидалары, сондай – ақ</w:t>
+              <w:t>растау қағидаларын, сондай-ақ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасынан</w:t>
+              <w:t>Қазақстан Республикасынан тыс</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">тыс жерлерде денсаулық сақтау </w:t>
+              <w:t>жерлерде медициналық білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласында медициналық және </w:t>
+              <w:t>алған адамды денсаулық сақтау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(немесе) фармацевтикалық білім </w:t>
+              <w:t>саласындағы маманды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">алған мамандарды денсаулық </w:t>
+              <w:t>сертификаттауға жіберу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сақтау саласындағы маманды </w:t>
-[...38 lines deleted...]
-              <w:t>3-қосымша</w:t>
+              <w:t>шарттарына 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z117" w:id="68"/>
+    <w:bookmarkStart w:name="z117" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Дәрілік заттар мен медициналық бұйымдардың айналысы саласындағы маман сертификатын беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 3-қосымша жаңа редакцияда - ҚР Денсаулық сақтау министрінің 26.04.2024 </w:t>
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 16</w:t>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -12423,51 +11158,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) мемлекеттік көрсетілетін қызметті беруші – демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұма аралығында сағат 09.00-ден 18.30-ға дейін сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) портал – тәулік бойы, жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+2) портал – тәулік бойы, жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12554,71 +11289,71 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Маман сертификатын алу үшін фармацевтикалық білімі бар жеке тұлға (Қазақстан Республикасының резиденті не резиденті емес) (бұдан әрі - көрсетілетін қызметті алушы) мынадай құжаттар мен мен мәліметтерді ұсынады:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі -ЭЦҚ) куәландырылған, Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 15 желтоқсандағы № ҚР ДСМ-274/2020 </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> бекітілген Денсаулық сақтау саласындағы маманды сертификаттауды жүргізу, шетелдік мамандарды қоса алғанда, денсаулық сақтау саласындағы маман сертификатының қолданысын растау қағидаларын, сондай-ақ Қазақстан Республикасынан тыс жерлерде денсаулық сақтау саласында медициналық және (немесе) фармацевтикалық білім алған адамды денсаулық сақтау саласындағы маманды сертификаттауға жіберу шарттарының 1-қосымшасына (бұдан әрі – сертификаттау қағидалары) (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21818 болып тіркелген) сәйкес электрондық құжат нысанындағы өтініш;</w:t>
+1) көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі -ЭЦҚ) куәландырылған, Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 15 желтоқсандағы № ҚР ДСМ-274/2020 бұйрығымен бекітілген Денсаулық сақтау саласындағы маманды сертификаттауды жүргізу, шетелдік мамандарды қоса алғанда, денсаулық сақтау саласындағы маман сертификатының қолданысын растау қағидаларын, сондай-ақ Қазақстан Республикасынан тыс жерлерде медициналық білім алған адамды денсаулық сақтау саласындағы маманды сертификаттауға жіберу шарттарының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымшасына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі – сертификаттау қағидалары) (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21818 болып тіркелген) сәйкес электрондық құжат нысанындағы өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) осы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі қосымша нысанына сәйкес мәліметтер нысаны;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12628,129 +11363,129 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) оқуды бітірген үміткерлер үшін техникалық және кәсіптік, жоғары және (немесе) жоғары оқу орнынан кейінгі фармацевтикалық білімі туралы диплом (2015 жылға дейін оқуды бітірген көрсетілетін қызметті алушылар үшін) (ақпараттық жүйелерде болмаған жағдайда);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-4) "Орта, техникалық және кәсіптік, орта білімнен кейінгі білім туралы құжаттарды тану қағидаларын бекіту туралы" Қазақстан Республикасы Оқу-ағарту министрінің 2023 жылғы 28 шілдедегі № </w:t>
-[...39 lines deleted...]
-              <w:t xml:space="preserve"> "білім туралы құжаттарды тану қағидаларын бекіту туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32800 болып тіркелген) (бұдан әрі – тану қағидалары) сәйкес берілген басқа мемлекеттерде және халықаралық немесе шетелдік оқу орындарында (олардың филиалдарында) білім алған көрсетілетін қызметті алушының білім туралы құжаттарын тану және (немесе) нострификациялау туралы құжаттың электрондық көшірмесі;</w:t>
+4) "Орта, техникалық және кәсіптік, орта білімнен кейінгі білім туралы құжаттарды тану қағидаларын бекіту туралы" Қазақстан Республикасы Оқу-ағарту министрінің 2023 жылғы 28 шілдедегі </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 230</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33219 болып тіркелген) және Қазақстан Республикасы Ғылым және жоғары білім министрінің 2023 жылғы 12 маусымдағы бұйрықтарының өзгеруіне байланысты сәйкес келтірілді </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 268</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "Білім туралы құжаттарды тану қағидаларын бекіту туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32800 болып тіркелген) (бұдан әрі – тану қағидалары) сәйкес берілген басқа мемлекеттерде және халықаралық немесе шетелдік оқу орындарында (олардың филиалдарында) білім алған көрсетілетін қызметті алушының білім туралы құжаттарын тану және (немесе) нострификациялау туралы құжаттың электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-5) Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 21 желтоқсандағы № ҚР ДСМ-303/2020 "Денсаулық сақтау саласындағы мамандарға қосымша және формальды емес білім беру қағидаларын, денсаулық сақтау саласындағы қосымша және формальды емес білімнің білім беру бағдарламаларын іске асыратын ұйымдарға қойылатын біліктілік талаптарын, сондай-ақ қосымша және формальды емес білім беру арқылы денсаулық сақтау саласындағы мамандар алған оқудың нәтижелерін тану қағидаларын бекіту туралы" бұйрығына сәйкес мәлімдеген мамандық бойынша сертификаттау сәтінде жалпы көлемде кемінде 4 кредит (120 сағат) сертификаттау сәтінде соңғы 5 (бес) жыл ішінде мәлімделген мамандық бойынша біліктілігін арттыру туралы куәлік біліктілігін арттыру туралы куәлігі (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21847 болып тіркелген) </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> (бұдан әрі – қосымша білім беру қағидалары) (сертификат алуға өтініш берген сәтте 5 (бес) жылдан кешіктірмей фармацевтикалық оқуын аяқтаған техникалық және кәсіптік, жоғары оқу білім беру түлектерін қоспағанда);</w:t>
+5) Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 21 желтоқсандағы №ҚР ДСМ-303/2020 "Денсаулық сақтау саласындағы мамандарға қосымша және формальды емес білім беру қағидаларын, денсаулық сақтау саласындағы қосымша және формальды емес білімнің білім беру бағдарламаларын іске асыратын ұйымдарға қойылатын біліктілік талаптарын, сондай-ақ қосымша және формальды емес білім беру арқылы денсаулық сақтау саласындағы мамандар алған оқудың нәтижелерін тану </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бекіту туралы" бұйрығына сәйкес мәлімдеген мамандық бойынша сертификаттау сәтінде жалпы көлемде кемінде 4 кредит (120 сағат) сертификаттау сәтінде соңғы 5 (бес) жыл ішінде мәлімделген мамандық бойынша біліктілігін арттыру туралы куәлік біліктілігін арттыру туралы куәлігі (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21847 болып тіркелген) бұйрығына (бұдан әрі – қосымша білім беру қағидалары) (сертификат алуға өтініш берген сәтте 5 (бес) жылдан кешіктірмей фармацевтикалық оқуын аяқтаған техникалық және кәсіптік, жоғары оқу білім беру түлектерін қоспағанда);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6) мәлімденген мамандық бойынша қосымша білім беру қағидаларына сәйкес (мамандығы бойынша еңбек қызметінде 3 (үш) жылдан астам үзілісі бар) жалпы көлемі кемінде 8 кредит (240 сағат) біліктілігін арттыру туралы куәлік;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12818,51 +11553,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес мәлімделген кіші қызмет түрлеріне сәйкес көрсетілетін қызметті алушының еңбек қызметін растайтын құжат ұсынады (болған жағдайда);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9) шетелдік маманның жеке басын куәландыратын құжат (жеке басын сәйкестендіру үшін талап етіледі). Үміткер барлық қажетті құжаттарды тапсырған кезде оның "жеке кабинетінде" мемлекеттік қызметті көрсетуге арналған сұрау салудың қабылданғаны туралы мәртебе көрсетіледі. Көрсетілетін қызметті алушылар мамандығы бойынша үздіксіз жұмыс өтілі және соңғы 5 жыл ішінде біліктілігін арттырған куәлігі кемінде 4 кредит (120 сағат) көлемінде бар үміткерлер осы тармақтың 7) тармақшасында көзделген құжатты ұсынбастан бастапқы сертификаттауға жіберіледі.</w:t>
+9) шетелдік маманның жеке басын куәландыратын құжат (жеке басын сәйкестендіру үшін талап етіледі). Үміткер барлық қажетті құжаттарды тапсырған кезде оның "жеке кабинетінде" мемлекеттік қызметті көрсетуге арналған сұрау салудың қабылданғаны туралы мәртебе көрсетіледі. Көрсетілетін қызметті алушылар мамандығы бойынша үздіксіз жұмыс өтілі және соңғы 5 жыл ішінде біліктілігін арттырған куәлігі кемінде 4 кредит (120 сағат) көлемінде бар үміткерлер осы тармақтың 7)-тармақшасында көзделген құжатты ұсынбастан бастапқы сертификаттауға жіберіледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13020,72 +11755,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген үкімінің болуы, оның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алумен байланысты арнаулы құқығынан айырылуы бойынша;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+              <w:t>
+6) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13154,344 +11869,128 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", сондай-ақ бірыңғай байланыс орталығы арқылы алу мүмкіндігі бар.</w:t>
+1) Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", сондай-ақ бірыңғай байланыс орталығы арқылы алу мүмкіндігі бар.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Көрсетілетін қызметті алушы ЭЦҚ болған жағдайда мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық және фармацевтикалық бақылау комитетінің kmfk@ dsm. gov. kz интернет-ресурсында көрсетілген.</w:t>
+3) Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық және фармацевтикалық бақылау комитетінің kmfk@ dsm. gov. kz интернет-ресурсында көрсетілген.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Мүмкіндіктері шектеулі адамдар үшін пандус, шақыру түймесі, зағиптар мен нашар көретіндерге арналған тактильді жол, күту залы, құжаттар үлгілері бар тағандар болуы тиіс.</w:t>
+4) Мүмкіндіктері шектеулі адамдар үшін пандус, шақыру түймесі, зағиптар мен нашар көретіндерге арналған тактильді жол, күту залы, құжаттар үлгілері бар тағандар болуы тиіс.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Мемлекеттік қызметтерді көрсету мәселелері жөніндегі бірыңғай байланыс орталығының телефон нөмірлері - 1414, 8-800-080-7777.</w:t>
-[...101 lines deleted...]
-            </w:pPr>
+5) Мемлекеттік қызметтерді көрсету мәселелері жөніндегі бірыңғай байланыс орталығының телефон нөмірлері - 1414, 8-800-080-7777</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...113 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13525,573 +12024,482 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Денсаулық сақтау саласындағы </w:t>
+              <w:t>Денсаулық сақтау саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">маманды сертификаттауды </w:t>
+              <w:t>маманды сертификаттауды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жүргізу, шетелдік мамандарды </w:t>
+              <w:t>жүргізу, шетелдік мамандарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қоса алғанда, денсаулық сақтау </w:t>
+              <w:t>қоса алғанда, денсаулық сақтау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласындағы маман </w:t>
+              <w:t>саласындағы маман</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сертификатының қолданысын </w:t>
+              <w:t>сертификатының қолданысын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">растау қағидаларын, сондай-ақ </w:t>
+              <w:t>растау қағидаларын, сондай-ақ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасынан тыс </w:t>
+              <w:t>Қазақстан Республикасынан тыс</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жерлерде денсаулық сақтау </w:t>
+              <w:t>жерлерде медициналық білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласында медициналық білім </w:t>
+              <w:t>алған адамды денсаулық сақтау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">және (немесе) фармацевтикалық </w:t>
+              <w:t>саласындағы маманды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">алған адамды денсаулық сақтау </w:t>
+              <w:t>сертификаттауға жіберу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласындағы маманды </w:t>
-[...38 lines deleted...]
-              <w:t>4-қосымша</w:t>
+              <w:t>шарттарына 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z154" w:id="69"/>
+    <w:bookmarkStart w:name="z154" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Денсаулық сақтау саласындағы маман сертификаты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-[...15 lines deleted...]
-      __________________________________________________________________________</w:t>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-қосымша жаңа редакцияда - ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (тегі, аты, әкесінің аты (бар болса)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      __________________________________________________________________________</w:t>
+        <w:t>
+      мамандығы бойынша клиникалық практиканы немесе фармацевтикалық практиканы немесе халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы қызметті жүзеге асыру үшін денсаулық сақтау саласындағы маманның осы сертификатын алдым</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (номенклатура бойынша мамандық немесе мамандандыру)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Оны беру туралы шешім шығарған мемлекеттік орган басшысының бұйрығы 20 ____жылғы "____" ___________ № ________.</w:t>
+      Біліктілік деңгейі_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оны беру туралы шешім шығарған мемлекеттік орган басшысының бұйрығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20 ____жылғы "____" ___________ № ________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сертификат 20____ жылғы "____" ___________ дейін жарамды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тіркеу № ____.</w:t>
+      Тіркеу № ____</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Берілген күні 20 ___ жылғы "____" ___________.</w:t>
-      </w:r>
-[...124 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -14127,246 +12535,207 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Денсаулық сақтау саласындағы </w:t>
+              <w:t>Денсаулық сақтау саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">маманды сертификаттауды </w:t>
+              <w:t>маманды сертификаттауды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жүргізу, шетелдік мамандарды </w:t>
+              <w:t>жүргізу, шетелдік мамандарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қоса алғанда, денсаулық сақтау </w:t>
+              <w:t>қоса алғанда, денсаулық сақтау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласындағы маман </w:t>
+              <w:t>саласындағы маман</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сертификатының қолданысын </w:t>
+              <w:t>сертификатының қолданысын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">растау қағидаларын, сондай-ақ </w:t>
+              <w:t>растау қағидаларын, сондай-ақ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасынан тыс </w:t>
+              <w:t>Қазақстан Республикасынан тыс</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жерлерде денсаулық сақтау </w:t>
+              <w:t>жерлерде медициналық білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласында медициналық және </w:t>
+              <w:t>алған адамды денсаулық сақтау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(немесе) фармацевтикалық білім </w:t>
+              <w:t>саласындағы маманды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">алған адамды денсаулық сақтау </w:t>
+              <w:t>сертификаттауға жіберу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласындағы маманды </w:t>
-[...38 lines deleted...]
-              <w:t>5-қосымша</w:t>
+              <w:t>шарттарына 5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -14387,767 +12756,180 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Нысан</w:t>
-[...168 lines deleted...]
-              <w:t>Байланыс телефоны _________</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z156" w:id="70"/>
-[...540 lines deleted...]
-</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кімге _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік органның толық</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кімнен _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты, әкесінің аты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Почта мекенжайы __________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -15183,386 +12965,1180 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Денсаулық сақтау саласындағы </w:t>
-[...194 lines deleted...]
-              <w:t>6-қосымша</w:t>
+              <w:t>Байланыс телефоны _________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z162" w:id="71"/>
+    <w:bookmarkStart w:name="z156" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Клиникалық практикаға жіберу үшін шетелдік маманға сертификат беру туралы өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 5-қосымша жаңа редакцияда – ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Клиникалық практикаға жіберу үшін______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мамандығын немесе мамандандыруын көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      мамандығы немесе мамандандыру бойынша Қазақстан Республикасының аумағында </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      денсаулық сақтау ұйымында жұмыс істеу үшін</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (денсаулық сақтау ұйымының атауын көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      маман сертификатын беруді сұраймын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Біліктілік деңгейі*________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Денсаулық сақтау ұйымы туралы мәліметтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Меншік нысаны__________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Ұйымның мекенжайы ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (облыс, қала, аудан, көше, үйдің №, телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Филиалдары, өкілдіктері ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (орналасқан жері)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мен дұрыс мәліметтер мен құжаттарды ұсынамын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінішке қоса берілетін құжаттар (саны және атаулары): __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шетелдік маман ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы) (тегі, аты, әкесінің аты (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20__ жылы "__" _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мен дұрыс мәліметтер мен құжаттарды ұсынамын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет көрсету үшін қажетті мәліметтерді пайдалануға, менің дербес деректерімді жинауға және өңдеуге, сондай-ақ Қазақстан Республикасы Денсаулық сақтау министрлігінің Медициналық және фармацевтикалық бақылау комитетінің аумақтық бөлімшелерінің облыстық, Алматы, Шымкент, Астана қалаларының аумақтық бөлімшелеріне беруге келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дербес деректерді жинауға, өңдеуге мерзімі мемлекеттік қызмет көрсету кезеңінде қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(көрсетілетін қызметті алушының қолы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>__________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(толтырылған күні)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескертпе*: Біліктілік деңгейі "Денсаулық сақтау қызметкерлерінің үздіксіз кәсіптік даму нәтижелерін растау, біліктілік деңгейін беру және растау қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 20 желтоқсандағы № ҚР ДСМ-283/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізіліміне № 21843 болып тіркелген) сәйкес беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық сақтау саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>маманды сертификаттауды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жүргізу, шетелдік мамандарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қоса алғанда, денсаулық сақтау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы маман</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификатының қолданысын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>растау қағидаларын, сондай-ақ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасынан тыс</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жерлерде медициналық білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алған адамды денсаулық сақтау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы маманды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттауға жіберу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына 6-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z162" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> "Клиникалық практикаға жіберу үшін шетелдік маманға сертификат беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 6-қосымша жаңа редакцияда - ҚР Денсаулық сақтау министрінің 20.06.2024 </w:t>
+      Ескерту. 6-қосымша жаңа редакцияда - ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 23</w:t>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z203" w:id="86"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="86"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -16284,51 +14860,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) мемлекеттік көрсетілетін қызметті беруші –демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұма аралығында сағат 09.00-ден 18.30-ға дейін сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) портал – тәулік бойы, жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады)</w:t>
+ 2) портал – тәулік бойы, жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16415,445 +14991,553 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шетелдік маман сертификатын алу үшін медициналық білімі бар жеке тұлға (Қазақстан Республикасының резиденті емес) (алғаш рет мәлімделетін мамандыққа немесе мамандандыруға) медициналық білімі бар көрсетілетін қызметті алушылар мынадай құжаттар мен мәліметтерді ұсынады:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі -ЭЦҚ) куәландырылған, Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 15 желтоқсандағы № ҚР ДСМ-274/2020 </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Денсаулық сақтау саласындағы маманды сертификаттауды жүргізу, шетелдік мамандарды қоса алғанда, денсаулық сақтау саласындағы маман сертификатының қолданысын растау қағидаларын, сондай-ақ Қазақстан Республикасынан тыс жерлерде медициналық және (немесе) фармацевтикалық білім алған адамды денсаулық сақтау саласындағы маманды сертификаттауға жіберу шарттарының 1-қосымшаға (бұдан әрі – сертификаттау қағидалары) (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21818 болып тіркелген) сәйкес электрондық құжат нысанындағы өтініш;</w:t>
+1) көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі -ЭЦҚ) куәландырылған, Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 15 желтоқсандағы № ҚР ДСМ-274/2020 бұйрығымен Денсаулық сақтау саласындағы маманды сертификаттауды жүргізу, шетелдік мамандарды қоса алғанда, денсаулық сақтау саласындағы маман сертификатының қолданысын растау қағидаларын, сондай-ақ Қазақстан Республикасынан тыс жерлерде медициналық білім алған адамды денсаулық сақтау саласындағы маманды сертификаттауға жіберу шарттарының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бұдан әрі – сертификаттау қағидалары) (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21818 болып тіркелген) сәйкес электрондық құжат нысанындағы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) осы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесіне қосымшаға сәйкес мәліметтер нысаны;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) шетелдік маманның жеке басын куәландыратын құжат (жеке басын сәйкестендіру үшін талап етіледі) (ақпараттық жүйеде болмаған жағдайда);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4) "Орта, техникалық және кәсіптік, орта білімнен кейінгі білім туралы құжаттарды тану қағидаларын бекіту туралы" Қазақстан Республикасы Оқу-ағарту министрінің 2023 жылғы 28 шілдедегі </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 230</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33219 болып тіркелген) және Қазақстан Республикасы Ғылым және жоғары білім министрінің 2023 жылғы 12 маусымдағы бұйрықтарының өзгеруіне байланысты сәйкес келтірілді </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 268</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "білім туралы құжаттарды тану қағидаларын бекіту туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32800 болып тіркелген) (бұдан әрі – тану қағидалары) қағидаларына сәйкес берілген басқа мемлекеттерде және халықаралық немесе шетелдік оқу орындарында (олардың филиалдарында) медициналық білім алған көрсетілетін қызметті алушының білімі туралы құжаттарын тану және (немесе) нострификациялау туралы құжат.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Қазақстан Республикасының аумағында білім беру ұйымдарын бітірген шетелдік мамандар мыналарды ұсынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2012 жылға дейін оқуды бітірген көрсетілетін қызметті алушылар үшін жоғары, техникалық және кәсіптік, орта білімнен кейінгі медициналық білім туралы диплом (ақпараттық жүйелерде болмаған жағдайда); мәлімделінген мамандық немесе мамандандыру бойынша интернатурада және (немесе) резидентурада немесе клиникалық ординатурада (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) шетелдік маман тұратын елде берілген, мәлімделген мамандық немесе мамандану бойынша клиникалық практиканың жүзеге асырылуын растайтын құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) Денсаулық сақтау жүйесі қызметкерлерінің үздіксіз кәсіптік даму нәтижелерін және кәсіптік даярлықты бағалау нәтижелерін растайтын құжаттар (іске асырылған интеграция арқылы цифрлық құжаттар сервисінде мәліметтер болмаған кезде (бұдан әрі -сервис) өтініш берілген мамандық немесе мамандану бойынша еңбек қызметі үзіліссіз қолданыстағы маман сертификаты бар көрсетілетін қызметті алушылар үшін кәсіптік даярлықты бағалау нәтижелерін растау қағидаларына сәйкес – сервис) (бар болса) (4.1, 5.1, 6.1, 7.1 (I), 7.2 (R) және одан жоғары біліктілік деңгейін алуға үміткер көрсетілетін қызметті алушылар үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+8) "Денсаулық сақтау саласындағы мамандарға қосымша және бейресми білім беру қағидаларын, Денсаулық сақтау саласындағы қосымша және бейресми білім берудің білім беру бағдарламаларын іске асыратын ұйымдарға қойылатын біліктілік талаптарын, сондай-ақ денсаулық сақтау саласындағы қосымша және бейресми білім берудің білім беру бағдарламаларын іске асыратын ұйымдарға қойылатын біліктілік талаптарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 21 желтоқсандағы № ҚР ДСМ-303/2020 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес Оқыту нәтижелері, қосымша және бейресми білім беру арқылы алған (бұдан әрі – қосымша білім беру Қағидалары) (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21847 болып тіркелген) сертификаттау сәтінде жалпы көлемде кемінде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініш берілген мамандық немесе мамандану бойынша еңбек қызметі 3 (үш) жылдан кем немесе одан көп үзілісі бар көрсетілетін қызметті алушылар үшін, маман сертификаты болмаған кезде немесе бұрын берілген маман сертификатының қолданылу мерзімі 3 (үш) жылдан кем немесе одан көп болған кезде (көрсетілетін қызметті алушылар үшін) базалық деңгейдегі біліктілікті арттырудың 5 кредиті (150 академиялық сағат) біліктілік 4.0, 5.0, 6.0, 7.0 (I) немесе 7.1 (R));</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шет тілінде берілген құжатқа қосымша қазақ немесе орыс тілдерінде нотариалды куәландырылған аударма ұсынылады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) мамандандыру бойынша қосымшасы бар сертификаттау курсы туралы куәлік (транскрипт) (мамандандыру бойынша маман сертификатын алуға үміткер көрсетілетін қызметті алушылар үшін) (сервисте мәліметтер болмаған кезде) (бар болған кезде);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+10) Қазақстан Республикасы Еңбек кодексінің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>35-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес еңбек қызметін растайтын құжат (оқу орнын бітіргеннен кейін жұмысқа алғаш кіріскен адамдар ұсынбайды);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+11) жұмыс берушіге (денсаулық сақтау ұйымы), облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органына шетелдік жұмыс күшін тартуға берілген рұқсаты (Қазақстан Республикасында тұрақты тұратын шетелдік мамандар, сондай-ақ 2014 жылғы 29 мамырдағы Еуразиялық экономикалық одақ туралы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шартқа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қатысушы мемлекеттердің азаматтары болып табылатын шетелдік жұмыскерлер бермейді);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12) білімі туралы құжаттарды алғаннан кейін тегін, атын немесе әкесінің атын (бар болса) өзгерткен шетелдік адамдар үшін атын, әкесінің атын (бар болса), тегін ауыстырғаны немесе неке қию (ерлі-зайыптылық) туралы немесе некені (ерлі-зайыптылықты) бұзу туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+13) Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 11 желтоқсандағы № ҚР ДСМ-249/2020 бұйрығымен бекітілген Денсаулық сақтау саласындағы білім беру бағдарламалары түлектерінің және денсаулық сақтау саласындағы мамандардың кәсіптік даярлығын бағалау, Денсаулық сақтау саласындағы білім беру бағдарламалары түлектерінің және денсаулық сақтау саласындағы мамандардың кәсіптік даярлығын бағалау </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21763 болып тіркелген).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініш берілген мамандық немесе мамандану бойынша маман сертификатының қолданыстағы немесе қолданылу мерзімі 3 (үш) жылдан кем екенін растау үшін медициналық білімі бар көрсетілетін қызметті алушылар мынадай құжаттар мен мәліметтерді ұсынады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі -ЭЦҚ) куәландырылған, әрі – сертификаттау қағидалары) сәйкес электрондық құжат 5-нысанындағы өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) шетелдік маманның жеке басын куәландыратын құжат (жеке басын сәйкестендіру үшін талап етіледі) (ақпараттық жүйеде болмаған жағдайда);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) "Орта, техникалық және кәсіптік, орта білімнен кейінгі білім туралы құжаттарды тану қағидаларын бекіту туралы" Қазақстан Республикасы Оқу-ағарту министрінің 2023 жылғы 28 шілдедегі № </w:t>
-[...93 lines deleted...]
-5) Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 21 желтоқсандағы № ҚР ДСМ-303/2020 "Денсаулық сақтау саласындағы мамандарға қосымша және формальды емес білім беру қағидаларын, денсаулық сақтау саласындағы қосымша және формальды емес білімнің білім беру бағдарламаларын іске асыратын ұйымдарға қойылатын біліктілік талаптарын, сондай-ақ қосымша және формальды емес білім беру арқылы денсаулық сақтау саласындағы мамандар алған оқудың нәтижелерін тану қағидаларын бекіту туралы" </w:t>
+3) Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 21 желтоқсандағы № ҚР ДСМ-303/2020 "Денсаулық сақтау саласындағы мамандарға қосымша және формальды емес білім беру қағидаларын, денсаулық сақтау саласындағы қосымша және формальды емес білімнің білім беру бағдарламаларын іске асыратын ұйымдарға қойылатын біліктілік талаптарын, сондай-ақ қосымша және формальды емес білім беру арқылы денсаулық сақтау саласындағы мамандар алған оқудың нәтижелерін тану қағидаларын бекіту туралы" </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21847 болып тіркелген) сәйкес мәлімделген мамандық немесе мамандандыру бойынша маман сертификаты болмаған кезде немесе бұрын берілген маман сертификатының қолданылу мерзімі 3 (үш) жылдан асқан кезде мәлімделген мамандық немесе мамандандыру бойынша еңбек қызметі үзілісі 3 (үш) жылдан асатын көрсетілетін қызметті алушылар үшін сертификаттау сәтінде жалпы көлемі кемінде 8 (сегіз) кредит (240 сағат) бойынша біліктілікті арттыру туралы куәлік;</w:t>
-[...223 lines deleted...]
-              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21847 болып тіркелген) сәйкес өтініш берілген мамандық немесе мамандандыру бойынша біліктілігін арттыру туралы өтініш берілген мамандық немесе мамандандыру бойынша еңбек қызметінде 3 (үш) жылдан астам үзілісі бар, маман сертификаты болмаған кезде немесе бұрын берілген маман сертификатының қолданылу мерзімі 3 (үш) жылдан астам өткен кезде көрсетілетін қызметті алушылар үшін 8 (сегіз) кредит (240 сағат).</w:t>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21847 болып тіркелген) сәйкес өтініш берілген мамандық немесе мамандандыру бойынша біліктілігін арттыру туралы өтініш берілген мамандық немесе мамандандыру бойынша еңбек қызметінде 3 (үш) жылдан астам үзілісі бар, маман сертификаты болмаған кезде немесе бұрын берілген маман сертификатының қолданылу мерзімі 3 (үш) жылдан астам өткен кезде көрсетілетін қызметті алушылар үшін базалық деңгейдегі біліктілікті арттырудың кемінде 150 (академиялық сағаты) </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шет тілінде берілген құжатқа қосымша қазақ немесе орыс тілдерінде нотариалды куәландырылған аударма ұсынылады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16863,87 +15547,233 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4) қолда бар мамандық немесе мамандандыру бойынша маман сертификатының көшірмесі (сервисте мәліметтер болмаған жағдайда) (өтініш берілген мамандық немесе мамандандыру бойынша жарамдылық мерзімі 3 (үш) жылдан аспайтын жарамсыз маман сертификаты бар көрсетілетін қызметті алушылар үшін).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мәлімделген мамандық немесе мамандандыру бойынша қолданыстағы маман сертификатын және біліктілік деңгейін растау кезінде көрсетілетін қызметті беруші көрсетілетін қызметті алушыда қолданыстағы маман сертификатының болуын (қолданылу мерзімі, мамандығы) сервистен тексереді. Сервистен алынған деректер сәйкес келген жағдайда, қолданыстағы маман сертификаты сертификаттау қағидаларының 6-қосымшасына сәйкес нысан бойынша өтінім берілген мамандық немесе мамандандыру бойынша 5 (бес) жылға маман сертификатын берумен расталады.</w:t>
+5) жалпы көлемде сертификаттау сәтінде қосымша білім беру қағидаларына сәйкес мәлімделген мамандық немесе мамандану бойынша біліктілікті арттыру туралы куәлік:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.0, 5.0, 6.0, 7.0 (I) немесе 7.1 (R) біліктілік деңгейімен мәлімделген мамандық бойынша маманның қолда бар сертификатын растайтын көрсетілетін қызметті алушылар үшін базалық деңгейдегі біліктілікті арттырудың 5 кредиті (150 академиялық сағат));</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шет тілінде берілген құжатқа қосымша қазақ немесе орыс тілдерінде нотариалды куәландырылған аударма ұсынылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+6 ) Қазақстан Республикасы Еңбек кодексінің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>35-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес қызметтің мәлімделетін кіші түрлеріне сәйкес көрсетілетін қызметті алушының еңбек қызметін растайтын құжат (жұмыскерлердің бейіндері және іске асырылған интеграция (бұдан әрі – сервис) арқылы цифрлық құжаттар сервисінде еңбек шарттарын есепке алу туралы мәліметтер болмаған кезде (бар болған кезде);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) мамандандыру бойынша қосымшасы бар сертификаттау курсы туралы куәлік (транскрипт) (мамандандыру бойынша маман сертификатын алуға үміткер көрсетілетін қызметті алушылар үшін) (сервисте мәліметтер болмаған кезде) (бар болған кезде);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) Денсаулық сақтау жүйесі қызметкерлерінің үздіксіз кәсіптік даму нәтижелерін және кәсіптік даярлықты бағалау нәтижелерін растайтын құжаттар, мәлімделетін мамандық немесе мамандандыру бойынша еңбек қызметі үзіліссіз қолданыстағы маман сертификаты бар көрсетілетін қызметті алушылар үшін үздіксіз кәсіптік даму нәтижелерін растау қағидаларына сәйкес (іске асырылған интеграция арқылы цифрлық құжаттар сервисінде мәліметтер болмаған кезде (бұдан әрі – сервис) (4.1, 5.1, 6.1, 7.1 (I), 7.2 (R) және одан жоғары біліктілік деңгейін алуға үміткер көрсетілетін қызметті алушылар үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9) Мәлімделген мамандық немесе мамандандыру бойынша қолданыстағы маман сертификатын және біліктілік деңгейін растау кезінде көрсетілетін қызметті беруші көрсетілетін қызметті алушыда қолданыстағы маман сертификатының болуын (қолданылу мерзімі, мамандығы, мамандандыру) сервистен тексереді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сервистен алынған деректер сәйкес келген жағдайда, қолданыстағы маман сертификаты сертификаттау қағидаларының 6-қосымшасына сәйкес нысан бойынша өтінім берілген мамандық немесе мамандандыру бойынша 5 (бес) жылға маман сертификатын берумен расталады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өтініш берілген мамандық немесе мамандандыру бойынша еңбек өтілі 3 (үш) жылдан кем үзілісі бар және (немесе) өтініш берілген мамандық немесе мамандандыру бойынша 3 (үш) жылдан кем мерзімі өткен жарамсыз маман сертификаты бұрын алынған маман сертификатын растаған кезде көрсетілетін қызметті алушылар бағалау және дағдылар нәтижесін ұсынбайды.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қолданыстағы маман сертификаты болмаған кезде немесе өтініш берілген мамандық немесе мамандандыру бойынша бұрын алынған маман сертификатының қолданылу мерзімі 3 (үш) жылдан астам өткен кезде көрсетілетін қызметті алушылар бағалау нәтижесі мен дағдыларын ұсына отырып, алғаш өтініш берілген мамандық немесе мамандандыру ретінде маман сертификатын алуға үміткер болады.</w:t>
+Қолданыстағы маман сертификаты болмаған кезде немесе өтініш берілген мамандық немесе мамандандыру бойынша бұрын алынған маман сертификатының қолданылу мерзімі 3 (үш) жылдан астам өткен кезде көрсетілетін қызметті алушылар бағалау нәтижесі мен дағдыларын ұсына отырып, алғаш өтініш берілген мамандық немесе мамандандыру ретінде маман сертификатын алуға үміткер болады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17030,51 +15860,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының сертификаттау ережелеріне сәйкес келмеуі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) уәкілетті мемлекеттік органның мемлекеттік қызмет көрсету үшін қажетті келісімі туралы сұрау салуға берілген теріс жауап, сондай-ақ сараптаманың, зерттеудің не тексерудің теріс қорытындысы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17122,51 +15952,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 6) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17235,123 +16065,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", сондай-ақ Бірыңғай байланыс орталығы арқылы алу мүмкіндігі бар.</w:t>
+1) Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", сондай-ақ Бірыңғай байланыс орталығы арқылы алу мүмкіндігі бар.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Көрсетілетін қызметті алушы ЭЦҚ болған жағдайда Мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алады.</w:t>
+2) Көрсетілетін қызметті алушы ЭЦҚ болған жағдайда Мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық және фармацевтикалық бақылау комитетінің kmfk@ dsm. gov. kz интернет-ресурсында көрсетілген.</w:t>
+3) Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары Қазақстан Республикасы Денсаулық сақтау министрлігі Медициналық және фармацевтикалық бақылау комитетінің kmfk@ dsm. gov. kz интернет-ресурсында көрсетілген.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Мүмкіндіктері шектеулі адамдар үшін пандус, шақыру түймесі, зағиптар мен нашар көретіндерге арналған тактильді жол, күту залы, құжаттар үлгілері бар тағандар болуы тиіс.</w:t>
+4) Мүмкіндіктері шектеулі адамдар үшін пандус, шақыру түймесі, зағиптар мен нашар көретіндерге арналған тактильді жол, күту залы, құжаттар үлгілері бар тағандар болуы тиіс.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Мемлекеттік қызметтерді көрсету мәселелері жөніндегі бірыңғай байланыс орталығының телефон нөмірлері-1414, 8-800- 080-7777.</w:t>
+5) Мемлекеттік қызметтерді көрсету мәселелері жөніндегі бірыңғай байланыс орталығының телефон нөмірлері-1414, 8-800- 080-7777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -17416,159 +16246,94 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>үшін шетелдік маманға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сертификат беру"</w:t>
+              <w:t>сертификат беру" мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мемлекеттік қызмет көрсетуге</w:t>
+              <w:t>қызмет көрсетуге қойылатын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қойылатын негізгі</w:t>
+              <w:t>негізгі талаптардың тізбесі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>талаптардың тізбесі</w:t>
+              <w:t>қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
-            <w:r>
-[...63 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
@@ -17588,105 +16353,143 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мәлімделген мамандықтың немесе мамандандырудың атауы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. жұмыс берушіге (денсаулық сақтау ұйымы), облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органына шетелдік жұмыс күшін тартуға берілген рұқсаты (Қазақстан Республикасында тұрақты тұратын шетелдік мамандар, сондай-ақ 2014 жылғы 29 мамырдағы Еуразиялық экономикалық одақ туралы шартқа қатысушы мемлекеттердің азаматтары болып табылатын шетелдік жұмыскерлер бермейді) рұқсаты туралы мәліметтер ________</w:t>
+      1.1 Біліктілік деңгейі*_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. жұмыс берушіге (денсаулық сақтау ұйымы), облыстардың, республикалық маңызы бар қалалардың және астананың жергілікті атқарушы органына шетелдік жұмыс күшін тартуға берілген рұқсаты (Қазақстан Республикасында тұрақты тұратын шетелдік мамандар, сондай-ақ 2014 жылғы 29 мамырдағы Еуразиялық экономикалық одақ туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шартқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысушы мемлекеттердің азаматтары болып табылатын шетелдік жұмыскерлер бермейді) рұқсаты туралы мәліметтер ________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Денсаулық сақтау ұйымы туралы мәліметтер_______</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3.1. Денсаулық сақтау ұйымының атауы________</w:t>
-[...17 lines deleted...]
-      3.2. Меншік нысаны________</w:t>
+      3.1.Денсаулық сақтау ұйымының атауы________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.2.Меншік нысаны________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.3. Мекеменің атауы__________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -17714,69 +16517,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Медициналық білім____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4.1. Білімі (техникалық және кәсіптік білім беру, орта білімнен кейінгі, жоғары білім) (дипломның электронды көшірмесі)</w:t>
-[...17 lines deleted...]
-      4.2. Дипломды тану (Қазақстан Республикасынан тыс жерлерде медициналық білім алған тұлғалар үшін) (тану туралы құжаттың электронды көшірмесі)</w:t>
+      4.1. Білімі (техникалық және кәсіптік білім беру, орта білімнен кейінгі, жоғары білім)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (дипломның электронды көшірмесі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.2. Дипломды тану (Қазақстан Республикасынан тыс жерлерде медициналық білім</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      алған тұлғалар үшін) (тану туралы құжаттың электронды көшірмесі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оқыған елі_________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -17858,51 +16697,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тану куәлігінің берілген күні________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Мәлімделген мамандық бойынша интернатура (бар болған жағдайда), клиникалық ординатура, резидентура мамандығы туралы мәліметтер (жоғары медициналық білімі бар мамандар үшін) (құжаттың электронды көшірмесі)</w:t>
+      5. Мәлімделген мамандық бойынша интернатура (бар болған жағдайда), клиникалық</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ординатура, резидентура мамандығы туралы мәліметтер (жоғары медициналық білімі </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бар мамандар үшін) (құжаттың электронды көшірмесі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5.1. Интернатура мамандығы____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -17966,69 +16841,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5.5. Докторантура мамандығы___________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5.6. Біліктілік деңгейі*_________</w:t>
-[...17 lines deleted...]
-      6. Қайта даярлау туралы мәлімет (2021 жылғы 1 қаңтарға дейін алынған) (мәлімделген мамандық бойынша маман сертификатын растайтын тұлғалар үшін) (құжаттың электрондық көшірмесі) (бар болған жағдайда)</w:t>
+      6. Қайта даярлау туралы мәлімет (2021 жылғы 1 қаңтарға дейін алынған) (мәлімделген</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мамандық бойынша маман сертификатын растайтын тұлғалар үшін) (құжаттың</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      электрондық көшірмесі) (бар болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6.1. Қайта даярлау туралы куәліктің нөмірі__________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -18110,51 +17003,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6.6. Оқудың аяқталуы____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Сертификаттау курсы туралы мәлімет (құжаттың электрондық көшірмесі) (бар болған жағдайда)</w:t>
+      7. Сертификаттау курсы туралы мәлімет (құжаттың электрондық көшірмесі) (бар</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7.1. Сертификаттау курсы туралы куәлік нөмірі ______________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -18236,87 +17147,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7.6. Оқудың аяқталуы____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Мәлімделген мамандық немесе мамандандыру бойынша клиникалық практикаға жіберу үшін қолданыстағы маман сертификатының мәліметтері (бар болған жағдайда)</w:t>
+      8. Мәлімделген мамандық немесе мамандандыру бойынша клиникалық практикаға</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жіберу үшін қолданыстағы маман сертификатының мәліметтері (бар болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8.1. Бұйрықтың күні мен нөмірі________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8.2. Әкімшілік құжаттың нөмірі мен коды, тіркеу нөмірі __________________________</w:t>
+      8.2. Әкімшілік құжаттың нөмірі мен коды, тіркеу нөмірі __________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8.3. Берген орган___________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -18344,51 +17273,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8.5. Мамандығы немесе мамандандыруы____________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Денсаулық сақтау саласындағы білім беру бағдарламалары түлектерінің кәсіптік даярлығын бағалау және (немесе) денсаулық сақтау саласындағы мамандар үшін даярлығын бағалау нәтижесі _________ (бар болған жағдайда).</w:t>
+      9. Денсаулық сақтау саласындағы білім беру бағдарламалары түлектерінің кәсіптік</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      даярлығын бағалау және (немесе) денсаулық сақтау саласындағы мамандар үшін</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      даярлығын бағалау нәтижесі _________ (бар болған жағдайда).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Қазіргі жұмыс орны туралы мәліметтер_________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -18514,231 +17479,291 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қабылданған күні</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қабылданған күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Босатылған күні</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Босатылған күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыс орны</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыс орны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атқаратын лауазымы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Атқаратын лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бұйрық №</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бұйрық №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бұйрық шығарылған күн</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бұйрық шығарылған күн</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19056,195 +18081,107 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) кредитпен оқыту көлемі (сағатпен)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Қазақстан Республикасы Бас прокуратурасының Құқықтық статистика және арнайы есепке алу жөніндегі Комитетінің Ақпараттық сервисінен алынған деректерге сәйкес мәлімделген мамандық немесе мамандандыру бойынша медициналық қызметке тыйым салу туралы немесе тыйым салынбау туралы мәліметтер.</w:t>
-[...143 lines deleted...]
-</w:t>
+      12. Үздіксіз кәсіби даму нәтижелерін растау қағидаларына сәйкес денсаулық сақтау жүйесі қызметкерлерінің үздіксіз кәсіби даму нәтижелерін растайтын құжаттар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Қазақстан Республикасы Бас прокуратурасының Құқықтық статистика және арнайы есепке алу жөніндегі Комитетінің Ақпараттық сервисінен алынған деректерге сәйкес мәлімделген мамандық немесе мамандандыру бойынша медициналық қызметке тыйым салу туралы немесе тыйым салынбау туралы мәліметтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескертпе*: Біліктілік деңгейі "Денсаулық сақтау қызметкерлерінің үздіксіз кәсіптік даму нәтижелерін растау, біліктілік деңгейін беру және растау қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 20 желтоқсандағы № ҚР ДСМ-283/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізіліміне № 21843 болып тіркелген) сәйкес көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -19280,287 +18217,286 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Денсаулық сақтау саласындағы </w:t>
+              <w:t>Денсаулық сақтау саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">маманды сертификаттауды </w:t>
+              <w:t>маманды сертификаттауды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жүргізу, шетелдік мамандарды </w:t>
+              <w:t>жүргізу, шетелдік мамандарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қоса алғанда, денсаулық сақтау </w:t>
+              <w:t>қоса алғанда, денсаулық сақтау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласындағы маман </w:t>
+              <w:t>саласындағы маман</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сертификатының қолданысын </w:t>
+              <w:t>сертификатының қолданысын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">растау қағидаларын, сондай-ақ </w:t>
+              <w:t>растау қағидаларын, сондай-ақ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасынан тыс </w:t>
+              <w:t>Қазақстан Республикасынан тыс</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жерлерде денсаулық сақтау </w:t>
+              <w:t>жерлерде медициналық білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласында медициналық және </w:t>
+              <w:t>алған адамды денсаулық сақтау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(немесе) фармацевтикалық білім </w:t>
+              <w:t>саласындағы маманды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">алған адамды денсаулық сақтау </w:t>
+              <w:t>сертификаттауға жіберу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласындағы маманды </w:t>
-[...38 lines deleted...]
-              <w:t>7-қосымша</w:t>
+              <w:t>шарттарына 7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z164" w:id="72"/>
+    <w:bookmarkStart w:name="z164" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Клиникалық практикаға жіберу үшін шетелдік маманның сертификаты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 7-қосымша жаңа редакцияда - ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19568,303 +18504,213 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (тегі, аты, әкесінің аты (бар болса)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ___________________________________________________________</w:t>
+      __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (номенклатура бойынша мамандық немесе мамандандыру)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      мамандығы немесе мамандандыру бойынша клиникалық практикаға жіберу үшін осы шетелдік маман сертификатын алды. </w:t>
+      мамандығы немесе мамандандыру бойынша клиникалық практикаға жіберу үшін осы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шетелдік маман сертификатын алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Біліктілік деңгейі_______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оны беру туралы шешім шығарған мемлекеттік орган басшысының бұйрығы 20 ____ жылғы "____" ___________ № ________.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Сертификат 20____ жылғы "____" ___________ дейін жарамды. </w:t>
+        <w:t>
+      Сертификат 20____ жылғы "____" ___________ дейін жарамды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тіркеу № ___________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Берілген күні 20 ___ жылғы "____" ___________ </w:t>
+        <w:t>
+      Берілген күні 20 ___ жылғы "____" ___________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшының қолы_____________</w:t>
-      </w:r>
-[...124 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -19900,2105 +18746,2537 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Денсаулық сақтау </w:t>
+              <w:t>Денсаулық сақтау саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласындағымаманды </w:t>
+              <w:t>маманды сертификаттауды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сертификаттауды жүргізу, </w:t>
+              <w:t>жүргізу, шетелдік мамандарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">шетелдік мамандарды қоса </w:t>
+              <w:t>қоса алғанда, денсаулық сақтау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">алғанда, денсаулық сақтау </w:t>
+              <w:t>саласындағы маман</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласындағы маман </w:t>
+              <w:t>сертификатының қолданысын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сертификатының қолданысын </w:t>
+              <w:t>растау қағидаларын, сондай-ақ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">растау қағидалары, сондай-ақ </w:t>
+              <w:t>Қазақстан Республикасынан тыс</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасынан тыс </w:t>
+              <w:t>жерлерде медициналық білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">жерлерде денсаулық сақтау </w:t>
+              <w:t>алған адамды денсаулық сақтау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">саласында медициналық және </w:t>
+              <w:t>саласындағы маманды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(немесе) фармацевтикалық білім </w:t>
+              <w:t>сертификаттауға жіберу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">алған мамандарды денсаулық </w:t>
-[...51 lines deleted...]
-              <w:t>8-қосымша</w:t>
+              <w:t>шарттарына 8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z196" w:id="73"/>
+    <w:bookmarkStart w:name="z196" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы маман сертификатын беру" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Шарттар 8-қосымшамен толықтырылды - ҚР Денсаулық сақтау министрінің 27.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда көзделген - ҚР Денсаулық сақтау министрінің 26.04.2024 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 16</w:t>
+        <w:t>№ 140</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+Мемлекеттік көрсетілетін қызметтің атауы:</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің атауы</w:t>
-[...19 lines deleted...]
-          </w:tcPr>
+"Халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы маман сертификатын беру".</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Републикасы Денсаулық сақтау министрлігінің Санитариялық-эпидемиологиялық бақылау комитетінің аумақтық департаменттері (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
+Мемлекеттік көрсетілетін қызметтің кіші түрлерінің атауы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы маман сертификатын растау;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы маман сертификатын қайта ресімдеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті беру тәсілдері</w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"электрондық үкімет" (ww. egov. kz, www. eli cens e. kz) веб-порталы арқылы (бұдан әрі - Портал)</w:t>
+Қазақстан Републикасы Денсаулық сақтау министрлігінің Санитариялық-эпидемиологиялық бақылау комитетінің аумақтық департаменттері (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету мерзімі</w:t>
+Мемлекеттік қызметті беру тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 (он) жұмыс күні</w:t>
+"электрондық үкімет" (www.egov.kz, www.elicense.kz) веб-порталы арқылы (бұдан әрі - Портал)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiк көрсетiлетiн қызметтiң нысаны</w:t>
+Мемлекеттік қызметті көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық (ішінара автоматтандырылған)</w:t>
+10 (он) жұмыс күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+Мемлекеттiк көрсетiлетiн қызметтiң нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Маман сертификаты немесе мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап</w:t>
+Электрондық (ішінара автоматтандырылған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушыдан алынатын ақының мөлшері және Қазақстан Републикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Мемлекеттік қызметті көрсету нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызмет жеке тұлғаларға (бұдан әрі – көрсетілетін қызметті алушы) тегін негізде көрсетіледі.</w:t>
+Маман сертификаты немесе мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің және ақпарат объектілерінің жұмыс кестесі</w:t>
+Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушыдан алынатын ақының мөлшері және Қазақстан Републикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті беруші – демалыс және мереке күндерін қоспағанда, дүйсенбі-жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін;</w:t>
-[...17 lines deleted...]
-2) портал – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+Мемлекеттік көрсетілетін қызмет жеке тұлғаларға (бұдан әрі – көрсетілетін қызметті алушы) еңбек қызметін жүзеге асыру орны бойынша тегін негізде көрсетіледі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтер тізбесі</w:t>
+Көрсетілетін қызметті берушінің және ақпарат объектілерінің жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...70 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">
-4) "Орта, техникалық және кәсіптік, орта білімнен кейінгі білім туралы құжаттарды тану қағидаларын бекіту туралы" Қазақстан Республикасы Оқу-ағарту министрінің 2023 жылғы 28 шілдедегі № </w:t>
-[...219 lines deleted...]
-"Зертханалық диалностика", "Ветеринария", "Мейіргер ісі", "Емдеу ісі", "Акушерия ісі" мамандықтары бойынша техникалық және кәсіптік медициналық білімі бар үміткер өтінім берілген мамандану бойынша халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы маманды сертификаттауға жіберіледі. Сертификаттың бастапқы берілуіне сертификаттық курс туралы куәліксіз және бағалау жөніндегі ұйым берген кәсіптік даярлығын бағалау нәтижесінсіз халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы еңбек міндеттерін жүзеге асыратын маман жатады.</w:t>
+1) көрсетілетін қызметті беруші – Қазақстан Республикасының Еңбек </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбі-жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) портал – (жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда) тәулік бойы. Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, Қазақстан Республикасының Еңбек Кодексіне сәйкес демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Қазақстан Републикасының заңнамасында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіздер</w:t>
+              <w:t xml:space="preserve">
+Мемлекеттік қызметті көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтер тізбесі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+Маман сертификатын алу үшін (мәлімделген мамандыққа немесе мамандандыруға) медициналық білімі бар көрсетілетін қызметті алушы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі - ЭЦҚ) куәландырылған, Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 15 желтоқсандағы №ҚР ДСМ-274/2020 бұйрығымен бекітілген Денсаулық сақтау саласындағы маманды сертификаттауды жүргізу, шетелдік мамандарды қоса алғанда, денсаулық сақтау саласындағы маман сертификатының қолданысын растау қағидаларын, сондай-ақ Қазақстан Республикасынан тыс жерлерде медициналық білім алған адамды денсаулық сақтау саласындағы маманды сертификаттауға жіберу шарттарының (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21818 болып тіркелген) (бұдан әрі - Сертификаттау қағидалары) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11-қосымшасына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес электрондық құжат нысаны бойынша өтінішті;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) Сертификаттау қағидаларының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12-қосымшасына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес электрондық мәліметтер нысанын;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
+3) ақпараттық жүйелерде мәліметтер болмаған жағдайда, жоғары, жоғары оқу орнынан кейінгі, техникалық және кәсіптік, орта білімнен кейінгі білім туралы дипломның электрондық көшірмесін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4) Қазақстан Республикасы шекарасынан тыс медициналық білім алған кезде "Білім туралы құжаттарды тану қағидаларын бекіту туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32800 болып тіркелген) Қазақстан Республикасы Ғылым және жоғары білім министрінің 2023 жылғы 12 маусымдағы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 268</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және "Орта, техникалық және кәсіптік, орта білімнен кейінгі білім туралы құжаттарды тану қағидаларын бекіту туралы" (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33219 болып тіркелген) Қазақстан Республикасы Оқу-ағарту министрінің 2023 жылғы 28 шiлдедегi </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 230</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бұйрықтарына (бұдан әрі – Тану қағидалары) сәйкес берілген басқа мемлекеттерде және халықаралық немесе шетелдік оқу орындарында (олардың филиалдарында) білім алған көрсетілетін қызметті алушының білім туралы құжаттарын тану және (немесе) нострификациялау туралы құжаттың электрондық көшірмесін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) "Денсаулық сақтау саласындағы мамандарға қосымша және формальды емес білім беру қағидаларын, денсаулық сақтау саласындағы қосымша және формальды емес білімнің білім беру бағдарламаларын іске асыратын ұйымдарға қойылатын біліктілік талаптарын, сондай-ақ қосымша және формальды емес білім беру арқылы денсаулық сақтау саласындағы мамандар алған оқудың нәтижелерін тану қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 21 желтоқсандағы № ҚР ДСМ-303/2020 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21847 болып тіркелген) (бұдан әрі - Қосымша білім беру қағидалары) сәйкес алынған (мәлімделген мамандандыру үшін) кемінде 10 кредит (300 академиялық сағат) қосымшасымен (транскрипт) сертификаттық курс туралы куәліктің электрондық көшірмесін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+6) еңбек қызметін растайтын құжаттың көшірмесін ұсынады, ақпараттық жүйелерде мәліметтер болмаған жағдайда (түлектерден басқа) Қазақстан Республикасының Еңбек кодексінің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>35-бабында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көзделген құжаттардың біреуі ұсынылады. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) уәкілетті мемлекеттік органның мемлекеттік қызмет көрсету үшін қажетті келісімі туралы сұрау салуға берілген теріс жауап, сондай-ақ сараптаманың, зерттеудің не тексерудің теріс қорытындысы;</w:t>
+Мамандығы (медициналық білімі бар) немесе мамандандыру (медициналық емес білімі бар) бойынша жұмыс еңбек өтілі 3 жылдан астам үзіліс кезінде маман сертификатын алу үшін көрсетілетін қызметті алушы:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы;</w:t>
+1) көрсетілетін қызметті алушының ЭЦҚ-мен куәландырылған, Сертификаттау қағидаларының 11-қосымшаcына сәйкес электрондық құжат нысаны бойынша өтінішті;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) Сертификаттау қағидаларының 12-қосымшасына сәйкес электрондық мәліметтер нысанын; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) ақпараттық жүйелерде мәліметтер болмаған жағдайда, жоғары, жоғары оқу орнынан кейінгі, техникалық және кәсіптік, орта білімнен кейінгі білім туралы дипломның электрондық көшірмесін; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) көрсетілетін қызметті алушыға қатысты соттың заңды күшіне енген үкімінің болуы, оның негізінде көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алумен байланысты арнаулы құқығынан айырылуы бойынша;</w:t>
+4) Қазақстан Республикасынан тыс жерлерде медициналық білім алған кезде Тану қағидаларына сәйкес берілген басқа мемлекеттерде және халықаралық немесе шетелдік оқу орындарында (олардың филиалдарында) білім алған көрсетілетін қызметті алушының білім туралы құжаттарын тану және (немесе) нострификациялау туралы құжаттың электрондық көшірмесін;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-6) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес берілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімі болмауы бойынша мемлекеттік қызметтерді көрсетуден бас тартады.</w:t>
+5) Қосымша білім беру қағидаларына сәйкес алынған жалпы көлемі кемінде 6 кредит (180 академиялық сағат) біліктілікті арттыру туралы куәліктің электрондық көшірмесін; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+6) еңбек қызметін растайтын құжаттың көшірмесін ұсынады, ақпараттық жүйелерде мәліметтер болмаған жағдайда Қазақстан Республикасының Еңбек кодексінің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>35-бабында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көзделген құжаттардың біреуі ұсынылады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+7) "Денсаулық сақтау саласындағы білім беру бағдарламалары білім алушыларының білімі мен дағдыларын бағалау, түлектерінің кәсіптік даярлығын бағалау, денсаулық сақтау саласындағы мамандардың кәсіптік даярлығын бағалау қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 11 желтоқсандағы № ҚР ДСМ-249/2020 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21763 болып тіркелген) (бұдан әрі - Білімі мен дағдыларын бағалау қағидалары) сәйкес бағалау жөніндегі ұйым берген кәсіптік даярлықты бағалау нәтижесінің электрондық көшірмесін ұсынады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Маман сертификатын алу үшін медициналық емес білімі бар көрсетілетін қызметті алушы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) көрсетілетін қызметті алушының ЭЦҚ-мен куәландырылған, Сертификаттау қағидаларының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11-қосымшасына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес электрондық құжат нысаны бойынша өтінішті;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) Сертификаттау қағидаларының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12-қосымшасына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес электрондық мәліметтер нысанын; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) ақпараттық жүйелерде мәліметтер болмаған жағдайда, жоғары, жоғары оқу орнынан кейінгі білім туралы дипломның электрондық көшірмесін; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қазақстан Республикасынан тыс жерлерде білім алған кезде Тану қағидаларына сәйкес берілген басқа мемлекеттерде және халықаралық немесе шетелдік оқу орындарында (олардың филиалдарында) білім алған көрсетілетін қызметті алушының білім туралы құжаттарын тану және (немесе) нострификациялау туралы құжаттың электрондық көшірмесін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Қосымша білім беру қағидаларына сәйкес берілген кемінде 10 кредит (300 академиялық сағат) қосымшасымен (транскрипт) сертификаттау курсы туралы куәліктің электрондық көшірмесін;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) еңбек қызметін растайтын құжаттың көшірмесін ұсынады, ақпараттық жүйелерде мәліметтер болмаған жағдайда Қазақстан Республикасының Еңбек кодексінің 35-бабында көзделген құжаттардың біреуі ұсынылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Маман сертификатын және 3 жылдан кем қолданылу мерзімі өткен маман сертификатын растау үшін көрсетілетін қызметті алушы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) көрсетілетін қызметті алушының ЭЦҚ-мен куәландырылған, Сертификаттау қағидаларының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11-қосымшасына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес электрондық құжат нысаны бойынша өтінішті;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) еңбек қызметін растайтын құжаттың көшірмесін ұсынады, ақпараттық жүйелерде мәліметтер болмаған жағдайда Қазақстан Республикасының Еңбек кодексінің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>35-бабында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көзделген құжаттардың біреуі ұсынылады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) өтініш берілген мамандық немесе мамандану бойынша еңбек қызметі үзіліссіз қолданыстағы маман сертификаты бар көрсетілетін қызметті алушылар үшін жалпы көлемі кемінде 4 кредит (120 академиялық сағат) болатын Қосымша білім беру қағидаларына сәйкес алынған біліктілікті арттыру туралы куәліктің (соңғы 5 жыл ішінде) электрондық көшірмесін ұсынады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Маман сертификатын қайта ресімдеу үшін көрсетілетін қызметті алушы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) көрсетілетін қызметті алушының ЭЦҚ-мен куәландырылған, Сертификаттау қағидаларының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10-қосымшасына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес электрондық құжат нысаны бойынша өтінішті;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) ақпараты мемлекеттік ақпараттық жүйелерде қамтылған құжаттарды қоспағанда сертификатты қайта ресімдеу үшін негіз болған өзгерістер туралы ақпарат қамтылған құжаттардың көшірмелерін ұсынады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шет тілінде берілген құжатқа қазақ немесе орыс тіліндегі аудармасы нотариалды расталған электрондық көшірмесі қосымша ұсынылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету ерекшеліктерін, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсетілетін қызметтердің ерекшеліктерін ескере отырып, өзге де талаптар</w:t>
+Қазақстан Республикасының заңдарымен белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Мемлекеттік қызмет көрсету орындарының мекенжайлары gov. egov. kz. интернет-ресурсында орналастырылған.</w:t>
+ 1) көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) дұрыс еместігін анықтау;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алуға мүмкіндігі болады.</w:t>
+ 2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", сондай-ақ мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алуға мүмкіндігі болады.</w:t>
+ 3) көрсетілетін қызметті алушыға қатысты оның қызметіне немесе мемлекеттік көрсетілетін қызметті алуды талап ететін жекелеген қызмет түрлеріне тыйым салу туралы соттың заңды күшіне енген шешімінің (үкімінің) болуы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Мүмкіндіктері шектеулі адамдар үшін пандус, шақыру түймесі, зағиптар мен нашар көретіндерге арналған тактильді жол, күту залы, құжаттар үлгілері бар тағандар болуы тиіс.</w:t>
-[...1 lines deleted...]
-          </w:p>
+ 4) көрсетілетін қызметті алушыға қатысты оның негізінде көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алумен байланысты арнаулы құқығынан айырылған соттың заңды күшіне енген үкімінің болуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+5) көрсетілетін қызметті алушының мемлекеттік қызмет көрсету үшін талап етілетін, "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес берілетін қол жеткізуге келісімнің болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5. Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары gov. egov. kz интернет-ресурсында көрсетілген. Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 1414, 8 800 080 7777.</w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету, оның ішінде электрондық нысанда көрсетілетін қызметтердің ерекшеліктерін ескере отырып, өзге де талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Мемлекеттік қызмет көрсету орындарының мекенжайлары gov.egov.kz. интернет-ресурсында орналастырылған.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда мемлекеттік көрсетілетін қызметті портал арқылы электрондық нысанда алуға мүмкіндігі болады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", сондай-ақ мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алуға мүмкіндігі болады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Мүмкіндіктері шектеулі адамдар үшін пандус, шақыру түймесі, зағиптар мен нашар көретіндерге арналған тактильді жол, күту залы, құжаттар үлгілері бар үстелшелер болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтердің байланыс телефондары gov.egov.kz интернет-ресурсында көрсетілген. Мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 1414, 8 800 080 7777</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...113 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22032,259 +21310,207 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Денсаулық сақтау</w:t>
+              <w:t>Денсаулық сақтау саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>саласындағымаманды</w:t>
+              <w:t>маманды сертификаттауды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сертификаттауды жүргізу,</w:t>
+              <w:t>жүргізу, шетелдік мамандарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>шетелдік мамандарды қоса</w:t>
+              <w:t>қоса алғанда, денсаулық сақтау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>алғанда, денсаулық сақтау</w:t>
+              <w:t>саласындағы маман</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>саласындағы маман</w:t>
+              <w:t>сертификатының қолданысын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сертификатының қолданысын</w:t>
+              <w:t>растау қағидаларын, сондай-ақ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>растау қағидалары, сондай-ақ</w:t>
+              <w:t>Қазақстан Республикасынан тыс</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасынан</w:t>
+              <w:t>жерлерде медициналық білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тыс жерлерде денсаулық сақтау</w:t>
+              <w:t>алған адамды денсаулық сақтау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>саласында медициналық және</w:t>
+              <w:t>саласындағы маманды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(немесе) фармацевтикалық білім</w:t>
+              <w:t>сертификаттауға жіберу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>алған мамандарды денсаулық</w:t>
-[...51 lines deleted...]
-              <w:t>9-қосымша</w:t>
+              <w:t>шарттарына 9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -22362,213 +21588,233 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Шарттар 9-қосымшамен толықтырылды - ҚР Денсаулық сақтау министрінің 27.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...125 lines deleted...]
-      __________________________________________________________________________</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (бар болса))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (бойынша мамандығы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мамандану бойынша)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мамандығы, мамандануы бойынша халықтың санитариялық-эпидемиологиялық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      саламаттылығы саласындағы қызметті жүзеге асыру үшін шын мәнінде осы маман</w:t>
+        <w:t xml:space="preserve">
+      саламаттылығы саласындағы қызметті жүзеге асыру үшін шын мәнінде осы маман </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сертификатын алды</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -22597,176 +21843,50 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сертификаттың растлған күні 20 ____ жылғы "____" ___________.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сертификат расталған/қайта рәсәмдеу кезде ӘҚНК № _______ көрсетіледі.</w:t>
-      </w:r>
-[...124 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -22802,408 +21922,376 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Денсаулық сақтау</w:t>
+              <w:t>Денсаулық сақтау саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>саласындағымаманды</w:t>
+              <w:t>маманды сертификаттауды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сертификаттауды жүргізу,</w:t>
+              <w:t>жүргізу, шетелдік мамандарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>шетелдік мамандарды қоса</w:t>
+              <w:t>қоса алғанда, денсаулық сақтау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>алғанда, денсаулық сақтау</w:t>
+              <w:t>саласындағы маман</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>саласындағы маман</w:t>
+              <w:t>сертификатының қолданысын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сертификатының қолданысын</w:t>
+              <w:t>растау қағидаларын, сондай-ақ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>растау қағидалары, сондай-ақ</w:t>
+              <w:t>Қазақстан Республикасынан тыс</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасынан</w:t>
+              <w:t>жерлерде медициналық білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тыс жерлерде денсаулық сақтау</w:t>
+              <w:t>алған адамды денсаулық сақтау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>саласында медициналық және</w:t>
+              <w:t>саласындағы маманды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(немесе) фармацевтикалық білім</w:t>
+              <w:t>сертификаттауға жіберу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>алған мамандарды денсаулық</w:t>
-[...51 lines deleted...]
-              <w:t>10-қосымша</w:t>
+              <w:t>шарттарына 10-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z199" w:id="74"/>
+    <w:bookmarkStart w:name="z199" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Маман сертификатын қайта ресімдеу үшін өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Шарттар 10-қосымшамен толықтырылды - ҚР Денсаулық сақтау министрінің 27.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...17 lines deleted...]
-      ______________________________________________________________________ -ге</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________ -ге</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (көрсетілетін қызметі берушінің атауы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _____________________________________________________________________ - ден</w:t>
+      ______________________________________________________________- ден</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (жеке тұлғаның тегі, аты, әкесінің аты (бар болса), жеке сәйкестендіру нөмірі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________________</w:t>
+      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (берілген күні, ӘҚНК №, көрсетілетін қызметті берушінің атауы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -23231,231 +22319,231 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Х ұяшыққа сәйкес келетін мынадай (мына) негіз (негіздер) бойынша:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) _________________________________құжатта қателер (қате жазулар) анықталған;</w:t>
-[...125 lines deleted...]
-      Телефондар_______________________________________________________________</w:t>
+      1) __________________________құжатта қателер (қате жазулар) анықталған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ____көрсетілетін қызметті алушының тегі, аты, әкесінің аты (ол бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өзгерген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ___________________Қазақстан Республикасының заңдарында қайта ресімдеу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      туралы талаптар болған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының мекенжайы__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық почта ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефондар_______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қызметті немесе әрекетті (операцияларды) жүзеге асыру объектісінің</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мекенжайы________________________________________________________________</w:t>
-[...17 lines deleted...]
-      (почталық индексі, облыс, қала, аудан, елдімекен, көшенің атауы, Үйдің/ғимараттың</w:t>
+      мекенжайы________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (почталық индексі, облыс, қала, аудан, елдімекен, көшенің атауы, үйдің/ ғимараттың </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (стационарлық үй-жайдың нөмірі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -23483,213 +22571,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мен дұрыс мәліметтер мен құжаттарды ұсынамын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызметті көрсету үшін қажетті дербес деректерді жинауға және өңдеуге</w:t>
-[...17 lines deleted...]
-      келісім беремін.</w:t>
+      Мемлекеттік қызметті көрсету үшін қажетті дербес деректерді жинауға және өңдеуге келісім беремін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қолы күні, айы, жылы</w:t>
-      </w:r>
-[...124 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -23725,809 +22669,228 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Денсаулық сақтау</w:t>
+              <w:t>Денсаулық сақтау саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>саласындағымаманды</w:t>
+              <w:t>маманды сертификаттауды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сертификаттауды жүргізу,</w:t>
+              <w:t>жүргізу, шетелдік мамандарды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>шетелдік мамандарды қоса</w:t>
+              <w:t>қоса алғанда, денсаулық сақтау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>алғанда, денсаулық сақтау</w:t>
+              <w:t>саласындағы маман</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>саласындағы маман</w:t>
+              <w:t>сертификатының қолданысын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сертификатының қолданысын</w:t>
+              <w:t>растау қағидаларын, сондай-ақ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>растау қағидалары, сондай-ақ</w:t>
+              <w:t>Қазақстан Республикасынан тыс</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасынан</w:t>
+              <w:t>жерлерде медициналық білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>тыс жерлерде денсаулық сақтау</w:t>
+              <w:t>алған адамды денсаулық сақтау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>саласында медициналық және</w:t>
+              <w:t>саласындағы маманды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(немесе) фармацевтикалық білім</w:t>
+              <w:t>сертификаттауға жіберу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>алған мамандарды денсаулық</w:t>
-[...220 lines deleted...]
-              <w:t>Тұрғылықты жері __________</w:t>
+              <w:t>шарттарына 11-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...370 lines deleted...]
-</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -24563,424 +22926,1108 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Денсаулық сақтау</w:t>
-[...207 lines deleted...]
-              <w:t>12-қосымша</w:t>
+              <w:t>___________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(мемлекеттік органның атауы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________басшысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(тегі, аты, әкесінің аты (бар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>болса), ЖСН)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тұрғылықты жері __________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Шарттар 11-қосымшамен толықтырылды - ҚР Денсаулық сақтау министрінің 27.01.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сізден, халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кәсіптік қызметті жүзеге асыру үшін</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________ маман</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (мамандықтың атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сертификатын беруді/растауды маман (маманданудың атауы) (қажетінің астын  сызу)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сұраймын (расталған кезде сертификаттың ӘҚНК нөмірі көрсетіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мен дұрыс мәліметтер мен құжаттарды ұсынамын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік қызметті көрсету үшін қажетті дербес деректерді жинауға және өңдеуге </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      келісім беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолы күні, айы, жылы</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық сақтау саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>маманды сертификаттауды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жүргізу, шетелдік мамандарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қоса алғанда, денсаулық сақтау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы маман</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификатының қолданысын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>растау қағидаларын, сондай-ақ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасынан тыс</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жерлерде медициналық білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алған адамды денсаулық сақтау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы маманды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттауға жіберу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына 12-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Мәліметтер нысаны</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Шарттар 12-қосымшамен толықтырылды - ҚР Денсаулық сақтау министрінің 27.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...107 lines deleted...]
-      2. Білім____________________________________________________________________</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Денсаулық сақтау министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 140</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мамандар үшін мамандардың кәсіптік даярлығын бағалау және біліктілігінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сәйкестігін растау нәтижесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.1.Өтінім берілген мамандықтың атауы_____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.2. Өтінім берілген мамандандырудың атауы_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.3. Бағалау қорытындысын берген орган____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.4. Бағалау қорытындысын алған жылы, айы, күні____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Білім_______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.1. Білімі (орта білім, орта білімнен кейінгі білім, техникалық және кәсіби білім,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -24990,717 +24037,735 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жоғары білім) (дипломның сканерленген көшірмесі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2.2. Диплом нөмірі__________________________________________________________</w:t>
-[...269 lines deleted...]
-      Нострификация куәлігінің берілген күні________________________________________</w:t>
+      2.2. Диплом нөмірі_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.3. Диплом сериясы____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.4. Білім беру ұйымының толық атауы____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.5. Оқитын елі__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.6. Түскен жылы______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.7. Бітірген жылы_____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.8. Диплом бойынша мамандығы__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2.9. Диплом бойынша біліктілігі____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2.10. Нострификация және дипломды тану (Қазақстан Республикасынан тыс жерде </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      білім алған тұлғалар үшін) (нострификация туралы құжаттың сканерленген </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көшірмесі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқитын елі___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Білім беру ұйымының толық атауы_________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нострификация туралы куәлік берген орган________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нострификация бұйрығының нөмірі______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нострификацияның тіркеу нөмірі___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нострификация куәлігінің берілген күні_____________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Өтініш берілген мамандық бойынша жоғарғы оқу орнынан кейінгі білім</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      (магистратура) (бар болғанда) туралы мәліметтер (жоғары медициналық білімі бар</w:t>
+        <w:t xml:space="preserve">
+      (магистратура) (бар болғанда) туралы мәліметтер (жоғары медициналық білімі бар </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мамандар үшін) (құжаттың сканерленген көшірмесі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3.1. Магистратура мамандығы________________________________________________</w:t>
-[...125 lines deleted...]
-      4. Өтініш берілген мамандық бойынша қайта даярлау жөніндегі куәлік туралы</w:t>
+      3.1. Магистратура мамандығы______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.2. Түскен жылы________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.3. Бітірген жылы________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.4. Оқу ұзақтығы________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.5. Оқудың сағат бойынша көлемі__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.6. Ұйымның толық атауы________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3.7. Магистратура өткен орны______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Өтініш берілген мамандық бойынша қайта даярлау жөніндегі куәлік туралы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мәліметтер (құжаттың сканерленген көшірмесі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4.1. Қайта даярлау бойынша куәліктің нөмірі____________________________________</w:t>
-[...161 lines deleted...]
-      5.3. Атқаратын лауазымы____________________________________________________</w:t>
+      4.1. Қайта даярлау бойынша куәліктің нөмірі_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.2. Қайта даярлау мамандығы_____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.3. Оқытатын ұйымның атауы_____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.4. Оқу көлемі сағатпен___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.5. Оқудың басталуы____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4.6. Оқудың аяқталуы____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қазіргі жұмыс орны туралы мәліметтер____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.1. Өтініш берілген мамандық бойынша жұмыс өтілі (жыл, ай, күн)_________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.2. Қазіргі уақыттағы жұмыс орны__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5.3. Атқаратын лауазымы_________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5.4. Өтініш берілген мамандық бойынша еңбек қызметі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
@@ -25792,51 +24857,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жұмыстан босатылған күні </w:t>
+              <w:t>Жұмыстан босатылған күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26230,159 +25295,159 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өтініш берілген мамандық бойынша біліктілікті арттыру куәлігі туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мәліметтер____________________________________________________________</w:t>
-[...107 lines deleted...]
-      7) оқыту көлемі сағатпен________________________________________________</w:t>
+      мәліметтер_______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) біліктілікті арттыру туралы куәліктің нөмірі ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) цикл атауы ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) оқытатын ұйымның атауы _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) оқудың басталуы ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) оқудың аяқталуы ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) оқыту көлемі сағатпен__________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -26476,349 +25541,349 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ ҚР ДСМ-274/2020 бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z89" w:id="75"/>
+    <w:bookmarkStart w:name="z89" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Денсаулық сақтау министрлігiнiң күші жойылған кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z90" w:id="76"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z90" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы мамандарды қоспағанда, денсаулық сақтау саласындағы мамандар үшін біліктілік санатын беру туралы куәлікті беру және қайтарып алу қағидаларын, мерзімдерін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 29 маусымдағы № 531 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11787 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2015 жылғы 10 тамызда жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z91" w:id="77"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z91" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Денсаулық сақтау саласындағы мамандарды сертификаттауды жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 28 тамыздағы № 693 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12134 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2015 жылғы 6 қазанда жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z92" w:id="78"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z92" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Денсаулық сақтау саласындағы ұлттық холдингте және оның еншiлес ұйымдарында, сондай-ақ "Назарбаев Университетінде" немесе оның медициналық ұйымдарында, Қазақстан Республикасы Президентінің Іс басқармасының медициналық ұйымдарында кәсіптік медициналық қызметті жүзеге асыруға шақырылған адамдарды қоспағанда, шетелдік мамандарды клиникалық практикаға жіберу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 18 қыркүйектегі № 733 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 94709 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2015 жылғы 29 қазанда жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z93" w:id="79"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z93" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы мамандарды қоспағанда, денсаулық сақтау саласындағы мамандар үшін біліктілік санатын беру туралы куәлікті беру және қайтарып алу қағидаларын, мерзімдерін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 29 маусымдағы № 531 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2016 жылғы 5 шілдедегі № 596 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14081 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2016 жылғы 11 тамызда жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z94" w:id="80"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z94" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Денсаулық сақтау саласындағы ұлттық холдингте және оның еншiлес ұйымдарында, сондай-ақ "Назарбаев Университетінде" немесе оның медициналық ұйымдарында, Қазақстан Республикасы Президентінің Іс басқармасының медициналық ұйымдарында кәсіптік медициналық қызметті жүзеге асыруға шақырылған адамдарды қоспағанда, шетелдік мамандарды клиникалық практикаға жіберу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 18 қыркүйектегі № 733 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2017 жылғы 26 мамырдағы № 337 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15272 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде 2017 жылғы 11 шілдеде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z95" w:id="81"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z95" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің кейбір бұйрықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2018 жылғы 3 қаңтардағы № 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16238 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде 2018 жылғы 26 қаңтарда жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z96" w:id="82"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z96" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Денсаулық сақтау саласындағы ұлттық холдингте және оның еншiлес ұйымдарында, сондай-ақ "Назарбаев Университетінде" немесе оның медициналық ұйымдарында, Қазақстан Республикасы Президентінің Іс басқармасының медициналық ұйымдарында кәсіптік медициналық қызметті жүзеге асыруға шақырылған адамдарды қоспағанда, шетелдік мамандарды клиникалық практикаға жіберу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 18 қыркүйектегі № 733 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2019 жылғы 17 мамырдағы № ҚР ДСМ-81 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18701 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде 2019 жылғы 30 мамырда жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z97" w:id="83"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z97" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Денсаулық сақтау саласындағы кейбір бұйрықтарға өзгерістер енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 4 сәуірдегі № ҚР ДСМ-27/2020 бұйрығымен бекітілген Өзгерістер енгізілетін денсаулық сақтау саласындағы кейбір бұйрықтардың тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26853,105 +25918,105 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармақтары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20333 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде 2020 жылғы 13 сәуірде жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>