--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="716c378" w14:textId="716c378">
+    <w:p w14:paraId="915fbae" w14:textId="915fbae">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -922,69 +922,131 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Клиникаға дейінгі (клиникалық емес) зерттеулер мынадай құжаттар болған кезде жүргізіледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1 Биоэтика жөніндегі жергілікті комиссияның оң қорытындысы;</w:t>
+      1) Биоэтика жөніндегі орталық комиссия беретін биоэтикалық комиссиялар қызметінің стандарттарына сәйкестік сертификаты болған жағдайда, Биоэтика жөніндегі жергілікті комиссияның оң қорытындысы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) зерттеу орталығындағы (бұдан әрі-Кеңес) ғылыми және (немесе) ғылыми-техникалық қызмет мәселелерін қарауға уәкілетті консультациялық-кеңесші органның (ғылыми, ғылыми, ғылыми – клиникалық, сараптамалық кеңес) оң қорытындысы негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Демеуші немесе зерттеу жетекшісі биоэтика жөніндегі жергілікті комиссияға мынадай құжаттарды ұсынады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -2404,55 +2466,135 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Зерттеу хаттамасына зерттеу жүргізуге қатысқан барлық адамдар тегін, атын, әкесінің атын (бар болса), ғылыми дәрежесін (бар болса) көрсете отырып, сондай-ақ осы Хаттаманы сәйкестендіруге мүмкіндік беретін зерттеу хаттамасына қол қойылған күні мен нөмірін көрсете отырып, қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z37" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      27. Зерттеу хаттамасындағы мәліметтердің өзгерістері хаттамаға толықтырулар түрінде ресімделеді, оларға зерттеу жүргізуге қатысқан барлық тұлғалар қол қояды, өзгерістердің себептері, зерттеу хаттамасына толықтырудың күні мен нөмірі көрсетіледі.</w:t>
+        <w:t xml:space="preserve">
+      27. Зерттеу хаттамасындағы мәліметтердің өзгерістері хаттамаға толықтырулар түрінде ресімделеді, оларға зерттеу жүргізуге қатысқан барлық тұлғалар қол қояды, өзгерістердің себептері, зерттеу хаттамасына толықтырудың күні мен нөмірі көрсетіледі. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Зерттеу хаттамасына өзгерістер енгізу туралы Биоэтика жөніндегі жергілікті комиссия мен Кеңеске хаттамаға толықтыруға қол қойылған сәттен бастап үш жұмыс күні ішінде жазбаша нысанда хабарланады. Хабарламада өзгерістердің сипаты, олардың себептері, толықтырудың күні мен нөмірі, сондай-ақ зерттеу хаттамасына толықтырулардың көшірмесі туралы мәліметтер болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 27-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Клиникаға дейінгі (клиникалық емес) зерттеу аяқталғаннан кейін осы зерттеуді жүргізуге жауапты адам зерттеу нәтижелері туралы есеп жасайды және оған қол қояды, онда мыналар қамтылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2681,230 +2823,312 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) өлшеу және бақылау нәтижелері туралы тиісті бастапқы деректерге сілтемелері бар зерттеу нәтижелері, сондай-ақ оларды статистикалық талдау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) зерттеу қорытындылары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="36"/>
+    <w:bookmarkStart w:name="z64" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28-1. Клиникаға дейінгі (клиникалық емес) зерттеу нәтижелері туралы қол қойылған есеп оған қол қойылған сәттен бастап бес жұмыс күні ішінде Биоэтика жөніндегі жергілікті комиссияға және Кеңеске жазбаша нысанда жіберіледі. Есепті жіберу фактісі құжаттарды тіркеу журналында тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Талаптар 28-1-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Клиникаға дейінгі (клиникалық емес) зерттеу нәтижелері туралы есепке валидацияға жататын бақылау әдістері, валидация хаттамаларының көшірмелері (оларды пайдаланған жағдайда) қоса беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Клиникаға дейінгі (клиникалық емес) зерттеу жүргізетін ұйымның басшысы зерттеу жоспарында белгіленген талаптардың орындалуын, зерттеу жүргізудің объективтілігі мен тәуелсіздігін, сондай-ақ алынатын нәтижелердің дұрыстығын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z41" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Клиникаға дейінгі (клиникалық емес) зерттеу жүргізу кезінде пайдаланылатын реактивтер мен реагенттер, стандартты заттар мен тест-жүйелер зерттеу жоспарында көрсетілген талаптарға сәйкес келеді, олардың жарамдылық мерзімі өткенге дейін қолданылады, оларды сәйкестендіруге мүмкіндік беретін таңбасы болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z42" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Эксперименттік жануарларды күтумен байланысты барлық рәсімдер қағаз жеткізгіште және (немесе) электрондық түрде есепке алынуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z43" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Жаңадан келіп түскен эксперименттік жануарлар денсаулық жағдайын бағалау үшін кемінде күнтізбелік жеті күн карантиндеуге жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z44" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Клиникаға дейінгі (клиникалық емес) зерттеу жүргізу процесінде жеке бақылауды қамтамасыз ету үшін эксперименттік Жануарлар сәйкестендіріледі. Ұсақ кеміргіштерге қатысты топтық сәйкестендіруге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z45" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Эксперименттік жануарларды ұстауға арналған барлық торлар, торшалар, контейнерлер таңбаланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z46" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Бір түрдің тәжірибелік жануарлары жануарлардың осы түрі үшін оңтайлы, жем мен суға еркін қол жетімді жағдайда ұсталады. Азық пен су жануарлардың қоректік заттарға қажеттілігін қамтамасыз етеді және зерттеу нәтижелеріне әсер етпейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z47" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Тәжірибелік жануарлармен жұмыс кезінде жануарларға ізгілікпен және ұқыпты қараудың келесі принциптері сақталады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ғылыми негізделген және қойылған міндеттерге сәйкес келетін эксперименттік жануарлардың түрін пайдалану;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2951,368 +3175,428 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) седативтік, анальгетикалық дәрілік препараттарды, наркозға арналған дәрілік препараттарды қолдана отырып, эксперименттік жануарларға ұзақ, ауыр манипуляциялар, хирургиялық операциялар жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) клиникаға дейінгі зерттеу соңында немесе процесінде жануарларды ауыртпалықсыз тәсілмен жансыздандыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="45"/>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Клиникаға дейінгі (клиникалық емес) зерттеу жүргізудің басында, егер клиникаға дейінгі (клиникалық емес) зерттеу жоспарында өзгеше көзделмесе, зерттеу нәтижелеріне әсер ете алатын биологиялық агенттердің тасымалдаушысы болып табылмайтын сау эксперименттік Жануарлар пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z49" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Биологиялық материалдардың сынамаларын алу тиісті таңбалануы және кодталуы бар пробиркаларға (сауыттарға, контейнерлерге) жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z50" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Дәрілік заттың үлгілері сақтау шарттары мен мерзімдерін, зерттелетін дәрілік затпен, еріткіштермен жұмыс істеу қауіпсіздігін қамтамасыз ету жөніндегі шаралар туралы ақпаратты және қажет болған жағдайда еріту рәсімі туралы ақпаратты, дәрілік затты эксперименттік жануарларға енгізуге арналған құрылғыларды қамтитын әзірлеуші ұсынған құжаттамамен қоса беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z51" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Зерттелетін дәрілік заттардың үлгілері зерттеу жүргізетін зертханада бекітілген рәсімге сәйкес қабылдау, жұмсау, қайтару немесе кәдеге жарату бойынша есепке алынуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z52" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Зерттелетін дәрілік заттың үлгілерін сақтау әзірлеуші белгілеген жағдайларда, ластанудан немесе бүлінуден қорғауды қамтамасыз ететін, сақтау процесінде олардың тұрақтылығын қамтамасыз ететін қаптамада, клиникаға дейінгі (клиникалық емес) зерттеу жүргізуге арналған үй-жайлардың жеке аймағында қол жетімділігі шектеулі жүзеге асырылады. Үлгілерді сақтау аймағының қоршаған орта параметрлері зерттеу жүргізетін ұйым бекіткен тәртіппен үнемі тіркеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z53" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Клиникаға дейінгі (клиникалық емес) зерттеу жүргізу үшін ұсынылған дәрілік зат үлгілерінің клиникаға дейінгі (клиникалық емес) зерттеуді аяқтау үшін жеткілікті жарамдылық мерзімі болады. Жарамдылық мерзімі өткен немесе әзірлеуші белгілеген сақтау шарттарына сәйкес келмейтін жағдайларда сақталған дәрілік заттың үлгілерін клиникаға дейінгі (клиникалық емес) зерттеуде пайдалануға жол берілмейді. Дәрілік заттың жарамдылық мерзімінен асатын клиникаға дейінгі (клиникалық емес) ұзақ зерттеу жағдайында дәрілік заттың үлгілерін ауыстыру шарттары мен жарамдылық өлшемдері зерттеу жоспарында сипатталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z54" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Зерттелетін үлгінің қалдықтарын жою зертханада белгіленген рәсімдерге сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z55" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z55" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Осы Қағидаларға сәйкес клиникаға дейінгі (клиникалық емес) зерттеу жүргізу кезінде ресімделетін құжаттар оларды ресімдеген ұйымның электрондық және (немесе) қағаз түрінде есепке алу журналында (журналдарында) есепке алынуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z56" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z56" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Осы Қағидаларға сәйкес клиникаға дейінгі (клиникалық емес) зерттеу жүргізу кезінде ресімделетін құжаттар немесе олардың көшірмелері орындаушыда белгіленген талаптар бойынша сақталуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z57" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z57" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Осы Қағидаларға сәйкес клиникаға дейінгі (клиникалық емес) зерттеу жүргізу кезінде бөгде ұйым ресімдейтін құжаттар немесе олардың көшірмелері үш жыл бойы сақталуы тиіс. Бөгде ұйымдарда көрсетілген құжаттарды одан әрі сақтау қажеттілігі әзірлеуші мен бөгде ұйым жасасқан шартта айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z58" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z58" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Медициналық бұйымдардың биологиялық әсерін бағалауды зерттеулер (сынақтар) медициналық бұйым материалдарының адам организмімен жанасуы нәтижесінде туындайтын кез келген ықтимал қолайсыз биологиялық жауаптың қолайлылығын айқындау үшін жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z59" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z59" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Медициналық бұйымдардың биологиялық әсерін бағалауды зерттеулер (сынақтар) GLP стандартына және ISO 10993 стандартына сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z60" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z60" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      50. Қазақстан Республикасының аумағында жүргізілетін барлық клиникаға дейінгі (клиникалық емес) зерттеулер Кодекстің 227-бабының </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z61" w:id="58"/>
+      50. Қазақстан Республикасының аумағында жүргізілетін барлық клиникаға дейінгі (клиникалық емес) зерттеулер бастамашылық жасаған сәттен бастап 5 (бес) жұмыс күн ішінде Биомедициналық зерттеулердің ұлттық тізіліміне тіркелуге жатады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Клиникаға дейінгі (клиникалық емес) зерттеулердің басталуы, деректер мен нәтижелерін өзектілендіру туралы ақпарат Биомедициналық зерттеулердің ұлттық тізіліміне 10 (он) жұмыс күні ішінде енгізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 50-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Медициналық бұйымдардың биологиялық әсерін бағалаудың клиникаға дейінгі базаларына қойылатын талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z62" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z62" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Медициналық бұйымдардың биологиялық әсерін бағалаудың клиникаға дейінгі базаларына қойылатын талаптар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) GLP стандартының талаптарына сәйкестігі (дәрілік заттардың клиникаға дейінгі зерттеулерін жүргізу кезінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4732,55 +5016,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>