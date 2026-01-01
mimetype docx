--- v0 (2025-10-01)
+++ v1 (2026-01-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c989604" w14:textId="c989604">
+    <w:p w14:paraId="bcc9803" w14:textId="bcc9803">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4356,152 +4356,165 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мамандандырылған, оның </w:t>
-[...51 lines deleted...]
-              <w:t>2-қосымша</w:t>
+              <w:t>Мамандандырылған, оның ішінде жоғары технологиялық медициналық көмек көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қағидаларына 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z92" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жоғары технологиялық медициналық көмек көрсететін денсаулық сақтау ұйымдарына қойылатын өлшемшарттар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда – ҚР Денсаулық сақтау министрінің 28.12.2023 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Денсаулық сақтау министрінің 14.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 175</w:t>
+        <w:t>№ 143</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -4528,245 +4541,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...193 lines deleted...]
-              <w:t>Медициналық бұйымдарға қойылатын өлшемшарттар</w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кодтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жоғары технологиялық медициналық көмек түрлерінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кадрларға қойылатын өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медициналық бұйымдарға қойылатын өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4834,88 +4797,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-Штатта "Кардиология (интервенциялық кардиология) (ересектер)" немесе "Кардиология (интервенциялық аритмология) (ересектер)" немесе Кардиология (интервенциялық кардиология) (балалар)" немесе "Кардиология (интервенциялық аритмология) (балалар)" немесе "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 3 жыл жұмыс өтілі, аритмология мәселелері бойынша 108 сағат көлемінде соңғы 5 жылда біліктілігін арттыру туралы куәлігі, иондаушы сәулелену көздерімен жұмыс жасауға рұқсаты бар маманның болуы.</w:t>
+              <w:t xml:space="preserve">
+Жалпы жүйенің дефибрилляторын жанаспай бивентрикулярлық электрокардиостимуляторды импланттау (CRT-P) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Кардиология (интервенциялық кардиология) (ересектер)" немесе "Кардиология (интервенциялық аритмология) (ересектер)" немесе "Кардиология (интервенциялық кардиология) (балалар)" немесе "Кардиология (интервенциялық аритмология) (балалар)" немесе "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 3 жыл жұмыс өтілі, аритмология мәселелері бойынша 108 сағат көлемінде соңғы 5 жылда біліктілігін арттыру туралы куәлігі, иондаушы сәулелену көздерімен жұмысқа рұқсаты бар маманның болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5020,87 +4983,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бивентрикулярлық дефибрилляторды жалпы жүйені имплантаттау (CRT-D)</w:t>
-[...35 lines deleted...]
-Штатта "Кардиология (интервенциялық кардиология) (ересектер)" немесе "Кардиология (интервенциялық аритмология) (ересектер)" немесе "Кардиология (интервенциялық кардиология) (балалар)" немесе "Кардиология (интервенциялық аритмология) (балалар)" немесе "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 3 жыл жұмыс өтілі, аритмология мәселелері бойынша 108 сағат көлемінде соңғы 5 жылда біліктілік арттыру туралы куәлігі, иондаушы сәулелену көздерімен жұмыс жасауға рұқсаты бар маманның болуы.</w:t>
+Жалпы жүйенің бивентрикулярлық дефибрилляторын импланттау (CRT-D)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Кардиология (интервенциялық кардиология) (ересектер)" немесе "Кардиология (интервенциялық аритмология) (ересектер)" немесе "Кардиология (интервенциялық кардиология) (балалар)" немесе "Кардиология (интервенциялық аритмология) (балалар)" немесе "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 3 жыл жұмыс өтілі, аритмология мәселелері бойынша 108 сағат көлемінде соңғы 5 жылда біліктілік арттыру туралы куәлігі, иондаушы сәулелену көздерімен жұмысқа рұқсаты бар маманның болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5205,141 +5168,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Стенттерді бассүйекішілік артерияларға тері арқылы имплантаттау</w:t>
-[...89 lines deleted...]
-Бипландық ангиографиялық қондырғы. Магниттік өрісте кемінде 1,5 тесла болатын магнит-резонанстық томограф. Компьютерлік томограф. Гемодинамиканың интраоперациялық мониторингі. Наркоздық-тыныс алу аппараттары.</w:t>
+Стенттерді бассүйекішілік артерияларға тері арқылы импланттат тау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Нейрохирургия (ересектер, балалар)" мамандығы бойынша сертификаты бар, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, соңғы 3 жылда эндоваскулярлық нейрохирургия мәселері бойынша кемінде 432 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жылына кемінде 50 рет мидағы қан тамырларға өзі жасаған эндоваскулярлық операцияларды тәжірибесі. Иондаушы сәулелену көздерімен жұмысқа рұқсаты бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бипландық ангиографиялық қондырғы. Магниттік өрісте кемінде 1,5 тесла болатын магнитті-резонанстық томограф. Компьютерлік томограф. Гемодинамиканың интраоперациялық мониторингі. Наркоздық-тыныс алу аппараттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5443,130 +5406,144 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-Гемодиализ және гемодиализсүзгісіне арналған аппарат – кемінде 2, доплері бар ультрадыбыстық аппарат – кемінде 2, компьютерлік томограф - 1, ангиограф - 1, операциялық коагулятор - кемінде 2, аспирациялық сорғыш - 2, дәрілік заттар дозаторы - 4, электрокардиограф - 1, өкпені жасанды желдету аппараты - 2, микрохирургиялық аспаптар жиынтығы - 2, тамырлық аспаптар жиынтығы - 2, хирургиялық аспаптар жиынтығы (жараны кеңейткіш) - 2, пациентті бақылауға арналған монитор - 2, пациенттің дене салмағын анықтауға арналған таразылар - 1, донорлық ағзаны тасымалдауға арналған контейнер - 3, қышқыл-сілтілік күйдің талдаушы - 1, ультрадыбыстық хирургиялық аспиратор - 1.</w:t>
+              <w:t xml:space="preserve">
+Штатта "Жалпы хирургия (трансплантология)" мамандығы бойынша сертификаты бар кемінде екі маманның болуы, трансплантаттау бөлімшесінде кемінде 3 жыл жұмыс өтілі, ағзаларды трансплантаттау бойынша кемінде 108 сағат көлемінде соңғы 3 жылда біліктілікті арттыру туралы куәлігінің болуы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гемодиализ және гемодиализ сүзгісіне арналған аппарат – кемінде 2, доплері бар ультрадыбыстық аппарат – кемінде 2, компьютерлік томограф - 1, ангиограф - 1, операциялық коагулятор - кемінде 2, аспирациялық сорғыш - 2, дәрілік заттар дозаторы - 4, электрокардиограф - 1, өкпені жасанды желдету аппараты - 2, микрохирургиялық аспаптар жинағы - 2, тамырлық аспаптар жинағы - 2, хирургиялық аспаптар жинағы (жараны кеңейткіш) - 2, пациентті бақылауға арналған монитор - 2, пациенттің дене салмағын анықтауға арналған таразы - 1, донорлық ағзаны тасымалдауға арналған контейнер - 3, қышқыл-сілтілік жай - күй талдауышы - 1, ультрадыбыстық хирургиялық</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+аспиратор - 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5593,177 +5570,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Эпилепсия кезінде бас миының лобэктомиясы</w:t>
-[...35 lines deleted...]
-Штатта "Нейрохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі бар маманның болуы.</w:t>
+Эпилепсия кезінде мидың лобэктомиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Нейрохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі бар маманның болуы.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соңғы 3 жылда эпилепсияны хирургиялық емдеу бойынша кемінде 216 сағат көлемінде біліктілігін арттыру туралы куәлігінің болуы.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бас миына жылына кемінде 50 рет микрохирургиялық өзі жасаған операциялар тәжірибесі.</w:t>
-[...53 lines deleted...]
-Микронейрохирургиялық құралдар жиынтығы. Операциялық коагулятор. Ультрадыбыстық диссектор.</w:t>
+Бас миына жылына кемінде 50 рет өзі жасаған микрохирургиялық операциялар тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Интраоперациялық электроэнцефалограф. Бас миын операциялық араласу жүргізу үшін хирургиялық навигациялық құрылғы. Операциялық нейрохирургиялық микроскоп. Функционалдық нейрохирургия мен биопсияға арналған жүйе. Наркоздық-тыныс алу аппараты. Сүйектерді өңдеуге арналған жиынтықтан алынған "Краниотом". Магнит өрісі кемінде 1,5 тесла болатын магниттік-резонанстық томограф. Нейрохирургияға арналған аксессуарлары бар нейрохирургиялық операциялық үстел. Компьютерлік томограф. Нейрохирургиялық құралдар жинағы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Микронейрохирургиялық құралдар жинағы. Операциялық коагулятор. Ультрадыбыстық диссектор</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5868,87 +5863,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Штатта "Нейрохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, соңғы 3 жылда кемінде 216 сағат көлемінде стереотактикалық және функционалдық нейрохирургия бойынша біліктілікті арттыру куәлігі бар маманның болуы. Жылына кемінде 20 рет стереотактикалық жүйені пайдалана отырып, өзі жасаған операциялар тәжірибесі.</w:t>
-[...35 lines deleted...]
-Жақтауы бар стереотактикалық жүйе. Краниотом. Қатты етіп бекіту мүмкіндігі бар нейрохирургиялық операциялық үстел. Нейрохирургиялық құралдар жиынтығы. Биполярлы коагулятор. Магнит өрісі кемінде 1,5 тесла болатын магнитті-резонанстық томограф. Компьютерлік томограф</w:t>
+Штатта "Нейрохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, соңғы 3 жылда кемінде 216 сағат көлемінде стереотактикалық және функционалдық нейрохирургия бойынша біліктілікті арттыру куәлігі бар маманның болуы. Жылына кемінде 20 рет стереотактикалық жүйені пайдалана отырып, өзі жасаған операциялар тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жақтауы бар стереотактикалық жүйе. Краниотом. Қатты етіп бекіту мүмкіндігі бар нейрохирургиялық операциялық үстел. Нейрохирургиялық құралдар жинағы. Биполярлы коагулятор. Магнит өрісі кемінде 1,5 тесла болатын магнитті-резонанстық томограф. Компьютерлік томограф</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6017,123 +6012,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негіздемелік стереотаксиялық жүйені қолдануымен операция</w:t>
-[...71 lines deleted...]
-Жақтауы бар стереотактикалық жүйе. Краниотом. Қатты етіп бекіту мүмкіндігі бар нейрохирургиялық операциялық үстел. Нейрохирургиялық құралдар жиынтығы. Биполярлы коагулятор. Магнит өрісі кемінде 1,5 тесла болатын магнитті-резонанстық томограф. Компьютерлік томограф.</w:t>
+Негіздемелік стереотаксиялық жүйені қолданумен операция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Нейрохирургия (ересектер, балалар)" мамандығы бойынша сертификаты бар, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, соңғы 3 жылда кемінде 216 сағат көлемінде стереотактикалық және функционалдық нейрохирургия мәселелері бойынша біліктілікті арттыру сертификаты бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жақтауы бар стереотактикалық жүйе. Краниотом. Қатты етіп бекіту мүмкіндігі бар нейрохирургиялық операциялық үстел. Нейрохирургиялық құралдар жинағы. Биполярлы коагулятор. Магнит өрісі кемінде 1,5 тесла болатын магнитті-резонанстық томограф. Компьютерлік томограф</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6202,123 +6197,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Стереотаксиялық жүйені қолданумен бас миының нейростимуляторын имплантаттау</w:t>
-[...71 lines deleted...]
-Жақтауы бар стереотактикалық жүйе. Краниотом. Қатты етіп бекіту мүмкіндігі бар нейрохирургиялық операциялық үстел. Нейрохирургиялық құралдар жиынтығы. Биполярлы коагулятор. Магнит өрісі кемінде 1,5 тесла болатын магнит-резонанстық томограф. Компьютерлік томограф.</w:t>
+Стереотаксиялық жүйені қолданумен ми нейростимуляторын импланттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Нейрохирургия (ересектер, балалар)" мамандығы бойынша сертификаты бар, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, соңғы 3 жылда кемінде 216 сағат көлемінде стереотактикалық және функционалдық нейрохирургия бойынша біліктілікті арттыру сертификаты бар маманның болуы. Жылына кемінде 20 рет стереотактикалық жүйені пайдалана отырып, өзі жасаған операциялар тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жақтауы бар стереотактикалық жүйе. Краниотом. Қатты етіп бекіту мүмкіндігі бар нейрохирургиялық операциялық үстел. Нейрохирургиялық құралдар жинағы. Биполярлы коагулятор. Магнит өрісі кемінде 1,5 тесла болатын магнитті-резонанстық томограф. Компьютерлік томограф</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6387,123 +6382,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұлынның нейростимуляторының электродын (электродтарын) имплантаттау немесе ауыстыру</w:t>
-[...71 lines deleted...]
-Наркоздық-тыныс алу аппараты. С-доғалы рентгендік мобильдік хирургиялық аппарат. Жұлын нейрохирургиясына арналған жиынтығы бар электротрепан. Магнит-резонанстық томограф. Нейрохирургияға арналған аксессуарлары бар нейрохирургиялық операциялық үстел. Компьютерлік томограф. Жұлын нейрохирургиясы үшін нейрохирургиялық құралдар жиынтығы.</w:t>
+Жұлын нейростимулятордың электродын (электродтарын) имплантаттатау немесе ауыстыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Нейрохирургия (ересектер, балалар)" мамандығы бойынша сертификаты бар, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, соңғы 3 жылда кемінде 216 сағат көлемінде функционалдық нейрохирургия бойынша біліктілікті арттыру туралы куәлігі бар маманның болуы. Кемінде жылына 50 рет омыртқа мен жұлынға өзі жасаған операциялар тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наркоздық-тыныс алу аппараты. С-доғалы рентгендік мобильдік хирургиялық аппарат. Жұлын нейрохирургиясына арналған жинағы бар электротрепан. Магниттік-резонанстық томограф. Нейрохирургияға арналған аксессуарлары бар нейрохирургиялық операциялық үстел. Компьютерлік томограф. Жұлын нейрохирургиясы үшін нейрохирургиялық құралдар жинағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6536,51 +6531,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20.95*</w:t>
+20.95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6608,87 +6603,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Штатта "Оториноларингология (сурдология) (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша 10 жыл жұмыс өтілі, отохирургия және кохлеарлы имплантация мәселелері бойынша біліктілігін арттыру туралы куәлігі бар маманның болуы. Кохлеарлы имплантты үйлестіру бойынша біліктілігін арттыру туралы куәліктің болуы. Штатта "Оториноларингология" (сурдология) (ересектер, балалар)" мамандығы бойынша сертификаты бар маманның болуы.</w:t>
-[...35 lines deleted...]
-Микроскоп. Тимпаналдық хирургиялық жиынтық. Кохлеарлы имплант. Бормашина. Кохлеарлы имплантты қосу және орнату бағдарламасы бар ноутбук.</w:t>
+Штатта "Оториноларингология (сурдология) (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша 10 жыл жұмыс өтілі, отохирургия және кохлеарлы имплантация мәселелері бойынша біліктілігін арттыру туралы куәлігі бар маманның болуы. Кохлеарлы импланттатау баптау бойынша біліктілігін арттыру туралы куәліктің болуы. Штатта "Оториноларингология (сурдология) (ересектер, балалар)" мамандығы бойынша сертификаты бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Микроскоп. Тимпаналдық хирургиялық жинақ. Кохлеарлы имплант. Бормашина. Кохлеарлы имплантты қосу және баптау бағдарламасы бар ноутбук</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6757,123 +6752,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өкпені транспланттау</w:t>
-[...71 lines deleted...]
-Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырлар ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазивтік гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Наркоздық-тыныс алу аппараты. Жасанды қанайналым аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат. Афференттік гемокоррекцияға арналған аппарат. Донорлық өкпенің перфузиясына арналған аппарат.</w:t>
+Өкпені трансплантаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Жалпы хирургия" (трансплантология)" немесе "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты бар, трансплантология мәселелері, кадаврдан ағзаларды алу және донорлық ағзаларды тасымалдау, оның ішінде мамандандырылған жабдықтарды пайдалана отырып адам ағзаларын тасымалдау мәселелері бойынша біліктілігін арттыру туралы куәлігі, трансплантаттау бөлімшесінде кемінде 3 жыл жұмыс өтілі, ағзаларды трансплантаттау бойынша кемінде 108 сағат көлемінде соңғы 3 жылда біліктілікті арттыру туралы куәлігі бар кемінде екі маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырлар ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазиялық гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Наркоздық-тыныс алу аппараты. Жасанды қанайналым аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат. Афференттік гемокоррекцияға арналған аппарат. Донорлық өкпе перфузиясына арналған аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6978,87 +6973,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Штатта "Жалпы хирургия" (трансплантология)" немесе "Кардиохирургия (ересектер, балалар)" мамандықтары бойынша сертификаты, трансплантология, кадаверден ағзаларды алу және донорлық ағзаларды тасымалдау, оның ішінде мамандандырылған жабдықтарды пайдалана отырып адам ағзаларын тасымалдау, "жүрек-өкпе" кешенін транспланттау мәселелері бойынша біліктілігін арттыру туралы куәлігі, транспланттау бөлімшесінде жұмыс өтілі кемінде 3 жыл, ағзаларды транспланттау бойынша кемінде 108 сағат көлемінде соңғы 3 жылда біліктілікті арттыру туралы куәлігі бар кемінде екі маманның болуы.</w:t>
-[...35 lines deleted...]
-Гемодиализ және гемодиализсүзгісіне арналған аппарат. Қолқаішілік баллонды пульсті бақылауға арналған аппарат. Қанның центрифугалық сорғышы. Донорлық ағзаны тасымалдауға арналған аппарат. Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Жүрек пен қан тамырларын ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Операциялық монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Наркоздық-тыныс алу аппараты. Жасанды қанайналым аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат. Афференттік гемокоррекцияға арналған аппарат. Донорлық өкпе және жүректі перфузиясына арналған аппарат.</w:t>
+Штатта "Жалпы хирургия" (трансплантология)"" немесе "Кардиохирургия (ересектер, балалар)" мамандықтары бойынша сертификаты, трансплантология, кадаврдан ағзаларды алу және донорлық ағзаларды тасымалдау, оның ішінде мамандандырылған жабдықтарды пайдалана отырып адам ағзаларын тасымалдау, "жүрек-өкпе" кешенін трансплантаттау мәселелері бойынша біліктілігін арттыру туралы куәлігі, трансплантаттау бөлімшесінде жұмыс өтілі кемінде 3 жыл, ағзаларды трансплантаттау бойынша кемінде 108 сағат көлемінде соңғы 3 жылда біліктілікті арттыру туралы куәлігі бар кемінде екі маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гемодиализ және гемодиализ сүзгісіне арналған аппарат. Қолқаішілік баллонды пульсті бақылауға арналған аппарат. Қанның центрифугалық сорғышы. Донорлық ағзаны тасымалдауға арналған аппарат. Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Жүрек пен қан тамырларын ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Операциялық монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Наркоздық-тыныс алу аппараты. Жасанды қанайналым аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат. Афференттік гемокоррекцияға арналған аппарат. Донорлық өкпе және жүрек перфузиясына арналған аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7163,87 +7158,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Штатта "Кардиология (интервенциялық кардиология) (ересектер)" немесе "Кардиология (интервенциялық кардиология) (балалар)" немесе "Ангиохирургия (рентгенохирургия, интервенциялық хирургия) (ересектер, балалар)" мамандығы бойынша сертификаты бар, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, мамандық бойынша кемінде 108 сағат көлемінде соңғы 5 жылдың ішінде біліктілігін арттыру туралы куәлігі бар маманның болуы.</w:t>
-[...35 lines deleted...]
-Гемодинамика жүйесі бар ангиографиялық қондырғы. Наркоздық-тыныс алу аппараты. Бифаздық дефибрилятор. Жасанды қанайналым аппараты.</w:t>
+Штатта "Кардиология (интервенциялық кардиология) (ересектер)" немесе "Кардиология (интервенциялық кардиология) (балалар)" немесе "Ангиохирургия (рентгенохирургия, интервенциялық хирургия) (ересектер, балалар)" мамандығы бойынша сертификаты бар, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, мамандық бойынша кемінде 108 сағат көлемінде соңғы 5 жылдың ішінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гемодинамика жүйесі бар ангиографиялық қондырғы. Наркоздық-тыныс алу аппараты. Бифаздық дефибриллятор. Жасанды қанайналым аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7311,124 +7306,124 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...72 lines deleted...]
-Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазивтік гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Наркоз-тыныс алу аппараты. Жасанды қанайналым аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат.</w:t>
+              <w:t>
+Ауыстырмай қолқа қақпақшаның ашық вальвулопластикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты бар, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, ашық жүрекке жылына кемінде 50 өзі жасаған операциялар тәжірибесі, мамандығы бойынша кемінде 108 сағат көлемінде соңғы 5 жылдың ішінде мамандық бойынша біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазиялық гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Наркоздық-тыныс алу аппараты. Жасанды қанайналым аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7496,52 +7491,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Ауыстырмай митральды қақпақшаның ашық вальвулопластикасы </w:t>
+              <w:t>
+Ауыстырмай митралдық қақпақшаның ашық вальвулопластикасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7569,51 +7564,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазивтік гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоз-тыныс алу аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат.</w:t>
+Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазиялық гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоздық-тыныс алу аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7682,123 +7677,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Митраль қақпақша стенозының баллондық вальвулопластикасы</w:t>
-[...71 lines deleted...]
-Гемодинамика жүйесі бар ангиографиялық қондырғы. Уақытша электрокардиостимулятор. Бифаздық дефибрилятор. Қолқаішілік баллонды контрпульсатор. Пульс жиілігінің датчигі бар эхокардиография.</w:t>
+Митралдық тесік стенозының баллондық вальвулопластикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Кардиология (интервенциялық кардиология) (ересектер)" немесе "Кардиология (интервенциялық кардиология) (балалар)" немесе "Ангиохирургия (рентгенохирургия, интервенциялық хирургия) (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, көрсетілген мамандығы бойынша кемінде 108 сағат көлемінде соңғы 5 жылдың ішінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гемодинамика жүйесі бар ангиографиялық қондырғы. Уақытша электрокардиостимулятор. Бифаздық дефибриллятор. Қолқаішілік баллонды контрпульсатор. Пульс жиілігінің датчигі бар эхокардиография</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7903,87 +7898,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Штатта "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты бар маманның, мамандығы бойынша кемінде 5 жыл жұмыс өтілінің, ашық жүрекке жылына кемінде 50 өзі жасаған операциялар тәжірибесі, мамандығы бойынша кемінде 108 сағат көлемінде соңғы 5 жылдың ішінде біліктілігін арттыру туралы куәліктің болуы.</w:t>
-[...35 lines deleted...]
-Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазивтік гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдаушы. Хирургиялық аспиратор (сорғыш). Наркоздық-тыныс алу аппараты. Жасанды қанайналым аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат.</w:t>
+Штатта "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты бар маманның, мамандығы бойынша кемінде 5 жыл жұмыс өтілінің, ашық жүрекке жылына кемінде 50 өзі жасаған операциялар тәжірибесі, мамандығы бойынша кемінде 108 сағат көлемінде соңғы 5 жылдың ішінде біліктілігін арттыру туралы куәліктің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазиялық гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдаушы. Хирургиялық аспиратор (сорғыш). Наркоздық-тыныс алу аппараты. Жасанды қанайналым аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8052,123 +8047,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қолқа қақпақшасын тін трансплантаттымен ашық және басқа ауыстыруы</w:t>
-[...71 lines deleted...]
-Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазивтік гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Хирургиялық электрокоагулятор. Өңеш арқылы өтетін датчик. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Мониторингі бар салмағы 0,5 кг-дан басталатын пациенттерге арналған наркоз-тыныс алу аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат.</w:t>
+Қолқа қақпақшасын тіндік трансплантатпен ашық және басқаша ауыстыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, кемінде 50 рет ашық жүрекке жылына өзі жасаған операциялар тәжірибесі, мамандығы бойынша кемінде 108 сағат көлемінде соңғы 5 жыл ішінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазиялық гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Хирургиялық электрокоагулятор. Өңеш арқылы өтетін датчик. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жаңа туған нәрестерлерге арналған мониторингімен наркоздық-тыныс алу аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8236,124 +8249,124 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...72 lines deleted...]
-Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазивтік гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Наркоздық-тыныс алу аппараты. Жасанды қанайналым аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат.</w:t>
+              <w:t xml:space="preserve">
+Митралдық қақпақшаны тіндік транплантатпен ашық және басқаша ауыстыру </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, ашық жүрекке жылына кемінде 50 рет өзі жасаған операциялар тәжірибесі, мамандығы бойынша кемінде 108 сағат көлемінде соңғы 5 жылдың ішінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазиялық гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Наркоздық-тыныс алу аппараты. Жасанды қанайналым аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8458,87 +8471,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Штатта "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, ашық жүрекке жылына кемінде 50 өзі жасаған операциялар тәжірибесі, мамандығы бойынша кемінде 108 сағат көлемінде соңғы 5 жылдың ішінде біліктілігін арттыру туралы куәлігі бар маманның болуы.</w:t>
-[...35 lines deleted...]
-Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимуляторЖүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазивтік гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Наркоздық-тыныс алу аппараты. Жасанды қанайналым аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат.</w:t>
+Штатта "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, ашық жүрекке жылына кемінде 50 өзі жасаған операциялар тәжірибесі, мамандығы бойынша кемінде 108 сағат көлемінде соңғы 5 жылдың ішінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазиялық гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Наркоздық-тыныс алу аппараты. Жасанды қанайналым аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8607,123 +8620,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Протездеу арқылы қарыншааралық қалқаншаның ақауын жою</w:t>
-[...71 lines deleted...]
-Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазивтік гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоз-тыныс алу аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат.</w:t>
+Протездеу арқылы қарыншааралық қалқаншаның ақауын жабық әдіспен жою</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, ашық жүрекке жылына кемінде 50 рет өзі жасаған операциялар тәжірибесі, мамандығы бойынша кемінде 108 сағат көлемінде соңғы 5 жылдың ішінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазиялық гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоздық-тыныс алу аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8864,51 +8877,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазивтік гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоз-тыныс алу аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат.</w:t>
+Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазиялық гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоздық-тыныс алу аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9013,87 +9026,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Штатта "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, ашық жүрекке жылына кемінде 50 рет өзі жасаған операциялар тәжірибесі, мамандығы бойынша кемінде 108 сағат көлемінде соңғы 5 жылдың ішінде біліктілігін арттыру туралы куәлігі бар маманның болуы.</w:t>
-[...35 lines deleted...]
-Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазивтік гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоз-тыныс алу аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат.</w:t>
+Штатта "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, ашық жүрекке жылына кемінде 50 рет өзі жасаған операциялар тәжірибесі, мамандығы бойынша кемінде 108 сағат көлемінде соңғы 5 жылдың ішінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазиялық гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоздық-тыныс алу аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9162,51 +9175,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Басқа айдарларда жіктелмеген ірі тамырлардың транспозициясын толық қалпына келтіру</w:t>
+Басқа айдарларда жіктелмейтін ірі тамырлардың транспозициясын толық қалпына келтіру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9234,51 +9247,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазивтік гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоз-тыныс алу аппараты.</w:t>
+Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазиялық гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоздық-тыныс алу аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9347,123 +9360,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Венадан ағудың жүрекшеаралық транспозициясы</w:t>
-[...71 lines deleted...]
-Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазивтік гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоз-тыныс алу аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат.</w:t>
+Веналық ағудың жүрекшеаралық транспозициясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, ашық жүрекке жылына кемінде 50 рет өзі жасаған операциялар тәжірибесі, мамандығы бойынша соңғы 5 жылдың ішінде кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазиялық гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоздық-тыныс алу аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9568,87 +9581,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Штатта "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, ашық жүрекке жылына кемінде 50 рет өзі жасаған операциялар тәжірибесі, мамандығы бойынша соңғы 5 жылдың ішінде кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы.</w:t>
-[...35 lines deleted...]
-Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек пен қан және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазивтік гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоз-тыныс алу аппараты. Радиожиілік абляциялы генератор.</w:t>
+Штатта "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, ашық жүрекке жылына кемінде 50 рет өзі жасаған операциялар тәжірибесі, мамандығы бойынша соңғы 5 жылдың ішінде кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек пен қан және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазиялық гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоздық-тыныс алу аппараты. Радиожиілік аблациялы генератор</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9717,123 +9730,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Митралдық қақпақшыны клиптеу</w:t>
-[...71 lines deleted...]
-Гемодинамика жүйесі бар ангиографиялық қондырғы. Наркоз-тыныс алу аппараты. Бифаздық дефибрилятор. Жасанды қанайналым аппараты.</w:t>
+Митралдық тесікті клиптеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Кардиология (интервенциялық кардиология) (ересектер)" немесе "Кардиология (интервенциялық кардиология) (балалар)" немесе "Ангиохирургия (рентгенохирургия, интервенциялық хирургия) (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, мамандығы бойынша соңғы 5 жылдың ішінде кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гемодинамика жүйесі бар ангиографиялық қондырғы. Наркоздық-тыныс алу аппараты. Бифаздық дефибриллятор. Жасанды қанайналым аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9902,51 +9915,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Интраоперациялық радиожиілік аблацияны пайдалана отырып аортокоронарлық шунттау</w:t>
+Интраоперациялық радиожиілік аблацияны пайдалана отырып қолқакоронарлық шунттау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9974,51 +9987,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазивтік гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоз-тыныс алу аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат. Радиожиілік абляциялы генератор.</w:t>
+Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазиялық гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоздық-тыныс алу аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат. Радиожиілік аблациялы генератор</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10159,51 +10172,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазивтік гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоз-тыныс алу аппараты.</w:t>
+Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазиялық гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоздық-тыныс алу аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10272,51 +10285,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жүрек аневризмасын тілу</w:t>
+Жүрек аневризма сын тілу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10344,51 +10357,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазивтік гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоз-тыныс алу аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат. Афференттік гемокоррекцияға арналған аппарат.</w:t>
+Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазиялық гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоздық-тыныс алу аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат. Афференттік гемокоррекцияға арналған аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10493,87 +10506,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Штатта "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, ашық жүрекке жылына кемінде 50 рет өзі жасаған операциялар тәжірибесі, мамандығы бойынша соңғы 5 жылдың ішінде кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы.</w:t>
-[...35 lines deleted...]
-Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек пен қан тамырларын ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазивтік гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоз-тыныс алу аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат.</w:t>
+Штатта "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, ашық жүрекке жылына кемінде 50 рет өзі жасаған операциялар тәжірибесі, мамандығы бойынша соңғы 5 жылдың ішінде кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек пен қан тамырларын ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазиялық гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоздық-тыныс алу аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10678,87 +10691,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Штатта "Кардиология (интервенциялық кардиология) (ересектер)" немесе "Кардиология (интервенциялық аритмология) (ересектер)" немесе "Кардиология (интервенциялық кардиология) (балалар)" немесе "Кардиология (интервенциялық аритмология) (балалар)" "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 3 жыл жұмыс өтілі, мамандығы бойынша кемінде 108 сағат көлемінде соңғы 5 жылдың ішінде біліктілігін арттыру туралы куәлігі бар маманның болуы.</w:t>
-[...35 lines deleted...]
-Гемодинамика жүйесі бар ангиографиялық қондырғы. Жүрекішілік және (немесе) өңеш арқылы өтетін датчикпен эхокардиограф.</w:t>
+Штатта "Кардиология (интервенциялық кардиология) (ересектер)" немесе "Кардиология (интервенциялық аритмология) (ересектер)" немесе "Кардиология (интервенциялық кардиология) (балалар)" немесе "Кардиология (интервенциялық аритмология) (балалар)" "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 3 жыл жұмыс өтілі, мамандығы бойынша кемінде 108 сағат көлемінде соңғы 5 жылдың ішінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гемодинамика жүйесі бар ангиографиялық қондырғы. Жүрекішілік және (немесе) өңеш арқылы өтетін датчикпен эхокардиограф</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10827,123 +10840,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жүректі транспланттау</w:t>
-[...71 lines deleted...]
-Гемодиализ және гемодиализсүзгісіне арналған аппарат. Қолқаішілік баллонды пульсті бақылауға арналған аппарат. Қанның центрифугалық сорғышы. Донорлық ағзаны тасымалдауға арналған аппарат. Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Операциялық монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Наркоз-тыныс алу аппараты. Жасанды қанайналым аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат. Афференттік гемокоррекцияға арналған аппарат. Донорлық жүректі перфузиясына арналған аппарат.</w:t>
+Жүректі трансплантаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Жалпы хирургия" (трансплантология)"" немесе "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, трансплантология кадаверден ағзаларды алу және донорлық ағзаларды тасымалдау, оның ішінде мамандандырылған жабдықтарды пайдалана отырып адам ағзаларын тасымалдау мәселелері бойынша біліктілігін арттыру туралы куәлігі, трансплантаттау бөлімшесінде кемінде 3 жыл жұмыс өтілі, ағзаларды трансплантаттау бойынша соңғы 3 жылда кемінде 108 сағат көлемінде біліктілікті арттыру туралы куәлігі бар кемінде екі маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гемодиализ және гемодиализ сүзгісіне арналған аппарат. Қолқаішілік баллонды пульсті бақылауға арналған аппарат. Қанның центрифугалық сорғышы. Донорлық ағзаны тасымалдауға арналған аппарат. Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазиялық гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Наркоздық-тыныс алу аппараты. Жасанды қанайналым аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат. Афференттік гемокоррекцияға арналған аппарат. Донорлық жүрек перфузиясына арналған аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11012,123 +11025,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Имплантат жасалатын қосалқы жүрек жүйесін енгізу</w:t>
-[...71 lines deleted...]
-Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазивтік гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Наркоз-тыныс алу аппараты. Жасанды қанайналым аппараты. Афференттік гемокоррекцияға арналған аппарат. NO (азот монооксиді) беруге арналған аппарат.</w:t>
+Имплантталатын қосалқы жүрек жүйесін енгізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, мамандық бойынша соңғы 3 жылда кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазиялық гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Наркоздық-тыныс алу аппараты. Жасанды қанайналым аппараты. Афференттік гемокоррекцияға арналған аппарат. Азот монооксидін беруге арналған аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11197,123 +11210,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансвеналық атриялық және (немесе) вентрикулярлық электродты (электродтарды) ауыстыру</w:t>
-[...71 lines deleted...]
-Гемодинамикалық жүйесі бар ангиографиялық қондырғы.</w:t>
+Трансвеналық атриялық және/немесе вентрикулярлық электродты (электродтарды) ауыстыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Кардиология (интервенциялық кардиология) (ересектер)" немесе "Кардиология (интервенциялық аритмология) (ересектер)" немесе "Кардиология (интервенциялық кардиология) (балалар)" немесе "Кардиология (интервенциялық аритмология) (балалар)" немесе "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 3 жыл жұмыс өтілі, аритмология мәселелері бойынша соңғы 5 жылда 216 сағат көлемінде біліктілігін арттыру туралы куәлігі, иондаушы сәулелену көздерімен жұмысқа рұқсаты бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гемодинамикалық жүйесі бар ангиографиялық қондырғы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11382,87 +11395,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Автоматты кардиовертерді және (немесе) дефибрилляторды имплантаттау аттау</w:t>
-[...35 lines deleted...]
-Штатта "Кардиология (интервенциялық кардиология) (ересектер)" немесе "Кардиология (интервенциялық аритмология) (ересектер)" немесе "Кардиология (интервенциялық кардиология) (балалар)" немесе "Кардиология (интервенциялық аритмология) (балалар)" немесе "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты бар, мамандығы бойынша кемінде 3 жыл жұмыс өтілі, аритмология мәселелері бойынша соңғы 5 жылда кемінде 216 сағат көлемінде біліктілігін арттыру туралы куәлігі, иондаушы сәулелену көздерімен жұмыс жасауға рұқсаты бар маманның болуы.</w:t>
+Автоматты кардиовертерді/дефибрилляторды импланттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Кардиология (интервенциялық кардиология) (ересектер)" немесе "Кардиология (интервенциялық аритмология) (ересектер)" немесе "Кардиология (интервенциялық кардиология) (балалар)" немесе "Кардиология (интервенциялық аритмология) (балалар)" немесе "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты бар, мамандығы бойынша кемінде 3 жыл жұмыс өтілі, аритмология мәселелері бойынша соңғы 5 жылда кемінде 216 сағат көлемінде біліктілігін арттыру туралы куәлігі, иондаушы сәулелену көздерімен жұмысқа рұқсаты бар маманның болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11567,123 +11580,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Автоматты кардиовертерді және (немесе) дефибрилляторды, жалпы жүйені ауыстыру</w:t>
-[...71 lines deleted...]
-Гемодинамикалық жүйесі бар ангиографиялық қондырғы.</w:t>
+Автоматты кардиовертерді/дефибрилляторды, жалпы жүйені ауыстыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Кардиология (интервенциялық кардиология) (ересектер)" немесе "Кардиология (интервенциялық аритмология) (ересектер)" немесе "Кардиология (интервенциялық кардиология) (балалар)" немесе "Кардиология (интервенциялық аритмология) (балалар)" немесе "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 3 жыл жұмыс өтілі, аритмология мәселелері бойынша соңғы 5 жылда кемінде 216 сағат біліктілігін арттыру туралы куәлігі, иондаушы сәулелену көздерімен жұмыска рұқсаты бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гемодинамикалық жүйесі бар ангиографиялық қондырғы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11752,123 +11765,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Автоматты кардиовертердің және (немесе) дефибриллятордың тек импульстарының генераторын имплантаттау</w:t>
-[...71 lines deleted...]
-Гемодинамикалық жүйесі бар ангиографиялық қондырғы.</w:t>
+Автоматты кардиовертердің/дефибриллятордың тек импульстарының генераторын импланттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Кардиология (интервенциялық кардиология) (ересектер)" немесе "Кардиология (интервенциялық аритмология) (ересектер)" немесе "Кардиология (интервенциялық кардиология) (балалар)" немесе "Кардиология (интервенциялық аритмология) (балалар)" немесе "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты бар, мамандығы бойынша кемінде 3 жыл жұмыс өтілі, электрокардиостимяторды импланттау тәжірибесі – кемінде 30 операция, аритмология мәселелері бойынша соңғы 5 жылда кемінде 216 сағат біліктілігін арттыру туралы куәлігі, иондаушы сәулелену көздерімен жұмыс жасауға рұқсаты бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гемодинамикалық жүйесі бар ангиографиялық қондырғы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11973,87 +11986,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Штатта "Ангиохирургия (рентгенохирургия, интервенциялық хирургия) (ересектер, балалар)" мамандығы бойынша сертификат, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, мамандығы бойынша соңғы 5 жылда кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы.</w:t>
-[...35 lines deleted...]
-Дуплекстік сканер. Қантамырлық хирургияға арналған жеке операция жасау бөлмесі. Ми қанайналымының мониторингі. Церебралдық оксиметр немесе транскраниалдық допплер.</w:t>
+Штатта "Ангиохирургия (рентгенохирургия, интервенциялық хирургия) (ересектер, балалар)" мамандығы бойынша сертификат, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, мамандығы бойынша соңғы 5 жылда кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дуплекстік сканер. Қантамырлық хирургияға арналған жеке операция жасау бөлмесі. Ми қанайналымының мониторингі. Церебралдық оксиметр немесе транскраниалдық доплер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12158,87 +12171,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Штатта "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, ашық жүректе жылына кемінде 100 өзі жасаған операциялар тәжірибесі немесе "Ангиохирургия (рентгенохирургия, интервенциялық хирургия) (ересектер, балалар)", мамандығы бойынша кемінде 5 жыл жұмыс өтілі, мамандығы бойынша соңғы 5 жылда кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы.</w:t>
-[...35 lines deleted...]
-Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазивтік гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоз-тыныс алу аппараты. Экстракорпоралдық мембранды оксигенация. Афференттік гемокоррекцияға арналған аппарат.</w:t>
+Штатта "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, ашық жүректе жылына кемінде 100 өзі жасаған операциялар тәжірибесі немесе "Ангиохирургия (рентгенохирургия, интервенциялық хирургия) (ересектер, балалар)", мамандығы бойынша кемінде 5 жыл жұмыс өтілі, мамандығы бойынша соңғы 5 жылда кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазиялық гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоздық-тыныс алу аппараты. Экстракорпоралдық мембранды оксигенация. Афференттік гемокоррекцияға арналған аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12307,123 +12320,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қолқа доғасының үзілісін түзету</w:t>
-[...71 lines deleted...]
-Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазивтік гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоз-тыныс алу аппараты.</w:t>
+Қолқа доғасының үзігін түзету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, өзінің қатысуымен ашық жүрекке жылына кемінде 50 рет өзі жасаған операциялар тәжірибесі, соңғы 5 жылда мамандығы бойынша кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Синхрондау функциясы бар бифазды дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазиялық гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоздық-тыныс алу аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12528,87 +12541,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Штатта "Нейрохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, тамыр нейрохирургиясы бойынша соңғы 3 жылда кемінде 216 сағат біліктілікті арттыру сертификаты бар маманның болуы. Жылына кемінде 50 рет бас ми тамырларына микрохирургиялық өзі жасаған операциялар тәжірибесі.</w:t>
-[...35 lines deleted...]
-Дуплекстік сканер. Бипланды ангиографы бар рентген- операция бөлмесі. Гемодинамиканың интраоперациялық мониторингі. Наркоз-тыныс алу аппараты. Операциялық микроскоп. Аксессуарлары бар операциялық үстел. Нейрохирургиялық құралдар жиынтығы. Тамырлы нейрохирургияға арналған микронейрохирургиялық құралдар жиынтығы. Операциялық коагулятор.</w:t>
+Штатта "Нейрохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, тамыр нейрохирургиясы бойынша соңғы 3 жылда кемінде 216 сағат біліктілікті арттыру сертификаты бар маманның болуы. Жылына кемінде 50 рет бас ми тамырларына микрохирургиялық өзі жасаған операциялар тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дуплекстік сканер. Бипланды ангиографы бар рентген- операция бөлмесі. Гемодинамиканың интраоперациялық мониторингі. Наркоздық-тыныс алу аппараты. Операциялық микроскоп. Аксессуарлары бар операциялық үстел. Нейрохирургиялық құралдар жинағы. Тамырлы нейрохирургияға арналған микронейрохирургиялық құралдар жинағы. Операциялық коагулятор</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12713,87 +12726,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Штатта "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, ашық жүрекке жылына кемінде 50 рет өзі жасаған операциялар тәжірибесі, мамандығы бойынша кемінде 108 сағат көлемінде соңғы 5 жылда біліктілігін арттыру туралы куәлігі бар маманның болуы.</w:t>
-[...35 lines deleted...]
-Бифазды синхрондау функциясы бар дефибриллятор. Уақытша электрокардиостимулятор. Жүрек пен қан тамырларын ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазивтік гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоз-тыныс алу аппараты.</w:t>
+Штатта "Кардиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, ашық жүрекке жылына кемінде 50 рет өзі жасаған операциялар тәжірибесі, мамандығы бойынша кемінде 108 сағат көлемінде соңғы 5 жылда біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бифазды синхрондау функциясы бар дефибриллятор. Уақытша электрокардиостимулятор. Жүрек пен қан тамырларын ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазиялық гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Жасанды қанайналым аппараты. Наркоздық-тыныс алу аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12826,195 +12839,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39.65</w:t>
-[...143 lines deleted...]
-Бифазды синхрондау функциясы бар дефибриллятор. Уақытша электрокардиостимулятор. Жүрек және тамырларды ультрадыбыстық зерттеуге арналған стационарлық немесе портативтік аппарат. Инвазиялық гемодинамика функциясы бар монитор. Перфузор. Инфузомат. Өңеш арқылы өтетін датчик. Хирургиялық электрокоагулятор. Электролиттерді айқындаумен қышқылды-негізді тепе-теңдік талдауышы. Хирургиялық аспиратор (сорғыш). Наркоз-тыныс алу аппараты. Жасанды қанайналым аппараты. Экстракорпоралдық мембранды оксигенация жүргізуге арналған аппарат. Афференттік гемокоррекцияға арналған аппарат.</w:t>
+39.72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бас пен мойынның тамырларын эндоваскулярлық (жаппай) эмболиялау немесе окклюзиялау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Нейрохирургия (ересектер, балалар)" немесе "Ангиохирургия (рентгенхирургия, интервенциялық хирургия)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, соңғы 3 жылда кемінде 432 сағат эндоваскулярлық нейрохирургия бойынша біліктілікті арттыру сертификаты бар маманның болуы. Жылына кемінде 50 рет ми тамырларына эндоваскулярлық өзі жасаған операциялар тәжірибесі. Иондаушы сәулелену көздерімен жұмысқа рұқсаты бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бипландық ангиографиялық қондырғы. Магниттік өрісі кемінде 1,5 тесла болатын магнитті-резонанстық томограф. Компьютерлік томограф. Гемодинамиканың интраоперациялық мониторингі. Наркоздық-тыныс алу аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13047,159 +13024,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39.72</w:t>
-[...107 lines deleted...]
-Бипландық ангиографиялық қондырғы. Магниттік өрісі кемінде 1,5 тесла болатын магнитті-резонанстық томограф. Компьютерлік томограф. Гемодинамиканың интраоперациялық мониторингі. Наркоз-тыныс алу аппараты</w:t>
+39.73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кеуде қолқасына протезді эндоваскулярлық импланттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Кардиология (интервенциялық кардиология) (ересектер)" немесе "Кардиология (интервенциялық кардиология) (балалар)" немесе "Ангиохирургия (рентгенохирургия, интервенциялық хирургия) (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, мамандығы бойынша кемінде 108 сағат көлемінде соңғы 5 жылда біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гемодинамика жүйесі бар ангиографиялық қондырғы. Наркоздық-тыныс алу аппараты. Бифаздық дефибриллятор. Жасанды қанайналым аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13232,159 +13209,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39.73</w:t>
-[...107 lines deleted...]
-Гемодинамика жүйесі бар ангиографиялық қондырғы. Наркоз-тыныс алу аппараты. Бифаздық дефибрилятор. Жасанды қанайналым аппараты.</w:t>
+39.731</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қолқаның коарктациясын стенттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Кардиология (интервенциялық кардиология) (ересектер)" немесе "Кардиология (интервенциялық кардиология) (балалар)" немесе "Ангиохирургия (рентгенохирургия, интервенциялық хирургия)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 3 жыл жұмыс өтілі, мамандығы бойынша соңғы 5 жылда кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дуплекстік сканер. Интраоперациялық мониторинг – инвазиялық артериялық қысым. Гемодинамика жүйесі бар ангиографиялық қондырғы. Қан реинфузиясына арналған аппарат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13417,159 +13394,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39.731</w:t>
-[...107 lines deleted...]
-Дуплекстік сканер. Интраоперациялық мониторинг – инвазивтік АҚ. Гемодинамика жүйесі бар ангиографиялық қондырғы. Қан реинфузиясына арналған аппарат.</w:t>
+41.01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сүйек кемігінің мезенхималдық дің жасушаларын трансплантаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Гематология (ересектер)" немесе "Онкология және гематология (балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, сүйек кемігін трансплантаттау мәселелері бойынша соңғы 5 жылда кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Палаталар гепа-сүзгілермен немесе ауаның ламинарлық ағынын айдайтын өзге де құрылғылармен жабдықталуы тиіс; палаталар тәулік бойғы посты бар бір төсек-орынды болуы тиіс. Дің жасушаларын дайындау және биотехнология зертханасы биоматериал жинауға арналған жабдықтармен (жасушалар биотехнологиясының механикалық тәсілі немесе жасушалар сепараторы), ағынды цитофлуориметр, дің жасушаларын бөлуге арналған жабдық – ламинарлық шкаф, CO2 – инкубатор болуы тиіс. Зертхана цитологиялық, иммундық-фенотиптік, иммундық-гистохимиялық, молекулалық-генетикалық, гемостазиологиялық және микробиологиялық зерттеулерді,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ сондай-ақ (HLA) иммунологиялық типтеуді жүргізу жүйесін (шарттық негізінде) орындауға мүмкіндік беруі тиіс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13602,159 +13597,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41.01</w:t>
-[...107 lines deleted...]
-Палаталар гепа–сүзгілермен немесе ауаның ламинарлық ағынын айдайтын өзге де құрылғылармен жабдықталуы тиіс; палаталар тәулік бойғы посты бар бір немесе екі төсек-орын болуы тиіс. Дің жасушаларын дайындау және биотехнология зертханасы биоматериал жинауға арналған жабдықтармен (жасушалар биотехнологиясының механикалық тәсілі немесе жасушалар сепараторы), ағынды цитофлуориметр, дің жасушаларын бөлуге арналған жабдық – ламинарлық шкаф, CO2 – инкубатор болуы тиіс. Зертхана цитологиялық, иммундық-фенотиптік, иммундық-гистохимиялық, молекулалық-генетикалық, гемостазиологиялық және микробиологиялық зерттеулерді, сондай-ақ HLA типтеуді (шарт негізінде мүмкін) орындауға мүмкіндік беруі тиіс.</w:t>
+41.04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аутологиялық гемопоэздік дің жасушаларын тазартусыз трансплантаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Гематология (ересектер)" немесе "Онкология және гематология (балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, сүйек кемігін трансплантаттау мәселелері бойынша кемінде соңғы 5 жылда 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Палаталар гепа- сүзгілермен және (немесе) өзге ауаның ламинарлық ағынын айдаушы құрылғылармен жабдықталады. Палаталар тәулік бойғы посты бар бір төсек-орынды болуы тиіс. Палаталар кемінде 1 төсек-орынға 2 инфузоматымен, өкпені жасанды желдету кемінде 2 пациент мониторымен, газ өткізілген консольдермен жарақтандырылуы тиіс. Зертханада цитологиялық, цитологиялық-генетикалық, иммунофенотиптік, иммундық-гистиохимиялық, молекулярлық – генетикалық, гемостазиологиялық, микробиологиялық зерттеуді (шарт негізінде) орындайды. Дің жасушаларын дайындау зертханасы жасушаларды жинауға арналған жабдықпен (жасушалар сепараторы), ағынды цитофлуориметрмен, криосақтағышқа арналған жабдықпен (шарт негізінде) жарақтандырылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13787,159 +13782,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41.04</w:t>
-[...107 lines deleted...]
-Палаталар гепа – фильтрмен немесе өзге ауаның ламинарлық ағынын айдаушы құрылғылармен жабдықталады. Палаталар бір төсек-орынға, тәуліктік постпен болуы тиіс. Палаталар кемінде 1 төсек-орынға 2 инфузоматымен, өкпені жасанды желдету кемінде 2 пациент мониторымен, газ өткізілген келтіірілген консольдермен жарақтандырылуы тиіс. Зертханада цитологиялық, цитологиялық-генетикалық, иммунофенотиптік, иммундық-гистиохимиялық, молекулярлық – генетикалық, гемостазиологиялық, микробиологиялық зерттеуді (шарт негізінде) жүргізіледі. Дің жасушаларын дайындау зертханасы жасушаларды жинауға арналған жабдықпен (жасушалар сепараторы), ағынды цитофлуориметрмен, криосақтағышқа арналған жабдықпен (шарт негізінде мүмкін) жарақтандырылады.</w:t>
+41.05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аллогендік гемопоэздік дің жасушаларын тазартусыз трансплантаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Гематология (ересектер)" немесе "Онкология және гематология (балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, сүйек кемігін трансплантаттау мәселелері бойынша соңғы 5 жылда кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Палаталар гепа- сүзгілермен немесе өзге ауаның ламинарлық ағынын айдаушы құрылғылармен жабдықталады. Палаталар тәулік бойғы посты бар бір төсек-орынды болуы тиіс. Палаталар кемінде 1 төсек-орынға 2 инфузоматымен, өкпені жасанды желдету кемінде 2, пациент мониторымен, газ өткізілген консольдермен жарақтандырылуы тиіс. Зертханада цитологиялық, цитологиялық-генетикалық, иммунофенотиптік, иммундық-гистиохимиялық, молекулярлық – генетикалық, гемостазиологиялық, микробиологиялық зерттеуді (шарт негізінде) орындайды. Дің жасушаларын дайындау зертханасы жасушаларды жинауға арналған жабдықпен (жасушалар сепараторы), ағынды цитофлуориметрмен, криосақтағышқа арналған жабдықпен (шарт негізінде) жарақтандырылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13972,159 +13967,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41.05</w:t>
-[...107 lines deleted...]
-Палаталар гепа – фильтрмен немесе өзге ауаның ламинарлық ағынын айдаушы құрылғылармен жабдықталады. Палаталар бір төсек-орынды, тәуліктік постпен болуы тиіс. Палаталар кемінде 1 төсек-орынға 2 инфузоматымен, өкпені жасанды желдету кемінде 2, пациент мониторымен, газ өткізілген консольдермен жарақтандырылуы тиіс. Зертханада цитологиялық, цитологиялық-генетикалық, иммунофенотиптік, иммундық-гистиохимиялық, молекулярлық – генетикалық, гемостазиологиялық, микробиологиялық зерттеуді (шарт негізінде) жүргізіледі. Дің жасушаларын дайындау зертханасы жасушаларды жинауға арналған жабдықпен (жасушалар сепараторы), ағынды цитофлуориметрмен, криосақтағышқа арналған жабдықпен (шарт негізінде мүмкін) жарақтандырылады.</w:t>
+41.06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіндік дің жасушаларын трансплантаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Гематология (ересектер)" немесе "Онкология және гематология (балалар)" немесе "Жалпы хирургия (трансплантология)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, гемопоэздік дің жасушаларын трансплантаттау мәселелері бойынша соңғы 5 жылда кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Палаталар гепа-сүзгілермен немесе ауаның ламинарлық ағынын айдайтын өзге де құрылғылармен жабдықталған; палаталар тәулік бойғы посты бар бір төсек-орынды болуы тиіс. Зертхана цитологиялық, цитологиялық-генетикалық, иммундық-фенотиптік, иммундық-гистиохимиялық, молекулалық–генетикалық, гемостазиологиялық, микробиологиялық зерттеулерді, HLA типтеуді (шарт негізінде мүмкін) орындауға мүмкіндік беруі тиіс. Дің жасушаларын дайындау және биотехнология зертханасы биоматериал жинауға арналған жабдықтармен (жасушалар сепараторы және/немесе жасушалар биотехнологиясының механикалық тәсілі), ағынды цитофлуориметрмен, криосақтағышқа арналған жабдықтармен және ламинарлық шкафтармен (шарт негізінде) жарақтандырылуы тиіс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14157,159 +14152,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41.06</w:t>
-[...107 lines deleted...]
-Палаталар гепа–сүзгілермен немесе ауаның ламинарлық ағынын айдайтын өзге де құрылғылармен жабдықталуы тиіс; палаталар тәулік бойғы посты бар бір төсек-орындық болуы тиіс. Зертхана цитологиялық, цитологиялық-генетикалық, иммундық-фенотиптік, иммундық-гистиохимиялық, молекулалық–генетикалық, гемостазиологиялық, микробиологиялық зерттеулерді, HLA типтеуді (шарт негізінде мүмкін) орындауға мүмкіндік беруі тиіс. Дің жасушаларын дайындау және биотехнология зертханасы биоматериал жинауға арналған жабдықтармен (жасушалар сепараторы және/немесе жасушалар биотехнологиясының механикалық тәсілі), ағынды цитофлуориметрмен, криосақтағышқа арналған жабдықтармен және ламинарлық шкафтармен (шарт негізінде мүмкін) жабдықталуы тиіс.</w:t>
+41.10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Феталдық дің жасушаларын трансплантаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Гематология (ересектер)" немесе "Онкология және гематология (балалар)" немесе "Жалпы хирургия (трансплантология)"" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, гемопоэздік дің жасушаларын трансплантаттау мәселелері бойынша соңғы 5 жылда кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Палаталар гепа-сүзгілермен немесе ауаның ламинарлық ағынын айдайтын өзге де құрылғылармен жабдықталған; палаталар тәулік бойғы посты бар бір немесе екі төсек-орынды болуы тиіс. Дің жасушаларды дайындау және биотехнология зертханасы биоматериал жинауға арналған жабдықтармен (жасушалар биотехнологиясының механикалық тәсілі және/немесе жасушалар сепараторы), ағынды цитофлуориметр, дің жасушаларын бөлуге арналған жабдық – ламинарлық шкаф, CO2 – инкубатор жабдықтарымен жарақтандырылған. Зертхана цитологиялық, иммундық-фенотиптік, иммундық-гистохимиялық, молекулалық-генетикалық, гемостазиологиялық және микробиологиялық зерттеулерді, сондай-ақ (HLA) иммунологиялық типтеуді жүргізу жүйесін (шарт негізінде) орындауға мүмкіндік беруі тиіс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14342,159 +14337,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41.10</w:t>
-[...107 lines deleted...]
-Палаталар гепа–сүзгілермен немесе ауаның ламинарлық ағынын айдайтын өзге де құрылғылармен жабдықталуы тиіс; палаталар тәулік бойғы посты бар бір немесе екі төсек-орындық болуы тиіс. Дің жасушаларды дайындау және биотехнология зертханасы биоматериал жинауға арналған жабдықтармен (жасушалар биотехнологиясының механикалық тәсілі және/немесе жасушалар сепараторы), ағынды цитофлуориметр, дің жасушаларын бөлуге арналған жабдық – ламинарлық шкаф, CO2 – инкубатор болуы тиіс. Зертхана цитологиялық, иммундық-фенотиптік, иммундық-гистохимиялық, молекулалық-генетикалық, гемостазиологиялық және микробиологиялық зерттеулерді, сондай-ақ HLA типтеуді (шарт негізінде мүмкін) орындауға мүмкіндік беруі тиіс.</w:t>
+50.52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қайтыс болғаннан кейінгі донордан бауырды трансплантаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Жалпы хирургия" (трансплантология)"" мамандығы бойынша сертификаты, трансплантология, кадаврадан ағзаларды алу және донорлық ағзаларды тасымалдау, оның ішінде мамандандырылған жабдықтарды пайдалана отырып адам ағзаларын тасымалдау, бауырды трансплантаттау мәселелері бойынша соңғы 3 жылда кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі, трансплантаттау бөлімшесінде кемінде 3 жыл жұмыс өтілі бар кемінде екі маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Байпас-қанайналымға арналған айналмалы аппарат. Гемодиализге және гемодиализ сүзгілеріне арналған аппарат - кемінде 2, доплері бар ультрадыбыстық аппарат – кемінде 2, компьютерлік томограф-1, ангиограф -1, моно-биполярлық электрокоагулятор - 2, аспирациялық сорғыш -2, дәрілік заттар дозаторы -4, электрокардиограф -1, өкпені жасанды желдету аппараты -2, бинокулярлық лупалар -2, микрохирургиялық аспаптар жинағы -2, тамырлық аспаптар жинағы -2, С-доғалы рентгенологиялық аппарат -1, гармоникалық ультрадыбыстық скальпель - 2, хирургиялық аспаптар жинағы (жара кеңейткіш) - 2, пациентті бақылауға арналған монитор -2, пациенттің дене салмағын анықтауға арналған таразылар-1, донорлық ағзаны тасымалдауға арналған контейнер-1, қанның реинфузиясына арналған аппарат-1, қышқыл-сілтілік жай-күйді талдауыш - 1, ультрадыбыстық хирургиялық аспиратор-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14527,159 +14522,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50.52</w:t>
-[...107 lines deleted...]
-Байпас-қанайналымға арналған аппарат. Молекулалық-адсорбциялаушы айналмалы жүйе. Гемодиализге және гемодиализ сүзгілеріне арналған аппарат - кемінде 2, доплері бар ультрадыбыстық аппарат – кемінде 2, компьютерлік томограф-1, ангиограф -1, операциялық коагулятор-кемінде 2, аспирациялық сорғыш -2, дәрілік заттар дозаторы -4, электрокардиограф -1, өкпені жасанды желдету аппараты -2, бинокулярлық лупалар -2, микрохирургиялық аспаптар жиынтығы-2, тамырлық аспаптар жиынтығы -2, С-доғалы рентгенологиялық аппарат -1, гармоникалық ультрадыбыстық скальпель - 2, лапароскопиялық эндобейнехирургиялық баған-1, хирургиялық аспаптар жиынтығы (жара кеңейткіш) - 2, пациентті бақылауға арналған монитор -2, пациенттің дене салмағын анықтауға арналған таразылар-1, донорлық ағзаны тасымалдауға арналған контейнер-1, қанның реинфузиясына арналған аппарат-1, қышқыл-сілтілік жай-күйді талдауыш - 1, ультрадыбыстық хирургиялық аспиратор-1.</w:t>
+50.59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бауырды басқа трансплантаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Жалпы хирургия" (трансплантология)"" мамандығы бойынша сертификаты, трансплантология, кадаврдан ағзаларды алу және донорлық ағзаларды тасымалдау, оның ішінде мамандандырылған жабдықтарды пайдалана отырып адам ағзаларын тасымалдау, бауырды трансплантаттау бойынша соңғы 3 жылда кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі, трансплантаттау бөлімшесінде кемінде 3 жыл жұмыс өтілі бар кемінде екі маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Байпас-қанайналымға арналған айналмалы аппарат. Гемодиализге және гемодиализ сүзгілеріне арналған аппарат - кемінде 2, доплері бар ультрадыбыстық аппарат – кемінде 2, компьютерлік томограф-1, ангиограф -1, операциялық коагулятор-кемінде 2, аспирациялық сорғыш -2, дәрілік заттар дозаторы -4, электрокардиограф -1, өкпені жасанды желдету аппараты -2, бинокулярлық лупалар -2, микрохирургиялық аспаптар жинағы -2, тамырлық аспаптар жинағы -2, С-доғалы рентгенологиялық аппарат -1, гармоникалық ультрадыбыстық скальпель -2, лапароскопиялық эндобейнехирургиялық баған-1, хирургиялық аспаптар жинағы (жара кеңейткіш) - 2, пациентті бақылауға арналған монитор -2, пациенттің дене салмағын анықтауға арналған таразылар-1, донорлық ағзаны тасымалдауға арналған контейнер-1,қанның реинфузиясына арналған аппарат-1, қышқыл-сілтілік жай-күйді талдауыш - 1, ультрадыбыстық хирургиялық аспиратор-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Моно-биполярлық электрокоагулятор – 2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14712,159 +14725,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50.59</w:t>
-[...107 lines deleted...]
-Байпас–қанайналымға арналған аппарат. Молекулалық-адсорбциялаушы айналмалы жүйе. Гемодиализге және гемодиализ сүзгілеріне арналған аппарат - кемінде 22, доплері бар ультрадыбыстық аппарат – кемінде 2, компьютерлік томограф-1, ангиограф -1, операциялық коагулятор-кемінде 2, аспирациялық сорғыш -2, дәрілік заттар дозаторы -4, электрокардиограф -1, өкпені жасанды желдету аппараты -2, бинокулярлық лупалар -2, микрохирургиялық аспаптар жиынтығы-2, тамырлық аспаптар жиынтығы -2, С-доғалы рентгенологиялық аппарат -1, гармоникалық ультрадыбыстық скальпель -2, лапароскопиялық эндобейнехирургиялық баған-1, хирургиялық аспаптар жиынтығы (жара кеңейткіш) - 2, пациентті бақылауға арналған монитор -2, пациенттің дене салмағын анықтауға арналған таразылар-1, донорлық ағзаны тасымалдауға арналған контейнер-1,қанның реинфузиясына арналған аппарат-1, қышқыл-сілтілік жай-күйді талдауыш - 1, ультрадыбыстық хирургиялық аспиратор-1.</w:t>
+52.53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Радикалдық субтоталдық панкреотомия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Жалпы хирургия (абдоминалдық хирургия)" немесе "Онкология (ересектер)" мамандығы бойынша сертификаты, кемінде 10 жыл жұмыс өтілі, бейін бойынша кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы. Осы қызметті 18 жасқа дейін тұлғаларға көрсеткенде штатта "Бала хирургия" (неонатальды хирургия) мамандығы бойынша сертификаты, мамандығы бойынша кемінде 10 жыл жұмыс өтілі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Үлкен хирургиялық жинақ. Тамырлық хирургиясының жинағы. Моно-биполярлық электрокоагулятор. Монофиламенттік тігу жабдықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14897,159 +14910,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52.53</w:t>
-[...107 lines deleted...]
-Үлкен хирургиялық жиынтық. Тамырлық хирургиясының жиынтығы. Моно және биполярлық электрокоагулятор. Монофиламенттік тігу жабдықтар.</w:t>
+52.80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұйқыбезін трансплантаттау, нақтыланбаған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Жалпы хирургия" (трансплантология)"" мамандығы бойынша сертификаты, трансплантология, кадаверден ағзаларды алу және донорлық ағзаларды тасымалдау, оның ішінде мамандандырылған жабдықтарды пайдалана отырып адам ағзаларын тасымалдау, бауырды трансплантаттау мәселелері бойынша соңғы 3 жылда кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі, трансплантаттау бөлімшесінде кемінде 3 жыл жұмыс өтілі бар кемінде екі маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гемодиализге және гемодиализ сүзгілеріне арналған аппарат-кемінде 2, доплері бар ультрадыбыстық аппарат – кемінде 2, компьютерлік томограф-1, ангиограф -1, моно-биполярлық электрокоагулятор - 2, аспирациялық сорғыш -2, дәрілік заттар дозаторы -4, электрокардиограф -1, өкпені жасанды желдету аппараты -2, бинокулярлық лупалар -2, микрохирургиялық аспаптар жинағы-2, тамырлық аспаптар жинағы -2, гармоникалық ультрадыбыстық скальпель -2, хирургиялық аспаптар жинағы (жара кеңейткіш) - 2, пациентті бақылауға арналған монитор -2, пациенттің дене салмағын анықтауға арналған таразылар-1, донорлық ағзаны тасымалдауға арналған контейнер-1, қанның реинфузиясына арналған аппарат-1, қышқыл-сілтілік жай-күйді талдауыш - 1, ультрадыбыстық хирургиялық аспиратор-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15082,159 +15095,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-52.80</w:t>
-[...107 lines deleted...]
-Гемодиализге және гемодиализ сүзгілеріне арналған аппарат-кемінде 2, доплері бар ультрадыбыстық аппарат – кемінде 2, компьютерлік томограф-1, ангиограф -1, операциялық коагулятор-кемінде 2, аспирациялық сорғыш -2, дәрілік заттар дозаторы -4, электрокардиограф -1, өкпені жасанды желдету аппараты -2, бинокулярлық лупалар -2, микрохирургиялық аспаптар жиынтығы-2, тамырлық аспаптар жиынтығы -2, гармоникалық ультрадыбыстық скальпель -2, хирургиялық аспаптар жиынтығы (жара кеңейткіш) - 2, пациентті бақылауға арналған монитор -2, пациенттің дене салмағын анықтауға арналған таразылар-1, донорлық ағзаны тасымалдауға арналған контейнер-1, қанның реинфузиясына арналған аппарат-1, қышқыл-сілтілік жай-күйді талдауыш - 1, ультрадыбыстық хирургиялық аспиратор-1.</w:t>
+54.970.059</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гипертермиялық интраперитонеалды химиотерапия (HIPEC)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Онкология (ересектер)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 10 жыл жұмыс өтілі, бейіні бойынша біліктілігін арттыру туралы кемінде 108 сағат куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өкпені жасанды желдету аппараты. Наркоздық</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ аппараты. Электрлік операциялық үстел. Реанимация бөлімшеcі. Рентгенографиялық қондырғы. Шприц инжекторы бар компьютерлік томография немесе магнитті-резонанстық томография, ультрадыбыстық диагностика аппараты. Клиникалық-диагностикалық зертхана. Патоморфология зертханасы (гистология, цитология). Үлкен хирургиялық жинақ. Тиісті шығыс материалдары бар гипертермиялық интраперитонеальді химиотерапияны (HIPEC) жүргізуге арналған аппараттың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15267,159 +15298,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54.970.059</w:t>
-[...107 lines deleted...]
-Өкпені жасанды желдету аппараты. Наркоз аппараты. Электрлік операциялық үстел. Реанимация бөлімше. Рентгенографиялық қондырғы. Шприц инжекторы бар компьютерлік томография немесе магнитті-резонанстық томография, ультрадыбыстық диагностика аппараты. Клиникалық-диагностикалық зертхана. Патоморфология зертханасы (гистология, цитология). Үлкен хирургиялық жинақ. Тиісті шығыс материалдары бар гипертермиялық интраперитонеальді химиотерапияны (HIPEC) жүргізуге арналған аппараттың болуы</w:t>
+55.5016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тромбэктомиямен радикалдық нефрэктомия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Урология және андрология (ересектер, балалар)" немесе "Онкология (ересектер)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 10 жыл жұмыс өтілі, тамыр хирургиясы мәселелері бойынша кемінде 108 сағат, онкоурология бойынша кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы. Штатта "Ангиохирургия (ересектер, балалар)" мамандығы бойынша сертификаты бар маманның болуы немесе ангиохирургия бойынша емдеу қызметтерін көрсету үшін шарттың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өкпені жасанды желдету аппараты. Наркоздық аппараты. Электрлік операциялық үстел. Реанимациялық бөлімшсі. Рентгенографиялық қондырғы. Шприцтік инжекторы бар компьютерлік томография аппараты немесе магниттік-резонанстық томография аппараты. Ультрадыбыстық зерттеу аппараты. Клиникалық- диагностикалық зертхана. Патоморфология (гистология, цитология) зертханасы. Доплерографияға арналған аппарат. Үлкен хирургиялық жинақ. Қантамырлық хирургиялық жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15452,159 +15483,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55.5016</w:t>
-[...107 lines deleted...]
-Өкпені жасанды желдету аппараты. Наркоз аппараты. Электрлік операциялық үстел. Реанимациялық бөлім. Рентгенографиялық қондырғы. Шприцтік инжекторы бар компьютерлік томография аппараты немесе магниттік-резонанстық томография аппараты. Ультрадыбыстық зерттеу аппараты. Клиникалық- диагностикалық зертхана. Патоморфология (гистология, цитология) зертханасы. Допплерографияға арналған аппарат. Үлкен хирургиялық жиынтық. Қантамырлық хирургиялық жиынтық.</w:t>
+55.62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қайтыс болғаннан кейінгі донордан бүйректі трансплантаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Жалпы хирургия (трансплантология)" мамандығы бойынша сертификат, трансплантология, кадаверден ағзаларды алу және донорлық ағзаларды тасымалдау, оның ішінде мамандандырылған жабдықтарды пайдалана отырып адам ағзаларын тасымалдау, бауырды трансплантаттау мәселелері бойынша соңғы 3 жылда кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі, трансплантаттау бөлімшесінде кемінде 3 жыл жұмыс өтілі бар кемінде екі маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гемодиализге және гемодиализ сүзгілеріне арналған аппарат-кемінде 2, доплері бар ультрадыбыстық аппарат – кемінде 2, компьютерлік томограф-1, ангиограф -1, операциялық коагулятор-кемінде 2, аспирациялық сорғыш -2, дәрілік заттар дозаторы -4, электрокардиограф -1, өкпені жасанды желдету аппараты -2, бинокулярлық лупалар -2,микрохирургиялық аспаптар жинақ -2, тамырлық аспаптар жинағы -2, хирургиялық аспаптар жинағы (жара кеңейткіш) - 2, пациентті бақылауға арналған монитор -2, пациенттің дене салмағын анықтауға арналған таразылар-1, донорлық ағзаны тасымалдауға арналған контейнер-1, қанның реинфузиясына арналған аппарат-1, қышқыл-сілтілік жай-күйді талдауыш - 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15637,159 +15668,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55.62</w:t>
-[...107 lines deleted...]
-Гемодиализге және гемодиализ сүзгілеріне арналған аппарат-кемінде 2, доплері бар ультрадыбыстық аппарат – кемінде 2, компьютерлік томограф-1, ангиограф -1, операциялық коагулятор-кемінде 2, аспирациялық сорғыш -2, дәрілік заттар дозаторы -4, электрокардиограф -1, өкпені жасанды желдету аппараты -2, бинокулярлық лупалар -2,микрохирургиялық аспаптар жиынтығы-2, тамырлық аспаптар жиынтығы -2, хирургиялық аспаптар жиынтығы (жара кеңейткіш) - 2, пациентті бақылауға арналған монитор -2, пациенттің дене салмағын анықтауға арналған таразылар-1, донорлық ағзаны тасымалдауға арналған контейнер-1, қанның реинфузиясына арналған аппарат-1, қышқыл-сілтілік жан-күйді талдауышы - 1.</w:t>
+56.7404</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Блохин бойынша қосымша антирефлюксті механизмі бар политано-летбеттердің модификацияланған әдісі бойынша уретероцистонеостомия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Урология және андрология (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 10 жыл жұмыс өтілі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Өкпені жасанды желдету аппараты. Наркоздық аппараты. Операциялық </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+электрлік үстел. Реанимациялық бөлімше. Рентгенографиялық қондырғы. Шприц инжекторы бар компьютерлік томография немесе магнитті-резонанстың томография. Ультрадыбыстық зерттеу аппараты. Клиникалық- диагностикалық зертхана. Патоморфология (гистология, цитология) зертханасы. Үлкен хирургиялық жинақ. Тамырлық хирургиялық жинақ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15822,177 +15871,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56.7404</w:t>
-[...125 lines deleted...]
-электрлік үстел. Реанимациялық бөлімше. Рентгенографиялық қондырғы. Шприц инжекторы бар компьютерлік томография немесе магниттік-резонанстық томография. Ультрадыбыстық зерттеу аппараты. Клиникалық- диагностикалық зертхана. Патоморфология (гистология, цитология) зертханасы. Допплерографияға арналған аппарат. Үлкен хирургиялық жиынтық. Тамырлық хирургия жиынтығы.</w:t>
+63.8301</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обструкциялық азошәует кезіндегі микрохирургиялық инвагинациондық вазоэпидидимостомия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Урология және андрология (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 10 жыл жұмыс өтілі, гениталдық хирургия мәселелері бойынша кемінде 216 сағат көлемінде соңғы 5 жылда біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Микрохирургиялық құралдар жинағы. Үлкен жиынтықтағы хирургиялық аспаптар жинағы. Наркоздық-тыныс алу аппараты. Жоғары жиілікті электрокоагулятор</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16025,159 +16056,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-63.8301</w:t>
-[...107 lines deleted...]
-Микрохирургиялық құралдар жиынтығы. Үлкен жиынтықтағы хирургиялық аспаптар жинағы. Наркоз-тыныс алу аппараты. Жоғары жиілікті электрокоагулятор.</w:t>
+78.191</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кезеңдік түзетуді қажет ететін жамбас сүйектерінде сыртқы бекітуші құрылғыны пайдалану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Травматология-ортопедия (комбустиология) (ересектер, балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, мамандығы бойынша кемінде соңғы 5 жылда 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электрондық-оптикалық түрлендіргіш. Күшпен жұмыс істейтін аспап (электрдрелі). Рентген-негативтік әмбебап операциялық үстелінің травматологиялық және ортопедиялық қосалқы бөлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16210,177 +16241,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69.921**</w:t>
-[...125 lines deleted...]
-Қорғаудың 2 класты ламинарлы шкафы. Зертханалық центрифуга. Дьюара тамыры. Ультрадыбыстық диагностикалық аппарат. Эмбрионды культивациялауға арналған инкубатор. Хетчинг үшін лазерлік жүйемен зертханалық зерттеулерге арналған медициналық инвертирленген микроскоп. Медициналық зертханалық микроскоп. Стероскопиялық микроскоп.</w:t>
+81.041</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі транспедикулярлық жүйе мен кейдждердің бекітуімен кеуде және бел омыртқаларының спондилодезі, алдыңғы жету әдісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Травматология-ортопедия (комбустиология) (ересектер, балалар)" немесе "Нейрохирургия (ересектер, балалар)" мамандығы бойынша сертификаты бар маманның болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мамандығы бойынша кемінде 5 жыл жұмыс өтілі. Омыртқа хирургиясы бойынша соңғы 3 жылда кемінде 216 сағат көлемінде біліктілігін арттыру туралы куәлігінің болуы. Жылына кемінде 50 рет омыртқа мен жұлынға өзі жасаған операциялар тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электрондық-оптикалық түрлендіргіш. Күшпен жұмыс істейтін аспап (электр дрелі). Рентген-негативтік әмбебап операциялық үстел. Транспедикулярлық бекіту құралдары. Кейджді орнатуға арналған құралдар. Бинокулярлық лупа.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Магниттік өрісімен кемінде 1,5 тесла болатын магниттік-резонанстық томограф. Компьютерлік томограф</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16413,159 +16462,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69.922**</w:t>
-[...107 lines deleted...]
-Қорғаудың 2 класты ламинарлы шкафы. Зертханалық центрифуга. Дьюара тамыры. Ультрадыбыстық диагностикалық аппарат. Эмбрионды культивациялауға арналған инкубатор. Хетчинг үшін лазерлік жүйемен зертханалық зерттеулерге арналған медициналық инвертирленген микроскоп. Медициналық зертханалық микроскоп. Стероскопиялық микроскоп.</w:t>
+81.042</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Эндотүзеткіштерді ішкі бекітумен кеуде және бел омыртқаларының спондилодезі, алдыңғы жету әдісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Травматология-ортопедия (комбустиология) (ересектер, балалар)" немесе "Нейрохирургия (ересектер, балалар)" мамандығы бойынша сертификаты бар маманның болуы. Мамандығы бойынша кемінде 5 жыл жұмыс өтілі. Омыртқа хирургиясы бойынша соңғы 3 жылда кемінде 216 сағат көлемінде біліктілігін арттыру туралы куәлігінің болуы. Жылына кемінде 50 рет омыртқа мен жұлынға өзі жасаған операциялар тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электрондық-оптикалық түрлендіргіш. Күш жұмсалатын аспап (электрдрелі). Рентген-негативтік әмбебап операциялық үстел. Транспедикулярлық бекіту құралдары. Кейджді орнатуға арналған құралдар. Бинокулярлық лупа.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Магнитті өрісі кемінде 1,5 тесла болатын магниттік-резонанстық томограф. Компьютерлік томограф</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16598,159 +16665,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69.923**</w:t>
-[...107 lines deleted...]
-Қорғаудың 2 класты ламинарлы шкафы. Зертханалық центрифуга. Дьюара тамыр. Ультрадыбыстық диагностикалық аппарат. Эмбрионды культивациялауға арналған инкубатор. Хетчинг үшін лазерлік жүйемен зертханалық зерттеулерге арналған медициналық инвертирленген микроскоп. Медициналық зертханалық микроскоп. Стероскопиялық микроскоп.</w:t>
+81.062</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Эндотүзеткіштерді ішкі бекітуімен бел және сегізкөз омыртқаларының спондилодезі, алдыңғы жету әдісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Травматология-ортопедия (комбустиология) (ересектер, балалар)" немесе "Нейрохирургия (ересектер, балалар)" мамандығы бойынша сертификаты бар маманның болуы. Мамандығы бойынша кемінде 5 жыл жұмыс өтілі. Омыртқа хирургиясы бойынша соңғы 3 жылда кемінде 216 сағат көлемінде біліктілігін арттыру туралы куәлігінің болуы. Жылына кемінде 50 рет омыртқа мен жұлынға өзі жасаған операциялар тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электрондық-оптикалық түрлендіргіш. Күш жұмсалатын аспап (электр дрелі). Рентген-негативтік әмбебап операциялық үстел. Транспедикулярлық бекіту құралдары. Кейджді орнатуға арналған құралдар. Бинокулярлық лупа.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Магниттік өрісі кемінде 1,5 тесла болатын магниттік-резонанстық томограф. Компьютерлік томограф</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16783,177 +16868,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69.924**</w:t>
-[...125 lines deleted...]
-Қорғаудың 2 класты ламинарлы шкафы. Зертханалық центрифуга. Дьюара тамыры. Ультрадыбыстық диагностикалық аппарат. Эмбрионды культивациялауға арналған инкубатор. Хетчинг үшін лазерлік жүйемен зертханалық зерттеулерге арналған медициналық инвертирленген микроскоп. Медициналық зертханалық микроскоп. Стероскопиялық микроскоп.</w:t>
+81.073</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бел және сегізкөз омыртқаларының спондилодезі, бүйір көлденең жету әдісімен, дискіні протездеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Травматология-ортопедия (комбустиология) (ересектер, балалар)" немесе "Нейрохирургия (ересектер, балалар)" мамандығы бойынша сертификаты бар маманның болуы. Мамандығы бойынша кемінде 5 жыл жұмыс өтілі. Омыртқа хирургиясы бойынша соңғы 3 жылда кемінде 216 сағат көлемінде біліктілігін арттыру туралы куәлігінің болуы. Жылына кемінде 50 рет омыртқа мен жұлынға өзі жасаған операциялар тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электрондық-оптикалық түрлендіргіш. Күшпен жұмыс істейтін аспап (электр дрелі). Рентген-негативтік әмбебап операциялық үстел. Транспедикулярлық бекіту құралдары. Кейджді орнатуға арналған құралдар. Бинокулярлық лупа.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Магнит өрісімен кемінде 1,5 тесла болатын магниттік-резонанстық томограф. Компьютерлік томограф. Бинокулярлық лупа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16986,159 +17071,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-78.191</w:t>
-[...107 lines deleted...]
-Электрондық-оптикалық түрлендіргіш. Күшпен жұмыс істейтін аспап (электр дрелі). Рентген-негативтік әмбебап операциялық үстелінің травматологиялық және ортопедиялық қосалқы бөлігі.</w:t>
+81.53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сан-жамбас буынының ауыстыруын тексеру, нақтыланбаған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Травматология-ортопедия (комбустиология) (ересектер, балалар)" мамандығы бойынша сертификаты бар маманның болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мамандығы бойынша кемінде 5 жыл жұмыс өтілі. Буындарды эндопротездеу бойынша соңғы 5 жылда кемінде 216 сағат көлемінде біліктілігін арттыру туралы куәлігінің болуы. Соңғы 5 жылда жүргізілген алғашқы протездеу саны жылына кемінде 60 операция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электрондық-оптикалық түрлендіргіш немесе жылжымалы операциялық рентген-аппарат. Күшпен жұмыс істейтін құралдар (осциллирлейтін ара, ример). Эндопротездің әрбір үлгісіне арналған мамандандырылған хирургиялық аспап. Рентген-негативтік әмбебап операциялық үстел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17171,195 +17274,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81.041</w:t>
-[...143 lines deleted...]
-Магниттік өрісімен кемінде 1,5 тесла болатын магнитті-резонанстық томограф. Компьютерлік томограф</w:t>
+81.55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тізе буынының ауыстыруын тексеру, нақтыланбаған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Травматология-ортопедия (комбустиология) (ересектер, балалар)" мамандығы бойынша сертификаты бар маманның болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мамандығы бойынша кемінде 5 жыл жұмыс өтілі. Буындарды эндопротездеу бойынша соңғы 5 жылда кемінде 216 сағат көлемінде біліктілігін арттыру туралы куәлігінің болуы. Соңғы 5 жылда жүргізілген алғашқы протездеу саны жылына кемінде 30 операция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электрондық-оптикалық түрлендіргіш немесе жылжымалы операциялық рентген-аппарат. Күшпен жұмыс істейтін жұмсалатын құралдар (осциллирлейтін ара, ример). Эндопротездің әрбір үлгісіне арналған мамандандырылған хирургиялық аспап. Рентген-негативтік әмбебап операциялық үстел</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17392,177 +17477,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81.042</w:t>
-[...125 lines deleted...]
-Магниттік өрісі кемінде 1,5 тесла болатын магнит-резонанстық томограф. Компьютерлік томограф.</w:t>
+81.9610</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сүйек ісігі кезінде буындарды және/немесе сүйекті ауыстыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Травматология-ортопедия (комбустиология) (ересектер, балалар)" мамандығы бойынша сертификаты бар маманның болуы, онколог консультанттың болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мамандығы бойынша кемінде 10 жыл жұмыс өтілі, тірек-қимыл аппараты ісіктері мәселелері бойынша соңғы 5 жылда кемінде 216 сағат көлемінде біліктілігін арттыру туралы куәлігінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Компьютерлік немесе магниттік-резонанстық томограф. Ірі буындарды эндопротездеу бойынша операция жүргізуге арналған құрылғылар. Микрохирургиялық жинақ. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Онкологиялық эндопротездер. Операциялық рентген қондырғы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17595,177 +17698,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81.062</w:t>
-[...125 lines deleted...]
-Магниттік өрісі кемінде 1,5 тесла болатын магнит-резонанстық томограф. Компьютерлік томограф.</w:t>
+86.310.058</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электрохимиотерапия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Онкология (ересектер)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 10 жыл жұмыс өтілі, бейіні бойынша кемінде 108 сағат біліктілікті арттыру туралы куәлігі бар маманның болуы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өкпені жасанды желдету аппараты. Анестезия аппараты. Операциялық электрлік үстел. Реанимация бөлімшесі. Клиникалық-диагностикалық зертхана. Патоморфология зертханасы (гистология, цитология). Шағын хирургиялық жинақ. Шығын материалдары бар электрохимиотерапия жүргізуге арналған аппараттың (клинипаратор), оның ішінде мамандандырылған зондтың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17798,177 +17883,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81.073</w:t>
-[...125 lines deleted...]
-Магнит өрісімен кемінде 1,5 тесла болатын магнитті-резонансты томограф. Компьютерлік томограф. Бинокулярлық лупа.</w:t>
+86.66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Терінің аллотрансплантаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Травматология-ортопедия (комбустиология) (ересек, балалар)" маманы және (немесе) "Пластикалық хирургия" мамандығы бойынша сертификат бар, дәрігер ретінде кемінде 5 жыл жұмыс өтілі бар, соңғы 5 жылда кемінде 216 сағат көлемінде комбустиология бойынша біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тері жасушаларының аллогендік суспензиясы – фибробласттардың диплоидтік өсіндісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18001,177 +18068,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81.53</w:t>
-[...125 lines deleted...]
-Электрондық-оптикалық түрлендіргіш немесе жылжымалы операциялық рентген-аппарат. Күшпен жұмыс істейтін құралдар (осциллирлейтін ара, ример). Эндопротездің әрбір үлгісіне арналған мамандандырылған хирургиялық аспап. Рентген-негативтік әмбебап операциялық үстел.</w:t>
+92.201</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қуықасты безі обырының жоғары дозалы брахитерапиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Сәулелік терапия" (радиология) мамандығы бойынша сертификаты, мамандығы бойынша 5 жыл жұмыс өтілі, жоғары мөлшерлі брахитерапия мәселелері бойынша соңғы 5 жылда кемінде 108 сағат көлемінде біліктілігін арттырутуралы куәлігі бар маманның болуы. Физика бойынша жоғары білімі және (немесе) дозиметрия немесе сәулелі терапияны жоспарлау бойынша (медициналық физик) жоғары техникалық біліммен маманның болуы, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, сәулелі терапияның жоғары технологиялық әдістемелерін жоспарлау мәселелері бойынша соңғы 5 жылда кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігінің болуы. Сәулелік шығару көздерімен жұмысқа рұқсаттың болуы. "Анестезиология және реаниматология" (ересектер) мамандығы бойынша сертификаты бар маманның болуы, 3 жыл жұмыс өтілінің болуы. Штатта "Онкология" немесе "Урология және андрология" (ересектер, балалар) мамандығы бойынша сертификаты, кемінде 5 жыл жұмыс өтілі, сәулелі терапия мәселелері бойынша соңғы 5 жылда кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Брахитерапиялық жоғары мөлшерлі жүйелерге арналған бағдарламалық жасақтамасы. Стабилизаторды брахитерапияға арналған, бекіту құрылғысымен степперді, ультра дыбыс датчигін, позиционирлеу жүйесін, шаблонды қамтитын керек-жарақтары бар жабдықтар. Керек-жарақтары бар ультрадыбыстық аппарат болуы тиіс (екіжоспарлы трансректальды датчигімен және суретке координатты торды салу режимімен брахитерапияға арналған бағдарламалық жасақтамасы). Операциялық стерильді бөлме, алмалы-салмалы керек-жарақтармен жиынтықта операциялық үстел. Брахитерапияға арналған 18 Ch диаметрімен ине. Брахитерапияға арналған тұрақтандырылған ине. Бір реттік брахитерапияға арналған баллон. 192 ирридия көзімен брахитерапияға арналған аппарат. Қосымша жабдықтар: дозиметр жинағы. Рентгеннен қорғайтын жабық халат алдынан 0,5 мм Pb және артынан 0,25 мм Pb қорғасын эквиваленті. Рентгеннен қорғайтын жаға 0,35 мм Pb. Рентгеннен қорғайтын бас киім 0,35 мм Pb, рентген қорғайтын қолғап 0,25мм Pb</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18204,177 +18253,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81.55</w:t>
-[...125 lines deleted...]
-Электрондық-оптикалық түрлендіргіш немесе жылжымалы операциялық рентген-аппарат. Күшпен жұмыс істейтін жұмсалатын құралдар (осциллирлейтін ара, ример). Эндопротездің әрбір үлгісіне арналған мамандандырылған хирургиялық аспап. Рентген-негативтік әмбебап операциялық үстел. Сүйек банкі.</w:t>
+92.202</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қуықасты безінде орналасқан обырдың интерстициалдық сәулелік терапиясы (брахитерапия)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Сәулелі терапия (радиациялық онкология)" мамандығы бойынша сертификаты, мамандығы бойынша 5 жыл жұмыс өтілі, интерстициалдық сәулелі терапия (брахитерапия) тақырыптары бойынша кемінде 108 сағат көлемінде соңғы 5 жылда біліктілігін арттыру туралы куәлігі бар маманның болуы. Физика бойынша жоғары білімі немесе дозиметрия және сәулелі терапияны жоспарлау бойынша (медициналық физик) маманданудан өткен жоғары техникалық білімі бар маманның болуы, мамандығы бойынша кемінде 5 жыл жұмыс өтілі бар, сәулелі терапияның жоғары технологиялық әдістемелерін жоспарлау мәселелері бойынша соңғы 5 жылда кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы. Сәуле көздерімен жұмысқа рұқсатының болуы. Штатта "Анестезиология және реаниматология" (ересектер) мамандығы бойынша сертификаты, кемінде 3 жыл жұмыс өтілі бар маманның болуы. Штатта "Онкология (ересек)" немесе "Урология және андрология" (ересектер, балалар) мамандығы бойынша сертификаты, мамандығы бойынша кемінде 5 жыл жұмыс өтілі, сәулелі терапия мәселелері бойынша кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Брахитерапевтік дозасы төмен жүйелерге арналған бағдарламалық жасақтама. Стабилизаторды брахитерапияға арналған, бекіту құрылғысымен степперді, ультра дыбыс датчигін, позиционирлеу жүйесін, шаблонды қамтитын керек-жарақтары бар жабдықтар</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Керек-жарақтары бар ультрадыбыстық аппарат болуы тиіс (бижоспарлы трансректальды датчигімен және суретке координатты торды салу режимімен брахитерапияға арналған бағдарламалық жасақтамасы). Операциялық стерильді бөлме, алмалы-салмалы керек-жарақтармен жиынтықта операциялық үстел керек. йод-125 имплант жүргізілетін түйіннің радиактивті сәуле шығару көздері. Парафинирленген және парафинирленбеген брахитерапия инесі. Бір реттік брахитерапияға арналған баллон. Қосалқы жабдықтар: дозиметр жинағы. Рентгеннен қорғайтын жабық халат. Алдынан 0,5 мм Pb және артынан 0,25 мм Pb қорғасын эквиваленті. Рентгеннен қорғайтын жаға 0,35 мм Pb. Рентгеннен қорғайтын бас киім 0,35 мм Pb, рентгеннен қорғайтын қолғап 0,25 мм Pb</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -18407,1824 +18456,955 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81.9610</w:t>
-[...125 lines deleted...]
-Компьютерлік немесе магниттік-резонанстық томограф. Ірі буындарды эндопротездеу бойынша операция жүргізуге арналған құрылғылар. Микрохирургиялық жиынтық. Онкологиялық эндопротездер. Операциялық рентген қондырғы.</w:t>
+92.203</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әйелдің жыныс жолдарының обыры кезіндегі жоғары дозалы брахитерапия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Сәулелік терапия (радиациялық онкология)" мамандығы бойынша сертификаты бар маманның болуы. Мамандығы бойынша еңбек өтілі кемінде 5 жыл, брахитерапия мәселелері бойынша соңғы 5 жылда кемінде 216 сағат біліктілігін арттыру туралы куәлігінің болуы. Штатта физика пәні бойынша жоғары білімі немесе жоғары техникалық білімі мамандығы бойынша кемінде 3 жыл жұмыс өтілі бар, брахитерапияға арналған аппаратпен кемінде 2 жыл жұмыс тәжірибесі бар маманның болуы. Иондаушы сәулелеу көздерімен жұмыс істеуге рұқсаты болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қосымша керек-жарақтары бар (аппликаторлар мен катетерлер) жоғары қуаты IR-192 немесе Co-60 көзі бар брахитерапияға арналған жабдық.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Магниттік-резонанстық томограф -1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Компьютерлік томограф -1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дозиметриялық жабдықтың стандартты жинағы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Компьютерлік жоспарлау бағдарламасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...136 lines deleted...]
-Өкпені жасанды желдету аппараты. Анестезия аппараты. Операциялық электрлік үстел. Реанимация бөлімшесі. Клиникалық-диагностикалық зертхана. Патоморфология зертханасы (гистология, цитология). Шағын хирургиялық жинақ. Шығын материалдары бар электрохимиотерапия жүргізуге арналған аппараттың (клинипаратор), оның ішінде мамандандырылған зондтың болуы.</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+92.321</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гамма-пышақ аппаратын қолдана отырып, орталық нерв жүйесі ауруларын емдеудің радиохирургиялық әдісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Нейрохирургия" мамандығы бойынша сертификаты бар, кемінде 5 жыл жұмыс өтілі, кемінде 108 сағат көлемінде Гамма-пышақ аппаратында жұмыс істеуге оқудан өткені туралы сертификаты бар маманның болуы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гамма-пышақ аппараты: Сәулелеу блогы; Радиоактивті көздер жинағы-192 дана. кобальт-60 60Co; пациентті орналастыру жүйесі; ісікті контурлауға, радиохирургиялық емдеу кезінде оңтайлы дозаны есептеуге және жеткізуге арналған компьютерлік жоспарлау жүйесі, қатты етіп бекітуге арналған стереотаксикалық рамка. Магниттік-резонанстық томограф-1. Компьютерлік томограф -1, Ангиограф -1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...175 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта ядролық физика бойынша жоғары білімі, мамандығы бойынша кемінде 3 жыл жұмыс өтілі, кемінде 2 жыл иондаушы сәулелену көздерімен жұмыс істеу тәжірибесі, Гамма-пышақ аппаратында кемінде 108 сағат көлемінде жұмыс істеуге оқудан өткені туралы сертификат бар кемінде екі маманның болуы. Штатта онкологтың не мамандардың бірінде "Сәулелік терапия" (радиациялық онкология) медициналық мамандығы бойынша қайта даярлаудан өткені туралы сертификаттың болуы. Штаттағы барлық мамандарда 54 сағат көлемінде иондаушы сәулелену көздерімен жұмыс істеуге оқудан өткені туралы сертификаттың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-76</w:t>
-[...143 lines deleted...]
-Брахитерапиялық жоғары мөлшерлі жүйелерге арналған бағдарламалық жасақтамасы. Стабилизаторды брахитерапияға арналған, бекіту құрылғысымен степперді, ультра дыбыс датчигін, позиционирлеу жүйесін, шаблонды қамтитын керек-жарақтары бар жабдықтар. Керек-жарақтары бар ультрадыбыстық аппарат болуы тиіс (екіжоспарлы трансректальды датчигімен және суретке координатты торды салу режимімен брахитерапияға арналған бағдарламалық жасақтамасы ). Операциялық стерильді бөлме, алмалы-салмалы керек-жарақтармен жиынтықта операциялық үстел. Брахитерапияға арналған 18 Ch диаметрімен ине. Брахитерапияға арналған тұрақтандырылған ине. Бір реттік брахитерапияға арналған баллон. 192 ирридия көзімен брахитерапияға арналған аппарат. Қосымша жабдықтар: дозиметр жиынтығы. Рентгеннен қорғайтын жабық халат алдынан 0,5 мм Pb және артынан 0,25 мм Pb қорғасын эквиваленті. Рентгеннен қорғайтын жаға 0,35 мм Pb. Рентгеннен қорғайтын бас киім 0,35 мм Pb, рентген қорғайтын қолғап 0,25мм Pb.</w:t>
+75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+92.330.001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Протондық терапия</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(1 сеанс)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1. "Сәулелік онкология (сәулелік терапия)" мамандығы бойынша жарамды маман сертификаты бар радиациялық онкологтың болуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Осы мамандық бойынша кемінде 5 жыл жұмыс тәжірибесі бар. Жоғары технологиялық сәулелік терапия әдістері бойынша біліктілікті арттыруды құжатталған растау- оқу көлемі: соңғы 5 жыл ішінде кемінде 216 сағат.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.2. Медициналық физик - физика (ядролық медицина, техникалық, қолданбалы және т.б.);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- техникалық ғылым (электроника, радиотехника, желілік техника және т.б.), бағыттары бойнша жоғарғы физикалық – техниқалық білімі; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- Кемінде 2 жыл ұзақтығымең желілік үдеткіштерде жұмыс тәжірибесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3. Сәулелік жабдықтың (радиотерапия технологы) мейіргері. Орта медициналық білімі. Рентген – зертханашы сертификаты (кемінде 300 сағат). Кемінде 1 жыл ұзақтығымен желілік үдеткіштерде жұмыс тәржірибесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мыналардан тұратын:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Протондық терапия жүйесі:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- Pencil Beam Scanning (PBS) технологиясы бойынша сканерлеу мүмкінідікгімен циклдік үдеткіш (синхроциклотрон немесе циклотрон) дозаны тереңдігі (Range Modulation) бойынша модуляциялау. Пациенттің айналасында айналу мүмкіндігімен Гентри-жүйесі (бұрыш ≥ 180°) не көп позициялы үстелі бар бекітілген түрі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+– көру және позициялау жүйесі, дәлдігі ±1 мм-ден аспайтын лазерлік позициялау жүйесі, бостаудың 6 дәрежесі бар роботтандырылған үстел;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+– терапиялық жүйемен толық интеграцияланған емдеуді жоспарлау жүйесі (TPS), модельдеу, тіндердің гетерогендігін ескере отырып доза есебін, DICOM импорттау/экспорттау мүмкіндігімен 3D/4D модельдеуді қолдау </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77</w:t>
-[...1050 lines deleted...]
-82</w:t>
+76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20288,200 +19468,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Штатта "Гематология (ересектер)" немесе "Онкология және гематология (балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 3 жыл жұмыс өтілі, сүйек кемігін транспланттау мәселелері бойынша кемінде 108 сағат көлемінде соңғы 5 жылда біліктілігін арттыру туралы куәлігі бар маманның болуы.</w:t>
-[...35 lines deleted...]
-Гепа–сүзгімен жабдықталған бір-екі орындық палатаның немесе ауаның, жасанды желдету аппаратымен, пациенттің мониторларымен жарақтандырылған ламинарлық ағынын айдайтын өзге де құрылғылардың болуы. болуы. Дің жасушаларын дайындау зертханасы жасушаларды жинауға арналған жабдықпен (жасушалар сепараторы), ағынды цитофлуориметрмен, криосақтағышқа арналған жабдықпен (қызмет көрсетуге арналған шарт бойынша мүмкін) жарақтандырылуы тиіс.</w:t>
+Штатта "Гематология (ересектер)" немесе "Онкология және гематология (балалар)" мамандығы бойынша сертификаты, мамандығы бойынша кемінде 3 жыл жұмыс өтілі, соңғы 5 жылда сүйек кемігін трансплантаттау мәселелері бойынша кемінде 108 сағат көлемінде біліктілігін арттыру туралы куәлігі бар маманның болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Гепа–сүзгімен жабдықталған немесе ауаның, өкпені жасанды желдету аппаратымен, пациенттің мониторларымен жарақтандырылған ламинарлық ағынын айдайтын өзге де құрылғылары бар бір және екі орындық палаталардың болуы. Дің жасушаларын дайындау зертханасы жасушаларды алуға арналған жабдықпен (жасушалар сепараторы), ағынды цитофлуориметрмен, криосақтағышқа арналған жабдықпен (қызмет көрсетуге арналған шарт бойынша) жарақтандырылуы тиіс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...106 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21751,55 +20823,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>