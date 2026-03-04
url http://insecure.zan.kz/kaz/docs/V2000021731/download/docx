--- v0 (2025-11-26)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e1a10c7" w14:textId="e1a10c7">
+    <w:p w14:paraId="c40d3a1" w14:textId="c40d3a1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -188,124 +188,126 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараныз.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Микроқаржылық қызмет туралы" 2012 жылғы 26 қарашадағы Қазақстан Республикасының Заңы 27-бабының </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> іске асыру мақсатында Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігінің Басқармасы </w:t>
+      "Микроқаржылық қызмет туралы" Қазақстан Республикасының Заңы 27-бабының 4-4) тармақшасына, "Рұқсаттар мен хабарламалар туралы" Қазақстан Республикасының Заңы 12-бабының 2-тармағына сәйкес және "Қазақстан Республикасының кейбір заңнамалық актілеріне шетел валютасындағы ипотекалық қарыздар, көрсетілетін төлем қызметтері нарығының субъектілерін реттеуді жетілдіру, жалпыға бірдей декларациялау және экономикалық өсуді қалпына келтіру мәселелері бойынша өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасының Заңын іске асыру мақсатында Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Мыналар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1081,114 +1083,116 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Осы Микроқаржылық қызметті лицензиялау қағидалары (бұдан әрі – Қағидалар) "Қаржы нарығы мен қаржы ұйымдарын мемлекеттік реттеу, бақылау және қадағалау туралы" 2003 жылғы 4 шілдедегі, "</w:t>
-[...59 lines deleted...]
-        <w:t>" 2014 жылғы 16 мамырдағы (бұдан әрі – Рұқсаттар мен хабарламалар туралы заң) Қазақстан Республикасының заңдарына сәйкес әзірленді және қаржы нарығы мен қаржы ұйымдарын мемлекеттік реттеу, бақылау және қадағалау жөніндегі уәкілетті органның (бұдан әрі – көрсетілетін қызметті беруші) микроқаржы ұйымдары, кредиттік серіктестіктер және ломбардтар (бұдан әрі – көрсетілетін қызметті алушы) жүзеге асыратын микроқаржылық қызметті лицензиялау тәртібін айқындайды.</w:t>
+      1. Осы Микроқаржылық қызметті лицензиялау қағидалары (бұдан әрі – Қағидалар) "Қаржы нарығы мен қаржы ұйымдарын мемлекеттік реттеу, бақылау және қадағалау туралы" Қазақстан Республикасының Заңы 12-2-бабының 1) тармақшасына, "Микроқаржылық қызмет туралы" Қазақстан Республикасының Заңы (бұдан әрі – Заң) 27-бабының 1) тармақшасына, "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының Заңы 10-бабының 1) тармақшасына, "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңы (бұдан әрі – Рұқсаттар және хабарламалар туралы заң) 12-бабының 2-тармағына сәйкес әзірленді және қаржы нарығы мен қаржы ұйымдарын мемлекеттік реттеу, бақылау және қадағалау жөніндегі уәкілетті органның (бұдан әрі – көрсетілетін қызметті беруші) микроқаржы ұйымдары, кредиттік серіктестіктер және ломбардтар (бұдан әрі – көрсетілетін қызметті алушы) жүзеге асыратын микроқаржылық қызметті лицензиялау тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Микроқаржылық қызметті жүзеге асыруға лицензия беру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -7095,51 +7099,71 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 27.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Микроқаржылық қызметті жүзеге асыруға лицензия беруді сұраймын:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7401,141 +7425,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және</w:t>
-[...89 lines deleted...]
-      иә (жоқ)</w:t>
+      3. Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою құралын таратуды қаржыландыруға қарсы іс-қимыл саласындағы бірыңғай ақпараттық жүйеге қосылу туралы талап орындалды ма</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________  иә (жоқ)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Бухгалтерлік есеп жүргізуді автоматтандыруды қамтамасыз ететін ақпараттық</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -9400,51 +9352,71 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағида 2-2-қосымшамен толықтырылды - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 27.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Көрсетілетін қызметті алушының ірі қатысушысы (ірі акционері) – жеке тұлға, басқару органының басшысы, мүшесі, атқарушы органның басшысы, мүшесі, көрсетілетін қызметті алушының ірі қатысушысы (ірі акционері) – заңды тұлғаның бас бухгалтері (бұдан әрі – өтініш беруші) туралы жалпы мәліметтер:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
@@ -13422,128 +13394,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (иә (жоқ), құқық бұзушылықтың, қылмыстың қысқаша сипаттамасы жауапкершілікке тарту негіздерін көрсете отырып, тәртіптік жаза қолдану туралы актінің немесе сот актісінің деректемелері).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...76 lines deleted...]
-      иә (жоқ)</w:t>
+        <w:t>
+      11. Осы арқылы Террористік қызметке қатысы бар адамдардың тізімінде, терроризм мен экстремизмді қаржыландыруға байланысты ұйымдар мен адамдардың тізбесінде және (немесе) "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы Заңының 12 және 12-1-баптарына сәйкес жасалатын жаппай қырып-жою қаруын таратуды қаржыландыруға байланысты ұйымдар мен адамдардың тізбесінде өзімнің және жұбайымның (зайыбымның), жақын туыстарымның (ата-анамның, аға-інілерімнің, әпке-сіңлілерімнің, балаларымның және жекжаттарымның (жұбайымның) зайыбымның ата-анасының, аға-інілерінің, әпке-сіңлілерінің, балаларының) болмауын растаймын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________  иә (жоқ)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мен бұл ақпаратты тексергенімді және дәйекті және толық екендігін растаймын, сондай-ақ мінсіз іскерлік беделімнің бар екендігін растаймын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -19327,51 +19241,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); жаңа редакцияда -  ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 27.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулыларымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Микроқаржылық қызметті жүзеге асыруға берілген лицензия</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -19669,87 +19603,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл саласындағы бірыңғай ақпараттық жүйеге қосылу туралы талап орындалды ма</w:t>
-[...35 lines deleted...]
-      иә (жоқ)</w:t>
+      4. Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою құралын таратуды қаржыландыруға қарсы іс-қимыл саласындағы бірыңғай ақпараттық жүйеге қосылу туралы талап орындалды ма</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________  иә (жоқ)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Мемлекет қатысатын кредиттік бюроға ақпарат беру туралы шарт жасасу туралы талап орындалды ма</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -23187,51 +23103,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Микроқаржылық қызметті жүзеге асыру бойынша біліктілік талаптары және оларға сәйкестікті растайтын құжаттардың тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Тізбеге өзгеріс енгізілді – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 31.03.2021 </w:t>
+      Ескерту. Тізбеге өзгерістер енгізілді – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 31.03.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі); 20.09.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -23247,51 +23163,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 27.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі); 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулыларымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -25556,51 +25492,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл саласында бірыңғай ақпараттық жүйеге қосу туралы талаптарды орындау</w:t>
+Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою құралын таратуды қаржыландыруға қарсы іс-қимыл саласында бірыңғай ақпараттық жүйеге қосу туралы талаптарды орындау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25610,51 +25546,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қағидаларға 2-қосымшаға сәйкес нысан бойынша микроқаржылық қызметті жүзеге асыруға лицензия беру туралы өтініште көрсетілген мәліметтер.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қағидаларға 4-1-қосымшаға сәйкес нысан бойынша микроқаржылық қызметті жүзеге асыруға лицензияны қайта ресімдеу туралы өтініште көрсетілген мәліметтер.</w:t>
+Қағидаларға 4-1-қосымшаға сәйкес нысан бойынша микроқаржылық қызметті жүзеге асыруға лицензияны қайта ресімдеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -25686,55 +25622,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>