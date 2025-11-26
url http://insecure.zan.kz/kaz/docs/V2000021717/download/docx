--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="948ef01" w14:textId="948ef01">
+    <w:p w14:paraId="4451960" w14:textId="4451960">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1189,51 +1189,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) республикалық трансплантаттау орталығы – республикалық маңызы бар қалаларда және астанада ғылыми - зерттеу институттары мен ғылыми орталықтар базасында ағзаларды (ағзаның бөлігін) және (немесе) тіндерді (тіннің бөлігін) алу, дайындау, сақтау, консервациялау, тасымалдау және трансплантаттау бойынша қызметтер көрсететін, уәкілетті органға ведомстволық бағынысты денсаулық сақтау ұйымы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) республикалық трансплантаттауды үйлестіруші – Үйлестіру орталығының штаттағы қызметкері болып табылатын, өңірлік трансплантаттауды үйлестірушілердің жұмысын үйлестіруді және Қазақстан Республикасындағы трансплантаттау қызметі мәселелері бойынша медициналық ұйымдардың тиімді ведомствоаралық өзара іс - қимылын қамтамасыз ететін дәрігер;</w:t>
+      13) республикалық трансплантаттауды үйлестіруші – Үйлестіру орталығының штаттағы қызметкері болып табылатын, өңірлік трансплантаттауды үйлестірушілердің жұмысын үйлестіруді және Қазақстан Республикасындағы трансплантаттау мен донорлықты дамыту мәселелері бойынша медициналық ұйымдардың тиімді ведомствоаралық өзара іс-қимылын қамтамасыз ететін дәрігер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) реципиент – донорлық қан немесе одан бөлінген компоненттер және (немесе) препараттар құю, еркектің немесе әйелдің донорлық материалын (шәует, аналық жасушалар, эмбриондар) енгізу не донордан алынған ағзаларды (ағзаның бөлігін) және (немесе) тіндерді (тіннің бөлігін), сондай-ақ жасанды ағзаларды (ағзалардың бөлігін) трансплантаттау жүргізілетін пациент;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
@@ -1313,50 +1313,112 @@
         <w:t>
       17) тірі кезіндегі донор – он сегіз жастағы және одан үлкен, әрекетке қабілетті реципиентпен генетикалық байланыстағы және (немесе) онымен тіні үйлесетін, ағзаларды (ағзасының бөлігін) және (немесе) тіндерді (тінінің бөлігін) одан әрі трансплантаттау үшін алуға жазбаша нотариат куәландырған келісімін берген адам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) ықтимал реципиент - тіндерді (тіннің бөлігін) және (немесе) ағзаларды (ағзаның бөлігін) трансплантаттауға мұқтаж пациент.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Реципиенттер, ықтимал реципиенттер және тірі кезіндегі донорлар туралы мәліметтерді донорлар мен реципиенттерді есепке алудың медициналық ақпараттық жүйесінде (бұдан әрі – ДРЕМАЖ) қалыптастыру олардың дербес деректерді жинауға және өңдеуге жазбаша келісімі, сондай-ақ осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1389,114 +1451,176 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мәліметтердің негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. ДРЕМАЖ пайдаланушылары:</w:t>
+      4. ДРЕМАЖ-ға кіруге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
-[...15 lines deleted...]
-      1) Үйлестіру орталығы;</w:t>
+    <w:bookmarkStart w:name="z97" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) үйлестіру орталығының;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z39" w:id="37"/>
-[...15 lines deleted...]
-      2) трансплантаттау орталықтары;</w:t>
+    <w:bookmarkStart w:name="z98" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) трансплантаттау орталықтарының;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z40" w:id="38"/>
-[...15 lines deleted...]
-      3) тіндік типтеу зертханалары болып табылады.</w:t>
+    <w:bookmarkStart w:name="z99" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тіндік типтеу зертханаларының рұқсаты бар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Ағзалардың (ағза бөлігінің) және (немесе) тіндердің (тін бөлігінің) қайтыс болғаннан кейінгі донорлығына құқығын білдірген азаматтардың тіркелімі уәкілетті орган айқындаған тәртіпте Кодекстің 212 - бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1531,215 +1655,210 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Дербес деректерді жинау, өңдеу және өзектендіру Қазақстан Республикасының қолданыстағы заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Ағзалардың (ағза бөлігінің) және (немесе) тіндердің (тін бөлігінің) ықтимал реципиенттерінің тіркелімін қалыптастыру және жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Ықтимал реципиенттердің тіркелімін қалыптастыру және жүргізу пациенттің жеке сәйкестендіру нөмірін (бұдан әрі - ЖСН) автоматтандырылған режимде енгізген кезде уәкілетті органның медициналық ақпараттық жүйелерінің деректерін пайдалана отырып жүргізіледі және ағзаларды (ағзаның бөлігін) және (немесе) тіндерді (тіннің бөлігін) трансплантаттауға мұқтаж ықтимал реципиенттер туралы мәліметтерді қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Пациенттерді трансплантаттауға іріктеу және ықтимал реципиенттердің тіркеліміне енгізу амбулаториялық (стационарлық) науқастың медициналық картасынан үзінді көшірме, қарап тексеру және транспланттауға көрсетілімдерді немесе қарсы көрсетілімдерді анықтау мақсатында қосымша зерттеу қажеттілігіне негізделген бейінді мамандардың жолдамасы (қорытындысы) бойынша берілетін алмастыратын бүйрек терапиясын және ағзаларды трансплантаттауды ұйымдастыру мәселелері жөніндегі трансплантаттау орталықтарының МПТ немесе облыстардың, республикалық маңызы бар қалалардың және астананың денсаулық сақтауды мемлекеттік басқарудың жергілікті органдарының (бұдан әрі - ДСБ) жанындағы МПТ қорытындысының негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z46" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Ықтимал реципиенттердің тіркелімін қалыптастыруды және жүргізуді Үйлестіру отралығы жүзеге асырады. Ықтимал реципиенттердің тіркеліміне енгізу үшін негіз:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z47" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ДСБ МПТ немесе транспланттау орталығының қорытындысы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z48" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) пациенттің дербес деректерді жинауға және өңдеуге келісімін осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ағзалардың ықтимал реципиенттерінің тіркеліміне енгізу үшін пациенттің құжаттарын жіберетін медициналық ұйым ресімдейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z49" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2 - қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес пациент туралы мәліметтер болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1758,90 +1877,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен cоң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="47"/>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Трансплантаттау орталығы немесе медициналық ұйымдар МПТ шешім шығарғаннан кейін бес жұмыс күні ішінде өңірлік трансплантаттаушы үйлестірушіге осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген құжаттарды электрондық түрде жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1860,90 +1979,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен cоң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="48"/>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Өңірлік трансплантаттауды үйлестіруші осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген құжаттарды алған күннен бастап бес жұмыс күні ішінде пациентті ықтимал реципиенттер тіркеліміне енгізуге ДРЕМАЖ-да электрондық өтінімді қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1962,250 +2081,312 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен cоң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="49"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z53" w:id="50"/>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Республикалық трансплантаттауды үйлестіруші 3 (үш) жұмыс күні ішінде ұсынылған құжаттардың негізінде пациентті ықтимал реципиенттердің тіркеліміне енгізуге өтінімді қарайды. Қарау қорытындысы бойынша өтінім қабылданады не қабылдаудан бас тартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Пациентті ықтимал реципиенттердің тіркеліміне енгізуге өтінім мынадай жағдайларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z54" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9 - тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген құжаттарды ұсынбағанда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z55" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z55" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ұсынылған құжаттардың сәйкес келмеуі немесе сапасы төмен болғанда (МПТ мүшелерінің барлық қолтаңбаларының болмауы, қаріптің анық емес, көмескі болуы);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z56" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z56" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) МПТ шешімі үш айдан артық уақыт бұрын қабылданғанда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z57" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z57" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2 - қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ықтимал реципиенттердің тіркеліміне енгізу үшін қажетті мәліметтер болмаған да қабылдаудан бас тартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z58" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z58" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Үйлестіру орталығы пациентті ықтимал реципиенттердің тіркеліміне (бұдан әрі – тіркелім) енгізгеннен кейін бір жұмыс күні ішінде ДСБ және трансплантаттау орталығына (құжаттарды трансплантаттау орталығы жіберген жағдайда), тіндік типтеу зертханасына, сондай-ақ, өңірлік транспланттауды үйлестірушіге осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша пациентті тіркелімге енгізгені туралы хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өңірлік транспланттауды үйлестіруші пациентті тіркелімге енгізгені туралы хабарлама алған күннен бастап үш жұмыс күні ішінде бұл хабарламаны ықтимал реципиентке электрондық поштаны немесе басқа байланыс құралдарын қолдана отырып жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2242,90 +2423,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен cоң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="56"/>
+    <w:bookmarkStart w:name="z59" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Өтінім қабылданбаған жағдайда өңірлік трансплантаттауды үйлестіруші бес жұмыс күні ішінде анықталған ескертулерді жою бойынша шараларды қабылдайды және пациентті ықтимал реципиенттер тіркеліміне енгізуге ДРЕМАЖ - да өтінімді қайта қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z60" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z60" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Пациентті тіркелімге енгізу туралы хабарлама алған кезде тіндік типтеу зертханасының маманы бүйректің ықтимал реципиентін HLA-фенотипін анықтау үшін және үш айда бір рет жиілікпен HLA-антиденелердің болуына қан үлгілерін алу кестесіне енгізеді. Трансфузиология ғылыми-өндірістік орталығы қанның үлгілерін тіндік типтеу зертханаларына жеткізуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2344,70 +2525,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен cоң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="58"/>
+    <w:bookmarkStart w:name="z61" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Тіндік типтеу зертханасының маманы ықтимал реципиенттің қан үлгісін алғаннан кейін HLA жүйесі бойынша типтеуді жүргізеді, оның нәтижелерін тіркелімге енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2426,70 +2607,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен cоң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="59"/>
+    <w:bookmarkStart w:name="z62" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. ДСБ (бас штаттан тыс бейінді мамандар) өңірлік трансплантаттауды үйлестірушімен бірлесіп өңірдегі ағзаларды (ағзаның бөлігін) және (немесе) тіндерді (тіннің бөлігін) трансплантаттауға мұқтаж адамдарды ДРЕМАЖ тіркелімінде тұрған адамдардың тізімімен тоқсан сайын салыстыруды жүргізеді. Салыстыру нәтижелері бойынша ДСБ (бас штаттан тыс бейінді мамандар):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бастапқы пациенттерді тіркелімге енгізуге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2634,622 +2815,780 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен cоң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="60"/>
+    <w:bookmarkStart w:name="z65" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Ықтимал реципиенттердің тіркелімінде тұрған тұлғалар туралы мәліметттер келесі жағдайларда өзекті емес болады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z66" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z66" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ықтимал реципиенттің жазбаша қалауы бойынша;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z67" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z67" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ықтимал реципиент қайтыс болған жағдайда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z68" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z68" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ағзаны (ағзаның бөлігін) және (немесе) тіндерді (тіннің бөлігін) трансплантаттаудан кейін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z69" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z69" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) трансплантаттауға қарсы көрсетілімдер болған жағдайда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z70" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z70" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасынан тыс жерге тұрақты тұруға кеткен кезде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z71" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z71" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Ағзалардың (ағза бөлігінің) және (немесе) тіндердің (тін бөлігінің) реципиенттерінің тіркелімін қалыптастыру және жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z72" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z72" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Реципиенттердің тіркелімін қалыптастыру және жүргізу уәкілетті органның медициналық ақпараттық жүйелерінің деректерін пайдаланумен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Реципиенттердің тіркелімі трансплантаттау орталықтарында ағзаларды (ағзалардың бөлігін) және (немесе) тіндерді (тіннің бөлігін) трансплантаттау жүргізілген адамдар туралы мәліметтерді қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="68"/>
+    <w:bookmarkStart w:name="z73" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Тірі кезінде донордан трансплантаттау жүргізілген реципиенттер туралы мәліметтерді трансплантаттау орталығы реципиенттердің тіркеліміне операция жүргізілгеннен кейін екі жұмыс күні ішінде енгізеді. Сонымен бір мезгілде ДРЕМАЖ жүйесіне донорлық ағзасы (ағзаның бөлігі) және (немесе) тіні (тіннің бөлігі) алынған донор туралы ақпарат енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z74" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z74" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Реципиентті ауруханадан шығару кезінде трансплантаттау орталығы кейінгі бақылау және зерттеп-қарау үшін оның тұрғылықты жері бойынша ДСБ хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z75" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z75" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Реципиенттердің тіркелімінде тұрған тұлғалар туралы мәліметтер мынадай жағдайларда өзекті емес:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z76" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z76" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) реципиенттің жазбаша қалауы бойынша;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z77" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z77" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) реципиент қайтыс болған жағдайда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z78" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z78" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасынан тыс жерге тұрақты тұруға кеткен кезде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z79" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z79" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Ағзалардың (ағза бөлігінің) және (немесе) тіндердің (тін бөлігінің) донорларының тіркелімін қалыптастыру және жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z80" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z80" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Донорлардың тіркелімін қалыптастыру және жүргізу донордың ЖСН автоматтандырылған режимде енгізген кезде уәкілетті органның медициналық ақпараттық жүйесінің деректерін пайдалана отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Донорлардың тіркелімі ағзалары (ағзаның бөлігі) және (немесе) тіндері (тіннің бөлігі) алынған қайтыс болғаннан кейінгі және тірі кезіндегі донорлар туралы мәліметтерді қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="76"/>
+    <w:bookmarkStart w:name="z81" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Қайтыс болғаннан кейінгі донор туралы мәліметтерді донорлардың тіркеліміне өңірлік трансплантаттауды үйлестіруші қайтыс болғаннан кейін донордың миының біржола семуі расталған кезде енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z82" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z82" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Тірі кезіндегі донор туралы мәліметтерді донорлардың тіркеліміне трансплантаттау орталықтары ағзаларды (ағзаның бөлігін) және (немесе) тіндерді (тіннің бөлігін) ауыстырып қондыру жөніндегі операцияны жүргізуден кейін екі жұмыс күні ішінде енгізеді. Сонымен бірге бір уақытта ДРЕМАЖ жүйесіне донорлық ағзаны (ағзаның бөлігін) және (немесе) тінді (тіннің бөлігін) алған реципиент туралы ақпарат енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z83" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z83" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Тірі донорды ауруханадан шығару кезінде трансплантаттау орталығы кейінгі бақылау және зерттеп-қарау үшін оның тұрғылықты жері бойынша ДСБ хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z84" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z84" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Донорлардың тіркелімінде тұрған тірі кезіндегі донорлар туралы мәліметттер мынадай жағдайларда өзекті емес:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z85" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z85" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) донор қайтыс болған жағдайда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z86" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z86" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасынан тыс жерге тұрақты тұруға кеткен кезде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z87" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z87" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      29. "Дербес деректер және оларды қорғау туралы" 2013 жылғы 21 мамырдағы Қазақстан Республикасының </w:t>
+      29. "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес, тіркелімдерге енгізілген және алынған мәліметтер құпиялы ақпарат болып табылады және оларды:</w:t>
-[...19 lines deleted...]
-      1) тіркелімдердің уақтылы жүргізілуін бақылау және үйлестіру мақсатында денсаулық сақтау саласындағы уәкілетті органға;</w:t>
+        <w:t xml:space="preserve"> сәйкес, тіркелімдерге енгізілген және алынған мәліметтер құпия ақпарат болып табылады және оларды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z89" w:id="84"/>
-[...15 lines deleted...]
-      2) мемлекеттік денсаулық сақтау ұйымдарына және лицензияға сәйкес "трансплантология" мамандығы бойынша қызметті жүзеге асыратын мемлекеттік қатысуы бар денсаулық сақтау ұйымдарына;</w:t>
+    <w:bookmarkStart w:name="z100" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тіркелімдердің уақтылы жүргізілуін бақылау және үйлестіруді жүзеге асыру мақсатында уәкілетті органға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z90" w:id="85"/>
-[...15 lines deleted...]
-      3) Қазақстан Республикасының заңнамасына сәйкес басқа органдар мен ұйымдарға ұсыну жағдайларынан басқа, үшінші тұлғаларға жария етуге жатпайды.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақша 01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі – ҚР Денсаулық сақтау министрінің 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен (мәтін алып тасталды).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасына сәйкес басқа органдар мен ұйымдарға ұсыну жағдайларын қоспағанда, үшінші тұлғаларға жария етуге жатпайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5053,55 +5392,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5427,31 +5766,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>