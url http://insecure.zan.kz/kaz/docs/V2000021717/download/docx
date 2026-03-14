--- v1 (2025-11-26)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4451960" w14:textId="4451960">
+    <w:p w14:paraId="c13c3b6" w14:textId="c13c3b6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1592,72 +1592,52 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес адамның ағзалардың (ағза бөлігінің) және (немесе) тіндердің (тін бөлігінің) қайтыс болғаннан кейінгі донорлығына тірі кезінде ерік білдіруінің негізінде медициналық - санитариялық алғашқы көмек көрсететін ұйымында немесе "электрондық үкіметтің" веб - порталында қалыптастырылады және жүргізіледі.</w:t>
+        <w:t>
+      5. Ағзалардың (ағза бөлігінің) және (немесе) тіндердің (тін бөлігінің) қайтыс болғаннан кейінгі донорлығына құқығын білдірген азаматтардың тіркелімі уәкілетті орган айқындаған тәртіпте Кодекстің 212 - бабының 2 - тармағына сәйкес адамның ағзалардың (ағза бөлігінің) және (немесе) тіндердің (тін бөлігінің) қайтыс болғаннан кейінгі донорлығына тірі кезінде ерік білдіруінің негізінде медициналық - санитариялық алғашқы көмек көрсететін ұйымында немесе "электрондық үкіметтің" веб - порталында қалыптастырылады және жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Дербес деректерді жинау, өңдеу және өзектендіру Қазақстан Республикасының қолданыстағы заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
@@ -3351,228 +3331,150 @@
     <w:bookmarkEnd w:id="83"/>
     <w:bookmarkStart w:name="z100" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тіркелімдердің уақтылы жүргізілуін бақылау және үйлестіруді жүзеге асыру мақсатында уәкілетті органға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) медициналық қызмет бейініне сәйкес ағзаларды (ағзаның бөлігін), тіндерді (тіннің бөлігін), гемопоэздік, мезенхималық дің жасушаларын, иммундық жүйе жасушаларын, лимфоциттерді, консервацияланған мөлдірқабық тіндерін және гемопоэздік дің жасушаларын аутологиялық трансплантаттау қызметтерін көрсету жөніндегі медициналық қызметті жүзеге асыруға лицензиясы болған кезде мемлекеттік медициналық ұйымдарда, дауыс беретін акцияларының (жарғылық капиталға қатысу үлестерінің) жүз пайызы мемлекетке тиесілі медициналық ұйымдарда, сондай-ақ "Назарбаев университеті" медициналық ұйымдарына;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z102" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасының заңнамасына сәйкес басқа органдар мен ұйымдарға ұсыну жағдайларын қоспағанда, үшінші тұлғаларға жария етуге жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 128</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2) ЗҚАИ-ның ескертпесі!</w:t>
-[...13 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      2) тармақша 01.01.2026 бастап </w:t>
-[...121 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t>. қараңыз) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -5392,55 +5294,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>