--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="43a297a" w14:textId="43a297a">
+    <w:p w14:paraId="7bbc4e3" w14:textId="7bbc4e3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2035,51 +2035,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29) "Адамның өмір сүру ортасы мен денсаулығына әсер ету объектілері болып табылатын объектілердің санитариялық-қорғаныш аймақтарына қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2022 жылғы 11 қаңтардағы № ҚР ДСМ-2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 26447 болып тіркелген) (бұдан әрі – № ҚР ДСМ-2 бұйрығы) сәйкес қауіптіліктің 1 және 2-сыныптарына жататын қызмет түрлері; өнеркәсіптік мақсаттағы ғимараттар мен құрылыстарда орналастырылған радиорелелік станциялар мен таратушы радиотехникалық объектілерді; қоныстану аумағы мен елді мекендерден тыс жерлердегі, сондай-ақ құрылықтағы жылжымалы радиобайланыс құралдарын, жылжымалы объектілерде орналасқан теңіз, өзен және әуедегі жылжымалы радиобайланыс құралдарын қоспағанда, радиожиілік диапазоны 30 килоГерцтен (бұдан әрі – кГц) бастап 300 гигаГерцке (бұдан әрі – ГГц) дейінгі стационарлық таратушы радиотехникалық объектілер (байланыс, радиобайланыс, радиохабар тарату, теледидар, радиолокация және радиобасу құралдары);</w:t>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 26447 болып тіркелген) (бұдан әрі – № ҚР ДСМ-2 бұйрығы) сәйкес қауіптіліктің 1 және 2-сыныптарына жататын қызмет түрлері; радиорелелік станцияларды, ұялы байланыстың стационарлық (базалық) станцияларын, стационарлық (жердегі) спутниктік байланыс станцияларын, құрлықтағы жылжымалы радиобайланыс құралдарын, жылжымалы объектілерде орналасқан теңіз, өзен және әуедегі жылжымалы радиобайланыс құралдарын қоспағанда елді мекендердің қоныстану аумағында орналасқан 30 килоГерцтен (бұдан әрі – кГц) бастап 300 ГигаГерцке (бұдан әрі – ГГц) дейінгі радиожиілік диапазоны бар стационарлық таратушы радиотехникалық объектілер (байланыс, радиобайланыс, радиохабар тарату, теледидар, радиолокация және радио басу құралдары);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:bookmarkStart w:name="z62" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) химиялық заттар мен өнімдерді, агрохимикаттарды және пестицидтерді (улы химикаттарды) сақтауға арналған қоймалар, вакциналар мен иммунологиялық (иммундық-биологиялық) дәрілік препараттарды сақтау және тасымалдау объектілері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
     <w:bookmarkStart w:name="z110" w:id="61"/>
     <w:p>
@@ -2360,50 +2360,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (23.11.2022 бастап қолданысқа енгізіледі); 07.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z71" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2992,72 +3012,52 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) кәріздік тазарту құрылыстары және желілері (оның ішінде жауын-шашын кәрізі);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
     <w:bookmarkStart w:name="z99" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес қауіптіліктің 3-5-сыныптарына жататын қызмет түрлері; өнеркәсіптік мақсаттағы ғимараттар мен құрылыстарда; қоныстану аумағы мен елді мекендерден тыс жерлерде орналастырылған радиожиілік диапазоны 30 кГц-тен 300 ГГц-ке дейінгі стационарлық таратушы радиотехникалық объектілер (байланыс, радиобайланыс, радиохабар тарату, теледидар, радиолокация және радиобасу құралдары) және радиорелелік станциялар, сондай-ақ құрлықтағы жылжымалы радиобайланыс, жылжымалы объектілерде орналастырылған теңіз, өзен және әуедегі жылжымалы радиобайланыс құралдары;</w:t>
+        <w:t>
+      28) ҚР ДСМ-2 бұйрығына сәйкес қауіптіліктің 3-5 сыныбына жататын қызмет түрлері; (елді мекендердің қоныстану аумағынан тыс) өнеркәсіптік мақсаттағы ғимараттар мен құрылыстарда орналастырылған 30 килоГерцтен (бұдан әрі – кГц) бастап 300 ГигаГерцке (бұдан әрі – ГГц) дейінгі радиожиілік диапазоны бар стационарлық таратушы радиотехникалық объектілер (байланыс, радиобайланыс, радиохабар тарату, теледидар, радиолокация және радио басу құралдары); радиорелелік станцияларды, ұялы байланыстың стационарлық (базалық) станциялары, стационарлық (жердегі) спутниктік байланыс станциялары, құрлықтағы жылжымалы радиобайланыс құралдары, жылжымалы объектілерде орналасқан теңіз, өзен және әуедегі жылжымалы радиобайланыс құралдары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
     <w:bookmarkStart w:name="z100" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) елді мекендердегі саябақтар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
     <w:bookmarkStart w:name="z101" w:id="101"/>
     <w:p>
@@ -3313,50 +3313,70 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ ҚР ДСМ-77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (23.11.2022 бастап қолданысқа енгізіледі); 07.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 133</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -3388,55 +3408,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>