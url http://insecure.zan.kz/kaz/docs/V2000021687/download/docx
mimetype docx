--- v0 (2025-10-10)
+++ v1 (2026-01-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="79db47e" w14:textId="79db47e">
+    <w:p w14:paraId="1d18e2a" w14:textId="1d18e2a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,150 +76,332 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Паллиативтік медициналық көмек көрсетуді ұйымдастыру стандартын бекіту туралы</w:t>
+        <w:t>Қазақстан Республикасында ересек халыққа паллиативтік медициналық көмек көрсетуді ұйымдастыру стандартын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 27 қарашадағы № ҚР ДСМ-209/2020 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 30 қарашада № 21687 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының 2020 жылғы 7 шілдедегі Кодексі 126-бабының </w:t>
+      Ескерту. Тақырып жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының Кодексі 126-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы бұйрыққа қосымшаға сәйкес паллиативтік медициналық көмек көрсетуді ұйымдастыру </w:t>
+      1. Осы бұйрыққа қосымшаға сәйкес Қазақстан Республикасында ересек халыққа паллиативтік медициналық көмек көрсетуді ұйымдастыру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>стандарты</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мынадай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -737,132 +919,212 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бұйрыққа қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Паллиативтік медициналық көмек көрсетуді ұйымдастыру стандарты</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасында ересек халыққа паллиативтік медициналық көмек көрсетуді ұйымдастыру стандарты</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырып жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы паллиативтік медициналық көмек көрсетуді ұйымдастыру </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі - Стандарт) "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының 2020 жылғы 7 шілдедегі Кодексі (бұдан әрі - Кодекс) 126-бабының </w:t>
+      1. Осы Қазақстан Республикасында ересек халыққа паллиативтік медициналық көмек көрсетуді ұйымдастыру стандарты (бұдан әрі – Стандарт) "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының Кодексі (бұдан әрі – Кодекс) 126-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес әзірленді және паллиативтік медициналық көмек көрсетуді ұйымдастыру үдерістеріне қойылатын талаптар мен қағидаларды айқындайды.</w:t>
+        <w:t xml:space="preserve"> сәйкес әзірленді және паллиативтік медициналық көмек көрсетуді ұйымдастыру процестеріне қойылатын талаптар мен қағидаларды айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Стандартта пайдаланылатын терминдер мен анықтамалар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -879,544 +1141,590 @@
         <w:t>
       1) амбулаториялық жағдай – тәулік бойы медициналық бақылау мен емдеуді, оның ішінде тәулік бойы жұмыс істейтін стационарлардың қабылдау бөлімшелерінде медициналық бақылау мен емдеуді көздемейтін медициналық көмекті көрсетудің шарттары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) денсаулық сақтау ұйымы - денсаулық сақтау саласындағы қызметті жүзеге асыратын заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жақынынан айырылу кезінде қолдау көрсету (пациенттің қайтыс болуы) – жақын адам қайтыс болған кезеңде отбасы мен күтім жасаған адамдарға паллиативтік көмектің арнаулы әлеуметтік көрсетілетін қызметтері шеңберінде психологиялық көмек көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жоспарлы медициналық көмек – оны көрсетуді белгілі бір уақытқа кейінге қалдыру пациент жай-күйінің нашарлауына алып келмейтін, пациенттің өміріне қатер төндірмейтін аурулар мен жай-күйлер кезінде, сондай-ақ профилактикалық іс-шараларды жүргізу кезінде көрсетілетін медициналық көмектің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) кезек күттірмейтін медициналық көмек – пациенттің өміріне анық қатер төндірмейтін кенеттен болған жіті аурулар мен жай-күйлер, созылмалы аурулардың асқынуы кезінде көрсетілетін медициналық көмектің нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) медициналық көрсетілетін қызметтер - денсаулық сақтау субъектілерінің нақты адамға қатысты профилактикалық, диагностикалық, емдеу, оңалту немесе паллиативтік бағыты бар іс-қимылдары; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) медициналық ұйым - негізгі қызметі медициналық көмек көрсету болып табылатын денсаулық сақтау ұйымы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) өмір сапасы – науқастың субъективті қабылдауына негізделген оның физикалық, психологиялық, эмоционалдық және әлеуметтік қызметінің интегралдық сипаттамасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) паллиативтік медициналық көмек көрсету үшін мультипәндік топ (бұдан әрі - МПТ) – паллиативтік медициналық көмек көрсету үшін пациент организмінің функциялары мен құрылымдарының бұзылу сипатына, оның клиникалық жай-күйінің ауырлығына байланысты қалыптастырылатын әртүрлі мамандар тобы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) паллиативтік медициналық көмек - радикалды емдеу жүргізуге көрсетілімдері болмаған кезде жазылмайтын ауру пациенттің ауырсынуын және ауруының (жай-күйінің) ауыр көріністерін жеңілдетуге бағытталған медициналық көрсетілетін қызметтер кешені;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) паллиативтік медициналық көмек бөлімшесі (палатасы, төсек) – жазылмайтын ауру пациентке паллиативтік медициналық көмек көрсететін көпбейінді немесе мамандандырылған аурухана құрамындағы бөлімше;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) паллиативтік медициналық көмектің мобильдік бригадалары (бұдан әрі – МБ) - паллиативтік медициналық көмек көрсету жөніндегі көшпелі топтар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) стационарлық жағдайлар - тәулік бойы медициналық бақылау, емдеуді, күтім, сондай-ақ тамақпен бірге төсек-орын беру көзделетін стационарлық жағдайларда, оның ішінде емдеу басталғаннан кейін алғашқы тәуліктер ішінде тәулік бойы бақылау көздейтін "бір күннің" терапиясы және хирургиясы жағдайларында медициналық көмек көрсету жағдайлары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) стационарды алмастыратын жағдайлар - тәулік бойы медициналық бақылау мен емдеу қажет етілмейтін және төсек-орын бере отырып, күндізгі уақытта медициналық бақылау мен емдеу көзделетін медициналық көмек көрсету жағдайлары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) үйде көрсетілетін медициналық көмек - медицина қызметкерін, мобильдік бригаданы шақырған, медицина қызметкерлерінің белсенді патронажы кезінде, үйде (үйдегі стационар) емдеу ұйымдастырылған кезде көрсетілетін медициналық көмектің жағдайлары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) хоспис – ауыр және жазылмайтын аурулары бар (жағдайлар) пациенттерге, сондай-ақ олардың отбасылары мен күтім жасайтын адамдарға стационар жағдайында паллиативтік көмек (медициналық, арнаулы әлеуметтік көрсетілетін қызметтер, рухани қолдау) көрсететін медициналық (медициналық-әлеуметтік) ұйым;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) шұғыл медициналық көмек – денсаулыққа елеулі зиянды болғызбау және (немесе) өмірге төнген қатерді жою үшін кезек күттірмейтін медициналық араласуды қажет ететін кенеттен болған жіті аурулар мен жай-күйлер, созылмалы аурулардың асқынуы кезінде көрсетілетін медициналық көмек нысаны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Кодекстің 196 – бабы 3-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес уәкілетті орган айқындайтын аурулар тізбесі бойынша паллиативтік медициналық көмек тегін медициналық көмектің кепілдік берілген көлемінде, (бұдан әрі-ТМККК) ерікті медициналық сақтандыру, ақылы негізде, қайырымдылық ұйымдарының қаражаты есебінен көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Паллиативтік медициналық көмек щеңберіндегі қызметтер осы Стандартқа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Амбулаториялық, стационарды алмастыратын, стационарлық жағдайларда, сондай-ақ үйде паллиативтік медициналық көмек "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес (бұдан әрі – Заң) ересек халыққа амбулаториялық-емханалық не стационарлық көмекке және (немесе) стационарды алмастыратын көмекке медициналық қызметке лицензиясы бар медициналық, сондай-ақ үкіметтік емес ұйымдармен көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) жақынынан айырылу кезінде қолдау көрсету (пациенттің қайтыс болуы) – жақын адам қайтыс болған кезеңде отбасы мен күтім жасаған адамдарға паллиативтік көмектің арнаулы әлеуметтік көрсетілетін қызметтері шеңберінде психологиялық көмек көрсету;</w:t>
-[...400 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="33"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Паллиативтік медициналық көмек көрсететін медициналық ұйымдардың штаты Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 39) тармақшасына сәйкес бекітілген өңірлерді медицина қызметкерлерімен қамтамасыз етудің нормативтеріне сәйкес белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Паллиативтік медициналық көмек көрсету үшін төсектермен қамтамасыз ету 100 000 тұрғынға шаққанда кемінде 10 төсек көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қызметкерлердің және медициналық бұйымдармен жарақтандырудың штаты Кодекстің 138-бабы 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1431,964 +1739,1122 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6) тармақшаларына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="35"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Паллиативтік медициналық көмек көрсететін ұйымдардың құрылымы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z39" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Паллиативтік медициналық көмек денсаулық сақтау ұйымдарының мамандандырылған құрылымдық бөлімшелерінде (бөлімдерде, палаталарда, төсектерде), дербес мамандандырылған медициналық ұйымдарда (мейіргерлік күтім ауруханаларында, хоспистерде) стационарлық, стационарды алмастыратын жағдайларда және үйде, оның ішінде мобильдік бригадаларды пайдалана отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Паллиативтік медициналық көмек ұйымдары аудандық және облыстық орталықтарда, республикалық маңызы бар қалаларда және астанада құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z41" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Паллиативтік медициналық көмек көрсететін ұйымдардың міндеттері мен қызмет бағыттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z42" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Паллиативтік медициналық көмек көрсететін ұйымдардың негізгі міндеттері мен қызмет бағыттары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z43" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ауыр және жазылмайтын ауру (жай-күйі) пациенттердің өмір сүру сапасын жақсартуға бағытталған іс-шараларды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z44" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) радикалды ем жүргізуге көрсетілімдер болмаған кезде жазылмайтын пациенттің ауруының (жай-күйінің) ауырсынуын және ауыр көріністерін жеңілдету (инкурабельді пациенттер);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z45" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жазылмайтын ауру пациентке мейіргерлік күтімді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z46" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) отбасы мүшелерін және күтім жасайтын адамдарды жазылмайтын пациенттерді үйде мейіргер күтімінің негіздеріне оқыту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z47" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) медициналық ұйым персоналдарының пациенттің отбасы мүшелеріне психологиялық және әлеуметтік-құқықтық консультация беру болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z48" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Хосписте (бөлімшеде) және үйде пациенттермен және олардың отбасы мүшелерімен жұмыс істеу үшін әлеуметтік қызметкер мен психолог лауазымы көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік қызметкер емдеуге жатқызуға жәрдемдесуді, пациенттерді медициналық ұйымдарға алып жүруді, пациенттің отбасы мүшелерін күтім негіздеріне оқытуды, медициналық-әлеуметтік зерттеп-қарауды ұйымдастыруды және жүргізуді, әлеуметтік мәселелер бойынша консультация беруді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Психолог әлеуметтік-психологиялық патронажды, пациенттерді және бірге тұратын отбасы мүшелерін психологиялық қолдауды, жақын адамы қайтыс болған кезеңдегі қолдауды, шұғыл психологиялық көмекті жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="46"/>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Стационарлық және стационарды алмастыратын жағдайларда паллиативтік медициналық көмек көрсетуді ұйымдастыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z50" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Паллиативтік медициналық көмек аудандық, қалалық, облыстық деңгейлерде, сондай-ақ республикалық маңызы бар қалаларда және астанада оны көрсетудің барлық кезеңдерінде сабақтастықты және үздіксіз бақылау қағидаттарын сақтай отырып: дәрігердің қабылдауында, күндізгі немесе тәулік бойғы стационарда, медицина қызметкерін, МБ шақыру, медицина қызметкерлерінің белсенді патронажы, үйде емдеуді ұйымдастыру кезінде көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z51" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Амбулаториялық, стационарды алмастыратын, стационарлық жағдайларда және үйде паллиативтік медициналық көмек көрсететін дәрігер: қабылдауды, қарап-тексеруді, паллиативтік медициналық көмек жоспарын жасауды, оны көрсетуді, дәрілік заттарды жазып тағайындауды, емшаралар мен манипуляцияларды орындауды Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 31) тармақшасына сәйкес бекітілген денсаулық сақтау саласында есепке алу және есептік құжаттаманы жүргізуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z52" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13. Пациентке паллиативтік медициналық көмек көрсету үшін облыстық деңгейдегі медициналық ұйымдарда, сондай-ақ республикалық маңызы бар қалаларда және астанада МПТ құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z118" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      13. Пациентке паллиативтік медициналық көмек көрсету үшін облыстық деңгейдегі медициналық ұйымдарда, сондай-ақ республикалық маңызы бар қалаларда және астанада МПТ құрылады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="49"/>
+       МПТ құрамына: дәрігер (дәрігерлер), бейінді мамандар (онколог, фтизиатр, инфекционист), орта медицина қызметкері (орта медицина қызметкерлері), психолог, медициналық ұйымның әлеуметтік жұмыс жөніндегі маманы (әлеуметтік қызметкер) кіреді. МПТ құрамы медициналық ұйымның ішкі бұйрығымен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z119" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      МПТ құрамына: дәрігер (дәрігерлер), бейінді мамандар (онколог, фтизиатр, инфекционист, педиатр), орта медицина қызметкері (орта медицина қызметкерлері), психолог, медициналық ұйымның әлеуметтік жұмыс жөніндегі маманы (әлеуметтік қызметкер) кіреді. МПТ құрамы медициналық ұйымның ішкі бұйрығымен бекітіледі.</w:t>
-[...1 lines deleted...]
-    </w:p>
+       МПТ пациенттің медициналық құжаттарын, клиникалық-диагностикалық зерттеп-қарау нәтижелерін зерделегеннен кейін оған паллиативтік медициналық көмек көрсету бойынша комиссиялық талқылау өткізеді және паллиативтік медициналық көмек көрсету мәселелері бойынша пациенттер мен медициналық ұйым мамандарына консультация береді, оның ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z120" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      МПТ пациенттің медициналық құжаттарын, клиникалық-диагностикалық зертеп-қарау нәтижелерін зерделегеннен кейін оған паллиативтік медициналық көмек көрсету бойынша комиссиялық талқылау өткізеді және паллиативтік медициналық көмек көрсету мәселелері бойынша пациенттер мен медициналық ұйым мамандарына консультация береді, оның ішінде:</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z53" w:id="50"/>
+       1) пациенттің физикалық және психологиялық жай-күйін бағалайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z121" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) пациенттің физикалық және психологиялық жай-күйін бағалайды;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z54" w:id="51"/>
+       2) жеке жоспарды жасайды және түзетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z122" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) жеке жоспарды жасайды және түзетеді;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z55" w:id="52"/>
+       3) паллиативтік медициналық көмек көрсету, оның ішінде аурудың (жай-күйдің) ауыр көріністерін симптоматикалық емдеу және медициналық араласулар жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z123" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) паллиативтік медициналық көмек көрсету, оның ішінде аурудың (жай-күйдің) ауыр көріністерін симптоматикалық емдеу және медициналық араласулар жүргізеді;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="53"/>
+       4) дәрілік препараттарды енгізу жоспарын айқындай отырып, олардың дозасын есептеу, оның ішінде клиникалық хаттамаларға сәйкес пациенттерге есірткілік емес, сондай-ақ құрамында есірткі және психотроптық заттар бар дәрілік препараттарды тағайындайды және қолданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z124" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) дәрілік препараттарды енгізу жоспарын айқындай отырып, олардың дозасын есептеу, оның ішінде клиникалық хаттамаларға сәйкес пациенттерге есірткілік емес, сондай-ақ құрамында есірткі және психотроптық заттар бар дәрілік препараттарды тағайындайды және қолданады;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z57" w:id="54"/>
+       5) есепке алу және есеп беру құжаттамасын жүргізеді, деректерді ұйымның медициналық ақпараттық жүйелеріне енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z125" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      МПТ дәрігері стационардан шығару кезінде Кодекстің 7-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бекітілген нысан бойынша стационардан шыққан адамның статистикалық картасын ресімдейді, онда жүргізілген диагностикалық зерттеулердің, емдеу іс-шараларының көлемі және одан әрі бақылау мен емдеу, сондай-ақ үйде күтім жасау негіздері бойынша ұсынымдар көрсетіледі. Көшірменің электрондық нұсқасы бекітілген (нақты тұратын) жері бойынша МСАК ұйымына жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z126" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      5) есепке алу және есеп беру құжаттамасын жүргізеді, деректерді ұйымның медициналық ақпараттық жүйелеріне енгізеді.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="54"/>
+      Стационардан шығару, сондай-ақ паллиативтік медициналық көмек үшін көрсетілімдерді бастапқы белгілеу кезінде паллиативтік медициналық көмекті қажет ететін не алатын науқастар туралы ақпаратты бейінді маман немесе отбасылық дәрігер медициналық ұйымның медициналық ақпараттық жүйесіне енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z127" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      МПТ дәрігері стационардан шығару кезінде Кодекстің </w:t>
-[...26 lines deleted...]
-        <w:jc w:val="both"/>
+      Егер пациент бекітілген әкімшілік-аумақтық бірліктің шегінен тыс стационарлық немесе стационарды алмастыратын жағдайларда мамандандырылған немесе паллиативтік медициналық көмек көрсететін медициналық ұйымда емделсе, құрамында есірткі және психотроптық заттар бар дәрілік заттарды алатын және үйде емдеуді жалғастыруды қажет ететін пациентке шығу кезінде ауру тарихынан үзінді көшірмемен бірге құрамында есірткі және психотроптық заттар бар дәрілік препараттар Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 26 қаңтардағы № 32 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10404 болып тіркелген) бекітілген Бақылауға жататын есірткі құралдарын, психотроптық заттар мен олардың прекурсорларын медициналық мақсатта пайдалану қағидаларына сәйкес беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Стационардан шығару, сондай-ақ паллиативтік медициналық көмек үшін көрсетілімдерді бастапқы белгілеу кезінде паллиативтік медициналық көмекті қажет ететін не алатын науқастар туралы ақпаратты бейінді маман немесе МСАК дәрігері медициналық ұйымның медициналық ақпараттық жүйесіне енгізеді.</w:t>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z58" w:id="55"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Стационарлық жағдайларда паллиативтік медициналық көмек көрсететін ұйымдарға жазылмайтын ауру пациенттерді емдеуге жатқызу үшін мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z59" w:id="56"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z59" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) науқасты кейіннен амбулаториялық жағдайда емдеуге ауыстыру үшін тәулік бойы бақылау жағдайында қолдаушы, ауырсынуға қарсы терапияны таңдау немесе түзету қажеттілігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z60" w:id="57"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z60" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тәулік бойы бақылау жағдайында аурудың (жай-күйдің) ауыр көріністерін симптоматикалық емдеу қажеттілігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z61" w:id="58"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z61" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) амбулаториялық, стационарды алмастыратын жағдайларда, оның ішінде үйде жүзеге асыру мүмкін болмайтын медициналық араласулар жүргізу қажеттілігі көрсетілімдер болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z62" w:id="59"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z62" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Хоспис (бөлімше) жағдайында пациентке отбасы мүшелері мен күтім жасайтын адамдар тәулік бойы келе алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z63" w:id="60"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z63" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Науқастарды стационарды алмастыратын және стационарлық жағдайларда, оның ішінде паллиативтік медициналық көмек көрсету үшін емдеуге жатқызу Емдеуге жатқызу бюросының порталы арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z64" w:id="61"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z64" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Амбулаториялық жағдайларда және үйде паллиативтік медициналық көмек көрсетуді ұйымдастыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z65" w:id="62"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z65" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="63"/>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17. Отбасылық дәрігер бекітілген халық арасынан паллиативтік медициналық көмекті қажет ететін немесе алатын пациент туралы ақпаратты алғаннан кейін мыналарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z129" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жоспарлы баруды (үйдегі актив айына 1 рет);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z67" w:id="64"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z130" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) паллиативтік медициналық көмек көрсету үшін мобильдік бригаданы уақтылы шақыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z68" w:id="65"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z131" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) көрсетілімдер болған кезде стационарлық, стационарды алмастыратын жағдайларда және үйде паллиативтік медициналық көмекті уақтылы алуды ұйымдастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z69" w:id="66"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z132" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мүгедектікті одан әрі белгілеу үшін организм функциялары тұрақты бұзылған кезде бастапқы немесе қайталама куәландыру мақсатында медициналық-әлеуметтік зерттеп-қарау жүргізу үшін құжаттарды ресімдеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z70" w:id="67"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z133" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) есепке алу және есеп беру құжаттамасын жүргізуді, деректерді ұйымның медициналық ақпараттық жүйелеріне енгізуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z134" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Үйде көмек алу қажет болған кезде МСАК медициналық ұйымына бекітілген және паллиативтік көмекке мұқтаж пациенттен ұйымның медициналық ақпараттық жүйесінде өтінім тіркеледі. Өтінімді алғаннан кейін МСАК дәрігері бару жеделдігінің маңыздылығын бағалайды.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Үйде көмек алу қажет болған кезде МСАК медициналық ұйымына бекітілген және паллиативтік көмекке мұқтаж пациенттен ұйымның медициналық ақпараттық жүйесінде өтінім тіркеледі. Өтінімді алғаннан кейін отбасылық дәрігер бару жеделдігінің маңыздылығын бағалайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z135" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жоспарлы қарап-тексеру кезінде МСАК дәрігері пациенттің үйіне белсенді баруды жүзеге асырады. Пациенттің үйіне жоспарлы баруды дәрігер айына кемінде 1 рет және орта медицина қызметкері кемінде 4 рет жүзеге асырады.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="68"/>
+      Жоспарлы қарап-тексеру кезінде отбасылық дәрігер пациенттің үйіне активпен баруды жүзеге асырады. Пациенттің үйіне жоспарлы баруды дәрігер айына кемінде 1 рет және орта медицина қызметкері кемінде 4 рет жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Медициналық көрсетілімдер болған кезде пациенттерді емдеу үшін ауырсынуды және аурудың (жай-күйдің) ауыр көріністерін тоқтатудың дәрі-дәрмектік және дәрі-дәрмектік емес әдістері қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z72" w:id="69"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z72" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Паллиативтік медициналық көмекке мұқтаж пациенттер емделмейтін науқас пациенттің ауыруын және ауруының (жай-күйінің) ауыр көріністерін жеңілдету үшін құрамында есірткі, психотроптық заттары бар дәрілік препараттармен қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Медициналық ұйымдардың есiрткi, психотроптық заттар және прекурсорлар айналымы саласындағы қызметі "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2461,326 +2927,326 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">" Қазақстан Республикасының заңдарында Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2) тармақшасына сәйкес белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="70"/>
+    <w:bookmarkStart w:name="z73" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Пациент құрамында есірткі психотроптық заттары бар дәрілік препараттарды үш айдан артық қабылдаған жағдайда МСАК дәрігері МБ қатысуымен медициналық ұйымның дәрігерлік-консультациялық комиссиясының (бұдан әрі - ДКК) қарауына одан әрі ауырсынуға қарсы терапия жөніндегі мәселені шығарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z74" w:id="71"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z74" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Медицина қызметкерлері пациентті немесе оның заңды өкілдерін дәрі-дәрмектердің атауын, тағайындау үшін көрсетілімдерді, дозаны, сақтау жағдайларын, жанама әсерлер анықталған кездегі іс-қимылдарды қоса алғанда, препараттарды қабылдау тәртібі мен режимін сақтау бойынша, осы препаратпен емдеуді жалғастыру жағдайлары туралы, оған (оларға) шешім қабылдау процесіне қатысуға мүмкіндік бере отырып жүргізілген ем туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z75" w:id="72"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z75" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Гистологиялық бекітілмеген диагноз кезінде қатерлі ісіктермен ауыратын науқастарды паллиативтік медициналық көмек көрсететін медициналық ұйымдарға жіберу пациентті бақылау және емдеу жүргізілетін медициналық ұйымның МБ және ДКК бірлескен шешімі бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z76" w:id="73"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z76" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Көрсетілімдер және пациенттің амбулаториялық деңгейде медициналық ұйымға өз бетінше бару мүмкіндігі болған кезде паллиативтік медициналық көмек қабылдауда немесе стационарды алмастыратын жағдайларда көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z77" w:id="74"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z77" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Пациенттің медициналық ұйымға өз бетінше бару мүмкіндігі болмаған кезде науқасқа үйде паллиативтік медициналық көмек көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Амбулаториялық деңгейде және үйде стационарды алмастыратын жағдайларда паллиативтік медициналық көмек көрсету үшін мыналар: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="75"/>
+    <w:bookmarkStart w:name="z78" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қолдаушы, ауырсынуға қарсы терапияны іріктеу немесе түзету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z79" w:id="76"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z79" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) аурудың ауыр көріністерін (жай-күйін) симптоматикалық емдеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z80" w:id="77"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z80" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) дәрігерлік манипуляцияларды және мейіргерлік емшараларды жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z81" w:id="78"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z81" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) стационарлық жағдайларда паллиативтік медициналық көмекке арналған хоспистердің, бөлімшелердің (төсектердің) болмауы көрсетілімдер болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z82" w:id="79"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z82" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Пациенттің жай-күйі нашарлаған, асқынулар туындаған кезде паллиативтік медициналық көмек көрсету МБ беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z83" w:id="80"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z83" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Мобильдік бригадалардың паллиативтік медициналық көмек көрсетуін ұйымдастыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z84" w:id="81"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z84" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. МБ амбулаториялық жағдайда және үйде паллиативтік (оның ішінде қашықтықтан) медициналық көмек көрсетуге арналған, кез келген медициналық ұйымдардың базасында қалыптастырылады және медициналық ұйымның ішкі бұйрығымен бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z85" w:id="82"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z85" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. МБ шығуы МСАК ұйымының жұмыс сағаттарында санитариялық-эпидемиологиялық талаптарды сақтай отырып, бригаданы пациентке қызмет көрсету орнына уақтылы жеткізуді қамтамасыз ететін мамандандырылған немесе мамандандырылмаған автомобильді пайдалана отырып, дәрігерлік немесе фельдшерлік (мейіргерлік) бригадалар жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       МБ құрамына: дәрігер (дәрігерлер), орта медициналық қызметкер (орта медициналық қызметкерлер), психолог, медициналық ұйымның әлеуметтік жұмыс жөніндегі маманы (әлеуметтік қызметкер) кіреді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2809,702 +3275,522 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       МБ жұмысы дәрігердің басшылығымен жүзеге асырылады. Шектеулі ресурстар жағдайында МБ ең төмен құрамына паллиативтік көмек бойынша тиісті даярлықтан өткен дәрігер (фельдшер) мен мейіргер кіреді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Паллиативтік көмектің тиімділігін арттыру мақсатында МБ-ға басқа медициналық мамандар, еріктілер тартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="83"/>
+    <w:bookmarkStart w:name="z86" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. МБ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z87" w:id="84"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z87" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) паллиативтік медициналық көмек көрсету, оның ішінде аурудың (жай-күйдің) ауыр көріністерін симптоматикалық емдеу және үйде медициналық араласулар жүргізуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z88" w:id="85"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z88" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) пациентті жүргізудің жеке жоспарын жасау және науқастың жай-күйіне, оның ішінде қашықтықтан медициналық көрсетілетін қызметтерді қолдана отырып мониторинг жүргізуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z89" w:id="86"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z89" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) дәрілік препараттарды, оның ішінде құрамында есірткі, психотроптық заттар мен олардың прекурсорлары бар препараттарды (медициналық ұйымда және үйде) тағайындауды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z90" w:id="87"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z90" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) үйде қолдайтын, ауырсынуға қарсы терапияны таңдауды немесе түзетуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z91" w:id="88"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z91" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дәрігерлік араласулар мен мейіргерлік күтім емшараларын жүргізуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z92" w:id="89"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z92" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) отбасы мүшелерін және күтім жасайтын адамдарды үйдегі жазылмайтын ауру пациенттерге мейіргер күтімін жасау негіздеріне оқытуды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z93" w:id="90"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z93" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) көрсетілімдер болған кезде пациентті стационарлық жағдайларда паллиативтік медициналық көмек көрсететін медициналық ұйымға жіберуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z94" w:id="91"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z94" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. МБ қызметтерін көрсететін ұйымда мақсатына сәйкес мынадай үй-жайлар (аймақтар) көзделеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z95" w:id="92"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z95" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бригадалардың қоңырауларды қабылдау (call-орталық) және көшпелі МБ-мен байланыс аймағы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z96" w:id="93"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z96" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бригадаларды медициналық жарақтандыруды сақтауға, медициналық жинақтарды және дәрі-дәрмектердің ағымдағы қорын жинақтауға арналған үй-жай (аймақ);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       медициналық сөмкелерге, пайдаланылған құралдар мен материалдарға санитариялық өңдеу жүргізуге арналған жуғышпен жабдықталған үй-жай (аймақ); құрамында есірткі заттары бар есірткі дәрілік препараттар қорын сақтауға арналған үй-жай.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="94"/>
+    <w:bookmarkStart w:name="z97" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. Паллиативтік медициналық көмекті қашықтықтан көрсетуді ұйымдастыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z98" w:id="95"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z98" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Паллиативтік медициналық көмек көрсету үшін қашықтықтан көрсетілетін қызметтер Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>129-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z99" w:id="96"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z99" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Амбулаториялық деңгейде қашықтықтан мынадай қызметтер көрсетіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z100" w:id="97"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z100" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) науқастың жай-күйіне мониторинг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z101" w:id="98"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z101" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) МПТ мүшелерінің пациенттерге консультация беруі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z102" w:id="99"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z102" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) рецепт жазып беру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z103" w:id="100"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z103" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. МБ қызметкерлері үйде жазылмайтын ауру пациенттерге мейіргерлік күтім негіздері бойынша отбасы мүшелеріне және күтім жасайтын адамдарға қашықтықтан консультация жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z104" w:id="101"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z104" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Жазылмайтын ауру пациенттерге және олардың отбасы мүшелеріне қашықтықтан жеке психологиялық консультация, сондай-ақ медициналық ұйымның әлеуметтік қызметкері консультация береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z105" w:id="102"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z105" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-тарау. Балаларға паллиативтік медициналық көмек көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z106" w:id="103"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...177 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      38. Балаларға паллиативтік медициналық көмек көрсететін медициналық ұйымдар Кодекстің 78-бабының </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="111"/>
+      Ескерту. 8-тарау алып тасталды - ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3538,100 +3824,150 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Паллиативтік медициналық</w:t>
-[...25 lines deleted...]
-              <w:t>стандартына қосымша</w:t>
+              <w:t>Қазақстан Республикасында ересек халыққа паллиативтік медициналық көмекті ұйымдастыру стандартына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z116" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Оң жақ жоғарғы бұрышы жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z116" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Паллиативтік медициналық көмек қызметтері</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="112"/>
+        <w:t xml:space="preserve"> Паллиативтік медициналық көмек көрсететін қызметтердің тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тізбеге өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3879,117 +4215,102 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...65 lines deleted...]
-Педиатрдың консультациясы (қарап-тексеруі)</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алып тасталды - ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 166</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5955,117 +6276,102 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...65 lines deleted...]
-Ауру баланы күтуді үйрету</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Алып тасталды - ҚР Денсаулық сақтау министрінің 18.12.2025 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 166</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="ff0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12551,55 +12857,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>