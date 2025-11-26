--- v0 (2025-10-10)
+++ v1 (2025-11-26)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="39f9572" w14:textId="39f9572">
+    <w:p w14:paraId="777936f" w14:textId="777936f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1080,54 +1080,92 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бұйрыққа 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Психикалық денсаулық саласында медициналық көмек көрсететін ұйымға жолдама қолданылмайтын, психикаға белсенді әсер ететін заттарды тұтынуға байланысты психикалық, мінез – құлықтық бұзылушылықтары (аурулары) бар адамдардағы медициналық қарсы көрсетілімдердің тізбесі</w:t>
+        <w:t xml:space="preserve"> Психикаға белсенді әсер ететін заттарды тұтынумен байланысты психикалық, мінез-құлықтық бұзылушылықтары (аурулары) бар, өздеріне қатысты психикалық денсаулық саласында медициналық көмек көрсететін ұйымға жолдама беру қолданылмайтын адамдардағы медициналық қарсы көрсетілімдердің тізімі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда – ҚР Денсаулық сақтау министрінің 04.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 135</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -1211,52 +1249,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Аурулардың халықаралық жіктемесі бойынша коды -10 </w:t>
+              <w:t>
+Аурулардың халықаралық жіктемесі бойынша коды -10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1486,933 +1524,933 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мерездің манифесттік нысандары</w:t>
+Мерездің кеш нысандары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-А51</w:t>
+А52</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-А54</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3-тарау. Адамның иммун тапшылығы вирусынан (АИТВ) туындаған ауру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сауықтыру емдеу курсын жүргізгенге хламидиоз</w:t>
+Адамның иммун тапшылығы вирусынан (АИТВ) туындаған, қатерлі ісіктер түрінде, терминалдық сатыда, көптеген аурулардың көріністерімен пайда болатын ауру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-А56</w:t>
+В20 – В24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-А59</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4-тарау. Қатерлі ісіктер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-3-тарау. Адамның иммун тапшылығы вирусынан (АИТВ) туындаған ауру</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қатерлі ісіктер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+С00 - С97</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-В21 – В24</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5-тарау. Қан, қан өндіру ағзаларының аурулары және иммундық механизмді қамтитын жеке бұзылулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-4-тарау. Инфестациялық және паразиттік аурулардың салдары</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Декомпенсацияның орташа және ауыр дәрежесіндегі иммундық механизмді тартатын қан, қан өндіру ағзаларының аурулары және жекелеген бұзылулар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+D50 - D89</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-В90.0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6-тарау. Эндокриндік жүйе аурулары, тамақтанудың бұзылуы және зат алмасудың бұзылуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-5-тарау. Қатерлі ісіктер</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уытты емес зобтың басқа түрлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е04</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қатерлі ісіктер</w:t>
+Тиреотоксикоз [гипертиреоз]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-С00 - С97</w:t>
+Е05</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-6-тарау. Қан, қан өндіру ағзаларының аурулары және иммундық механизмді қамтитын жеке бұзылулар</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Комамен инсулинге тәуелді қантты диабет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е10.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2445,3437 +2483,3446 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Декомпенсацияның орташа және ауыр дәрежесіндегі иммундық механизмді тартатын қан, қан өндіру ағзаларының аурулары және жекелеген бұзылулар</w:t>
+Кетоацидозбен инсулинге тәуелді қантты диабет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-D50 - D89</w:t>
+Е10.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-7-тарау. Эндокриндік жүйе аурулары, тамақтанудың бұзылуы және зат алмасудың бұзылуы</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көптеген асқынулары бар инсулинге тәуелді қантты диабет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е10.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Эндокриндік жүйе аурулары, тамақтанудың бұзылуы және декомпенсация сатысындағы зат алмасудың бұзылуы</w:t>
+Комамен инсулинге тәуелсіз қантты диабет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Е00 - Е16</w:t>
+Е11.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-8-тарау. Психикалық бұзылулар және мінез-құлық бұзылыстары</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кетоацидозбен ІІ типті қантты диабеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Е11.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
+13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тамырлы деменция</w:t>
+Көптеген асқынулары бар инсулинге тәуелсіз қант диабет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F01</w:t>
+Е11.7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-F02.8</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7-тарау. Психикалық және мінез-құлықтық бұзылушылықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
+14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Анықталмаған деменция</w:t>
+Тамырлы деменция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F03</w:t>
+F01</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
+15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Алкогольге немесе басқа психоактивті заттарға байланысты емес органикалық амнестикалық синдром</w:t>
+Басқа бөлімдерде жіктелген анықталған басқа аурулардағы деменция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F04</w:t>
+F02.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Органикалық галлюциноз</w:t>
+Анықталмаған деменция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F06.0</w:t>
+F03</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16</w:t>
+17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Органикалық кататоникалық бұзылыс</w:t>
+Алкогольге немесе басқа психикаға белсенді әсер ететін заттарға байланысты емес органикалық амнестикалық синдром</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F06.1</w:t>
+F04</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17</w:t>
+18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Органикалық алдау (шизофрения тәрізді) ауруы</w:t>
+Органикалық галлюциноз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F06.2</w:t>
+F06.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18</w:t>
+19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мидың ауруы, зақымдануы және дисфункциясы салдарынан басқа органикалық тұлғалық және мінез-құлық бұзылыстары</w:t>
+Органикалық кататоникалық бұзылушылық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F07.8</w:t>
+F06.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-19</w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Делириймен алкогольдік абстиненттік жағдай</w:t>
+Органикалық сандырақтық (шизофренияға ұқсас) ауруы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F10.4</w:t>
+F06.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
+21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Шизофрения - үздіксіз және ұстамаға ұқсас прогредиенттік ағым типі бар, (тұрақты) жеке басының кемістігі бар барлық түрлері </w:t>
+              <w:t>
+Мидың ауруы, зақымдануы және дисфункциясы салдарынан басқа органикалық тұлғалық және мінез-құлықтық бұзылушылықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F20</w:t>
+F07.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21</w:t>
+22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Басқа созылмалы сандырақ бұзылулар</w:t>
+Делириймен алкогольдік абстиненттік жағдай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F22.8</w:t>
+F10.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22</w:t>
+23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Шизоэффективті бұзылулар</w:t>
+Шизофрения - үздіксіз және ұстамаға ұқсас прогредиенттік ағым типі бар, (тұрақты) жеке басының кемістігі бар барлық түрлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F25</w:t>
+F20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23</w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Психотикалық белгілері бар маниакалдық эпизод</w:t>
+Басқа созылмалы сандырақтық бұзылулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F30.2</w:t>
+F22.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24</w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Биполярлық аффективтік бұзылулар</w:t>
+Шизоэффективті бұзылулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F31</w:t>
+F25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25</w:t>
+26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Психотикалық белгілері бар ауыр депрессиялық эпизод</w:t>
+Психотикалық белгілері бар маниакалдық эпизод</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F32.3</w:t>
+F30.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26</w:t>
+27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көңіл-күйдің қайталанатын депрессиялық бұзылуы</w:t>
+Биполярлық аффективтік бұзылулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F33</w:t>
+F31</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27</w:t>
+28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеңіл, орташа және ауыр ақыл-ой кемістігі</w:t>
+Психоз симптомдары белгілері бар ауыр депрессиялық эпизод</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-F7</w:t>
+F32.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-9-тарау. Нерв жүйесінің аурулары</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көңіл-күйдің қайталанатын депрессиялық бұзылуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+F33</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28</w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Негізінен орталық нерв жүйесін зақымдайтын жүйелік атрофиялар</w:t>
+Жеңіл, орташа және ауыр ақыл-ой кемістігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-G10 - G13</w:t>
+F7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-G20 - G26</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8-тарау. Нерв жүйесінің аурулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30</w:t>
+31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Нерв жүйесінің басқа дегенеративті аурулары </w:t>
+              <w:t>
+Негізінен орталық нерв жүйесін зақымдайтын жүйелік атрофиялар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-G30 - G32</w:t>
+G10 - G13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31</w:t>
+32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Орталық нерв жүйесінің демиелинизациялық аурулары</w:t>
+Экстрапирамидалық және басқа да қозғалыс бұзылулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-G35-G37</w:t>
+G20 - G26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32</w:t>
+33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Эпизодтық және пароксизмальды бұзылулар </w:t>
+              <w:t>
+Нерв жүйесінің басқа дегенеративті аурулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-G40 - G47</w:t>
+G30 - G32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33</w:t>
+34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Полиневропатиялар және перифериялық нерв жүйесінің басқа да зақымданулары (кодтар) </w:t>
+              <w:t>
+Орталық нерв жүйесінің демиелинизациялық аурулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-G60 - G64</w:t>
+G35-G37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34</w:t>
+35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Орталық нерв жүйесінің басқа бұзылыстары</w:t>
+Эпизодтық және пароксизмальды бұзылушылықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-G 96.9</w:t>
+              <w:t>
+G40 - G47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-10-тарау. Көз және оның қосалқы аппаратының аурулары</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Полиневропатиялар және перифериялық нерв жүйесінің басқа да зақымданулары (кодтар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+G60 - G64</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...28 lines deleted...]
-35</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:tcBorders>
-[...28 lines deleted...]
-Көз ұясының аурулары (АХЖ-10 коды);</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орталық нерв жүйесінің басқа бұзылыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Н05</w:t>
+G 96.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36</w:t>
-[...71 lines deleted...]
-Н30 - Н36</w:t>
+G 96.9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Н40 - Н42</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9-тарау. Көз және оның қосалқы аппаратының аурулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5907,88 +5954,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Көру жүйкесінің және көру жолдарының аурулары </w:t>
+              <w:t>
+Тамырлы қабық пен тордың аурулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Н46 - Н48</w:t>
+Н30 - Н34</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6021,581 +6068,581 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көру бұзылыстары және соқырлық</w:t>
+Бастапқы жабық бұрышты глаукома</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Н53 - Н54</w:t>
+H40,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-11-тарау. Қанайналым жүйесінің аурулары</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көру нерві мен көру жолдарының аурулары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Н46 - Н48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
+41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-II-III дәрежелі қан айналымы бұзылған ақаулары бар жүректің созылмалы ревматикалық аурулары.</w:t>
+Бинокулярлы соқырлық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I05 - I09</w:t>
+H54.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41</w:t>
+42</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жіті миокард инфарктісі</w:t>
+Көрудің бинокулярлы жеңіл бұзылуы немесе оның болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I 21</w:t>
+H54.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42</w:t>
+43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Жедел миокард инфарктісінің кейбір ағымдағы асқынулары </w:t>
+              <w:t>
+Басқа менингококк инфекциялары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I 23</w:t>
+A39.8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-I 24</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-тарау. Қанайналым жүйесінің аурулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6628,87 +6675,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жүректің созылмалы ишемиялық ауруы; ІІ-ІІІ дәрежелі қан айналымы бұзылған инфаркттан кейінгі кардиосклероз</w:t>
+II-III дәрежелі қанайналым бұзылған ақаулары бар жүректің созылмалы ревматикалық аурулары.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I 25</w:t>
+I05 - I09</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6740,88 +6787,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Өкпелік жүрек және өкпе қан айналымының бұзылуы </w:t>
+              <w:t>
+Жіті миокард инфарктісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I 26 - I28</w:t>
+I 21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6854,87 +6901,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жүректің басқа аурулары (III-IV дәрежелі ФК-мен жүрек ырғағы мен өткізгіштігінің ауыр бұзылулары бар).</w:t>
+Жіті миокард инфарктісінің кейбір ағымдағы асқынулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I 30 - I52</w:t>
+I 23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6967,87 +7014,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жоғары қан қысымымен сипатталатын аурулар (II - III дәрежелі гипертониялық ауру, сондай-ақ жиі криз жағдайлары бар гипертониялық ауру)</w:t>
+Жүректің жіті ишемиялық ауруының басқа түрлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I 10-I15</w:t>
+I 24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7080,87 +7127,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Цереброваскулярлық аурулар (ми қан айналымының жіті бұзылуы және парез, паралич, афазия, атаксия құбылыстарымен ми қан айналымының жіті бұзылуынан кейінгі жай-күй), басқа да цереброваскулярлық аурулар</w:t>
+Жүректің созылмалы ишемиялық ауруы; ІІ-ІІІ дәрежелі қан айналымы бұзылған инфаркттан кейінгі кардиосклероз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I 60 - I69</w:t>
+I 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7193,2004 +7240,2795 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Айқын білінетін қайтымсыз трофикалық өзгерістері (некроз) және аяқ-қол функцияларының бұзылуы бар артериялардың, артериолалар мен капиллярлардың аурулары</w:t>
+Өкпелік жүрек және өкпе қан айналымының бұзылуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I 70 - I79</w:t>
+I 26 - I28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-12-тарау. Тыныс алу ағзаларының аурулары</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүректің басқа аурулары (III-IV дәрежелі ФК-мен жүрек ырғағы мен өткізгіштігінің ауыр бұзылулары бар).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I 30 - I52</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
+51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-II - III степени II - III дәрежелі өкпе функциясының жеткіліксіздігі бар төменгі тыныс алу жолдарының созылмалы аурулары</w:t>
+Жоғары қан қысымымен сипатталатын аурулар (II - III дәрежелі гипертониялық ауру, сондай-ақ жиі криз жағдайлары бар гипертониялық ауру)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-J40 - J47</w:t>
+I 10-I15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51</w:t>
+52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-II-III дәрежелі өкпе-жүрек функцияларының жеткіліксіздігі бар сыртқы агенттер тудыратын өкпе аурулары.</w:t>
+Цереброваскулярлық аурулар (ми қан айналымының жіті бұзылуы және парез, паралич, афазия, атаксия құбылыстарымен ми қан айналымының жіті бұзылуынан кейінгі жай-күй), басқа да цереброваскулярлық аурулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-J60 - J70</w:t>
+I 60 - I69</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-13-тарау. Ас қорыту ағзаларының аурулары</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Айқын білінетін қайтымсыз трофикалық өзгерістері (некроз) және аяқ-қол функцияларының бұзылуы бар артериялардың, артериолалар мен капиллярлардың аурулары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I 70 - I79</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-К20 - К77</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11-тарау. Тыныс алу ағзаларының аурулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-14-тарау. Тері және тері асты жасушаларының аурулары</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II - III дәрежелі II - III дәрежелі өкпе функциясының жеткіліксіздігі бар төменгі тыныс алу жолдарының созылмалы аурулары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+J43 - J47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53</w:t>
+55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Асқыну сатысындағы жүйелі дерматоздар</w:t>
+II-III дәрежелі өкпе-жүрек функцияларының жеткіліксіздігі бар сыртқы агенттер тудыратын өкпе аурулары.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-L10 - L14, L98</w:t>
+J60 - J70, J84</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15-тарау. Сүйек-бұлшықет жүйесі мен дәнекер тін аурулары</w:t>
+12-тарау. Ас қорыту ағзаларының аурулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54</w:t>
+56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-II - III дәрежелі ағзалар функциясының бұзылуымен дәнекер тіннің жүйелі зақымдануы</w:t>
+Асқыну, декомпенсация сатысындағы асқазан-ішек жолдарының аурулары.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-М30 - М36</w:t>
+К20 - К77</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55</w:t>
+57</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Омыртқа, қабырға, II-III сатыдағы НЖФ-мен ірі буын қозғалғыштығы шектелген спондилопатиялар</w:t>
+Жіті панкреатит</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-М45 - М49</w:t>
+К85</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-16-тарау. Несеп-жыныс жүйесінің аурулары</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұйқы безінің басқа аурулары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+К86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-N00 - N99</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13-тарау. Тері және тері асты жасушаларының аурулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-17-тарау. Туа біткен ауытқулар (даму ақаулары), деформациялар және хромосомалық бұзылулар</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Асқыну сатысындағы жүйелі дерматоздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+L10 - L14, L98</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-57</w:t>
+60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Декомпенсация немесе асқыну сатысындағы қанайналым жүйесінің туа біткен ауытқулары (даму кемістіктері) </w:t>
+              <w:t>
+Кәдімгі псориаз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Q20 - Q28</w:t>
+L40.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Q30 - Q34</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14-тарау. Сүйек-бұлшықет жүйесі мен дәнекер тін аурулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59</w:t>
+61</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Декомпенсация немесе асқыну сатысындағы ас қорыту ағзаларының туа біткен ауытқулары (даму кемістіктері)</w:t>
+II - III дәрежелі ағзалар функциясының бұзылуымен дәнекер тіннің жүйелі зақымдануы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Q38 - Q45</w:t>
+М30 - М36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60</w:t>
+62</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Декомпенсация немесе өршу сатысындағы жыныс мүшелерінің туа біткен ауытқулары (даму кемістіктері)</w:t>
+Омыртқа, қабырға, II-III сатыдағы НЖФ-мен ірі буын қозғалғыштығы шектелген спондилопатиялар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Q50 - Q56</w:t>
+М45 - М49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Q60 - Q64</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15-тарау. Несеп-жыныс жүйесінің аурулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62</w:t>
+63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Туа біткен аномалиялар (даму кемістіктері) және декомпенсация немесе өршу сатысындағы сүйек-бұлшықет жүйесінің қисаюлары</w:t>
+Бүйрек функциясының созылмалы жеткіліксіздігі бар несеп-жыныс жүйесінің аурулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Q65 - Q79</w:t>
+N00 - N99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Q80 - Q89</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16-тарау. Туа біткен ауытқулар (даму), деформациялар және хромосомалық бұзылулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-18-тарау. Жарақаттар, улану және сыртқы себептер әсерінің басқа да салдары</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Декомпенсация немесе асқыну сатысындағы қанайналым жүйесінің туа біткен ауытқулары (даму кемістіктері)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Q20 - Q28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64</w:t>
+65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Декомпенсация немесе асқыну сатысындағы тыныс алу ағзаларының туа біткен ауытқулары (даму кемістіктері)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Q30 - Q34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Декомпенсация немесе асқыну сатысындағы ас қорыту ағзаларының туа біткен ауытқулары (даму кемістіктері)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Q38 - Q45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Декомпенсация немесе өршу сатысындағы жыныс мүшелерінің туа біткен ауытқулары (даму кемістіктері)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Q50 - Q56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Декомпенсация немесе өршу сатысындағы несеп жүйесінің туа біткен ауытқулары (даму)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Q60 - Q64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Туа біткен ауытқулар (даму кемістіктері) және декомпенсация немесе өршу сатысындағы сүйек-бұлшықет жүйесінің қисаюлары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Q65 - Q79</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Декомпенсация немесе өршу сатысындағы басқа да туа біткен ауытқулар (даму кемістіктері)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Q80 - Q89</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17-тарау. Жарақаттар, улану және сыртқы себептер әсерінің басқа да салдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9239,51 +10077,83 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Т86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ескертпе: психикаға белсенді әсер ететін заттарды (бұдан әрі – ПБЗ) тұтынуға байланысты психикалық, мінез – құлықтық бұзылушылықтары (аурулары) (бұдан әрі-ПМБ) бар адамдардағы медициналық қарсы көрсетілімдердің осы тізбесі ПБЗ тұтынуға байланысты ПМБ бар адамдарды психикалық денсаулық саласында медициналық көмек көрсететін ұйымдардағы мәжбүрлеп емдеу бөлімшелеріне қолданылады.</w:t>
+      Ескертпе: осы психикаға белсенді әсер ететін заттарды (бұдан әрі – ПБЗ) тұтынумен байланысты психикалық, мінез құлықтық бұзылушылықтары (аурулары) (бұдан әрі-ПМБ) бар адамдардағы медициналық қарсы көрсетілімдердің тізбесі ПБЗ тұтынумен байланысты ПМБ бар адамдарды психикалық денсаулық саласында медициналық көмек көрсететін ұйымдардағы мәжбүрлеп емдеу бөлімшелеріне қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -23329,55 +24199,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>