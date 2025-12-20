--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a726d72" w14:textId="a726d72">
+    <w:p w14:paraId="7614b11" w14:textId="7614b11">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,74 +112,156 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 24 қарашадағы № ҚР ДСМ-201/2020 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 26 қарашада № 21677 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының 2020 жылғы 7 шілдедегі Кодексі 210-бабының </w:t>
+      "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының Кодексі 210-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3- тармағына</w:t>
+        <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Денсаулық сақтау министрінің 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Ағзаның (ағза бөлігінің) және (немесе) тіндердің (тін бөлігінің) тірі кезіндегі донорының жан-жақты медициналық зерттеп-қараудан өту </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -675,94 +757,136 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Ағзаның (ағза бөлігінің) және (немесе) тіндердің (тін бөлігінің) тірі кезіндегі донорының жан-жақты медициналық зерттеп-қараудан өту </w:t>
+      1. Осы ағзаның (ағза бөлігінің) және (немесе) тіндердің (тін бөлігінің) тірі кезіндегі донорының жан-жақты медициналық зерттеп-қараудан өту қағидалары (бұдан әрі ˗˗ Қағидалар) "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының Кодексі 210-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>қағидалары</w:t>
-[...19 lines deleted...]
-        <w:t>3- тармағына</w:t>
+        <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және ағзаның (ағза бөлігінің) және (немесе) тіндердің (тін бөлігінің) тірі кезіндегі донорының жан-жақты медициналық зерттеп-қараудан өту тәртібін белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай терминдер мен ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -893,170 +1017,256 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Тірі кезіндегі донорларды зерттеп-қарау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Тірі кезіндегі донор болуға ерік білдірген адам трансплантаттау бойынша қызметтер көрсететін денсаулық сақтау ұйымына одан әрі трансплантаттау үшін ағзаларын (ағзаның бөлігін) және (немесе) тіндерін (тіннің бөлігін) алуға жазбаша нотариат куәландырған келісімін ұсынады.</w:t>
+      3. Тірі кезіндегі донор трансплантаттау қызметін көрсететін денсаулық сақтау ұйымына трансплантантаттау үшін мынадай құжаттарды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ағзаларды (ағзаның бөлігін) және (немесе) тіндерді (тіннің бөлігін) алуға жазбаша нотариат куәландырған келісімін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ықтимал реципиент пен тірі кезіндегі донор арасындағы генетикалық байланысты анықтау туралы этика комиссиясының хаттамасын ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 124</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Арнайы бейін дәрігерінің қабылдауы кезінде тірі кезіндегі донор ағзаларының (ағза бөлігінің) және (немесе) тіндерінің (тін бөлігінің) донорлығы алдында медициналық зерттеп-қараулар тағайындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z23" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Тегін медициналық көмектің кепілдік берілген көлемі шеңберінде және міндетті әлеуметтік медициналық сақтандыру жүйесінде зерттеп-қарау үшін бекітілген жері бойынша медициналық-санитариялық алғашқы көмек көрсететін денсаулық сақтау ұйымына жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z24" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Осы қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес трансплантаттау алдында тірі кезіндегі донорды жан-жақты медициналық зерттеп-қарау жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z25" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Жан-жақты медициналық зерттеп-қараудан өткеннен кейін бекітілген жері бойынша медициналық-санитариялық алғашқы көмек көрсететін денсаулық сақтау ұйымы тірі кезіндегі донорды ағзаларын (ағзаның бөлігін) және (немесе) тіндерін (тіннің бөлігін) трансплантаттауды жүзеге асыратын медицина ұйымына мамандандырылған медициналық көмекті және жоғары технологиялық медициналық қызметті ұсыну үшін жоспарлы емдеуге жатқызуға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1161,86 +1371,86 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қараудан өту қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Трансплантаттау алдында тірі кезіндегі донорды медициналық зерттеп-қарау </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z28" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 - бөлім. Бүйректің тірі кезіндегі донорын зерттеп-қарау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3312,68 +3522,68 @@
               <w:t>
 гинеколог (әйелдер үшін);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 көрсеткіштер бойынша инфекционист</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
+    <w:bookmarkStart w:name="z29" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2- бөлім. Бауырдың тірі кезіндегі донорын зерттеп-қарау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5689,68 +5899,68 @@
               <w:t>
 гепатолог;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 инфекционист</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3- бөлім. Гемопоэздік дің жасушаларының тірі кезіндегі донорын зерттеп-қарау тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -6777,55 +6987,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>