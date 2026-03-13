--- v0 (2025-11-06)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ec94ce7" w14:textId="ec94ce7">
+    <w:p w14:paraId="3b68ea7" w14:textId="3b68ea7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1139,90 +1139,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Мемлекеттік қызметті аудандардың, облыстық маңызы бар қалалардың, облыстардың, Нұр-Сұлтан, Алматы және Шымкент қалаларының жергілікті атқарушы органдары (бұдан әрі – көрсетілетін қызметті беруші) әскерге шақыру комиссиялары арқылы көрсетеді.</w:t>
+      3. Мемлекеттік қызметті ауданның, облыстық маңызы бар қаланың, облыстың, Астана, Алматы және Шымкент қалаларының жергілікті атқарушы органдары (бұдан әрі – көрсетілетін қызметті беруші) "Е-лицензиялау" мемлекеттік базасы" ақпараттық жүйесін пайдаланып, әскерге шақыру комиссиясы арқылы көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 12.08.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 527</w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 13.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1263,912 +1263,898 @@
         <w:t xml:space="preserve">
       4. Мемлекеттік көрсетілетін қызметті алу үшін жеке тұлғалар көрсетілетін қызметті берушіге www.egov.kz "электрондық үкімет" веб-порталы және ұялы байланыс абоненттік құрылғысы (бұдан әрі – портал) арқылы осы қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) куәландырылған электрондық құжат нысанында өтініш немесе ұялы байланыс операторы ұсынған көрсетілетін қызметті алушының абоненттік нөмірі порталдың есепке алу жазбасына тіркелген және қосылған жағдайда біржолғы парольмен куәландырылған сұрау салу жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Құжаттарды портал арқылы берген кезде мемлекеттік қызмет көрсетуге өтінішке мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінде көрсетілген құжаттардың электрондық көшірмелері тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 03.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 869</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Қызмет көрсету процесінің сипаттамаларын, нысанын, мазмұны мен нәтижесін қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктері ескерілген өзге де мәліметтер осы қағидаларға 2-қосымшаға сәйкес мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың нысанында келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 03.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 869</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Көрсетілетін қызметті алушы портал арқылы барлық қажетті құжаттарды берген кезде көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік көрсетілетін қызмет нәтижесін алған күнін көрсете отырып, мемлекеттік қызмет көрсету үшін сұрау салудың қабылданғаны туралы белгі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасына сәйкес жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері өтініш жасаған кезде өтініштерді тіркеу және қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Мемлекеттік қызмет 6 (алты) жұмыс күні ішінде көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...63 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 13.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 289</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Мемлекеттік қызмет көрсету процесіне қатысатын әскерге шақыру комиссиясы мүшелерінің тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әскерге шақыру комиссиясының төрағасы – аудан (қала), облыс, республикалық маңызы бар қала және астана жергілікті атқарушы органы басшысының (әкімнің) орынбасары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) комиссия мүшелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аудан (қала), облыс, республикалық маңызы бар қала және астана жергілікті әскери басқару органының бастығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аудан (қала), облыс, республикалық маңызы бар қала және астана ішкі істер органдарының тиісті аумақтық бөлімшесінің өкілі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аудан (қала), облыс, республикалық маңызы бар қала және астана денсаулық сақтау басқармасының тиісті жергілікті басқару органы бастығының (бас дәрігердің) орынбасары – медициналық комиссияның төрағасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Көрсетілетін қызметті беруші құжаттар келіп түскен күні оларды қабылдауды, тіркеуді және орындау үшін әскерге шақыру комиссиясының төрағасына беруді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскерге шақыру комиссиясының төрағасы көрсетілетін қызметті алушының құжаттардың электрондық көшірмелері қоса берілген өтінішін комиссия мүшелерінің қарауына бір жұмыс күні ішінде жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия мүшелері бір жұмыс күні ішінде көрсетілетін қызметті алушының құжаттардың электрондық көшірмелері қоса берілген өтінішін қарайды және осы Қағидаларға 2-қосымшаның 9-тармағына сәйкес әскерге шақыруды кейінге қалдыруды келіседі не мемлекеттік қызмет көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әскерге шақыру комиссиясының төрағасы бір жұмыс күні ішінде комиссия мүшелерінің келісу нәтижелерін қарайды және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес электрондық құжат нысанында әскерге шақыруды кейінге қалдыру туралы қорытынды шығарады не осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес электрондық құжат нысанында мемлекеттік қызмет көрсетуден бас тарту туралы хабарлама береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет көрсетуден бас тарту үшін негіз бар болған кезде көрсетілетін қызметті беруші көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымын білдіру мүмкіндігін беру үшін мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешім, сондай-ақ тыңдауды өткізу уақыты мен орны (тәсілі) туралы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау туралы хабарлама мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін кемінде үш жұмыс күнінен кешіктірмей алдын ала жолданады. Тыңдау хабардар етілген күннен бастап екі жұмыс күнінен кешіктірілмей жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...269 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 13.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 289</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер осы қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-тармағында көзделген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының 5-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) тармақшасына сәйкес көрсетілетін қызметті беруші ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызмет көрсету сатысы туралы деректерді мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Әскерге шақыру комиссиясы төрағасының әскерге шақыруды кейінге қалдыру туралы қорытындысы бір жұмыс күні ішінде порталда ЭЦҚ-мен куәландырылған электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетіне", сондай-ақ әскерге шақыру комиссиясының хаттамасын толтыру үшін көрсетілетін қызметті алушының тұрғылықты жері және әскери есепке алу орны бойынша жергілікті әскери басқару органына жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...105 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 12.08.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 527</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...44 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызметтер көрсету мәселелері бойынша лауазымды адамдардың әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тараудың тақырыбы жаңа редакцияда - ҚР Қорғаныс министрінің 12.08.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 527</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Көрсетілетін қызметті алушы мемлекеттік қызметті көрсету мәселелері бойынша шағымды шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалған көрсетілетін қызметті берушіге, лауазымды адамға береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалған көрсетілетін қызметті беруші, лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күні ішінде оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3076,68 +3062,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>телефон ____________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - ҚР Қорғаныс министрінің 03.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3384,68 +3370,50 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Күні _________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қолы ______________</w:t>
-      </w:r>
-[...16 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3526,94 +3494,94 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметін көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z70" w:id="30"/>
+    <w:bookmarkStart w:name="z70" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда - ҚР Қорғаныс министрінің 03.10.2022 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Қорғаныс министрінің 13.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 869</w:t>
+        <w:t>№ 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -3845,51 +3813,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6) денсаулық жағдайы бойынша, азаматтарға;</w:t>
+              <w:t>6) денсаулық жағдайы бойынша;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -3901,51 +3869,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>8) тиісті білімі бар, мамандығы бойынша ауылдық жерлерде тұрақты жұмыс істейтін дәрігерлерге;</w:t>
+              <w:t>8) тиісті білімі бар, мамандығы бойынша ауылдық жерде тұрақты жұмыс істейтін дәрігерлерге;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -3957,135 +3925,135 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>10) өздеріне қатысты анықтау, алдын ала тергеу жүргізіліп жатқан немесе соттар қылмыстық істерін қарап жатқан адамдарға:;</w:t>
+              <w:t>10) өздеріне қатысты анықтау, алдын ала тергеу жүргізіліп жатқан немесе сот қылмыстық ісін қарап жатқан адамдарға:;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>11) азаматтық әуе кемелерінің ұшу экипажының мүшелеріне, тиісті білімі бар азаматтық авиация инженерлеріне, механиктеріне және техниктеріне;</w:t>
+              <w:t>11) азаматтық әуе кемесі ұшу экипажының мүшелеріне, тиісті білімі бар азаматтық авиация инженерлеріне, механиктеріне және техниктеріне;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>12) кемелер экипаждарының тиісті білімі бар мүшелеріне;</w:t>
+              <w:t>12) кеме экипажының тиісті білімі бар мүшелеріне;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>13) құқық қорғау органдарының білім беру ұйымдарында бастапқы кәсіби даярлықтан өтіп жатқан адамдарға.</w:t>
+              <w:t>13) құқық қорғау органының білім беру ұйымдарында бастапқы кәсіби даярлықтан өтіп жатқан адамдарға.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4117,88 +4085,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Көрсетілетін қызметті берушінің атауы </w:t>
+              <w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Облыстардың, Нұр-Сұлтан, Алматы және Шымкент қалаларының, аудандардың және облыстық маңызы бар қалалардың ЖАО</w:t>
+Облыстардың, Астана, Алматы және Шымкент қалаларының, аудандардың және облыстық маңызы бар қалалардың ЖАО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4231,51 +4199,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету тәсілдері</w:t>
+Мемлекеттік қызмет көрсету тәсілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4343,52 +4311,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мемлекеттік қызмет көрсету мерзімі </w:t>
+              <w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4456,88 +4424,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мемлекеттік қызмет көрсету нысаны </w:t>
+              <w:t>
+Мемлекеттік қызмет көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық (толық автоматтандырылған)</w:t>
+Электрондық (ішінара автоматтандырылған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4700,52 +4668,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мемлекеттік қызмет көрсету кезінде қызмет алушыдан алынатын төлем көлемі және ҚР заңнамасында көзделген жағдайларда оны алу тәсілдері </w:t>
+              <w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызмет алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайда оны алу тәсілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4814,51 +4782,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің және ақпарат объектілерінің жұмыс кестесі</w:t>
+Көрсетілетін қызметті берушінің және ақпарат объектісінің жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4922,87 +4890,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) порталда – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда (көрсетілетін қызметті алушы жұмыс күні аяқталғаннан кейін, демалыс және мереке күндері өтініш жасаған кезде Қазақстан Республикасының еңбек заңнамасына сәйкес өтінішті қабылдау күні келесі жұмыс күні болып табылады), тәулік бойы.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
-[...35 lines deleted...]
-2) www.egov.kz порталында орналастырылған.</w:t>
+Мемлекеттік қызмет көрсету орнының мекенжайы www.​egov.kz порталында орналастырылған</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5035,51 +4967,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
+Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан сұратылатын қажетті құжаттар мен мәліметтер тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5179,50 +5111,122 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ата-анасы болмаған кезде бірінші немесе екінші топтағы мүгедектер болып табылатын немесе он сегіз жасқа толмаған аға-інілері, апа-сіңлілері;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+әскерге шақырылушыдан басқа бiріншi немесе екiншi топтағы мүгедектігі бар адамдар болып табылатын немесе он сегiз жасқа толмаған бiр және одан да көп балалары бар және оларды жұбайынсыз (зайыбынсыз) тәрбиелеп отырған анасы (әкесi);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+өзінің асырауында жасы бойынша еңбекке қабiлетсiз немесе бiрiншi немесе екiншi топтағы мүгедектігі бар адамдар болып табылатын бiр және одан да көп жалғызiлiктi туыстары (әкесi, анасы, аға-інілерi, апа-қарындастары) бар және оларды жұбайынсыз (зайыбынсыз) асырап отырған анасы (әкесi);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бiріншi немесе екiншi топтағы мүгедектігі бар адам болып табылатын, екіншiсiн өзi асырайтын және әскерге шақырылушыдан басқа он сегiз жасқа дейінгі бiр және одан да көп бала тәрбиелеп отырған ата-анасының бiрi;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+отбасы мүшелерінің бірінің мүгедектігі бар және әскерге шақырылушы отбасында жалғыз ер бала болып табылады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 2) өзінің асырауында анасыз тәрбиелеп отырған баласы (балалары) бар азаматтарға:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ұялы байланыс операторы ұсынған көрсетілетін қызметті алушының абоненттік нөмірі порталдың есепке алу жазбасына тіркелген және қосылған жағдайда көрсетілетін қызметті алушының ЭЦҚ-сымен немесе бірреттік парольмен куәландырылған электрондық құжат нысанында мемлекеттік қызмет көрсетуге өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -5233,51 +5237,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 отбасы жағдайын тексеру актісінің электрондық көшірмесі (жергілікті әскери басқару органы береді);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-қамқоршысы болып табылатыны туралы жергілікті атқарушы орган қаулысының электрондық көшірмесі (жетім балаларға немесе ата-анасының қамқорлығынсыз қалған балаларға қамқоршы болып танылған азаматтар үшін);</w:t>
+қамқоршысы болып табылатыны туралы жергілікті атқарушы орган қаулысының электрондық көшірмесі (тек жетім балаларға немесе ата-анасының қамқорлығынсыз қалған балаларға қамқоршы болып танылған азаматтар үшін);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) ата-анасының қайтыс болуына немесе олардың ата-ана құқығынан айырылуына немесе сот бас бостандығынан айыруға соттауына байланысты кемінде екі жыл тәрбиесінде және асырауында болған адамдар бар азаматтарға:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5412,106 +5416,126 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ұялы байланыс операторы ұсынған көрсетілетін қызметті алушының абоненттік нөмірі порталдың есепке алу жазбасына тіркелген және қосылған жағдайда көрсетілетін қызметті алушының ЭЦҚ-сымен немесе бірреттік парольмен куәландырылған электрондық құжат нысанында мемлекеттік қызмет көрсетуге өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...18 lines deleted...]
-6) денсаулық жағдайы бойынша, азаматтарға:</w:t>
+              <w:t xml:space="preserve">
+білім беру ұйымынан оқып жатқанын растайтын анықтаманың электрондық көшірмесі, ал шет елде оқып жатқан азаматтар үшін "Нотариат туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес қазақ немесе орыс тіліне аудармасын нотариус куәландырған не қазақ немесе орыс тіліне аударма жасаған аудармашының қолының түпнұсқалығын нотариус куәландырған білім беру ұйымынан алынған оқып жатқанын растайтын анықтама көрсетілетін қызметті алушының өтінішіне тіркеледі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) денсаулық жағдайы бойынша:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ұялы байланыс операторы ұсынған көрсетілетін қызметті алушының абоненттік нөмірі порталдың есепке алу жазбасына тіркелген және қосылған жағдайда көрсетілетін қызметті алушының ЭЦҚ-сымен немесе бірреттік парольмен куәландырылған электрондық құжат нысанында мемлекеттік қызмет көрсетуге өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-әскерге шақырылушының әскери қызметке уақытша жарамсыз деп танылғандығы туралы аудандық (қалалық) медициналық комиссиясының хаттамалары кітабынан үзіндінің электрондық көшірмесі;</w:t>
+әскерге шақырылушының әскери қызметке уақытша жарамсыз деп танылғандығы туралы аудандық (қалалық) медициналық комиссияның хаттамалары кітабынан үзіндінің электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7) мектепке дейінгі білім беру ұйымдарында, орта (бастауыш, негізгі орта, жалпы орта), техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында, мамандандырылған, арнаулы білім беру ұйымдарында, жетім балалар мен ата-анасының қамқорлығынсыз қалған балаларға арналған білім беру ұйымдарында, балаларға қосымша білім беру ұйымдарында, сондай-ақ әдістемелік кабинеттерде кәсіби қызметті жүзеге асыратын педагогтерге:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5539,51 +5563,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жұмыс орнын растайтын анықтаманың электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8) тиісті білімі бар, мамандығы бойынша ауылдық жерлерде тұрақты жұмыс істейтін дәрігерлерге:</w:t>
+8) тиісті білімі бар, мамандығы бойынша ауылдық жерде тұрақты жұмыс істейтін дәрігерлерге:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ұялы байланыс операторы ұсынған көрсетілетін қызметті алушының абоненттік нөмірі порталдың есепке алу жазбасына тіркелген және қосылған жағдайда көрсетілетін қызметті алушының ЭЦҚ-сымен немесе бірреттік парольмен куәландырылған электрондық құжат нысанында мемлекеттік қызмет көрсетуге өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5647,105 +5671,105 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 депутаттық қызметін растайтын құжаттың электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10) өздеріне қатысты анықтау, алдын ала тергеу жүргізіліп жатқан немесе соттар қылмыстық істерін қарап жатқан адамдарға:</w:t>
+10) өздеріне қатысты анықтау, алдын ала тергеу жүргізіліп жатқан немесе сот қылмыстық ісін қарап жатқан адамдарға:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ұялы байланыс операторы ұсынған көрсетілетін қызметті алушының абоненттік нөмірі порталдың есепке алу жазбасына тіркелген және қосылған жағдайда көрсетілетін қызметті алушының ЭЦҚ-сымен немесе бірреттік парольмен куәландырылған электрондық құжат нысанында мемлекеттік қызмет көрсетуге өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-оған қатысты анықтау немесе алдын ала тергеу жүргізіліп жатқан әскерге шақырылушы туралы анықтау және алдын ала тергеу органдарынан алынған және оған қатысты сот қылмыстық істерін қарап жатқан әскерге шақырылушы туралы соттардан алынған, сондай-ақ оған қатысты үкімнің заңды күшіне енгені туралы анықтаманың электрондық көшірмесі;</w:t>
-[...17 lines deleted...]
-11) азаматтық әуе кемелерінің ұшу экипажының мүшелеріне, тиісті білімі бар азаматтық авиация инженерлеріне, механиктеріне және техниктеріне:</w:t>
+оған қатысты анықтау немесе алдын ала тергеу жүргізіліп жатқан әскерге шақырылушы туралы анықтау және алдын ала тергеу органдарынан алынған және оған қатысты сот қылмыстық ісін қарап жатқан әскерге шақырылушы туралы соттан алынған, сондай-ақ оған қатысты үкімнің заңды күшіне енгені туралы анықтаманың электрондық көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) азаматтық әуе кемесінің ұшу экипажының мүшелеріне, тиісті білімі бар азаматтық авиация инженерлеріне, механиктеріне және техниктеріне:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ұялы байланыс операторы ұсынған көрсетілетін қызметті алушының абоненттік нөмірі порталдың есепке алу жазбасына тіркелген және қосылған жағдайда көрсетілетін қызметті алушының ЭЦҚ-сымен немесе бірреттік парольмен куәландырылған электрондық құжат нысанында мемлекеттік қызмет көрсетуге өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5755,51 +5779,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тиісті білімінің бар болуы туралы белгісі бар жұмыс орнын растайтын анықтаманың электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12) кемелер экипаждарының тиісті білімі бар мүшелеріне:</w:t>
+12) кеме экипажының тиісті білімі бар мүшелеріне:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ұялы байланыс операторы ұсынған көрсетілетін қызметті алушының абоненттік нөмірі порталдың есепке алу жазбасына тіркелген және қосылған жағдайда көрсетілетін қызметті алушының ЭЦҚ-сымен немесе бірреттік парольмен куәландырылған электрондық құжат нысанында мемлекеттік қызмет көрсетуге өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5809,123 +5833,123 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тиісті білімінің бар болуы туралы белгісі бар жұмыс орнын растайтын анықтаманың электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13) құқық қорғау органдарының білім беру ұйымдарында бастапқы кәсіби даярлықтан өтіп жатқан адамдарға:</w:t>
+13) құқық қорғау органының білім беру ұйымдарында бастапқы кәсіби даярлықтан өтіп жатқан адамдарға:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ұялы байланыс операторы ұсынған көрсетілетін қызметті алушының абоненттік нөмірі порталдың есепке алу жазбасына тіркелген және қосылған жағдайда көрсетілетін қызметті алушының ЭЦҚ-сымен немесе бірреттік парольмен куәландырылған электрондық құжат нысанында мемлекеттік қызмет көрсетуге өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-оқып жатқанын растайтын құқық қорғау органдарының білім беру ұйымынан алынған анықтаманың электрондық көшірмесі.</w:t>
+оқып жатқанын растайтын құқық қорғау органының білім беру ұйымынан алынған анықтаманың электрондық көшірмесі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті алушының жеке басын куәландыратын, баланың (балаларының) туу туралы, зайыбының қайтыс болуы туралы, некеге тұруы туралы құжатының деректері туралы мәліметтерді көрсетілетін қызметті беруші "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы портал арқылы барлық қажетті құжаттарды берген кезде көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік көрсетілетін қызметтің нәтижесін алу күні көрсетіле отырып, мемлекеттік қызмет көрсету үшін сұрау салудың қабылданғаны туралы белгі көрсетіледі.</w:t>
+Көрсетілетін қызметті алушы портал арқылы барлық қажетті құжатты берген кезде көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік көрсетілетін қызметтің нәтижесін алу күні көрсетіле отырып, мемлекеттік қызмет көрсету үшін сұрау салудың қабылданғаны туралы белгі көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5957,52 +5981,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-ҚР заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіз </w:t>
+              <w:t>
+Қазақстан Республикасының заңдарында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6012,109 +6036,71 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) дұрыс еместігін анықтау;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасы Заңының </w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін ұсынылған қажетті материалдардың, объектілердің, деректер мен мәліметтердің "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>35-бабында</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және осы қағидаларда белгіленген талаптарға сәйкес келмеуі;</w:t>
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> көзделген азаматтарды мерзімді әскери қызметке шақыру мәселесі жөніндегі нормативтік құқықтық актілердің болмауы.</w:t>
+              <w:t xml:space="preserve"> және осы қағидаларда белгіленген талаптарға сәйкес келмеуі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6147,51 +6133,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық нысанда мемлекеттік қызмет көрсету ерекшеліктері ескерілген өзге де талаптар</w:t>
+Мемлекеттік қызмет көрсету, оның ішінде электрондық нысанда көрсетілетін қызмет ерекшелігін ескеріп өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6201,99 +6187,92 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Азаматтарды әскери қызметке шақыруды жүргізу және мемлекеттік қызметті көрсетуге өтінішті қабылдау кезеңі - 1 наурыздан 30 маусымға дейін және 1 қыркүйектен 30 желтоқсанға дейін.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушының ЭЦҚ бар болған жағдайда мемлекеттік көрсетілетін қызметті портал, бірыңғай байланыс орталығының 1414, 8 800 080 7777 телефоны арқылы электрондық нысанда алу мүмкіндігі бар.</w:t>
+Көрсетілетін қызметті алушының ЭЦҚ бар болғанда мемлекеттік көрсетілетін қызметті портал, бірыңғай байланыс орталығының 1414, 8 800 080 7777 телефоны арқылы электрондық нысанда алу мүмкіндігі бар.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету мекенжайы көрсетілетін қызметті берушінің интернет-ресурсында – ЖАО сайтында, сондай-ақ www. gov4c. kz интернет-ресурсында орналасқан.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету тәртібі туралы ақпаратты бірыңғай байланыс орталығының 1414, 8 800 080 7777 телефоны арқылы алуға болады.</w:t>
+Мемлекеттік қызмет көрсету тәртібі туралы ақпаратты бірыңғай байланыс орталығының 1414, 8 800 080 7777 телефоны арқылы алуға болады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6327,51 +6306,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> "Әскерге шақыруды</w:t>
+              <w:t>"Әскерге шақыруды</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>кейінге қалдыру" мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -6525,68 +6504,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(көрсетілетін қызметті </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>алушының мекенжайы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әскери қызметке шақыруды кейінге қалдыру туралы қорытынды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда - ҚР Қорғаныс министрінің 12.08.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7074,68 +7053,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (көрсетілетін қызметті </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>алушының мекенжайы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік қызметті көрсетуден бас тарту туралы хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша жаңа редакцияда - ҚР Қорғаныс министрінің 12.08.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7391,87 +7370,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 605 бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Азаматтарды әскери қызметке шақырудан босату" мемлекеттік қызметін көрсету қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z43" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы "Азаматтарды (бұдан әрі – көрсетілетін қызметті алушы) әскери қызметке шақырудан босату" мемлекеттік қызметін көрсету </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7486,1113 +7465,1099 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасының Заңы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және "Азаматтарды әскери қызметке шақырудан босату" мемлекеттік қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет) көрсету тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z45" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>36-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әскери қызметке шақырудан босату аудандық (облыстық маңызы бар қала) әскерге шақыру комиссиясының шешімімен беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z46" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Мемлекеттік қызметті аудандардың, облыстық маңызы бар қалалардың, облыстардың, Нұр-Сұлтан, Алматы және Шымкент қалаларының жергілікті атқарушы органдары (бұдан әрі – көрсетілетін қызметті беруші) әскерге шақыру комиссиялары арқылы көрсетеді.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="37"/>
+      3. Мемлекеттік қызметті ауданның, облыстық маңызы бар қаланың, облыстың, Астана, Алматы және Шымкент қалаларының жергілікті атқарушы органдары (бұдан әрі – көрсетілетін қызметті беруші) "Е-лицензиялау" мемлекеттік базасы" ақпараттық жүйесін пайдаланып, әскерге шақыру комиссиясы арқылы көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 12.08.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 527</w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 13.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:bookmarkStart w:name="z47" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызмет көрсету тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z48" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Мемлекеттік көрсетілетін қызметті алу үшін жеке тұлғалар көрсетілетін қызметті берушіге www.egov.kz "электрондық үкімет" веб-порталы және ұялы байланыс абоненттік құрылғысы (бұдан әрі – портал) арқылы осы қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасымен (бұдан әрі – ЭЦҚ) куәландырылған электрондық құжат нысанында өтініш немесе ұялы байланыс операторы ұсынған көрсетілетін қызметті алушының абоненттік нөмірі порталдың есепке алу жазбасына тіркелген және қосылған жағдайда біржолғы парольмен куәландырылған сұрау салу жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z49" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Құжаттарды портал арқылы берген кезде мемлекеттік қызмет көрсетуге өтінішке мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінде көрсетілген құжаттардың электрондық көшірмелері тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 03.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 869</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Қызмет көрсету процесінің сипаттамаларын, нысанын, мазмұны мен нәтижесін қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктері ескерілген өзге де мәліметтер осы қағидаларға 2-қосымшаға сәйкес мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың нысанында келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 03.10.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 869</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Көрсетілетін қызметті алушы портал арқылы барлық қажетті құжаттарды берген кезде көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік көрсетілетін қызмет нәтижесін алған күнін көрсете отырып, мемлекеттік қызмет көрсету үшін сұрау салудың қабылданғаны туралы белгі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасына сәйкес жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері өтініш жасаған кезде өтініштерді тіркеу және қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Мемлекеттік қызмет 6 (алты) жұмыс күні ішінде көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...63 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 13.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 289</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Мемлекеттік қызмет көрсету процесіне қатысатын әскерге шақыру комиссиясы мүшелерінің тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әскерге шақыру комиссиясының төрағасы – аудан (қала), облыс, республикалық маңызы бар қала және астана жергілікті атқарушы органы басшысының (әкімнің) орынбасары;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) комиссия мүшелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аудан (қала), облыс, республикалық маңызы бар қала және астана жергілікті әскери басқару органының бастығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аудан (қала), облыс, республикалық маңызы бар қала және астана ішкі істер органдарының тиісті аумақтық бөлімшесінің өкілі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аудан (қала), облыс, республикалық маңызы бар қала және астана денсаулық сақтау басқармасының тиісті жергілікті басқару органы бастығының (бас дәрігердің) орынбасары – медициналық комиссияның төрағасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Көрсетілетін қызметті беруші құжаттар келіп түскен күні оларды қабылдауды, тіркеуді және орындау үшін әскерге шақыру комиссиясының төрағасына беруді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әскерге шақыру комиссиясының төрағасы бір жұмыс күні ішінде көрсетілетін қызметті алушының құжаттардың электрондық көшірмелері қоса берілген өтінішін комиссия мүшелерінің қарауына жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Комиссия мүшелері бір жұмыс күні ішінде құжаттардың электрондық көшірмелері қоса берілген өтінішті қарайды және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-тармағына сәйкес әскери қызметке шақырудан босату туралы өтінішті келіседі не мемлекеттік қызметті көрсетуден бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әскерге шақыру комиссиясының төрағасы бір жұмыс күні ішінде комиссия мүшелерінің келісу нәтижелерін қарайды және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес электрондық құжат нысанында әскери қызметке шақырудан босату туралы қорытынды шығарады не осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес электрондық құжат нысанында мемлекеттік қызмет көрсетуден бас тарту туралы хабарлама береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет көрсетуден бас тарту үшін негіз бар болған кезде көрсетілетін қызметті беруші көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымын білдіру мүмкіндігін беру үшін мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешім, сондай-ақ тыңдауды өткізу уақыты мен орны (тәсілі) туралы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау туралы хабарлама мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін кемінде үш жұмыс күнінен кешіктірмей алдын ала жолданады. Тыңдау хабардар етілген күннен бастап екі жұмыс күнінен кешіктірілмей жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...289 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 13.05.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 289</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер осы қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-тармағында көзделген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының 5-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) тармақшасына сәйкес көрсетілетін қызметті беруші ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызмет көрсету сатысы туралы деректерді мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Әскерге шақыру комиссиясы төрағасының әскери қызметке шақырудан босату туралы қорытындысы бір жұмыс күні ішінде порталда ЭЦҚ-мен куәландырылған электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетіне", сондай-ақ әскерге шақыру комиссиясының хаттамасын толтыру үшін көрсетілетін қызметті алушының тұрғылықты жері және әскери есепке алу орны бойынша жергілікті әскери басқару органына жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...105 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Қорғаныс министрінің 12.08.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 527</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...44 lines deleted...]
-    <w:bookmarkStart w:name="z60" w:id="49"/>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызметтер көрсету мәселелері бойынша лауазымды адамдардың әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тараудың тақырыбы жаңа редакцияда - ҚР Қорғаныс министрінің 12.08.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 527</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="50"/>
+    <w:bookmarkStart w:name="z61" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Көрсетілетін қызметті алушы мемлекеттік қызметті көрсету мәселелері бойынша шағымды шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалған көрсетілетін қызметті берушіге, лауазымды адамға береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалған көрсетілетін қызметті беруші, лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күні ішінде оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9565,68 +9530,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>телефон ____________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z64" w:id="51"/>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - ҚР Қорғаныс министрінің 03.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9855,68 +9820,50 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Күні _________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қолы ______________</w:t>
-      </w:r>
-[...16 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9997,94 +9944,94 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметін көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z71" w:id="52"/>
+    <w:bookmarkStart w:name="z71" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 2-қосымша жаңа редакцияда - ҚР Қорғаныс министрінің 03.10.2022 </w:t>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Қорғаныс министрінің 13.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 869</w:t>
+        <w:t>№ 22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -10204,51 +10151,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) заңды негіздер, жиырма жеті жасқа толуы бойынша мерзімді әскери қызметке шақырылмағандарға;</w:t>
+              <w:t>2) жиырма жеті жасқа толған, заңды негiздер бойынша мерзiмдi әскери қызметке шақырылмағандарға;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -10420,88 +10367,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Көрсетілетін қызметті берушінің атауы </w:t>
+              <w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Облыстардың, Нұр-Сұлтан, Алматы және Шымкент қалаларының, аудандардың және облыстық маңызы бар қалалардың ЖАО</w:t>
+Облыстардың, Астана, Алматы және Шымкент қалаларының, аудандардың және облыстық маңызы бар қалалардың ЖАО</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10534,87 +10481,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету тәсілдері</w:t>
+Мемлекеттік қызмет көрсету тәсілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Электрондық үкіметтің" веб-порталы</w:t>
+www.egov.kz "электрондық үкімет" веб-порталы (бұдан әрі – портал)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10646,52 +10593,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мемлекеттік қызмет көрсету мерзімі </w:t>
+              <w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10759,88 +10706,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мемлекеттік қызмет көрсету нысаны </w:t>
+              <w:t>
+Мемлекеттік қызмет көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық (толық автоматтандырылған)</w:t>
+Электрондық (ішінара автоматтандырылған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11003,52 +10950,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мемлекеттік қызмет көрсету кезінде қызмет алушыдан алынатын төлем көлемі және ҚР заңнамасында көзделген жағдайларда оны алу тәсілдері </w:t>
+              <w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызмет алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайда оны алу тәсілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11117,51 +11064,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің және ақпарат объектілерінің жұмыс кестесі</w:t>
+Көрсетілетін қызметті берушінің және ақпарат объектісінің жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11188,144 +11135,88 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 наурыздан 30 маусымға дейін;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұмаға дейін сағат 9.00-ден 18.30-ға дейін, түскі асқа үзіліс сағат 13.00-ден 14.30-ға дейін;</w:t>
+              <w:t>
+1 қыркүйектен 30 желтоқсанға дейін Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұмаға дейін сағат 9.00-ден 18.30-ға дейін, түскі асқа үзіліс сағат 13.00-ден 14.30-ға дейін;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) порталда – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда (көрсетілетін қызметті алушы жұмыс күні аяқталғаннан кейін, демалыс және мереке күндері өтініш жасаған кезде Қазақстан Республикасының еңбек заңнамасына сәйкес өтінішті қабылдау күні келесі жұмыс күні болып табылады), тәулік бойы.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
-[...35 lines deleted...]
-2) www.egov.kz порталында орналастырылған.</w:t>
+Мемлекеттік қызмет көрсету орнының мекенжайы www.​egov.kz порталында орналастырылған</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11358,141 +11249,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
+Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан сұратылатын қажетті құжаттар мен мәліметтер тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) денсаулық жағдайы бойынша әскери қызметке жарамсыз деп танылғандарға:</w:t>
+1) денсаулық жағдайы бойынша әскери қызметке жарамсыз деп танылғандар:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ұялы байланыс операторы ұсынған көрсетілетін қызметті алушының абоненттік нөмірі порталдың есепке алу жазбасына тіркелген және қосылған жағдайда көрсетілетін қызметті алушының ЭЦҚ-сымен немесе бірреттік парольмен куәландырылған электрондық құжат нысанында мемлекеттік қызмет көрсетуге өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-аудандық (қалалық) әскерге шақыру комиссиясының хаттамалары кітабынан үзіндінің электрондық көшірмесі, әскерге шақырылушыны бейбіт уақытта әскери қызметке жарамсыз, соғыс уақытында шектеулі жарамды деп тану туралы облыстық (республикалық маңызы бар қаланың және астананың) әскерге шақыру комиссиясының шешімінен үзіндінің электрондық көшірмесі;</w:t>
-[...17 lines deleted...]
-2) заңды негіздер, жиырма жеті жасқа толуы бойынша мерзімді әскери қызметке шақырылмағандарға:</w:t>
+аудандық (қалалық) әскерге шақыру комиссиясының хаттамалары кітабынан үзіндінің электрондық көшірмесі, әскерге шақырылушыны бейбіт уақытта әскери қызметке жарамсыз, соғыс уақытында шектеулі жарамды деп тану туралы облыстың (республикалық маңызы бар қаланың және астананың) әскерге шақыру комиссиясының шешімінен үзіндінің электрондық көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жиырма жеті жасқа толған, заңды негiздер бойынша мерзiмдi әскери қызметке шақырылмағандарға:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ұялы байланыс операторы ұсынған көрсетілетін қызметті алушының абоненттік нөмірі порталдың есепке алу жазбасына тіркелген және қосылған жағдайда көрсетілетін қызметті алушының ЭЦҚ-сымен немесе бірреттік парольмен куәландырылған электрондық құжат нысанында мемлекеттік қызмет көрсетуге өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11574,109 +11465,109 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ұялы байланыс операторы ұсынған көрсетілетін қызметті алушының абоненттік нөмірі порталдың есепке алу жазбасына тіркелген және қосылған жағдайда көрсетілетін қызметті алушының ЭЦҚ-сымен немесе бірреттік парольмен куәландырылған электрондық құжат нысанында мемлекеттік қызмет көрсетуге өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-басқа мемлекетте әскери (баламалы) қызмет өткергені туралы анықтаманың немесе белгісі бар әскери билеттің электрондық көшірмесі ("Нотариат туралы" Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес мемлекеттік немесе орыс тіліндегі аударманы жасаған аудармашының мемлекеттік немесе орыс тіліндегі аудармашысының нотариалды куәландырылған қолының түпнұсқалылығы не нотариалды куәландырылған қолының түпнұсқалығы);</w:t>
+"Нотариат туралы" Қазақстан Республикасы Заңының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес қазақ немесе орыс тіліне аудармасын нотариус куәландырған не қазақ немесе орыс тіліне аударма жасаған аудармашының қолының түпнұсқалығын нотариус куәландырған басқа мемлекетте әскери (баламалы) қызмет өткергені туралы анықтаманың немесе белгісі бар әскери билеттің электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-5) "Қазақстан Республикасының арнаулы мемлекеттік органдары туралы" Қазақстан Республикасының Заңы </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> 9-тармағында көзделген жағдайларды қоспағанда, Қазақстан Республикасының арнаулы мемлекеттік органдарында қызмет өткергендерге:</w:t>
+5) "Қазақстан Республикасының арнаулы мемлекеттік органдары туралы" Қазақстан Республикасының Заңы 51-бабының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9-тармағында</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көзделген жағдайларды қоспағанда, Қазақстан Республикасының арнаулы мемлекеттік органдарында қызмет өткергендерге:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ұялы байланыс операторы ұсынған көрсетілетін қызметті алушының абоненттік нөмірі порталдың есепке алу жазбасына тіркелген және қосылған жағдайда көрсетілетін қызметті алушының ЭЦҚ-сымен немесе бірреттік парольмен куәландырылған электрондық құжат нысанында мемлекеттік қызмет көрсетуге өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11812,51 +11703,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті алушының жеке басын куәландыратын құжаттың деректері туралы мәліметтерді көрсетілетін қызметті беруші "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушы портал арқылы барлық қажетті құжаттарды берген кезде көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік көрсетілетін қызметтің нәтижесін алу күні көрсетіле отырып, мемлекеттік қызмет көрсету үшін сұрау салудың қабылданғаны туралы белгі көрсетіледі.</w:t>
+Көрсетілетін қызметті алушы портал арқылы барлық қажетті құжатты берген кезде көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік көрсетілетін қызметтің нәтижесін алу күні көрсетіле отырып, мемлекеттік қызмет көрсету үшін сұрау салудың қабылданғаны туралы белгі көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11888,52 +11779,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-ҚР заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіз </w:t>
+              <w:t>
+Қазақстан Республикасының заңдарында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11943,109 +11834,71 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) дұрыс еместігін анықтау;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасы Заңының </w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін ұсынылған қажетті материалдардың, объектілердің, деректер мен мәліметтердің "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>36-бабында</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және осы қағидаларда белгіленген талаптарға сәйкес келмеуі;</w:t>
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> көзделген азаматтарды мерзімді әскери қызметке шақыру мәселесі жөніндегі нормативтік құқықтық актілердің болмауы.</w:t>
+              <w:t xml:space="preserve"> және осы Қағидаларда белгіленген талаптарға сәйкес келмеуі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12078,51 +11931,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық нысанда мемлекеттік қызмет көрсету ерекшеліктері ескерілген өзге де талаптар</w:t>
+Мемлекеттік қызмет көрсету, оның ішінде электрондық нысанда көрсетілетін қызмет ерекшелігін ескеріп өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12168,51 +12021,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету мекенжайы көрсетілетін қызметті берушінің интернет-ресурсында – ЖАО сайтында, сондай-ақ www. gov4c. kz интернет-ресурсында орналасқан.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету тәртібі туралы ақпаратты бірыңғай байланыс орталығының 1414, 8 800 080 7777 телефоны арқылы алуға болады.</w:t>
+Мемлекеттік қызмет көрсету тәртібі туралы ақпаратты бірыңғай байланыс орталығының 1414, 8 800 080 7777 телефоны арқылы алуға болады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -12251,51 +12104,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Азаматтарды әскери қызметке</w:t>
+              <w:t xml:space="preserve"> "Азаматтарды әскери қызметке</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шақырудан босату" мемлекеттік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12686,84 +12539,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>алушының мекенжайы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z67" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әскерге шақыру комиссиясының мемлекеттік қызмет көрсету туралы қорытындысы</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда - ҚР Қорғаныс министрінің 03.10.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13221,68 +13058,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(көрсетілетін қызметті </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>алушының мекенжайы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z69" w:id="53"/>
+    <w:bookmarkStart w:name="z69" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік қызметті көрсетуден бас тарту туралы хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13434,55 +13271,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>