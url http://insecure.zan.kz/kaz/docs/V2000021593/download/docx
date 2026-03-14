--- v0 (2025-11-13)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3989981" w14:textId="3989981">
+    <w:p w14:paraId="edaf042" w14:textId="edaf042">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,165 +93,231 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Ұлттық Банкінің банктік идентификациялау кодтарын беру, пайдалану және жою, сондай-ақ банктердің, Қазақстан Республикасы бейрезидент банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың кодтарын және банктер мен банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар филиалдарының кодтарын беру және жою, олардың құрылымы, Банктердің, Қазақстан Республикасы бейрезидент банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың анықтамалығын қалыптастыру және жүргізу туралы нұсқаулықты бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2020 жылғы 27 қазандағы № 128 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 5 қарашада № 21593 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2020 жылғы 27 қазандағы № 128 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 5 қарашада № 21593 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Осы қаулы 16.12.2020 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 19-тармағының екінші бөлігі төртінші абзацының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Ұлттық Банкінің Басқармасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ҚАУЛЫ ЕТЕДІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...69 lines deleted...]
-    <w:bookmarkEnd w:id="0"/>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Қазақстан Ұлттық Банкінің банктік идентификациялау кодтарын беру, пайдалану және жою, сондай-ақ банктердің, Қазақстан Республикасы бейрезидент банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың кодтарын және банктер мен банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар филиалдарының кодтарын беру және жою, олардың құрылымы, Банктердің, Қазақстан Республикасы бейрезидент банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың анықтамалығын қалыптастыру және жүргізу туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -480,127 +546,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы қаулы 2020 жылғы 16 желтоқсаннан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасы </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ұлттық Банкінің Төрағасы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -795,274 +873,388 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Қазақстан Ұлттық Банкінің банктік идентификациялау кодтарын беру, пайдалану және жою, сондай-ақ банктердің, Қазақстан Республикасы бейрезидент банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың кодтарын және банктер мен банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар филиалдарының кодтарын беру және жою, олардың құрылымы, Банктердің, Қазақстан Республикасы бейрезидент банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың анықтамалығын қалыптастыру және жүргізу туралы </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және Қазақстан Республикасы Ұлттық Банкінің (бұдан әрі - Ұлттық Банк) банктік идентификациялау кодтарын беруін, пайдалануын және жоюын, сондай-ақ банктердің, Қазақстан Республикасы бейрезидент банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың кодтарын және банктер мен банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар филиалдарының кодтарын беруін және жоюын, олардың құрылымын, Банктердің, Қазақстан Республикасы бейрезидент банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың анықтамалығын қалыптастыруды және жүргізуді нақтылайды.</w:t>
+      1. Қазақстан Ұлттық Банкінің банктік идентификациялау кодтарын беру, пайдалану және жою, сондай-ақ банктердің, Қазақстан Республикасы бейрезидент банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың кодтарын және банктер мен банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар филиалдарының кодтарын беру және жою, олардың құрылымы, банктердің, Қазақстан Республикасы бейрезидент банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың анықтамалығын қалыптастыру және жүргізу туралы нұсқаулық (бұдан әрі – Нұсқаулық) "Қазақстан Республикасы Ұлттық Банкiнiң ережесiн және құрылымын бекiту туралы" Қазақстан Республикасы Президентінің 2003 жылғы 31 желтоқсандағы № 1271 Жарлығымен бекітілген Қазақстан Республикасының Ұлттық Банкі туралы ереженің 19-тармағының екінші бөлігі төртінші абзацының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және онда Қазақстан Республикасы Ұлттық Банкінің (бұдан әрі – Ұлттық Банк) банктік идентификациялау кодтарын беруін, пайдалануын және жоюын, сондай-ақ банктердің, Қазақстан Республикасы бейрезидент банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың кодтарын және банктер мен банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар филиалдарының кодтарын беруін және жоюын, олардың құрылымын, банктердің, Қазақстан Республикасы бейрезидент банктері филиалдарының және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың анықтамалығын (бұдан әрі – Банктер анықтамалығы) қалыптастыру және жүргізу нақтыланады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Нұсқаулықта "Төлемдер және төлем жүйелері туралы" 2016 жылғы 26 шілдедегі Қазақстан Республикасының </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Нұсқаулықта "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген ұғымдар, сондай-ақ мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:bookmarkStart w:name="z77" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) банк атауы – банктің, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымның (бұдан әрі – банк), Қазақстан Республикасы бейрезидент банкі филиалының, банк филиалының толық атауы. Банктің, Қазақстан Республикасы бейрезидент банкі филиалының құрылтай құжаттарына сәйкес қысқартылған атауды пайдалануға жол беріледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkStart w:name="z78" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) банк коды, Қазақстан Республикасы бейрезидент банкі филиалының коды – Ұлттық Банк банктерге, Қазақстан Республикасы бейрезидент банктерінің филиалдарына, банктердің филиалдарына беретін, үш цифрлық разрядтан тұратын бірегей нөмір;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkStart w:name="z79" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) банктердің анықтамалығы – банктердің, Қазақстан Республикасы бейрезидент банктері филиалдарының жүйеге келтірілген, олардың банктік сәйкестендіру кодтары, банктердің кодтары, Қазақстан Республикасының бейрезидент банктері филиалдарының, банктер филиалдарының кодтары және басқа деректемелері бар тізбесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
-[...15 lines deleted...]
-      4) банктік идентификациялау коды - ақша аудару не төлеу туралы нұсқауларды ұсыну кезінде, Ұлттық Банктің төлем жүйесінің қатысушысы болып табылатын банкті, Қазақстан Республикасының бейрезидент банкінің филиалын идентификаттауға арналған символдар қатары;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) банктік сәйкестендіру коды – ақша аудару не төлеу туралы нұсқауларды ұсыну кезінде, Ұлттық Банктің төлем жүйесінің қатысушысы болып табылатын банкті, Қазақстан Республикасының бейрезидент банкінің филиалын сәйкестендіруге арналған символдар қатары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
-[...15 lines deleted...]
-      5) жеке идентификациялау коды – банктің, Қазақстан Республикасы бейрезидент банкі филиалының Ұлттық Банкте ашылған корреспонденттік шотының тиісті нөмірі;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жеке сәйкестендіру коды – Ұлттық Банкте ашылған Қазақстан Республикасы банкінің, бейрезидент банкі филиалының корреспонденттік шотының тиісті нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
-[...15 lines deleted...]
-      6) клиенттің түрі - жүзеге асыратын қызметінің негізгі түріне сәйкес топтастырылатын институционалдық бірлік;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) клиент түрі – жүзеге асырылатын қызметтің негізгі түріне сәйкес топтастырылатын институционалдық бірлік;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
-[...15 lines deleted...]
-      7) мәртебе - ағымдағы мәртебені айқындауға мүмкіндік беретін деректеме.</w:t>
+    <w:bookmarkStart w:name="z83" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) мәртебе – қазіргі мәртебесін айқындауға мүмкіндік беретін деректеме.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ұлттық Банк банктік идентификациялау кодтарын береді, жояды және пайдаланылуын айқындайды, банктердің, Қазақстан Республикасы бейрезидент банктері филиалдарының, банктер филиалдарының кодтарын береді және олардың құрылымдарын белгілейді, сондай-ақ Банктердің анықтамалығын қалыптастырады және жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1329,94 +1521,194 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Банктің, Қазақстан Республикасының бейрезидент банкі филиалының, банк филиалының коды бірегей болып табылады және басқа банкке, Қазақстан Республикасының бейрезидент банкінің филиалына, банк филиалына қайталап берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z38" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4-тарау. Банктік идентификациялау кодын, банк, Қазақстан Республикасының бейрезидент банкі филиалының және банк филиалының кодын жою</w:t>
+        <w:t xml:space="preserve"> Қазақстан Республикасы банкінің, бейрезидент банкі филиалының банктік сәйкестендіру кодының және банк филиалы кодының күшін жою.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-тараудың атауы жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Ұлттық Банк пен банк немесе Қазақстан Республикасының бейрезидент банкінің филиалы арасында жасалған корреспонденттік шот шарты бұзылған және корреспонденттік шот жабылған кезде Ұлттық Банк банктік идентификациялау кодын және банк кодын, Қазақстан Республикасының бейрезидент банкі филиалының кодын жояды және оларды Банктер анықтамалығынан алып тастайды. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Ұлттық Банк банктің филиал кодын жояды және оны банктің жазбаша хабарламасы негізінде Банктер анықтамалығынан алып тастайды.</w:t>
+      14. Ұлттық Банк банктің филиалы кодының күшін жояды және оны банктің жазбаша хабарламасы негізінде Банктердің анықтамалығынан алып тастайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Ұлттық Банкі Басқармасының 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 94</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Банктік идентификациялау кодының құрылымы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>