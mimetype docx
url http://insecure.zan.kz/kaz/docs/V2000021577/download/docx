--- v0 (2025-10-05)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ba3d377" w14:textId="ba3d377">
+    <w:p w14:paraId="5697fcd" w14:textId="5697fcd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -216,120 +216,100 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңы 11-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігінің Басқармасы </w:t>
+      "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңы 11-бабының 3-2-тармағына сәйкес Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 27.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 89</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1063,111 +1043,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі – КЖ/ТҚҚ туралы заң) сәйкес әзірленді және ипотекалық ұйымдарға, дауыс беретін акцияларының жүз пайызы тура немесе жанама түрде ұлттық басқару холдингіне тиесілі болатын агроөнеркәсіп кешені субъектілеріне кредит беретін ұйымдарға, сондай-ақ микроқаржылық қызметті жүзеге асыратын ұй ымдарға (бұдан әрі – Ұйым) қатысты қолданылады.</w:t>
+        <w:t>
+      1. Осы Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында ішкі бақылау қағидаларына банкаралық ақша аудару жүйесінің операторын немесе операциялық орталығын қоспағанда, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар, сондай-ақ банкноттарды, монеталарды және құндылықтарды инкассациялау айрықша қызметі болып табылатын заңды тұлғалар және микроқаржылық қызметті жүзеге асыратын ұйымдар үшін қойылатын талаптар (бұдан әрі – Талаптар) "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңына (бұдан әрі – КЖ/ТҚҚ туралы заң) сәйкес әзірленді және ипотекалық ұйымдарға, дауыс беретін акцияларының жүз пайызы тура немесе жанама түрде ұлттық басқару холдингіне тиесілі болатын агроөнеркәсіп кешені субъектілеріне кредит беретін ұйымдарға, сондай-ақ микроқаржылық қызметті жүзеге асыратын ұйымдарға (бұдан әрі – ұйым) қатысты қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 69</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1222,92 +1182,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Талаптардың мақсаттары үшін мынадай ұғымдар қолданылады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> 4-тармағына сәйкес міндетті түрде зерделенуге тиіс операциясы (мәмілесі);</w:t>
+        <w:t>
+      1) әдеттегіден тыс операция (мәміле) – клиенттің қаржы мониторингіне жататын күдікті қызметінің белгілерін қоспағанда, клиенттің КЖ/ТҚҚ туралы заңның 10-бабының 2-тармағына сәйкес қаржы мониторингін жүзеге асыратын және қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға, жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жөніндегі өзге де шараларды қабылдайтын уәкілетті орган (бұдан әрі – уәкілетті орган) айқындаған, сондай-ақ ұйым дербес әзірлеген күдікті операцияны және клиенттің қаржы мониторингіне жататын күдікті қызметін (бұдан әрі бірге – күдікті операция) айқындау белгілері ескеріле отырып, КЖ/ТҚҚ туралы заңның 4-бабының 4-тармағына сәйкес міндетті түрде зерделенуге тиіс операциясы (мәміле);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) біржолғы операция (мәміле) – ұйымның клиенттерге - жеке тұлғаларға бағалы металдар мен асыл тастардан жасалған зергерлік бұйымдарды бөлшек саудада сату арқылы қызметтер көрсетуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1457,50 +1377,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2609,159 +2549,101 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. КЖ/ТҚ тәуекелдерін басқаруды ұйымдастыру мақсатында ұйым КЖ/ТҚ тәуекелдерін басқару (тәуекелдерді бағалау) бағдарламасын әзірлейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z49" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 6-тармағына сәйкес КЖ/ТҚ тәуекелдерінің есебінен жарияланған ақпаратты ескереді.</w:t>
+        <w:t>
+      12. КЖ/ТҚ тәуекелдерін басқару бағдарламасын іске асыру кезінде ұйым КЖ/ТҚҚ туралы заңның 11-1-бабының 7-тармағына сәйкес ұлттық бағалау бойынша КЖ/ТҚ тәуекелдерінің есебінен жарияланған ақпаратты ескереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...36 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 24.02.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 16</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан күнінен кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z50" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3743,111 +3625,89 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Клиенттерді сәйкестендіру бағдарламасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z74" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> клиентті (оның өкілін) тиісінше тексеру бойынша талаптарын іске асыру мақсатында ұйым клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін сәйкестендіру бағдарламасын әзірлейді. </w:t>
+        <w:t>
+      20. КЖ/ТҚҚ туралы заңның клиентті (оның өкілін) тиісінше тексеру бойынша талаптарын іске асыру мақсатында ұйым клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін сәйкестендіру бағдарламасын әзірлейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> көзделген мәліметтерді алу және тіркеу болып табылады. </w:t>
+        <w:t>
+      Клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру ұйымның клиент (оның өкілі) туралы мәліметтерді тіркеу және дәйектілігін тексеру, бенефициарлық меншік иесін анықтау және ол туралы мәліметтерді тіркеу, іскерлік қарым-қатынастардың немесе біржолғы операцияның (мәміленің) болжанатын мақсатын белгілеу және тіркеу, сондай-ақ клиент (оның өкілі) және бенефициарлық меншік иесі туралы КЖ/ТҚҚ туралы заңда көзделген мәліметтерді алу және тіркеу болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Клиентті (оның өкілін), бенефициарлық меншік иесін сәйкестендіруді және тиісінше тексеруді ұйым клиент (оның өкілі) ұсынатын не өзге дереккөздерден, оның ішінде скорингтік модульдегі тексеру қорытындылары бойынша алынған ақпарат және (немесе) құжаттар негізінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бенефициарлық меншік иесін анықтау үшін клиент (оның өкілі) және бенефициарлық меншік иесі ұсынған мәліметтер заңды тұлғалардың бенефициарлық меншік иелерінің тізілімінде (бұдан әрі – Тізілім) көрсетілген мәліметтермен салыстырып тексеріледі. Тізілімде мұндай тұлғалар бойынша мәліметтер болмаған кезде ұсынылған мәліметтер басқа дереккөздерден алынған мәліметтермен салыстырып тексеріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3892,110 +3752,90 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылған мәліметтердің дәйектілігін тексеру клиент (оның өкілі) ұсынған тиісті құжаттардың түпнұсқаларының немесе нотариат куәландырған көшірмелерінің деректерімен салыстырып тексеру, қолжетімді дереккөздерден (дерекқорлардан) алынған деректермен салыстырып тексеру, мәліметтерді басқа тәсілдермен тексеру арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес тәуекелдің жоғары деңгейі берілген клиенттерге қатысты клиенттерді тиісінше тексерудің күшейтілген шараларын қолданады не оларға қатысты тәуекелдің төмен деңгейі берілген клиенттерді тиісінше тексерудің жеңілдетілген шараларын қолданады.</w:t>
+        <w:t>
+      Ұйым КЖ/ТҚҚ туралы заңның 5-бабының 7-тармағына сәйкес тәуекелдің жоғары деңгейі берілген клиенттерге қатысты клиенттерді тиісінше тексерудің күшейтілген шараларын қолданады не оларға қатысты тәуекелдің төмен деңгейі берілген клиенттерді тиісінше тексерудің жеңілдетілген шараларын қолданады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 27.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 89</w:t>
+        <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4511,51 +4351,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйым клиентті (оның өкілін) сәйкестендіру және бенефициарлық меншік иесін анықтау процесінде осындай клиенттің (оның өкілінің) және бенефициарлық меншік иесінің жария лауазымды тұлғаларға, олардың жұбайларына (зайыптарына) және жақын туыстарына тиесілігіне тексеру жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ұйым КЖ/ТҚҚ туралы заңның 1-бабы 3-2) тармақшасының алтыншы, жетінші және сегізінші абзацтарында көрсетілген жария лауазымды тұлғаларға, олардың жұбайларына және жақын туыстарына қатысты:</w:t>
+      Ұйым КЖ/ТҚҚ туралы заңның 1-бабы 3-3) тармақшасының алтыншы, жетінші және сегізінші абзацтарында көрсетілген жария лауазымды тұлғаларға, олардың жұбайларына және жақын туыстарына қатысты:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жария лауазымды тұлғаның беделін оның КЖ/ТҚ жағдайларына қатыстылығына қарай бағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4565,87 +4405,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ұйымның басшы қызметкерлерінің осындай клиенттермен (олардың өкілдерімен) және бенефициарлық меншік иелерімен іскерлік қарым-қатынастар орнатуға, оны жалғастыруға жазбаша рұқсатын алады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) клиенттің (оның өкілінің) және бенефициарлық меншік иесінің қаражат көзін анықтау үшін қолжетімді шаралар қабылдайды;</w:t>
+      3) осындай клиенттің (оның өкілінің) және бенефициарлық меншік иесінің қаражат көзін және (немесе) өзге де мүлкін анықтау үшін қолжетімді шаралар қабылдайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеру бойынша тұрақты негізде күшейтілген шаралар қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тәуекелдің жоғары деңгейі берілген КЖ/ТҚҚ туралы заңның 1-бабы 3-2) тармақшасының екінші, үшінші, төртінші және бесінші абзацтарында көрсетілген жария лауазымды тұлғаларға, олардың жұбайларына және жақын туыстарына қатысты ұйым КЖ/ТҚҚ туралы заңның 5-бабының 3-тармағында көзделген шаралардан бөлек, қосымша осы тармақтың бесінші бөлігінің 1), 2), 3) және 4) тармақшаларында белгіленген шараларды қолданады.</w:t>
+      Тәуекелдің жоғары деңгейі берілген КЖ/ТҚҚ туралы заңның 1-бабы 3-3) тармақшасының екінші, үшінші, төртінші және бесінші абзацтарында көрсетілген жария лауазымды тұлғаларға, олардың жұбайларына және жақын туыстарына қатысты ұйым КЖ/ТҚҚ туралы заңның 5-бабының 3-тармағында көзделген шаралардан бөлек, қосымша осы тармақтың бесінші бөлігінің 1), 2), 3) және 4) тармақшаларында белгіленген шараларды қолданады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйым жеке тұлғаны (заңды тұлғаның немесе заңды тұлға құрмай шетелдік құрылым басшысын, құрылтайшыларын (қатысушыларын), бенефициарлық меншік иесін) сәйкестендіру кезінде мынадай деректерді белгілейді және тіркейді:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4672,70 +4512,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       азаматтығы, туған күні мен жері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      жеке басын куәландыратын құжаттың және (немесе) негізінде сәйкестендіру жүргізілетін өзге құжаттың деректемелері, </w:t>
+        <w:t>
+      заңды мекенжайы (заңды тұлға құрмай шетелдік құрылымның құрылтайшылары (қатысушылары), бенефициарлық меншік иелері үшін (бар болса) тұрғылықты жерінің (орналасқан жерінің) мекенжайы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеке басын куәландыратын құжаттың және (немесе) негізінде сәйкестендіру жүргізілетін өзге құжаттың деректемелері,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қызмет түрі (дара кәсіпкерлер үшін);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4762,124 +4602,124 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйым клиент-заңды тұлғаны (клиент-заңды тұлғаның құрылтайшыларын (қатысушыларын), заңды тұлға құрмай шетелдік құрылымды) сәйкестендірген кезде мынадай деректерді белгілейді және тіркейді:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      орналасқан және тіркелген жері; </w:t>
+        <w:t>
+      атауы, заңды тұлғаның мемлекеттік тіркеу нөмірі және тіркелген күні, тіркеуші органның атауы (олар болған кезде);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      орналасқан және тіркелген жері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бизнес сәйкестендіру нөмірі (заңды тұлғаға Қазақстан Республикасының заңнамасына сәйкес бизнес сәйкестендіру нөмірі берілмеген жағдайларды қоспағанда) не бейрезидент-заңды тұлға шет мемлекетте тіркелген нөмір;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      басшы (құрылтай құжаттарына сәйкес заңды тұлға-клиенттің және заңды тұлға құрмай шетелдік құрылым-клиенттің атынан әрекет етуге уәкілетті өзге тұлға), қаржылық құжаттарға қол қою құқығы бар тұлға туралы деректер; </w:t>
+        <w:t>
+      қызмет түрі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басшы (құрылтай құжаттарына сәйкес заңды тұлға-клиенттің және заңды тұлға құрмай шетелдік құрылым-клиенттің атынан әрекет етуге уәкілетті өзге тұлға), қаржылық құжаттарға қол қою құқығы бар тұлға туралы деректер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бенефициарлық меншік иесі туралы деректер.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4989,61 +4829,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 69</w:t>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5441,89 +5281,109 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйымға өзара іс-қимыл қағидаларына қосымша талаптарды енгізуіне рұқсат етіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Шарттың негізінде шетелдік қаржы ұйымына клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісті түрде тексерудің КЖ/ТҚҚ туралы заңның 5-бабы 3-тармағының 1), 2), 2-1), 2-2) және 4) тармақшаларында көзделген шараларын тапсырған ұйым қылмыстық жолмен алынған кірістерді заңдастыру (жылыстату) және терроризмді қаржыландырудың ықтимал тәуекелдерін ескереді.</w:t>
+      Шарттың негізінде шетелдік қаржы ұйымына клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісті түрде тексерудің КЖ/ТҚҚ туралы заңның 5-бабы 3-тармағының 1), 2), 2-1), 2-2) және 4) тармақшаларында көзделген шараларын тапсырған ұйым КЖ/ТҚ ықтимал тәуекелдерін ескереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 69</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5936,72 +5796,52 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Клиенттер операцияларының мониторингі және оны зерделеу бағдарламасы мыналарды қамтиды, бірақ олармен шектелмейді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 2-тармағына сәйкес уәкілетті орган айқындаған, күдікті операцияны анықтау белгілері негізінде жасалған, сондай-ақ ұйым дербес әзірлеген күдікті операциялар белгілерінің тізбесі;</w:t>
+        <w:t>
+      1) клиенттің қаржы мониторингіне жататын күдікті қызметі белгілерін қоспағанда, КЖ/ТҚҚ туралы заңның 10-бабының 2-тармағына сәйкес уәкілетті орган айқындаған, күдікті операцияны анықтау белгілері негізінде жасалған, сондай-ақ ұйым дербес әзірлеген күдікті операциялар белгілерінің тізбесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ұйым бөлімшелерінің (қызметкерлерінің) арасында клиент (оның өкілі) және бенефициарлық меншік иесі туралы бұрын алынған мәліметтерді жаңарту және (немесе) қосымша мәліметтер алу бойынша міндеттерді Талаптарда көзделген жағдайларда бөлу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6131,51 +5971,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 24.02.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан күнінен кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан күнінен кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z100" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>