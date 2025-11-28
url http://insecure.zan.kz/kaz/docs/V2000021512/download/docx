--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="aba217e" w14:textId="aba217e">
+    <w:p w14:paraId="569ab25" w14:textId="569ab25">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,74 +112,136 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 23 қазандағы № ҚР ДСМ-151/2020 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 26 қазанда № 21512 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының 2020 жылғы 7 шілдедегі Кодексі 228-бабының </w:t>
+      "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының Кодексі 228-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы бұйрыққа биоэтика жөніндегі орталық комиссия туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -388,127 +450,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бұйрық ресми жарияланған күнінен бастап күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасы </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Денсаулық сақтау министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -716,74 +790,136 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Биоэтика жөніндегі орталық комиссия (бұдан әрі – комиссия) туралы ереже "Халық денсаулығы және денсаулық сақтау жүйесі туралы" 2020 жылғы 7 шілдедегі Қазақстан Республикасы Кодексінің (бұдан әрі – Кодекс) 228-бабының </w:t>
+      1. Осы Биоэтика жөніндегі орталық комиссия (бұдан әрі – Комиссия) туралы ереже "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының Кодексі (бұдан әрі – Кодекс) 228-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес әзірленді және комиссияның мәртебесі мен өкілеттіктерін айқындайды.</w:t>
+        <w:t xml:space="preserve"> сәйкес әзірленді және Комиссияның мәртебесі мен өкілеттігін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Ережеде мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1196,774 +1332,1118 @@
         <w:t>
       4) биоэтика жөніндегі жергілікті комиссиялардың (бұдан әрі – БЖК) қызметін үйлестіру және олардың қызметінің комиссия бекіткен стандарттарға сәйкестігін бағалау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) биоэтика мәселелері бойынша құжаттарды әзірлеуге қатысу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z33" w:id="31"/>
-[...15 lines deleted...]
-      6) биоэтика жөніндегі жергілікті комиссияларды сертификаттауды жүзеге асыру болып табылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) алып тасталды - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Параграф Комиссияның функциялары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2. Параграф Комиссияның функциялары</w:t>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Өзіне жүктелген міндеттерді іске асыру үшін Комиссия мынадай функцияларды жүзеге асырады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
-[...15 lines deleted...]
-      7. Өзіне жүктелген міндеттерді іске асыру үшін Комиссия мынадай функцияларды жүзеге асырады:</w:t>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) материалдарға тәуелсіз биоэтикалық сараптама, интервенциялық клиникалық зерттеу жүргізген жағдайда:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
-[...15 lines deleted...]
-      1) материалдарға тәуелсіз биоэтикалық сараптама, интервенциялық клиникалық зерттеу жүргізген жағдайда:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      екі және одан да көп зерттеу орталықтарында интервенциялық клиникалық зерттеу жүргізу (зерттеудің бірыңғай хаттамасы бойынша);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасынан тыс жерлерде өндірілген дәрілік заттарға, медициналық мақсаттағы бұйымдарға интервенциялық клиникалық зерттеу жүргізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) екі және одан да көп зерттеу орталықтарында интервенциялық емес клиникалық зерттеу материалдарына биоэтикалық сараптама жүргізу (зерттеудің бірыңғай хаттамасы бойынша);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:p>
-[...51 lines deleted...]
-      2) екі және одан да көп зерттеу орталықтарында интервенциялық емес клиникалық зерттеу материалдарына биоэтикалық сараптама жүргізу (зерттеудің бірыңғай хаттамасы бойынша);</w:t>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) диагностиканың, емдеудің, профилактиканың және медициналық оңалтудың жаңа әдістерін енгізуді қоса алғанда, қазіргі заманғы денсаулық сақтаудың өзекті мәселелеріне талдау жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:bookmarkStart w:name="z39" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) Кодекстің 228-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4) тармақшасында көрсетілген стандарттарды бекіту;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z40" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) БЖК-ның биоэтикалық комиссиялар қызметінің стандарттарына сәйкестігін сертификаттауды жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z40" w:id="38"/>
-[...15 lines deleted...]
-      5) биоэтика жөніндегі жергілікті комиссияларды сертификаттауды жүзеге асыру;</w:t>
+    <w:bookmarkStart w:name="z41" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) әдістемелік көмекті жүзеге асыру, ЖКБ-ға зерттеулер мәселелері бойынша консультация беру, олардың қызметі туралы ақпаратты жинау және талдау, биоэтикалық комиссиялар қызметінің стандарттарына сәйкестік сертификатын беру);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z41" w:id="39"/>
-[...15 lines deleted...]
-      6) әдістемелік көмекті жүзеге асыру, ЖКБ-ға зерттеулер мәселелері бойынша консультация беру, олардың қызметі туралы ақпаратты жинау және талдау, биоэтикалық комиссиялар қызметінің стандарттарына сәйкестік сертификатын беру);</w:t>
+    <w:bookmarkStart w:name="z42" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ғылыми зерттеулердің биоэтикасы мәселелері бойынша ұлттық және халықаралық ұйымдармен өзара іс-қимыл жасау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
-[...15 lines deleted...]
-      7) ғылыми зерттеулердің биоэтикасы мәселелері бойынша ұлттық және халықаралық ұйымдармен өзара іс-қимыл жасау;</w:t>
+    <w:bookmarkStart w:name="z43" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) мамандандырылған медициналық журналдарда комиссия қызметі туралы материалдарды жариялау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
-[...15 lines deleted...]
-      8) мамандандырылған медициналық журналдарда комиссия қызметі туралы материалдарды жариялау;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) денсаулық сақтау жүйесінің мамандары үшін зерттеулерді бағалау мәселелері бойынша ақпараттық-түсіндіру жұмысын жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
-[...15 lines deleted...]
-      9) денсаулық сақтау жүйесінің мамандары үшін зерттеулерді бағалау мәселелері бойынша ақпараттық-түсіндіру жұмысын жүргізу;</w:t>
+    <w:bookmarkStart w:name="z45" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) кеңестер, конференциялар, симпозиумдар өткізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z45" w:id="43"/>
-[...15 lines deleted...]
-      10) кеңестер, конференциялар, симпозиумдар өткізу;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) мәселелерді түсіндіру үшін сарапшылар мен консультанттарды, оның ішінде әртүрлі салалардағы мамандар болып табылатын тәуелсіз сарапшыларды тарту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z46" w:id="44"/>
-[...15 lines deleted...]
-      11) мәселелерді түсіндіру үшін сарапшылар мен консультанттарды, оның ішінде әртүрлі салалардағы мамандар болып табылатын тәуелсіз сарапшыларды тарту;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) мүдделі тұлғалардың сұрау салуы бойынша түсіндіру және консультация беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z47" w:id="45"/>
-[...15 lines deleted...]
-      12) мүдделі тұлғалардың сұрау салуы бойынша түсіндіру және консультация беру;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) уәкілетті органды, ЖКБ-ны, зерттеушілерді қабылданған шешімдер туралы жазбаша түрде хабардар ету;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z48" w:id="46"/>
-[...15 lines deleted...]
-      13) уәкілетті органды, ЖКБ-ны, зерттеушілерді қабылданған шешімдер туралы жазбаша түрде хабардар ету;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) зерттеу орталықтарының биобанктер құруға өтініштеріне сараптама жүргізу, биобанктер құруға қорытындылар беру, 5 жылда бір рет биобанктер қызметіне сыртқы мониторингті жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z49" w:id="47"/>
-[...15 lines deleted...]
-      14) зерттеу орталықтарының биобанктер құруға өтініштеріне сараптама жүргізу, биобанктер құруға қорытындылар беру, 5 жылда бір рет биобанктер қызметіне сыртқы мониторингті жүзеге асыру.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Параграф Ұйымдастыру қызметі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:bookmarkStart w:name="z51" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Комиссия құрамы уәкілетті органның шешімімен бекітіледі және мүшелері (9-дан (тоғыздан) кем емес) тақ саннан тұрады. Комиссия Төрағасы және Төраға орынбасары бірінші отырыста қарапайым көпшілік дауыспен ашық дауыс беру арқылы Комиссия мүшелерінің қатарынан сайланады. Төраға болмаған кезде, оның функцияларын Төрағаның орынбасары орындайды. Комиссия мүшелері Комиссия отырыстарына алмасу құқығынсыз қатысады. Комиссия хатшысы комиссия мүшесі болып табылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...23 lines deleted...]
-      8. Комиссияның құрамы уәкілетті органмен анықталады және кемінде тоғыз адамнан тұрады. Комиссия төрағадан, төрағаның орынбасарынан, хатшыдан және мүшелерден тұрады, олар келесі мерзімге қайта сайлау құқығымен үш жыл мерзімге тағайындалады, бірақ қатарынан екі мерзімнен аспайды. Комиссия мүшелері Төрағаны сайлайды, ол төрағаның орынбасары мен хатшыны тағайындайды. Төраға болмаған кезде функцияларды төрағаның орынбасары жүзеге асырады. Комиссия хатшысы шешім қабылдауға қатыспайды.</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Комиссияның қызметін қамтамасыз ету үшін саны кемінде 2 адамнан құралған, басшы мен хатшыдан тұратын, Жұмыс органының базасында Комиссия хатшылығы қалыптастырылады. Хатшы Комиссия төрағасына тікелей есеп береді және отырыстың күн тәртібін дайындауға, отырыстардың хаттамаларын ресімдеуге, іс қағаздарын жүргізуге, комиссия құжаттарын сақтауға жауапты болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z52" w:id="50"/>
-[...15 lines deleted...]
-      9. Комиссияның қызметін қамтамасыз ету үшін саны 2 адамнан кем емес жұмыс органының базасында комиссия хатшылығы құрылады. Отырыстың күн тәртібін дайындауға, отырыстардың хаттамаларын ресімдеуге, іс қағаздарын жүргізуге, комиссияның мұрағатын жүргізуге Комиссия төрағасына тікелей есеп беретін хатшы жауапты болып табылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыс органы Комиссия Хатшылығы мен Комиссия құжаттарын орналастыру үшін жеке үй-жай ұсынады, хатшылықты қажетті ұйымдастыру техникасымен қамтамасыз етеді, ұйымдастырушылық қолдау көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Комиссияның құрамы пәнаралық негізде қалыптастырылады және медициналық, гуманитарлық кәсіптердің, қоғамдық ұйымдардың өкілдерінен және құқық саласындағы мамандардан тұрады. Комиссия өзіне жүктелген міндеттерді іске асыру үшін кіші комиссиялар мен жұмыс топтарын құрады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...29 lines deleted...]
-      10. Комиссияның құрамы пәнаралық негізде қалыптастырылады және медициналық, гуманитарлық кәсіптердің, қоғамдық ұйымдардың өкілдерінен және құқық саласындағы мамандардан тұрады.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 147</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Комиссияның отырыстары тоқсанына кемінде бір рет өткізіледі және оларға Комиссия мүшелерінің жалпы санының кемінде үштен екісі қатысқан кезде заңды деп есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z54" w:id="52"/>
-[...15 lines deleted...]
-      11. Комиссияның отырыстары тоқсанына кемінде бір рет өткізіледі және оларға Комиссия мүшелерінің жалпы санының кемінде үштен екісі қатысқан кезде заңды деп есептеледі.</w:t>
+    <w:bookmarkStart w:name="z55" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Отырыстардың өткізілу күнін, уақытын, күн тәртібін Комиссия мүшелерінің ұсыныстарын ескере отырып, Комиссия төрағасы айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z55" w:id="53"/>
-[...15 lines deleted...]
-      12. Отырыстардың өткізілу күнін, уақытын, күн тәртібін Комиссия мүшелерінің ұсыныстарын ескере отырып, Комиссия төрағасы айқындайды.</w:t>
+    <w:bookmarkStart w:name="z56" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Кворум болған жағдайда Комиссия ашық дауыс беру жолымен отырысқа қатысып отырған Комиссия мүшелері санының жай көпшілік даусымен шешім қабылдайды. Дауыстар тең болған жағдайда төрағалық етушінің дауысы шешуші болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z56" w:id="54"/>
-[...15 lines deleted...]
-      13. Кворум болған жағдайда Комиссия ашық дауыс беру жолымен отырысқа қатысып отырған Комиссия мүшелері санының жай көпшілік даусымен шешім қабылдайды. Дауыстар тең болған жағдайда төрағалық етушінің дауысы шешуші болып табылады.</w:t>
+    <w:bookmarkStart w:name="z57" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Комиссия мынадай шешімдердің бірін қабылдайды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z57" w:id="55"/>
-[...15 lines deleted...]
-      14. Комиссия мынадай шешімдердің бірін қабылдайды:</w:t>
+    <w:bookmarkStart w:name="z58" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) биомедициналық зерттеу жүргізуді мақұлдау туралы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z58" w:id="56"/>
-[...15 lines deleted...]
-      1) биомедициналық зерттеу жүргізуді мақұлдау туралы;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) биомедициналық зерттеу жүргізуге өтінім материалдарын пысықтау қажеттілігі туралы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z59" w:id="57"/>
-[...15 lines deleted...]
-      2) биомедициналық зерттеу жүргізуге өтінім материалдарын пысықтау қажеттілігі туралы;</w:t>
+    <w:bookmarkStart w:name="z60" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) биомедициналық зерттеу жүргізуден бас тарту туралы шешімдердің бірін қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z60" w:id="58"/>
-[...15 lines deleted...]
-      3) биомедициналық зерттеу жүргізуден бас тарту туралы шешімдердің бірін қабылдайды.</w:t>
+    <w:bookmarkStart w:name="z61" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Комиссия шешімдері хаттамамен ресімделеді, оған төраға және Комиссияның барлық мүшелері қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z61" w:id="59"/>
-[...15 lines deleted...]
-      15. Комиссия шешімдері хаттамамен ресімделеді, оған төраға және Комиссияның барлық мүшелері қол қояды.</w:t>
+    <w:bookmarkStart w:name="z62" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Биоэтикалық сараптаманың нәтижелерімен келіспейтін өтініш берушінің апелляциясын өтініш берушінің өзінің қатысуымен және тәуелсіз сарапшыларды тарта отырып, комиссия қарайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z62" w:id="60"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2289,31 +2769,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>