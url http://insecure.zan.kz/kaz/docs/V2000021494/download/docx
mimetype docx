--- v0 (2025-11-14)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6af3ab7" w14:textId="6af3ab7">
+    <w:p w14:paraId="8fa9f1d" w14:textId="8fa9f1d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3494,51 +3494,71 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің м.а. 10.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 308</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Ауыл шаруашылығы министрінің 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 310</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4088,180 +4108,50 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өсімдіктерді қорғау құралдарының (пестицидтердің) импортына лицензия не мемлекеттік қызмет көрсетуден уәжді бас тарту.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...128 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -4319,72 +4209,108 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+Мемлекеттiк көрсетілетін қызмет көрсетілетін қызметті алушыларға ақылы негізде көрсетіледi.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
-Мемлекеттiк көрсетілетін қызмет көрсетілетін қызметті алушыларға ақылы негізде көрсетіледi. Мемлекеттiк қызмет көрсету кезiнде жекелеген қызмет түрлерімен айналысу құқығына лицензия беру үшін көрсетiлетiн қызметтi алушының орналасқан жері бойынша бюджетке "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес 10 (он) айлық есептік көрсеткішті құрайтын лицензиялық алым төленедi. Лицензиялық алымды төлеу қолма-қол және қолма-қол емес нысанда екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы, сондай-ақ қолма-қол емес нысанда "электрондық үкіметтің" төлем шлюзі (бұдан әрі – ЭҮТШ) арқылы жүзеге асырылады.</w:t>
+Мемлекеттiк қызмет көрсету кезiнде жекелеген қызмет түрлерімен айналысу құқығына лицензия беру үшін көрсетілетін қызметті алушының орналасқан жері бойынша бюджетке Қазақстан Республикасы Салық кодексінің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>616-бабының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4-тармағына сәйкес 10 (он) айлық есептік көрсеткішті құрайтын лицензиялық алым төленеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лицензиялық алымды төлеу қолма-қол және қолма-қол емес нысанда екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы, сондай-ақ қолма-қол емес нысанда "электрондық үкіметтің" төлем шлюзі (бұдан әрі – ЭҮТШ) арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12870,55 +12796,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>