--- v0 (2025-11-08)
+++ v1 (2025-12-27)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="508118d" w14:textId="508118d">
+    <w:p w14:paraId="8c6f165" w14:textId="8c6f165">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -113,74 +113,136 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің м.а. 2020 жылғы 14 қазандағы № ҚР ДСМ-130/2020 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 16 қазанда № 21444 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Халық денсаулығы және денсаулық сақтау жүйесі туралы" 2020 жылғы 7 шілдедегі Қазақстан Республикасы Кодексінің 7-бабының </w:t>
+      "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасы Кодексінің 7-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>38) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Преамбула жаңа редакцияда - ҚР Денсаулық сақтау министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -343,62 +405,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -411,51 +474,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -463,51 +526,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>      Денсаулық сақтау министрінің міндетін атқарушы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -715,74 +778,264 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы денсаулық сақтау саласындағы мамандарды кәсіптік құзыреттілігіне аттестаттауды жүргізу қағидалары (бұдан әрі – Қағидалар) "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының 2020 жылғы 7 шілдедегі Кодексінің (бұдан әрі – Кодекс) 7-бабының </w:t>
+      1. Осы денсаулық сақтау саласындағы мамандарды кәсіптік құзыреттілігіне аттестаттауды жүргізу қағидалары (бұдан әрі – Қағидалар) "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының Кодексінің (бұдан әрі – Кодекс) 7-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>38) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және республикалық және жергілікті деңгейлерде өткізілетін денсаулық сақтау саласындағы мамандарды кәсіптік құзыреттілігіне аттестаттауды (бұдан әрі – аттестаттау) жүргізу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тарау 1-1-тармақпен толықтыру көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>министрінің 03.11.2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (19.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап күшіне енеді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Аттестаттауды Кодекстің 26-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -839,70 +1092,214 @@
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген денсаулық сақтау саласындағы мемлекеттік органдар жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>министрінің 03.11.2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (19.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап күшіне енеді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Аттестаттауға мынадай адамдар жатады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) азаматтардың денсаулығын сақтау, медициналық және фармацевтикалық ғылым, медициналық және фармацевтикалық білім, халықтың санитариялық-эпидемиологиялық саламаттылығы, дәрілік заттар мен медициналық бұйымдардың айналысы, медициналық көрсетілетін қызметтердің сапасын бақылау саласындағы басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган (бұдан әрі – уәкілетті орган) жүргізетін республикалық деңгейде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -967,1474 +1364,2184 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) облыстардың, республикалық маңызы бар қалалардың және астананың денсаулық сақтауды мемлекеттік басқарудың жергілікті органдары жүргізетін (бұдан әрі – денсаулық сақтау басқармалары) жергілікті деңгейде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       оларға ведомстволық бағынысты денсаулық сақтау ұйымдарының басшылары. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Аттестаттау мынадай кезеңдерді қамтиды:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) аттестаттау жүргізу тәртібін ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тестілеуді өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әңгімелесуді өткізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Аттестаттау жүргізу тәртібі</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) аттестаттау жүргізу тәртібін ұйымдастыру;</w:t>
-[...38 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="12"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>министрінің 03.11.2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (19.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап күшіне енеді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Аттестаттауды республикалық деңгейде жүргізуді ұйымдастыру уәкілетті органның ведомствосының жауапты тұлғасына (бұдан әрі – жұмыс органының жауапты тұлғасы), жергілікте деңгейде - аттестаттауды жүргізуді ұйымдастыру үшін Денсаулық сақтау басқармасының жауапты тұлғасына (бұдан әрі – Денсаулық сақтау басқармасының жауапты тұлға) жүктеледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...27 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="14"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>министрінің 03.11.2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (19.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап күшіне енеді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Жұмыс органының жауапты тұлғасы немесе Денсаулық сақтау басқармасының жауапты тұлғасы аттестатталатын адамдардың тізімін қалыптастыру үшін аттестаттауға жататын адамдар туралы деректерді, оның ішінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша адамдардың қызметтік тізімдерін жинақтайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Аттестаттауға жататын адамдардың тізімдерін, аттестаттау жүргізу кестесін және аттестаттау комиссияларының құрамын тиісті мемлекеттік органның басшысы бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>министрінің 03.11.2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (19.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап күшіне енеді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Аттестаттау комиссиясы республикалық және жергілікті деңгейлерде қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Республикалық аттестаттау комиссиясының құрамына мемлекеттік органның, денсаулық сақтау ұйымдарының, медициналық білім беру ұйымдарының өкілдері енгізіледі, сондай-ақ келісім бойынша үкіметтік емес ұйымдардың, қоғамдық бірлестіктердің, кәсіподақтардың өкілдері енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жергілікті аттестаттау комиссиясының құрамына денсаулық сақтау басқармаларының, медициналық білім беру ұйымдардың өкілдері, сондай-ақ келісім бойынша үкіметтік емес ұйымдардың, қоғамдық бірлестіктердің, кәсіподақтардың өкілдері енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттау комиссиялары мүшелерінің саны кемінде бес адамды құрайды. Аттестаттау комиссиясы мүшелерінің арасынан төраға тағайындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>министрінің 03.11.2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (19.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап күшіне енеді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Жұмыс органының жауапты тұлғасы немесе Денсаулық сақтау басқармасының жауапты тұлғасы аттестаттау басталғанға дейін 30 (отыз) күнтізбелік күннен кешіктірмей аттестаттау жүргізу мерзімдері, оның ішінде аттестатталатын адамдар мен аттестаттау жүргізу кестелері туралы хабарламаны тиісті кадр қызметтеріне жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10-тармақ жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Денсаулық сақтау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>министрінің 03.11.2025</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (19.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2026 бастап күшіне енеді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Аттестатталатын адамдардың жалпы тізімін қалыптастыру үшін Денсаулық сақтау басқармасының жауапты тұлғасы өз өңірінің аттестатталатын адамдардың тізімін жұмыс органының жауапты тұлғасына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тестілеу басталғанға дейін 5 (бес) жұмыс күні бұрын жұмыс органының жауапты тұлғасы денсаулық сақтау саласындағы білім алушылардың, кәсіптік даярлық түлектерінің және мамандардың білімі мен дағдыларын бағалауды жүзеге асыратын ұйымға (бұдан әрі – бағалау жөніндегі ұйым) аттестатталатын адамдардың жалпы тізімін жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Тест сұрақтарын бекіту үшін уәкілетті органның сараптау комиссиясы құрылады (бұдан әрі – сараптау комиссиясы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сараптау комиссиясы уәкілетті орган қызметкерлерінің, сондай-ақ менеджмент және қоғамдық денсаулық сақтау саласындағы мамандардың арасынан құрылады және кемінде бес адамнан тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Жұмыс органының жауапты тұлғасы аттестаттау басталғанға дейін бағалау жөніндегі ұйымға әзірленген тест тапсырмаларын сараптау комиссиясына ұсыну қажеттілігі туралы хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
-[...15 lines deleted...]
-      7. Аттестаттауға жататын адамдардың тізімдерін, аттестаттау жүргізу кестесін және аттестаттау комиссияларының құрамын тиісті мемлекеттік органның басшысы бекітеді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сараптау комиссиясы әзірленген тест сұрақтарын 3 (үш) жұмыс күн ішінде қарайды. Қарау нәтижелері бойынша сараптау комиссиясы барлық комиссия мүшелерінің шоғырландырылған пікірінің негізінде қорытынды ұсынады. Бұл ретте, тест тапсырмаларын мақұлдау не мақұлдамау туралы шешім бірауыздан қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Сараптау комиссиясы тест тапсырмаларын қабылдаған жағдайда бағалау жөніндегі ұйым оларды өзінің ресми интернет-ресурсына, бірақ аттестаттау басталғанға дейін 20 (жиырма) күнтізбелік күннен кешіктірмей орналастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
-[...15 lines deleted...]
-      8. Аттестаттау комиссиясы республикалық және жергілікті деңгейлерде қалыптастырылады.</w:t>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Сараптау комиссиясы мүшелерінің бірі тест тыпсырмаларын қабылдамаған жағдайда тест тапсырмалары – қабылданбаған деп есептеледі және әр тест тапсырмасы бойынша ескертулер мен ұсынымдар ұсыныла отырып қабылданбайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Республикалық аттестаттау комиссиясының құрамына мемлекеттік органның, денсаулық сақтау ұйымдарының, медициналық білім беру ұйымдарының өкілдері енгізіледі, сондай-ақ келісім бойынша үкіметтік емес ұйымдардың, қоғамдық бірлестіктердің, кәсіподақтардың өкілдері енгізіледі.</w:t>
-[...54 lines deleted...]
-      9. Жұмыс органының жауапты тұлғасы немесе Денсаулық сақтау басқармасының жауапты тұлғасы аттестаттау басталғанға дейін 30 (отыз) күнтізбелік күннен кешіктірмей аттестаттау жүргізу мерзімдері, оның ішінде аттестатталатын адамдар мен аттестаттау жүргізу кестелері туралы хабарламаны тиісті кадр қызметтеріне жібереді.</w:t>
+      Тест тапсырмалары қабылданбаған жағдайда, жұмыс органының жауапты тұлғасы бағалау жөніндегі ұйымға әрбір тест тапсырмасы бойынша сараптау комиссиясының ескертулері мен ұсынымдарын жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалау жөніндегі ұйым барлық ескертулерді түзетіп, 2 (екі) жұмыс күні ішінде мақұлдауды алу үшін тест тапсырмаларын сараптау комиссиясына қарауға қайта жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Тестілеуді өткізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
-[...15 lines deleted...]
-      10. Аттестатталатын адамдардың жалпы тізімін қалыптастыру үшін Денсаулық сақтау басқармасының жауапты тұлғасы өз өңірінің аттестатталатын адамдардың тізімін жұмыс органының жауапты тұлғасына жібереді.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Тест бағалау жөніндегі ұйымның базасында электрондық форматта өткізіледі, тест тапсырмаларының саны 100 (жүз) сұрақтан тұрады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:p>
-[...33 lines deleted...]
-      11. Тест сұрақтарын бекіту үшін уәкілетті органның сараптау комиссиясы құрылады (бұдан әрі – сараптау комиссиясы).</w:t>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Тестілеуге Қазақстан Республикасы азаматының жеке басын куәландыратын құжаты бар аттестатталатын адамдар жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:p>
-[...33 lines deleted...]
-      12. Жұмыс органының жауапты тұлғасы аттестаттау басталғанға дейін бағалау жөніндегі ұйымға әзірленген тест тапсырмаларын сараптау комиссиясына ұсыну қажеттілігі туралы хабарлама жібереді.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Тестілеуге қатысу үшін аттестатталатын адам тестілеу басталатын уақыттан кешікпей тестілеу залына келеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сараптау комиссиясы әзірленген тест сұрақтарын 3 (үш) жұмыс күн ішінде қарайды. Қарау нәтижелері бойынша сараптау комиссиясы барлық комиссия мүшелерінің шоғырландырылған пікірінің негізінде қорытынды ұсынады. Бұл ретте, тест тапсырмаларын мақұлдау не мақұлдамау туралы шешім бірауыздан қабылданады.</w:t>
-[...18 lines deleted...]
-      13. Сараптау комиссиясы тест тапсырмаларын қабылдаған жағдайда бағалау жөніндегі ұйым оларды өзінің ресми интернет-ресурсына, бірақ аттестаттау басталғанға дейін 20 (жиырма) күнтізбелік күннен кешіктірмей орналастырады.</w:t>
+      Аттестатталатын адамды тестілеу уақыты мен күні туралы жұмыс органының жауапты тұлғасы немесе Денсаулық сақтау басқармасының жауапты тұлғасы тестілеу басталғанға дейін 5 (бес) жұмыс күні бұрын хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Тестілеуге жіберу кезінде қол және/немесе рамалы типтегі металл іздегіштер қолданылады. Тестілеуге жіберу кезінде металл іздегіштерді қолдану тестілеуді өткізу кезінде қауіпсіздікті қамтамасыз ету, сондай-ақ тыйым салынған заттарды кіргізуге жол бермеу шеңберінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z25" w:id="22"/>
-[...15 lines deleted...]
-      14. Сараптау комиссиясы мүшелерінің бірі тест тыпсырмаларын қабылдамаған жағдайда тест тапсырмалары – қабылданбаған деп есептеледі және әр тест тапсырмасы бойынша ескертулер мен ұсынымдар ұсыныла отырып қабылданбайды.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Тестілеу басталғанға дейін бағалау жөніндегі ұйымның операторы аттестатталатын адамдарды тестілеу тәртібімен таныстырады және тестілеу рәсімі бойынша туындаған сұрақтарға жауап береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:p>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> 3-тарау. Тестілеуді өткізу тәртібі</w:t>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Тестілеу сәтінде өзін нашар сезінген аттестатталатын адам бұл туралы тестілеу басталғанға дейін бағалау жөніндегі ұйымның операторына хабарлайды. Мұндай жағдайда осындай адамдарды тестілеу осы күн ішінде басқа уақытта немесе тестілеу кестесіне сәйкес басқа күні өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z27" w:id="24"/>
-[...15 lines deleted...]
-      15. Тест бағалау жөніндегі ұйымның базасында электрондық форматта өткізіледі, тест тапсырмаларының саны 100 (жүз) сұрақтан тұрады.</w:t>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Тестілеу залы тестілеу процессінің бейнежазбасын жүргізу үшін бейнебақылау камераларымен жабдықталған. Бейнебақылау жазбалары тестілеу аяқталғаннан кейін 30 (отыз) күнтізбелік күн ішінде бағалау жөніндегі ұйымда сақталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z28" w:id="25"/>
-[...15 lines deleted...]
-      16. Тестілеуге Қазақстан Республикасы азаматының жеке басын куәландыратын құжаты бар аттестатталатын адамдар жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Аттестатталатын адамдар тестілеу барысында басқа аттестатталатын адамдармен сөйлеспейді, материалдармен алмаспайды, қағаз және өзге де жеткізгіштердегі ақпаратты пайдаланбайды, тестілеу залынан шықпайды, оларға шпаргалкаларды, оқулықтар мен әдістемелік әдебиеттерді, калькуляторды, фотоаппаратты, ұялы байланыс құралдарының (пейджер, ұялы телефондар, планшеттер, ноутбуктер, плейерлер, модемдер (мобильді роутерлер), радио-электрондық байланыстың (Wi-Fi (Вай-фай), Bluetooth (Блютуз), Dect (Дект), 3G (3 Джи), 4G (4 Джи), сымы бар және сымсыз құлаққаптар және басқалары) кез-келген түрлерін аудиторияға кіргізуге және қолдануға рұқсат етілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z29" w:id="26"/>
-[...15 lines deleted...]
-      17. Тестілеуге қатысу үшін аттестатталатын адам тестілеу басталатын уақыттан кешікпей тестілеу залына келеді.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Аттестатталатын адам осы Қағидалардың 22-тармағының талаптарын бұзған жағдайда, оператор мұндай адамның тестілеу процесін тоқтатады және оны тестілеу залынан шығарады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:p>
-[...136 lines deleted...]
-    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте оператор бір жұмыс күні ішінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша тыйым салынған заттарды анықтау және тестілеуден шығару актісін (бұдан әрі – бұзушылық туралы акті) жасайды. Аттестатталатын адам тестілеуден өтпеген болып есептеледі, оның нәтижелері жойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Тест тапсырмаларын орындауға 1 сағат 40 минут беріледі, көрсетілген уақыты өткеннен кейін тестілеу автоматты түрде аяқталады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Тестілеудің дұрыс жауаптарын есептеу компьютерлік тестілеу бағдарламасының көмегімен автоматты түрде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Тест тапсырмаларының жалпы санының ішінде бірінші басшылар үшін – 70% - дан кем, басшылардың орынбасарлары үшін - 60%-дан кем дұрыс жауап жинаған кезде тестілеу нәтижесі теріс деп саналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Тестілеу аяқталғаннан кейін 30 (отыз) минуттан кешіктірмей аттестатталатын адамдарға олардың нәтижелері қолдарына беріледі және жұмыс күнінің соңына дейін денсаулық сақтау саласындағы тиісті мемлекеттік органға жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Тестілеуден өту кезінде теріс нәтиже алған аттестатталатын адам әңгімелесуге жіберілмейді және бастапқы аттестаттау өткізілген күннен бастап 6 (алты) айдан кейін аттестаттауға қайта тапсыруға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аттестаттаудан қайта өтуге жататын аттестатталатын адамдар туралы шешім денсаулық сақтау саласындағы тиісті мемлекеттік орган басшысының не оны алмастыратын адамның бұйрығымен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Қайта тестілеуден өтпеген аттестатталатын адамдар аттестатталмаған болып танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Аттестатталатын адам тестілеу нәтижелерімен келіспеген жағдайда оларды қарау мақсатында тиісті мемлекеттік органдарда апелляциялық комиссиялар құрылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z37" w:id="34"/>
-[...15 lines deleted...]
-      25. Тестілеудің дұрыс жауаптарын есептеу компьютерлік тестілеу бағдарламасының көмегімен автоматты түрде жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Апелляциялық комиссияның құрамына республикалық деңгейде уәкілетті органның, жергілікті деңгейде денсаулық сақтау басқармаларының, медициналық білім беру және ғылыми ұйымдардың өкілдері енгізіледі, сондай-ақ келісім бойынша үкіметтік емес ұйымдардың, қоғамдық бірлестіктердің, кәсіподақтардың өкілдері енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z38" w:id="35"/>
-[...15 lines deleted...]
-      26. Тест тапсырмаларының жалпы санының ішінде бірінші басшылар үшін – 70% - дан кем, басшылардың орынбасарлары үшін - 60%-дан кем дұрыс жауап жинаған кезде тестілеу нәтижесі теріс деп саналады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Апелляциялық комиссия мүшелерінің саны кемінде 5 (бес) адамды құрайды. Апелляциялық комиссия мүшелерінің арасынан төраға тағайындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Апелляциялық комиссияның құрамы тиісті мемлекеттік органның басшысының бұйрығымен бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z39" w:id="36"/>
-[...15 lines deleted...]
-      27. Тестілеу аяқталғаннан кейін 30 (отыз) минуттан кешіктірмей аттестатталатын адамдарға олардың нәтижелері қолдарына беріледі және жұмыс күнінің соңына дейін денсаулық сақтау саласындағы тиісті мемлекеттік органға жіберіледі.</w:t>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Апелляциялық комиссияның жұмысын жұмыс органының жауапты тұлғасы немесе Денсаулық сақтау басқармасының жауапты тұлғасы ұйымдастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z40" w:id="37"/>
-[...15 lines deleted...]
-      28. Тестілеуден өту кезінде теріс нәтиже алған аттестатталатын адам әңгімелесуге жіберілмейді және бастапқы аттестаттау өткізілген күннен бастап 6 (алты) айдан кейін аттестаттауға қайта тапсыруға жатады.</w:t>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Апелляцияға өтініш аттестатталатын адамнан:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Аттестаттаудан қайта өтуге жататын аттестатталатын адамдар туралы шешім денсаулық сақтау саласындағы тиісті мемлекеттік орган басшысының не оны алмастыратын адамның бұйрығымен бекітіледі.</w:t>
-[...18 lines deleted...]
-      29. Қайта тестілеуден өтпеген аттестатталатын адамдар аттестатталмаған болып танылады.</w:t>
+      1) нақты сұрақтардың дұрыстығына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) техникалық ақауларға сілтеме жасай отырып, тестілеу нәтижелеріне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бұзушылық туралы актіге шағымданған жағдайларда қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Апелляцияға өтінішті осы Қағидалардың 34-тармағында белгіленген себептерді көрсете отырып, шекті мәннен төмен тестілеу нәтижелерін алған аттестатталатын адамның өзі жұмыс органының жауапты тұлғасына немесе Денсаулық сақтау басқармасының жауапты тұлғасына береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z42" w:id="39"/>
-[...15 lines deleted...]
-      30. Аттестатталатын адам тестілеу нәтижелерімен келіспеген жағдайда оларды қарау мақсатында тиісті мемлекеттік органдарда апелляциялық комиссиялар құрылады.</w:t>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Апелляцияға өтініш тестілеу өткеннен кейін 7 (жеті) жұмыс күні ішінде қабылданады және апелляциялық комиссия соңғы өтініш түскеннен кейін 3 (үш) жұмыс күн ішінде қарайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z43" w:id="40"/>
-[...15 lines deleted...]
-      31. Апелляциялық комиссияның құрамына республикалық деңгейде уәкілетті органның, жергілікті деңгейде денсаулық сақтау басқармаларының, медициналық білім беру және ғылыми ұйымдардың өкілдері енгізіледі, сондай-ақ келісім бойынша үкіметтік емес ұйымдардың, қоғамдық бірлестіктердің, кәсіподақтардың өкілдері енгізіледі.</w:t>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Нақты сұрақтардың дұрыстығына шағымданған кезде апелляциялық комиссия үміткерлерді тестілеудің толық нәтижелерін: аттестатталатын адам дұрыс жауап бермеген тест тапсырмаларын және оның жауап нұсқаларын қарайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:p>
-[...33 lines deleted...]
-      32. Апелляциялық комиссияның құрамы тиісті мемлекеттік органның басшысының бұйрығымен бекітіледі.</w:t>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Егер апелляциялық комиссия тестілеудің дұрыс емес сұрақтарының негізділігі бөлігінде аттестатталатын адамның пайдасына шешім қабылдаған жағдайда осы сұрақтар бойынша жауаптардың саны тестілеудің нәтижесіне дұрыс жауап берілген ретінде қосылады және аттестатталатын адам осы Қағидалардың 26-тармағын ескере отырып әңгімелесуге жіберіледі не бекітілген кестеге сәйкес мерзімде тестілеуді қайта тапсыруға жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z45" w:id="42"/>
-[...15 lines deleted...]
-      33. Апелляциялық комиссияның жұмысын жұмыс органының жауапты тұлғасы немесе Денсаулық сақтау басқармасының жауапты тұлғасы ұйымдастырады.</w:t>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Тестілеу нәтижелеріне шағым жасалған кезде жұмыс органының жауапты тұлғасы немесе Денсаулық сақтау басқармасының жауапты тұлғасы бағалау жөніндегі ұйымнан, оның ішінде тестілеу кезінде қатысқан оператордан аттестатталатын адам жазған дәлелдер бойынша тиісті түсініктемелер сұратады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z46" w:id="43"/>
-[...15 lines deleted...]
-      34. Апелляцияға өтініш аттестатталатын адамнан:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер апелляциялық комиссия шағымының негізділігі және оның тестілеудің қалыпты жүруіне кедергі келтірген себеп-салдарлардың объективтілігі бөлігінде аттестатталатын адамның пайдасына шешім қабылдаған жағдайда апелляцияны қанағаттандыру және бекітілген кестеге сәйкес мерзімдерде оны тестілеуді қайта тапсыруға жіберу туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Апелляцияға алынған өтінішті қарау нәтижелері бойынша апелляциялық комиссия екі шешімнің бірін қабылдайды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) нақты сұрақтардың дұрыстығына;</w:t>
-[...54 lines deleted...]
-      35. Апелляцияға өтінішті осы Қағидалардың 34-тармағында белгіленген себептерді көрсете отырып, шекті мәннен төмен тестілеу нәтижелерін алған аттестатталатын адамның өзі жұмыс органының жауапты тұлғасына немесе Денсаулық сақтау басқармасының жауапты тұлғасына береді.</w:t>
+      1) апелляцияны қанағаттандырусыз қалдыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) үміткердің апелляциясын қанағаттандыру және әңгімелесуге жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тестті қайта тапсыруға жіберу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Апелляциялық комиссияның шешімін жұмыс органының жауапты тұлғасы немесе денсаулық сақтау басқармасының жауапты тұлғасы өтініш берушіге (телефон байланысы арқылы, оның ішінде хабарлама жіберу арқылы) жұмыс күнінің соңына дейін жеткізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z48" w:id="45"/>
-[...15 lines deleted...]
-      36. Апелляцияға өтініш тестілеу өткеннен кейін 7 (жеті) жұмыс күні ішінде қабылданады және апелляциялық комиссия соңғы өтініш түскеннен кейін 3 (үш) жұмыс күн ішінде қарайды.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. Апелляциялық комиссияның шешімі комиссия мүшелерінің жалпы санының көпшілік даусымен қабылданады. Дауыстар тең болған жағдайда төрағаның дауысы шешуші болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z49" w:id="46"/>
-[...15 lines deleted...]
-      37. Нақты сұрақтардың дұрыстығына шағымданған кезде апелляциялық комиссия үміткерлерді тестілеудің толық нәтижелерін: аттестатталатын адам дұрыс жауап бермеген тест тапсырмаларын және оның жауап нұсқаларын қарайды.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Апелляциялық комиссияның шешімдері хаттамалармен ресімделеді, оған осы отырысқа қатысқан апелляциялық комиссияның барлық мүшелері қол қояды. Апелляциялық комиссияның шешімі жалпы санының үштен екісі болған жағдайда заңды болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Әңгімелесуді өткізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z50" w:id="47"/>
-[...207 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="53"/>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. Аттестатталатын адамдарға әңгімелесу осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшамен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген құрылым бойынша ұйымның қызметі туралы есебін презентация түрінде аттестаттау комиссиялары өткізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z57" w:id="54"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Шешім қабылдау кезінде аттестаттау комиссиялары мынадай факторларды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қатарынан екі жыл ішінде басым бағыттар бойынша халық денсаулығының негізгі көрсеткіштеріне қол жеткізбеуін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) орындаушылық тәртіпті бұзғаны, оның ішінде рұқсаттар мен хабарламалар туралы заңнаманы бұзғаны үшін тәртіптік жазаларды (соңғы алты ай ішінде) ескереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="55"/>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       45. Аттестаттау комиссиялары ұсынылған материалдарды зерделеп, аттестатталатын адаммен әңгімелесу өткізіп, аттестатталатын адамның әңгімелесуді бағалау парағына қойған баллдарды есептеу нәтижелері бойынша осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша, мынадай шешімдердің бірін қабылдайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аттестатталды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2445,70 +3552,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қайта аттестаттауға жатады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аттестатталған жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="56"/>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Қайта аттестаттау осы Қағидалармен айқындалған тәртіппен бастапқы аттестаттау өткізілген күннен бастап кемінде 6 (алты) айдан кейін өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Аттестаттау комиссиясы қайта аттестаттау қорытындысы бойынша мынадай шешімдердің бірін қабылдайды: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2534,227 +3641,371 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) аттестатталған жоқ. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қайта аттестаттау кезінде теріс нәтиже алу Қазақстан Республикасы Еңбек кодексінің 52-бабының 1-тармағы </w:t>
+      Аттестаттау кезінде теріс нәтиже алу Қазақстан Республикасы Еңбек кодексінің 52-бабының 1-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес аттестатталатын адаммен еңбек қатынастарын бұзу үшін негіз болып табылады. </w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z60" w:id="57"/>
+        <w:t xml:space="preserve"> сәйкес аттестатталатын адаммен еңбек қатынастарын бұзу үшін негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 46-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Аттестаттау комиссияның құрамының үштен екі бөлігінен кем емес қатысқан жағдайда отырысы заңды болып табылады. Дауыстар тең болған жағдайда төрағаның дауысы шешуші болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z61" w:id="58"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Аттестаттау комиссиясының отырысын өткізу кезінде бейне және (немесе) аудиожазба жүзеге асырылады</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z62" w:id="59"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Аттестаттау комиссияларының шешімі аттестаттау өткізілген күннен бастап 30 (отыз) күнтізбелік күн ішінде уәкілетті орган басшысының не оның міндетін атқарушы адамның бұйрығымен бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аттестаттау комиссиясының шешімдері және аттестаталатын адамның қызметтік тізімі аттестаттау ісінде сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="60"/>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Аттестаттауда (тестілеуде не әңгімелесуде) дәлелді себептер бойынша (еңбекке жарамдылығын жоғалтуына байланысты аурулар, жақын туысының қайтыс болуы немесе ауыр науқастануы, қызметтік іссапар, еңбек демалысы, әскери жиындарда болуы немесе аттестатталатын адамды өзі келу мүмкіндігінен айырған басқа да жағдайлар) болмаған аттестатталатын адам жұмысқа шыққаннан кейін аттестаттауды өткізетін денсаулық сақтау саласындағы тиісті мемлекеттік орган айқындайтын мерзімдерде аттестаттаудан (тестілеуден не әңгімелесуден) өтеді. Болмау себептері тиісті құжаттармен расталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дәлелді себептер бойынша аттестаттауға қатысуға мүмкіндігі болмаған жағдайда аттестатталатын адам аттестаттау (тестілеу не әңгімелесу) өткеннен кейін 3 (үш) жұмыс күні ішінде бұл туралы жұмыс органының жауапты тұлғасын немесе Денсаулық сақтау басқармасының жауапты тұлғаны хабардар етеді және өтінішті және растайтын құжаттарды электрондық пошта арқылы жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дәлелсіз себептермен аттестаттауға қатыспаған жағдайда аттестатталатын адам аттестатталмаған болып есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="61"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      51. Әңгімелесу өткеннен кейін шығарылған аттестаттау комиссиясының шешімімен келіспеген жағдайда мұндай шешімге Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>91-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тәртібімен шағымданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 51-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 134</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2923,229 +4174,224 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1565"/>
-        <w:gridCol w:w="10735"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1565" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аттестатталатын адамның қызметтік тізімі</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Жеке деректер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10735" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...5 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="1612900" cy="1752600"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1612900" cy="1752600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1565" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -3191,1092 +4437,1002 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (жұмыс орны, лауазымы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="11911"/>
-        <w:gridCol w:w="389"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11911" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туған күні (күні, айы, жылы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11911" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туған жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11911" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Білімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11911" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Оқу орнын бітірген жылы және оның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11911" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мамандығы бойынша біліктілігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11911" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ғылыми дәрежесі, ғылыми атағы (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11911" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Қоғамдық денсаулық сақтау" мамандығы бойынша немесе клиникалық мамандық бойынша біліктілік санатының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11911" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шет тілдерін білуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11911" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік наградалары, құрметті атақтары (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11911" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тәртіптік жазалар туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11911" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сыбайлас жемқорлықпен құқық бұзушылық жасағаны үшін әкімшілік жаза қолдану туралы мәліметтер (қолдану және орындалу күні)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11911" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызметке кір келтіретін тәртіптік теріс қылық жасағаны үшін тәртіптік жаза қолдану туралы мәліметтер (сыбайлас жемқорлықпен тәртіптік құқық бұзушылық жасағаны туралы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11911" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соңғы 5 жылда біліктілікті арттыру курстарынан өткендігі туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мөр орны</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -4286,178 +5442,179 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       II. Еңбек қызметі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1535"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="8268"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8268" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лауазымы, жұмыс орны, ұйымның орналасқан жері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1535" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 қабылдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2497" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4467,285 +5624,243 @@
               <w:t>
 жұмыстан босату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1535" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2497" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="8268" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1535" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2497" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="8268" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Кадр қызметінің басшысы: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -4827,689 +5942,641 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       III. Аттестатталатын адамға мінездеме</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4727"/>
-        <w:gridCol w:w="7573"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4727" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мінездеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7573" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балдар (0-5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4727" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызметтік әдепті сақтауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7573" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4727" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жауапкершілігі және орындаушылығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7573" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4727" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бастамашылығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7573" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4727" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көшбасшылық қасиеттері және жұмысты ұйымдастыру қабілеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7573" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4727" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік тілді білуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7573" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4727" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коммуникативтілігі және командада жұмыс істей білуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7573" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4727" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аттестатталатын адамды сипаттайтын басқа да мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7573" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аттестатталатын адамның кәсіби және жеке құзыреттілігін бағалау бойынша кестеде оның қызметінің сипаттамасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -6473,864 +7540,781 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       IY. Ұйым қызметінің нәтижелерін бағалау, оның нысаналы индикаторларына қол жеткізу (ведомстволық бағынысты ұйымдардың басшылары мен орынбасарлары үшін)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="759"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="759" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Құжаттың атауы, іс-шаралар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индикатордың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2408" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20___ ж. Жоспар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2956" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20____ ж. Іс-жүзінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жауапты орындаушы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағалау (қол жеткізілген жоқ-1, ішінара қол жеткізілген - 2, қол жеткізілген-3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="759" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="429" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2408" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2956" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="429" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="4340" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="759" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="979" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="429" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2408" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="2956" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="429" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="4340" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйымның даму жоспарының іске асырылуын көрсететін индикаторларды, көрсеткіштерді көрсету.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -7563,68 +8547,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z67" w:id="62"/>
+    <w:bookmarkStart w:name="z67" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Тыйым салынған заттарды анықтау және тестілеуден шығару актісі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8213,422 +9197,422 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:bookmarkStart w:name="z69" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ұйымның қызметі туралы есептің құрылымы</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z70" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жалпы мәліметтер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйымның толық атауы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңды мекенжайы және орналасқан жері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйымдастыру құрылымы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Аккредиттеу (бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жергілікті атқарушы органдардың ведомстволық бағынысты ұйымдары</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқа ақпарат</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Штаттық саны және кадр құрамын талдау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қаржылық-шаруашылық қызметті талдау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қаржылық жай-күйі және қаржы-шаруашылық қызметінің нәтижелері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Соңғы 3 жылдағы қаржылық көрсеткіштер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Дамудың стратегиялық бағыттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Миссиясы, пайымдауы, міндеттері, стратегиялық даму бағыттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Әрбір жыл үшін Қазақстан Республикасының Үкіметі мен облыстардың, республикалық маңызы бар қалалардың, астананың әкімдіктері арасында жасалған меморандумның, мемлекеттік бағдарламаның нысаналы индикаторларына қол жеткізу туралы есеп</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z74" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қызметтің негізгі бағыттары бойынша есеп</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бюджет қаражатын тиімді пайдалану туралы есеп</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Стационарлар үшін төсек қорын пайдаланудың тиімділігі, стационарлық көмекті тұтыну деңгейі, сараланған төлемді енгізу туралы есеп, қаржылық-шаруашылық қызмет туралы ақпарат</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Медициналық-санитариялық алғашқы көмек үшін - жан басына шаққандағы нормативтің ынталандырушы компонентін төлеуге әсер ететін индикаторлар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Жұмыс жоспары</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z70" w:id="64"/>
-[...352 lines deleted...]
-    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Келесі есепті кезеңге арналған жоспарлы іс-шаралар</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8821,68 +9805,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:bookmarkStart w:name="z78" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аттестатталатын адамның бағалау парағы (жергілікті мемлекеттік органдардың басшылары мен орынбасарлары үшін)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Аттестаттау түрі: кезекті ____, қайта аттестаттау _____ (қажеттіні </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9053,836 +10037,778 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (лауазымның атауы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="992"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1783"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тиімсіз (0 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1999" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жеткіліксіз тиімді (1 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1783" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тиімді (2 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасының Үкіметі мен облыстардың, республикалық маңызы бар қалалардың және астананың әкімдіктері арасында жасалған меморандумның іске асырылуы *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1999" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1783" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Есепті кезеңде қолданыстағы денсаулық сақтауды дамытудың мемлекеттік бағдарламасында көзделген соңғы 3 жылдағы басым бағыттар бойынша халық денсаулығының негізгі индикаторларына, көрсеткіштеріне қол жеткізу.</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұйымның қызметі туралы есепте міндетті түрде жария ете отырып, динамикадағы (өткен жылдың ұқсас кезеңімен) салыстырмалы деректер **</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1999" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1783" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5744" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аумақтарды дамыту бағдарламасының іске асырылуы ***</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1999" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1783" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9903,68 +10829,61 @@
               <w:t>
 Қорытынды баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есептеу формуласы: қойылған бағалау балдарының жиынтығы* 100 / қолданылатын балдардың жалпы (барынша жоғары) саны</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -9974,329 +10893,330 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағалау нысаны:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1698"/>
-        <w:gridCol w:w="10602"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағалау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баллдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тиімді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80-100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеткіліксіз тиімді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50-80%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тиімсіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10623,68 +11543,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z80" w:id="71"/>
+    <w:bookmarkStart w:name="z80" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аттестатталатын адамның бағалау парағы (уәкілетті органға/жергілікті мемлекеттік органдарға ведомстволық бағынысты денсаулық сақтау ұйымдарының басшылары мен орынбасарлары үшін)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Аттестаттау түрі: кезекті ____, қайта аттестаттау _____ (қажеттіні </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10855,822 +11775,760 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (лауазымның атауы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="944"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1697"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6061" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тиімсіз (0 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жеткіліксіз тиімді (1 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1697" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тиімді (2 балл)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6061" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Уәкілетті органмен (жергілікті мемлекеттік органмен) келісілген (бекітілген) Денсаулық сақтау ұйымын дамыту жоспарының "даму көрсеткіштері" индикаторларына қол жеткізуі)*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1902" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6061" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұйым бюджетінің жалпы көлемінен ғылыми қызметке бөлінген кірістер үлесі (денсаулық сақтау саласындағы білім беру және ғылыми ұйымдар үшін)**</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1902" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="944" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6061" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Денсаулық сақтау саласындағы білім беру және ғылыми ұйымдар басшысының Хирша индексі ***</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1696" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1902" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...21 lines deleted...]
-            <w:tcW w:w="1697" w:type="dxa"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11691,68 +12549,61 @@
               <w:t>
 Қорытынды баға</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...16 lines deleted...]
-            </w:r>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есептеу формуласы: қойылған бағалау балдарының жиынтығы * 100 / қолданылатын балдардың жалпы (барынша жоғары) саны</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -11762,329 +12613,330 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бағалау нысаны:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1698"/>
-        <w:gridCol w:w="10602"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бағалау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тиімді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 80-100%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеткіліксіз тиімді</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50-80%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1698" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тиімсіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10602" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12476,282 +13328,282 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ ҚР ДСМ-130/2020</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Бұйрыққа 2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z82" w:id="72"/>
+    <w:bookmarkStart w:name="z82" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Денсаулық сақтау министрлігінің кейбір күшін жойған бұйрықтардың тізімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z83" w:id="73"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z83" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Денсаулық сақтау саласындағы мамандарды кәсіптік құзыреттілігіне аттестаттауды өткізу қағидаларын бекiту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2009 жылғы 6 қарашадағы № 660 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 5906 болып тіркелген, Қазақстан Республикасының орталық атқарушы және өзге де орталық мемлекеттік органдарының актілері жинағында 2010 жылы № 2 жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z84" w:id="74"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z84" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Денсаулық сақтау саласында аттестаттауды өткiзу ережесiн бекiту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2009 жылғы 6 қарашадағы № 660 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2014 жылғы 2 шілдедегі № 369 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 9634 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2014 жылғы 11 тамызда жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z85" w:id="75"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z85" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Денсаулық сақтау саласында аттестаттауды өткiзу ережесiн бекiту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2009 жылғы 6 қарашадағы № 660 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 23 сәуірдегі № 258 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11187 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2015 жылғы 22 маусымда жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z86" w:id="76"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z86" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Денсаулық сақтау саласындағы мамандарды кәсіптік құзыреттілігіне аттестаттауды өткізу қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2009 жылғы 6 қарашадағы № 660 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 20 мамырдағы № ҚР ДСМ-52/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасының Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20690 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде 2020 жылғы 25 мамырда жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -13077,31 +13929,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>