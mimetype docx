--- v0 (2025-10-10)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a58a04a" w14:textId="a58a04a">
+    <w:p w14:paraId="619ddb9" w14:textId="619ddb9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -216,120 +216,100 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңы 11-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігінің Басқармасы </w:t>
+      "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңы 11-бабының 3-2-тармағына сәйкес Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 27.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 89</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1064,352 +1044,372 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Осы Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуға қарсы іс-қимыл жасау мақсатында ішкі бақылау қағидаларына бағалы қағаздар нарығының кәсіби қатысушылары және орталық депозитарий үшін ішкі бақылау қағидаларына қойылатын талаптар (бұдан әрі – Талаптар) "Бағалы қағаздар рыногы туралы" (бұдан әрі – Бағалы қағаздар рыногы туралы заң), "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңдарына (бұдан әрі – КЖ/ТҚҚ туралы заң), "Орталық депозитарийге арналған тәуекелдерді басқару және ішкі бақылау жүйесін қалыптастыру қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 28 желтоқсандағы № 318 қаулысына (Қазақстан Республикасының Әділет министрлігінде 2019 жылғы 14 қаңтарда № 18180 болып тіркелген), "Бағалы қағаздарды ұстаушылар тiзiлiмдерiнiң жүйесін жүргізу жөніндегі қызметті жүзеге асыратын ұйым үшін тәуекелдерді басқару жүйесінің болуы жөніндегі талаптарды бекіту және Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне өзгерістер енгізу туралы" Қазақстан Республикасының Ұлттық Банкі Басқармасының 2012 жылғы 24 тамыздағы № 276 қаулысына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7993 болып тіркелген), сондай-ақ "Бағалы қағаздар нарығында брокерлік және дилерлік қызметті, инвестициялық портфельді басқару жөніндегі қызметті жүзеге асыратын ұйымдар үшін тәуекелдерді басқару мен ішкі бақылау жүйесін қалыптастыру қағидаларын бекіту туралы" Қазақстан Республикасының Ұлттық Банкі Басқармасының 2013 жылғы 27 тамыздағы № 214 қаулысына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8796 болып тіркелген) сәйкес әзірленді.</w:t>
+      1. Осы Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында ішкі бақылау қағидаларына бағалы қағаздар нарығының кәсіби қатысушылары және орталық депозитарий үшін ішкі бақылау қағидаларына қойылатын талаптар (бұдан әрі – Талаптар) "Бағалы қағаздар рыногы туралы" (бұдан әрі – Бағалы қағаздар рыногы туралы заң), "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы қарсы іс-қимыл туралы" Қазақстан Республикасының Заңдарына (бұдан әрі – КЖ/ТҚҚ туралы заң), "Орталық депозитарийге арналған тәуекелдерді басқару және ішкі бақылау жүйесін қалыптастыру қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2018 жылғы 28 желтоқсандағы № 318 қаулысына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 18180 болып тіркелген), "Бағалы қағаздарды ұстаушылар тiзiлiмдерiнiң жүйесін жүргізу жөніндегі қызметті жүзеге асыратын ұйым үшін тәуекелдерді басқару жүйесінің болуы жөніндегі талаптарды бекіту және Қазақстан Республикасының кейбір нормативтік құқықтық актілеріне өзгерістер енгізу туралы" Қазақстан Республикасының Ұлттық Банкі Басқармасының 2012 жылғы 24 тамыздағы № 276 қаулысына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7993 болып тіркелген), сондай-ақ "Бағалы қағаздар нарығында брокерлік және дилерлік қызметті, инвестициялық портфельді басқару жөніндегі қызметті жүзеге асыратын ұйымдар үшін тәуекелдерді басқару мен ішкі бақылау жүйесін қалыптастыру қағидаларын бекіту туралы" Қазақстан Республикасының Ұлттық Банкі Басқармасының 2013 жылғы 27 тамыздағы № 214 қаулысына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8796 болып тіркелген) сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Талаптар Ұлттық пошта операторын және қор биржасын қоспағанда, бағалы қағаздар нарығының кәсіби қатысушыларына және орталық депозитарийге (бұдан әрі – ұйымдар) қолданылады.</w:t>
+      Талаптар екінші деңгейдегі банктерді, Ұлттық пошта операторын және қор биржасын қоспағанда, бағалы қағаздар нарығының кәсіби қатысушыларына және орталық депозитарийге (бұдан әрі – ұйымдар) қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.09.2022 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Талаптарда қолданылатын ұғымдар КЖ/ТҚҚ туралы заңда және Бағалы қағаздар рыногы турлы заңда көрсетілген мағыналарында пайдаланылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Талаптардың мақсаттары үшін мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әдеттегіден тыс операция (мәміле) – клиенттің КЖ/ТҚҚ туралы заңның 10-бабының 2-тармағына сәйкес қаржылық мониторингті жүзеге асыратын және қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жөніндегі өзге де шараларды қабылдайтын уәкілетті орган (бұдан әрі – уәкілетті орган) айқындаған, сондай-ақ клиенттің қаржы мониторингіне жататын күдікті қызметінің белгілерін қоспағанда, ұйымдар дербес әзірлеген, күдікті операциялар мен клиенттің қаржы мониторингіне жататын күдікті қызметін (бұдан әрі бірге – күдікті операция) айқындау белгілері ескеріле отырып, КЖ/ТҚҚ туралы заңның 4-бабының 4-тармағына сәйкес міндетті түрде зерделенуге тиіс клиенттің операциясы (мәмілесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) КЖ/ТҚ тәуекелдерін басқару – ұйымның КЖ/ТҚ тәуекелдерін анықтау, бағалау, мониторингтеу, сондай-ақ оларды азайту бойынша қабылдайтын шаралар жиынтығы (көрсетілетін қызметтерге, клиенттерге, сондай-ақ клиенттер жүргізетін операцияларға қатысты);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) клиент – ұйымдардың қызметтерін алатын жеке тұлға және (немесе) заңды тұлға және (немесе) заңды тұлға құрмаған шетелдік құрылым;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қылмыстық жолмен алынған кірістерді заңдастыру (жылыстату), терроризмді қаржыландыру және жаппай қырып-жою қаруын таратуды қаржыландыру тәуекелдері (бұдан әрі – КЖ/ТҚ тәуекелдері) - қылмыстық жолмен алынған кірістерді заңдастыру (жылыстату), терроризмді қаржыландыру және жаппай қырып-жою қаруын таратуды қаржыландыру процестеріне ұйымдарды қасақана немесе қасақана емес тарту тәуекелдері (бұдан әрі – КЖ/ТҚ);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) цифрлық актив - криптография және компьютерлік есептеу құралдарын қолдана отырып электрондық-цифрлық нысанда құрылған, қаржылық құрал болып табылмайтын мүлік, сондай-ақ мүліктік құқықтарды куәландырудың электрондық-цифрлық нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) шекті операция – клиенттің ақшамен және (немесе) өзге де мүлікпен жүргізілетін, КЖ/ТҚҚ туралы заңның 4-бабының 1-тармағына сәйкес қаржы мониторингіне жататын операциясы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) шот – ақша, бағалы қағаздар және өзге де қаржы құралдарын қоса алғанда, ұйымдардың клиенттердің активтерін есепке алуды жүзеге асыруды көздейтін ұйымдар мен клиенттер арасындағы іскерлік қатынастарды көрсету тәсілі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) іскерлік қатынастар – ұйымдардың клиентке бағалы қағаздар нарығындағы кәсіби қызметке жататын қызметтерді (өнімдерді) ұсынуы жөніндегі қатынастар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
-[...233 lines deleted...]
-        <w:t>№ 69</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2599,75 +2599,117 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 6-тармағына сәйкес кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру есебінен жарияланған ақпаратты ескереді.</w:t>
+        <w:t>
+      13. Ұйым КЖ/ТҚ тәуекелдерді басқару бағдарламасын іске асыру кезінде КЖ/ТҚҚ туралы Заңның 11-1-бабының 7-тармағына сәйкес қылмыстық жолмен алынған кірістерді заңдастыру (жылыстату), терроризмді қаржыландыру және жаппай қырып-жою қаруын таратуды қаржыландыру тәуекелдерін ұлттық бағалау есебінен жарияланған ақпаратты ескереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. КЖ/ТҚ тәуекелдерді басқару бағдарламасы мыналарды қамтиды, бірақ олармен шектелмейді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4147,108 +4189,106 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Клиенттерді сәйкестендіру бағдарламасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z37" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> талаптарын іске асыру мақсатында ұйымдар клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін сәйкестендіру бағдарламасын әзірлейді.</w:t>
+        <w:t>
+      23. Клиентті (оның өкілін) және бенефициарлық меншік иесін тиісінше тексеру бойынша КЖ/ТҚҚ туралы заңның талаптарын іске асыру мақсатында ұйымдар клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін сәйкестендіру бағдарламасын әзірлейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру ұйымның клиенті (оның өкілі) туралы мәліметтерді тіркеу және олардың анықтығын тексеру, бенефициарлық меншік иесін анықтау және ол туралы мәліметтерді тіркеу, іскерлік қатынастардың болжамды мақсатын белгілеу және тіркеу, сондай-ақ клиент (оның өкілі) туралы Талаптарда көзделген өзге де мәліметтерді алу және тіркеу жөніндегі іс-шараларды жүргізуінен тұрады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      Клиентті (оның өкілін), бенефициарлық меншік иесін сәйкестендіруді және тиісінше тексеруді ұйымдар клиент (оның өкілі) ұсынатын не өзге дереккөздерден, оның ішінде скорингтік модульдегі тексеру қорытындылары бойынша алынған ақпарат және (немесе) құжаттар негізінде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       Бенефициарлық меншік иесін анықтау үшін клиент (оның өкілі) және бенефициарлық меншік иесі ұсынған мәліметтер заңды тұлғалардың бенефициарлық меншік иелерінің тізілімінде (бұдан әрі – Тізілім) көрсетілген мәліметтермен салыстырып тексеріледі. Тізілімде мұндай тұлғалар бойынша мәліметтер болмаған кезде ұсынылған мәліметтер басқа дереккөздерден алынған мәліметтермен салыстырып тексеріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Клиент-заңды тұлғаның, заңды тұлға құрмай шетелдік құрылымның жарғылық капиталына қатысу үлестерінің не орналастырылған (артықшылықты және қоғам сатып алған акцияларды шегергенде) акцияларының жиырма бес пайызынан астамы тікелей немесе жанама түрде тиесілі жеке тұлғаның бенефициарлық меншік иесі болып табылатынына күмәндану үшін негіздер болған кезде клиент-заңды тұлғаға өзге түрде заңды тұлға құрмай шетелдік құрылымға бақылауды жүзеге асыратын не клиент-заңды тұлға, заңды тұлға құрмай шетелдік құрылым мүддесіне орай ақшамен және (немесе) өзге мүлікпен операциялар жасайтын жеке тұлғаны бенефициарлық меншік иесі деп тануға жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4258,110 +4298,90 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер тиісті тексеру бойынша шаралар қабылдау нәтижесінде заңды тұлға-клиенттің заңды тұлға құрмай шетелдік құрылымның бенефициарлық меншік иесі анықталмаса, заңды тұлға құрмай-ақ жеке-дара атқарушы органның не клиент-заңды тұлғаның алқалы атқарушы органы басшысының не шетелдік құрылымның бенефициарлық меншік иесі болып танылуына жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес ұйым тәуекелдің жоғары деңгейі берілген клиентке қатысты клиенттерді тиісінше тексерудің күшейтілген шараларын қолданады не оларға қатысты тәуекелдің төмен деңгейі берілген клиенттерді тиісінше тексерудің жеңілдетілген шараларын қолданады.</w:t>
+        <w:t>
+      КЖ/ТҚҚ туралы заңның 5-бабының 7-тармағына сәйкес ұйым тәуекелдің жоғары деңгейі берілген клиентке қатысты клиенттерді тиісінше тексерудің күшейтілген шараларын қолданады не оларға қатысты тәуекелдің төмен деңгейі берілген клиенттерді тиісінше тексерудің жеңілдетілген шараларын қолданады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 27.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 89</w:t>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5030,72 +5050,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйымдар клиентті (оның өкілін) сәйкестендіру және бенефициарлық меншік иесін анықтау процесінде мұндай клиенттің (оның өкілінің) және бенефициарлық меншік иесінің жария лауазымды тұлғаларға, олардың жұбайлары мен жақын туыстарына тиесілігіне тексеру жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 3-2) тармақшасының алтыншы, жетінші және сегізінші абзацтарында көрсетілген жария лауазымды тұлғаларға, олардың жұбайларына және жақын туыстарына қатысты:</w:t>
+        <w:t>
+      Ұйымдар КЖ/ТҚҚ туралы заңның 1-бабы 3-3) тармақшасының алтыншы, жетінші және сегізінші абзацтарында көрсетілген жария лауазымды тұлғаларға, олардың жұбайларына және жақын туыстарына қатысты:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жария лауазымды тұлғаның беделін оның КЖ/ТҚ жағдайларына қатыстылығына қарай бағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5140,92 +5140,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеру бойынша тұрақты негізде күшейтілген шаралар қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> 3-тармағында көзделген шаралардан басқа, қосымша осы тармақтың төртінші бөлігінің 1), 2), 3) және 4) тармақшаларында белгіленген шараларды қолданады.</w:t>
+        <w:t>
+      Тәуекелдің жоғары деңгейі берілген КЖ/ТҚҚ туралы заңның 1-бабы 3-3) тармақшасының екінші, үшінші, төртінші және бесінші абзацтарында көрсетілген жария лауазымды тұлғаларға, олардың жұбайларына және жақын туыстарына қатысты ұйымдар КЖ/ТҚҚ туралы заңның 5-бабының 3-тармағында көзделген шаралардан басқа, қосымша осы тармақтың төртінші бөлігінің 1), 2), 3) және 4) тармақшаларында белгіленген шараларды қолданады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көші-қон карточкалары туралы мәліметтерді Еуразиялық экономикалық одаққа кіретін мемлекеттердің азаматтарына қатысты алу талап етілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5433,51 +5393,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       орналасқан немесе тіркелген мекенжайы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бизнес-сәйкестендіру нөмірі (заңды тұлғаға Қазақстан Республикасының заңнамасына сәйкес бизнес-сәйкестендіру нөмірі берілмеген жағдайларды қоспағанда) не бейрезидент - заңды тұлға шет мемлекетте тіркелген нөмір;</w:t>
+      бизнес-сәйкестендіру нөмірі (заңды тұлғаға Қазақстан Республикасының заңнамасына сәйкес бизнес-сәйкестендіру нөмірі берілмеген жағдайларды қоспағанда) не бейрезидент-заңды тұлға шет мемлекетте тіркелген нөмір;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       басшы (құрылтай құжаттарына сәйкес заңды тұлға-клиенттің және заңды тұлға құрмаған шетелдік құрылым-клиенттің атынан әрекет етуге уәкілетті өзге тұлға) қаржылық құжаттарға қол қою құқығы бар тұлға туралы деректер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5623,61 +5583,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 27-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 69</w:t>
+        <w:t xml:space="preserve">      Ескерту. 27-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -6112,110 +6072,110 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйымдардың өзара іс-қимыл қағидаларына қосымша талаптар енгізуіне рұқсат етіледі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 3-тармағының 1), 2), 2-1), 2-2) және 4) тармақшаларында көзделген бенефициарлық меншік иелерін тиісті түрде тексеру шараларын қолдануды шетелдік қаржы ұйымына тапсырған ұйымдар қылмыстық жолмен алынған кірістерді заңдастырудың (жылыстатудың) және терроризмді қаржыландырудың ықтимал тәуекелдерін ескереді.</w:t>
+        <w:t>
+      Шарт негізінде шетелдік қаржы ұйымы клиенттерге (олардың өкілдеріне) және бенефициарлық меншік иелеріне КЖ/ТҚҚ туралы заңның 5-бабы 3-тармағының 1), 2), 2-1), 2-2) және 4) тармақшаларында көзделген тиісінше тексеру шараларын қолдануды тапсырған ұйымдар КЖ/ТҚ-ға қатысты ықтимал тәуекелдерді ескереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 69</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -6687,72 +6647,52 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Клиенттердің операцияларын мониторингтеу және зерделеу бағдарламасы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:bookmarkStart w:name="z126" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес уәкілетті орган айқындаған, сондай-ақ ұйымдар дербес әзірлеген күдікті операцияны айқындау белгілері негізінде жасалған әдеттегіден тыс және күдікті операциялар белгілерінің тізбесі;</w:t>
+        <w:t>
+      1) КЖ/ТҚҚ туралы заңның 10-бабының 2-тармағына сәйкес уәкілетті орган айқындаған, сондай-ақ клиенттің қаржы мониторингіне жататын қызметінің белгілерін қоспағанда, ұйымдар дербес әзірлеген күдікті операцияны айқындау белгілері негізінде жасалған күдікті операциялар белгілерінің тізбесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z127" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) ұйым бөлімшелері (қызметкерлері) арасында Талаптардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -6957,51 +6897,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 34-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 24.02.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z50" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>