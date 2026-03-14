--- v0 (2025-10-26)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="aec3ddc" w14:textId="aec3ddc">
+    <w:p w14:paraId="f9c2656" w14:textId="f9c2656">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -216,130 +216,110 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы қаулы 15.11.2020 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы Заңының 11-бабы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігінің Басқармасы </w:t>
+      "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы Заңының 11-бабы 3-2-тармағына сәйкес Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 29.03.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 15</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (25.03.2024 қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1063,121 +1043,101 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> екінші абзацына сәйкес жасалды және сақтандыру (қайта сақтандыру) ұйымдары, сақтандыру брокерлері, өзара сақтандыру қоғамдары, Қазақстанның экспорттық-кредиттік агенттігі, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымдарының филиалдары және Қазақстан Республикасының бейрезидент-сақтандыру брокерлерінің филиалдарына (әрі қарай – сақтандыру брокері) қолданылады.</w:t>
+        <w:t>
+      1. Осы Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл мақсатында сақтандыру (қайта сақтандыру) ұйымдары, сақтандыру брокерлері, өзара сақтандыру қоғамдары, Қазақстанның экспорттық-кредиттік агенттігі, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымдарының филиалдары және Қазақстан Республикасының бейрезидент-сақтандыру брокерлерінің филиалдары үшін ішкі бақылау қағидаларына қойылатын талаптар (бұдан әрі – Талаптар) "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы Заңының (бұдан әрі – КЖ/ТҚҚ туралы заң) 11-бабы 3-2-тармағының екінші абзацына сәйкес әзірленді және сақтандыру (қайта сақтандыру) ұйымдарына, өзара сақтандыру қоғамдарына, Қазақстанның экспорттық-кредиттік агенттігіне және Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымдарының филиалдарына (бұдан әрі – ұйым), сақтандыру брокерлеріне және Қазақстан Республикасының бейрезидент-сақтандыру брокерлерінің филиалдарына (бұдан әрі – сақтандыру брокері) қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 29.03.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 15</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (25.03.2024 қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1222,92 +1182,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Талаптардың мақсаттары үшін мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> 4-тармағына сәйкес міндетті түрде зерделенуге тиіс операциясы (мәмілесі);</w:t>
+        <w:t>
+      1) әдеттегіден тыс операция (мәміле) – клиенттің КЖ/ТҚҚ туралы заңның 10-бабының 2-тармағына сәйкес қаржылық мониторингті жүзеге асыратын және қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға, жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жөніндегі өзге де шараларды қабылдайтын уәкілетті мемлекеттік орган (бұдан әрі – уәкілетті орган) айқындаған, сондай-ақ клиенттің қаржы мониторингіне жататын күдікті қызметінің белгілерін қоспағанда, ұйым және сақтандыру брокері дербес әзірлеген, күдікті операциялар мен клиенттің қаржы мониторингіне жататын күдікті қызметін (бұдан әрі бірге – күдікті операция) айқындау белгілері ескеріле отырып, КЖ/ТҚҚ туралы заңның 4-бабының 4-тармағына сәйкес міндетті түрде зерделенуге тиіс клиенттің операциясы (мәмілесі);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бір жолғы операция (мәміле) – жеке тұлғаның ұйымның сақтандыру қызметтерін көрсеткені үшін сақтандыру шарты бойынша сақтандыру сыйлықақысын төлеу операциясы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1457,50 +1377,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4333,223 +4273,243 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z35" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес КЖ/ТҚ тәуекелдері есебінен жарияланған ақпаратты ескереді. </w:t>
+        <w:t>
+      22. Тәуекелдерді басқару бағдарламасын іске асыру кезінде ұйымдар және (немесе) сақтандыру брокерлері КЖ/ТҚҚ туралы заңның 11-1-бабының 7-тармағына сәйкес КЖ/ТҚ тәуекелдерін ұлттық бағалау есебінен жарияланған ақпаратты ескереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z36" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Клиенттерді сәйкестендіру бағдарламасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z37" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> талаптарын іске асыру мақсатында ұйым және (немесе) сақтандыру брокері клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін сәйкестендіру бағдарламасын әзірлейді.</w:t>
+        <w:t>
+      23. Клиентті (оның өкілін) және бенефициарлық меншік иесін тиісінше тексеру бойынша КЖ/ТҚҚ туралы заңның талаптарын іске асыру мақсатында ұйым және (немесе) сақтандыру брокері клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін сәйкестендіру бағдарламасын әзірлейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 1), 2), 2-1) және 2-2) тармақшаларында көзделген шараларды сақтандыру (қайта сақтандыру) ұйымы, сақтандыру брокері, өзара сақтандыру қоғамы, Қазақстан Республикасы бейрезидент-сақтандыру (қайта сақтандыру) ұйымдарының филиалдары, Қазақстан Республикасы бейрезидент-сақтандыру брокерлерінің филиалдары сақтандыру сыйлықақысы төленгенге және (немесе) сақтандыру төлемі жүзеге асырылғанға дейін жүзеге асырады.</w:t>
+        <w:t>
+      КЖ/ТҚҚ туралы заңның 5-бабы 3-тармағының 1), 2), 2-1) және 2-2) тармақшаларында көзделген шараларды сақтандыру (қайта сақтандыру) ұйымы, сақтандыру брокері, өзара сақтандыру қоғамы, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымдарының филиалдары, Қазақстан Республикасының бейрезидент-сақтандыру брокерлерінің филиалдары сақтандыру сыйлықақысы төленгенге және (немесе) сақтандыру төлемі жүзеге асырылғанға дейін жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Клиентті (оның өкілін), бенефициарлық меншік иесін сәйкестендіруді және тиісінше тексеруді ұйым және сақтандыру брокері клиент (оның өкілі) ұсынатын не өзге дереккөздерден, оның ішінде скорингтік модульдегі тексеру қорытындылары бойынша алынған ақпарат және (немесе) құжаттар негізінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бенефициарлық меншік иесін анықтау үшін клиент (оның өкілі) және бенефициарлық меншік иесі ұсынған мәліметтер заңды тұлғалардың бенефициарлық меншік иелерінің тізілімінде (бұдан әрі – Тізілім) көрсетілген мәліметтермен салыстырып тексеріледі. Тізілімде мұндай тұлғалар бойынша мәліметтер болмаған кезде ұсынылған мәліметтер басқа дереккөздерден алынған мәліметтермен салыстырып тексеріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Клиент – заңды тұлғаның, заңды тұлға құрмайтын шетелдік құрылымның жарғылық капиталына қатысу үлестерінің не орналастырылған акцияларының (артықшылықты және қоғам сатып алған акциялар шегеріле отырып) жиырма бес пайызынан астамы тікелей немесе жанама түрде тиесілі жеке тұлғаның бенефициарлық меншік иесі болып табылатынына күмәндануға негіздер болса, клиент – заңды тұлғаны, заңды тұлға құрмайтын шетелдік құрылымды өзгеше түрде бақылауды жүзеге асыратын не оның мүддесінде клиент – заңды тұлға, заңды тұлғаны құрмайтын шетелдік құрылым ақшамен және (немесе) өзге де мүлікпен операциялар жасайтын жеке тұлғаны бенефициарлық меншік иесі деп тануға жол беріледі.</w:t>
-[...17 lines deleted...]
-      Тиісті тексеру бойынша шараларды қабылдау нәтижесінде клиент-заңды тұлғаның, заңды тұлға құрмайтын шетелдік құрылымның бенефициарлық меншік иесі анықталмаса, клиент – заңды тұлғаның, заңды тұлға құрмайтын шетелдік құрылымның жеке-дара атқарушы органын не алқалы атқарушы органының басшысын бенефициарлық меншік иесі деп тануға жол беріледі.</w:t>
+      Клиент – заңды тұлғаның, заңды тұлға құрмаған шетелдік құрылымның жарғылық капиталына қатысу үлестерінің не орналастырылған акцияларының (артықшылықты және қоғам сатып алған акциялар шегеріле отырып) жиырма бес пайызынан астамы тікелей немесе жанама түрде тиесілі жеке тұлғаның бенефициарлық меншік иесі болып табылатынына күмәндануға негіздер болған жағдайда, клиент – заңды тұлғаны, заңды тұлға құрмаған шетелдік құрылымды өзгеше түрде бақылауды жүзеге асыратын не оның мүддесінде клиент – заңды тұлға, заңды тұлғаны құрмайтын шетелдік құрылым ақшамен және (немесе) өзге де мүлікпен операциялар жасайтын жеке тұлғаны бенефициарлық меншік иесі деп тануға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер тиісті тексеру бойынша шараларды қабылдау нәтижесінде клиент – заңды тұлғаның, заңды тұлға құрмайтын шетелдік құрылымның бенефициарлық меншік иесі анықталмаса, клиент – заңды тұлғаның, заңды тұлға құрмайтын шетелдік құрылымның жеке-дара атқарушы органын не алқалы атқарушы органының басшысын бенефициарлық меншік иесі деп тануға жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Клиенттің бенефициарлық меншік иесін анықтау жөніндегі іс-шараларды ұйым және (немесе) сақтандыру брокері сақтанушыға қатысты, ал ерікті жинақтаушы сақтандыру шарттары бойынша, оның ішінде өмірді сақтандыру шарттары бойынша пайда алушыға қатысты да жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4558,110 +4518,90 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылған мәліметтердің дұрыстығын тексеру клиент (оның өкілі) ұсынған тиісті құжаттардың түпнұсқаларының немесе нотариат куәландырған көшірмелерінің деректерімен салыстырып тексеру, қолжетімді дереккөздерден (дерекқорлардан) алынған деректермен салыстырып тексеру, мәліметтерді басқа тәсілдермен тексеру арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес клиенттерді тиісінше тексерудің оңайлатылған не күшейтілген шараларын қолданудан көрінеді.</w:t>
+        <w:t>
+      Клиент тәуекелінің деңгейіне байланысты ұйым және (немесе) сақтандыру брокері жүргізетін іс-шаралар дәрежесі КЖ/ТҚҚ туралы заңның 5-бабының 7-тармағына сәйкес клиенттерді тиісінше тексерудің оңайлатылған не күшейтілген шараларын қолданудан көрінеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 27.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 89</w:t>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5418,110 +5358,110 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйым тапсырма шарттарын жасаған сақтандыру агенттерімен клиентті тиісінше тексеру бойынша талаптардың сақталуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 3-тармағының 1), 2), 2-1), 2-2) және 4) тармақшаларында көзделген клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеру шараларын қолдануды тапсырған ұйымдар және (немесе) сақтандыру брокерлері қылмыстық жолмен алынған кірістерді заңдастырудың (жылыстатудың) және терроризмді қаржыландырудың ықтимал тәуекелдерін ескереді.</w:t>
+        <w:t>
+      Шарт негізінде шетелдік қаржы ұйымы клиенттерге (олардың өкілдеріне) және бенефициарлық меншік иелеріне КЖ/ТҚҚ туралы заңның 5-бабы 3-тармағының 1), 2), 2-1), 2-2) және 4) тармақшаларында көзделген тиісінше тексеру шараларын қолдануды тапсырған ұйымдар және (немесе) сақтандыру брокерлері КЖ/ТҚ-ға қатысты ықтимал тәуекелдерді ескереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 69</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5923,107 +5863,105 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Клиентті (оның өкілін) сәйкестендіру, немесе бенефициарлық меншік иесін анықтау барысында ұйым және (немесе) сақтандыру брокері мұндай клиенттің (бенефициарлық меншік иесінің) Тізбеде және ЖҚҚТҚ тізбесінде болуына тексеру жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Еуразиялық экономикалық одаққа кіретін мемлекеттердің азаматтарына қатысты миграциялық карточкалар туралы мәліметтер алу талап етілмейді. Клиенттің (оның өкілінің) және бенефициарлық меншік иесінің болуын тексеру. Клиенттің (оның өкілінің) және бенефициарлық меншік иесінің Тізбеде және ЖҚҚТҚ тізбесінде болуын (Тізбеге және ЖҚҚТҚ тізбесіне енгізілуін) тексеру клиенттің тәуекел деңгейіне байланысты емес және Тізбеге және ЖҚҚТҚ тізбесіне өзгерістер енгізілуіне қарай (Тізбенің және ЖҚҚТҚ тізбесінің жаңартылуына) жүзеге асырылады.</w:t>
+      Еуразиялық экономикалық одаққа кіретін мемлекеттердің азаматтарына қатысты миграциялық карточкалар туралы мәліметтер алу талап етілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Клиенттің (оның өкілінің) және бенефициарлық меншік иесінің Тізбеде және ЖҚҚТҚ тізбесінде болуын (Тізбеге және ЖҚҚТҚ тізбесіне енгізілуін) тексеру клиенттің тәуекел деңгейіне байланысты емес және Тізбеге және ЖҚҚТҚ тізбесіне өзгерістер енгізілуіне қарай (Тізбенің және ЖҚҚТҚ тізбесінің жаңартылуына) жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйым және (немесе) сақтандыру брокері клиентті (оның өкілін) сәйкестендіру және бенефициарлық меншік иесін анықтау процесінде мұндай клиенттің (оның өкілінің) және бенефициарлық меншік иесінің жария лауазымды тұлғаларға, олардың жұбайлары мен жақын туыстарына тиесілігіне тексеру жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 3-2) тармақшасының алтыншы, жетінші және сегізінші абзацтарында көрсетілген жария лауазымды тұлғаларға, олардың жұбайларына (зайыбына) және жақын туыстарына қатысты:</w:t>
+        <w:t>
+      Ұйым және (немесе) сақтандыру брокері КЖ/ТҚҚ туралы заңның 1-бабы 3-3) тармақшасының алтыншы, жетінші және сегізінші абзацтарында көрсетілген жария лауазымды тұлғаларға, олардың жұбайларына (зайыбына) және жақын туыстарына қатысты:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жария лауазымды тұлғаның беделін оның КЖ/ТҚ жағдайларына қатыстылығына қарай бағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6068,92 +6006,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеру жөніндегі күшейтілген шараларын тұрақты негізде қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> 3-тармағында көзделген шаралардан басқа, қосымша осы тармақтың бесінші бөлігінің 1), 2), 3) және 4) тармақшаларында белгіленген шараларды қолданады.</w:t>
+        <w:t>
+      Тәуекелдің жоғары деңгейі берілген КЖ/ТҚҚ туралы заңның 1-бабы 3-3) тармақшасының екінші, үшінші, төртінші және бесінші абзацтарында көрсетілген жария лауазымды тұлғаларға, олардың жұбайларына және жақын туыстарына қатысты ұйым және (немесе) сақтандыру брокері КЖ/ТҚҚ туралы Заңның 5-бабының 3-тармағында көзделген шаралардан басқа, қосымша осы тармақтың бесінші бөлігінің 1), 2), 3) және 4) тармақшаларында белгіленген шараларды қолданады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұйым және (немесе) сақтандыру брокері жеке тұлғаны (заңды тұлға құрылтайшыларының (қатысушыларының) немесе заңды тұлға құрмаған шетелдік құрылым басшысын, бенефициарлық меншік иесін) сәйкестендіру кезінде мынадай деректерді белгілейді және тіркейді:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6353,61 +6251,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 69</w:t>
+        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -6666,528 +6564,612 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. КЖ/ТҚҚ туралы заңның клиентті тиісінше тексеру бойынша, сондай-ақ қаржы мониторингіне жататын операциялар туралы хабарламаларды анықтау және уәкілетті органға жіберу бойынша талаптарды іске асыру мақсатында ұйым және (немесе) сақтандыру брокері клиенттердің операцияларын мониторингтеу және зерделеу бағдарламасын әзірлейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z47" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      32. Клиенттердің операцияларын мониторингтеу және зерделеу бағдарламасы мыналарды қамтиды, бірақ бұлармен шектелмейді:</w:t>
+      32. Клиенттердің операцияларын мониторингтеу мен зерделеу бағдарламасы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...184 lines deleted...]
-      9) ұйымдардың және (немесе) сақтандыру брокерлерінің басқару органын, атқарушы органын және лауазымды тұлғаларын шекті және (немесе) күдікті операцияларды анықтау туралы хабардар ету (қажет жағдайда) тәртібі.</w:t>
+        <w:t>
+      1) қаржы мониторингіне жататын клиенттің күдікті қызметінің белгілерін қоспағанда, КЖ/ТҚҚ туралы Заңның 10-бабының 2-тармағына сәйкес уәкілетті орган айқындаған, сондай-ақ ұйым және (немесе) сақтандыру брокері дербес әзірлеген күдікті операцияны айқындау белгілерінің негізінде жасалған күдікті операциялар белгілерінің тізбесін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) КЖ/ТҚҚ туралы заңның 4-бабының 5-тармағына сәйкес уәкілетті орган бекіткен қылмыстық кірістерді заңдастырудың (жылыстатудың) және терроризмді қаржыландырудың типологияларына, схемалары мен тәсілдеріне сәйкес сипаттамалары бар клиенттің операцияларын анықтау рәсімін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ұйым бөлімшелері (қызметкерлері) арасында Талаптарда көзделген жағдайларда клиент (оның өкілі) және бенефициарлық меншік иесі туралы бұрын алынған қосымша мәліметтерді жаңарту және (немесе) оларды алу жөніндегі міндеттерді бөлуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ұйымның және (немесе) сақтандыру брокерінің бөлімшелері (қызметкерлері) арасында қаржылық мониторингке жататын операциялар туралы мәліметтерді анықтау және бөлімшелер (қызметкерлер) арасында беру жөніндегі міндеттерді бөлу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жауапты қызметкерінің клиент операциясының түрі туралы шешімді қабылдау тәртібін, негіздемесін және мерзімін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) күрделі, ерекше емес операцияларды зерделеу нәтижелері туралы мәліметтерді тіркеу (оның ішінде тіркеу тәсілдері) және сақтау рәсімін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) клиент ерекше, күдікті операцияларды немесе қылмыстық жолмен алынған кірістерді заңдастыру (жылыстату), терроризмді қаржыландыру және жаппай қырып-жою қаруын таратуды қаржыландырудың типологияларына, схемалары мен тәсілдеріне сәйкес келетін сипаттамалары бар операцияларды жүйелі және (немесе) елеулі көлемде жүзеге асырған жағдайда, ұйым және (немесе) сақтандыру брокері клиентке және оның операцияларына қатысты қабылдайтын шараларды қабылдау және сипаттау рәсімін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) қаржылық мониторинг жөніндегі уәкілетті органға шекті және күдікті операциялар туралы хабарламаларды ұсыну тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) басқару органын, атқарушы органды және ұйымдардың және (немесе) сақтандыру брокерлерінің лауазымды тұлғаларын (қажеттілігіне қарай) шекті және (немесе) күдікті операцияның анықталғаны туралы хабардар ету тәртібін қамтиды, бірақ олармен шектелмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 32-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 24.02.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 15</w:t>
+        <w:t xml:space="preserve">      Ескерту. 32-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z48" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      33. Клиенттердің операциялары мониторингінің және зерделеудің бағдарламасы шеңберінде ұйым және (немесе) сақтандыру брокері барлық шекті, ерекше, күдікті операциялардың және қылмыстық кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру типологияларына, схемаларына және тәсілдеріне сәйкес келетін сипаттамасы бар операциялардың мақсатын және негіздерін, сондай-ақ қажет жағдайда қаржыландыру көзін белгілеуге бағытталған іс-шаралар жүргізеді.</w:t>
+      33. Клиенттердің операцияларын мониторингтеу және зерделеу бағдарламасы шеңберінде ұйым және (немесе) сақтандыру брокері барлық шекті, әдеттегіден тыс, күдікті операциялар мен қылмыстық жолмен алынған кірістерді заңдастырудың (жылыстатудың), терроризмді қаржыландырудың және жаппай қырып-жою қаруын таратуды қаржыландырудың типологияларына, схемалары мен тәсілдеріне сәйкес келетін сипаттамалары бар операциялардың мақсаттары мен негіздерін, сондай-ақ қажет болған жағдайда қаржыландыру көзін анықтау бойынша іс-шаралар жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Клиенттердің операциялары мониторингінің және зерделеудің нәтижелерін ұйым және (немесе) сақтандыру брокері қызметтерінің КЖ/ТҚ тәуекелдеріне ұшырау дәрежесін жыл сайын бағалау үшін, сондай-ақ клиенттер тәуекелдерінің деңгейлерін қайта қарау үшін пайдаланады.</w:t>
-[...17 lines deleted...]
-      Клиенттер операциялары мониторингінің және зерделеудің бағдарламасын іске асыру шеңберінде алынған мәліметтер Талаптардың 28-тармағында көзделген клиенттің досьесіне енгізіледі, ұйым және (немесе) сақтандыру брокері клиентпен іскерлік қатынастардың барлық кезеңінде кемінде бес жыл бойы сақтайды.</w:t>
+      Клиенттердің операцияларын мониторингтеу және зерделеу нәтижелерін ұйым және (немесе) сақтандыру брокері қызметтерінің КЖ/ТҚ тәуекелдеріне ұшырау дәрежесін жыл сайын бағалау, сондай-ақ клиенттердің тәуекел деңгейлерін қайта қарау үшін пайдаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Клиенттердің операцияларын мониторингтеу және зерделеу бағдарламасын іске асыру шеңберінде алынған мәліметтер Талаптардың 28-тармағында көзделген клиенттің досьесіне енгізіледі және (немесе) ұйымда және (немесе) сақтандыру брокерінде клиентпен іскерлік қарым-қатынастардың барлық кезеңі ішінде және олар аяқталған не біржолғы операцияларды (мәмілелерді) жасағаннан кейін кемінде бес жыл бойы сақталады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 33-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 24.02.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 15</w:t>
+        <w:t xml:space="preserve">      Ескерту. 33-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z49" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      34. Шекті операция біліктілігінің заңдылығы бөлігінде күмән туындаған кезде, сондай-ақ әдеттегіден тыс күдікті операцияны немесе қылмыстық кірістерді заңдастыру (жылыстату) және терроризмді қаржыландырудың типологияларына, схемаларына және тәсілдеріне сәйкес келетін сипаттамасы бар операцияны анықтаған кезде көрсетілген операцияны анықтаған ұйымның және (немесе) сақтандыру брокерінің қызметкері осындай операция туралы ұйымның және (немесе) сақтандыру брокерінің ішкі құжаттарында белгіленген тәртіппен, нысанда және мерзімде жауапты қызметкерге (КЖ/ТҚҚ жөніндегі бөлімшеге) хабарлама жібереді.</w:t>
+      34. Клиент операцияларын зерделеудің жиілігі ұйым және (немесе) сақтандыру брокері клиенттің (клиенттер тобының) тәуекел деңгейін және (немесе) клиент пайдаланатын ұйымның және (немесе) сақтандыру брокерінің қызметтерінің (өнімдерінің) КЖ/ТҚ тәуекелдеріне ұшырау дәрежесі, клиенттің қаржылық мониторингке жататын операцияны (операцияларды) жасауы (жасауға әрекет жасауы), сондай-ақ ұйымда және (немесе) сақтандыру брокерінде бар қылмыстық жолмен алынған кірістерді заңдастырудың (жылыстатудың), терроризмді қаржыландырудың және жаппай қырып-жою қаруын таратуды қаржыландырудың типологиялары, схемалары мен тәсілдерін ескере отырып анықталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Клиентке тәуекелдің жоғары деңгейі берілген жағдайда, сондай-ақ клиент күдікті операция жасаған жағдайда ұйым және (немесе) сақтандыру брокері белгілі бір уақыт кезеңінде жүргізетін (жүргізген) операциялардың барлығын зерделейді.</w:t>
+      Клиентке тәуекелдің жоғары деңгейі берілген жағдайда, сондай-ақ клиент күдікті операция жасаған жағдайда ұйымдар және (немесе) сақтандыру брокері клиент белгілі бір уақыт кезеңінде жүргізетін (жүргізген) операцияларды зерделейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 34-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z50" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      35. Шекті операция біліктілігінің заңдылығы бөлігінде күмән туындаған кезде, сондай-ақ әдеттегіден тыс күдікті операцияны немесе қылмыстық кірістерді заңдастыру (жылыстату) және терроризмді қаржыландырудың типологияларына, схемаларына және тәсілдеріне сәйкес келетін сипаттамасы бар операцияны анықтаған кезде көрсетілген операцияны анықтаған ұйымның және (немесе) сақтандыру брокерінің қызметкері осындай операция туралы ұйымның және (немесе) сақтандыру брокерінің ішкі құжаттарында белгіленген тәртіппен, нысанда және мерзімде жауапты қызметкерге (КЖ/ТҚҚ жөніндегі бөлімшеге) хабарлама жібереді.</w:t>
+      35. Операцияны шекті ретінде саралаудың заңдылығы бөлігінде күмән туындаған кезде, сондай-ақ әдеттегіден тыс, күдікті операция немесе қылмыстық жолмен алынған кірістерді заңдастырудың (жылыстатудың), терроризмді қаржыландырудың және жаппай қырып-жою қаруын таратуды қаржыландырудың типологияларына, схемалары мен тәсілдеріне сәйкес келетін сипаттамалары бар операция анықталған кезде ұйымның және (немесе) сақтандыру брокерінің қызметкері, көрсетілген операцияны анықтаған адам осындай операция туралы хабарламаны жауапты қызметкерге (КЖ/ТҚҚ бойынша бөлімшеге) ұйымның және (немесе) сақтандыру брокерінің ішкі құжаттарында белгіленген тәртіппен, нысанда және мерзімдерде жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бір хабарламада бірнеше операциялар туралы ақпараттың болуына рұқсат етіледі.</w:t>
-[...17 lines deleted...]
-      Ұйым және (немесе) сақтандыру брокері осы тармақтың бірінші бөлігінде көрсетілген операциялар туралы хабарламаны, сондай-ақ оларды зерттеудің нәтижелерін операциялар аяқталғаннан кейін кемінде бес жыл сақтайды.</w:t>
+      Бір хабарламада бірнеше операция туралы ақпараттың болуына жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұйым және (немесе) сақтандыру брокері осы тармақтың бірінші бөлігінде көрсетілген операциялар туралы хабарламаны, сондай-ақ оларды зерделеудің нәтижелерін клиентпен іскерлік қарым-қатынастарды тоқтатқан күннен бастап кемінде бес жыл сақтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 35-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z51" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Ұйымның және (немесе) сақтандыру брокерінің қызметкерлерін КЖ/ТҚҚ мәселелері бойынша даярлау және оқыту бағдарламасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z52" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>