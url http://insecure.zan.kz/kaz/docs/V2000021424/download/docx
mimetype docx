--- v0 (2025-10-01)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5fdf766" w14:textId="5fdf766">
+    <w:p w14:paraId="54cd97b" w14:textId="54cd97b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,95 +76,143 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында ішкі бақылау қағидаларына қор биржасы үшін қойылатын талаптарды бекіту туралы</w:t>
+        <w:t>Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында ішкі бақылау қағидаларына қор биржасы және қаржы құралдармен мәмілелер бойынша клирингтік қызметті жүзеге асыратын ұйымдар үшін қойылатын талаптарды бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 2020 жылғы 12 қазандағы № 98 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 14 қазанда № 21424 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қаулының тақырыбы жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -216,202 +264,182 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңы 11-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігінің Басқармасы </w:t>
+      "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау туралы" Қазақстан Республикасының Заңы 11-бабының 3-2-тармағына сәйкес Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігінің Басқармасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 27.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 89</w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Қоса беріліп отырған Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында ішкі бақылау қағидаларына қор биржасы үшін қойылатын талаптар бекітілсін.</w:t>
+      1. Қоса беріліп отырған Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында ішкі бақылау қағидаларына қор биржасы және қаржы құралдармен мәмілелер бойынша клирингтік қызметті жүзеге асыратын ұйымдар үшін қойылатын талаптар бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 69</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -988,186 +1016,166 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан күнінен кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында ішкі бақылау қағидаларына қор биржасы үшін қойылатын талаптар</w:t>
+        <w:t xml:space="preserve"> Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында ішкі бақылау қағидаларына қор биржасы және қаржы құралдармен мәмілелер бойынша клирингтік қызметті жүзеге асыратын ұйымдар үшін қойылатын талаптар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Талаптардың тақырыбы жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 69</w:t>
+      Ескерту. Талаптардың тақырыбы жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12999 болып тіркелген) сәйкес әзірленді.</w:t>
+        <w:t>
+      1. Осы Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жасау мақсатында ішкі бақылау қағидаларына қор биржасы және қаржы құралдармен мәмілелер бойынша клирингтік қызметті жүзеге асыратын ұйымдар үшін қойылатын талаптар (бұдан әрі – қор биржасы) (бұдан әрі – Талаптар) "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасының Заңына (бұдан әрі – КЖ/ТҚҚ туралы заң) және "Бағалы қағаздар рыногы туралы" Қазақстан Республикасының Заңына (бұдан әрі – Бағалы қағаздар рыногы туралы заң) және "Қор биржасы үшін тәуекелдерді басқару мен ішкі бақылау жүйесін қалыптастыру қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2015 жылғы 19 желтоқсандағы №252 қаулысына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12999 болып тіркелген) сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 69</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1202,92 +1210,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Талаптардың мақсаттары үшін мынадай негізгі ұғымдар қолданылады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> 4-тармағына сәйкес міндетті түрде зерделенуге тиіс операциясы (мәмілесі);</w:t>
+        <w:t>
+      1) әдеттегіден тыс операция (мәміле) – клиенттің КЖ/ТҚҚ туралы заңның 10-бабының 2-тармағына сәйкес қаржылық мониторингті жүзеге асыратын және қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға, жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл жөніндегі өзге де шараларды қабылдайтын уәкілетті орган (бұдан әрі – уәкілетті орган) айқындаған, сондай-ақ клиенттің қаржы мониторингіне жататын күдікті қызметінің белгілерін қоспағанда, қор дербес әзірлеген, күдікті операциялар мен клиенттің қаржы мониторингіне жататын күдікті қызметін (бұдан әрі бірге – күдікті операция) айқындау белгілері ескеріле отырып, КЖ/ТҚҚ туралы заңның 4-бабының 4-тармағына сәйкес міндетті түрде зерделенуге тиіс клиенттің операциясы (мәмілесі);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) КЖ/ТҚ тәуекелдерін басқару – қор биржасы КЖ/ТҚ тәуекелдерін анықтау, бағалау, мониторингтеу, сондай-ақ оларды азайту бойынша қабылдайтын шаралар жиынтығы (өнімдерге/көрсетілетін қызметтерге, клиенттерге, сондай-ақ клиенттер жүргізетін операцияларға қатысты);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1419,50 +1387,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.09.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2533,75 +2521,117 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 6-тармағына сәйкес кірістерді заңдастыру (жылыстату) және терроризмді қаржыландыру тәуекелдерінің есебінен жарияланған ақпаратты ескереді. </w:t>
+        <w:t>
+      12. КЖ/ТҚ тәуекелдерін басқару бағдарламасын іске асыру кезінде қор биржасы КЖ/ТҚҚ туралы заңның 11-1-бабының 7-тармағына сәйкес кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыру және жаппай қырып-жою қаруын таратуды қаржыландыру тәуекелдерін ұлттық бағалау есебінен жарияланған ақпаратты ескереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Қор биржасы жыл сайынғы негізде қор биржасы қызметтерінің ең кем дегенде тәуекелдердің мынадай арнайы санаттарын ескере отырып, КЖ/ТҚ тәуекелдеріне ұшырау дәрежесін бағалауды жүзеге асырады: клиенттердің типіне қарай тәуекел, ел (географиялық) тәуекелі, көрсетілетін қызметтің және (немесе) оны көрсету тәсілінің тәуекелі. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3515,183 +3545,161 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Клиенттерді сәйкестендіру бағдарламасы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> талаптарын іске асыру мақсатында қор биржасы клиенттерді (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру бағдарламасын әзірлейді.</w:t>
+        <w:t>
+      20. Клиентті (оның өкілін) және бенефициарлық меншік иесін тиісінше тексеру бойынша КЖ/ТҚҚ туралы заңның талаптарын іске асыру мақсатында қор биржасы клиенттерді (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру бағдарламасын әзірлейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Клиентті (оның өкілін) және бенефициарлық меншік иесін сәйкестендіру қор биржасының клиент (оның өкілі) туралы мәліметтерді тіркеу және дәйектілігін тексеру, бенефициарлық меншік иесін анықтау және ол туралы мәліметтерді тіркеу, іскерлік қатынастардың болжанатын мақсатын белгілеу және тіркеу, сондай-ақ клиент (оның өкілі) және бенефициарлық меншік иесі туралы Талаптарда көзделген мәліметтерді алу және тіркеу болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бенефициарлық меншік иесін анықтау үшін клиент (оның өкілі) және бенефициарлық меншік иесі ұсынған мәліметтер заңды тұлғалардың бенефициарлық меншік иелерінің тізілімінде (бұдан әрі – Тізілім) көрсетілген мәліметтермен салыстырып тексеріледі. Тізілімде мұндай тұлғалар бойынша мәліметтер болмаған кезде ұсынылған мәліметтер басқа дереккөздерден алынған мәліметтермен салыстырып тексеріледі.</w:t>
+      Клиентті (оның өкілін), бенефициарлық меншік иесін сәйкестендіруді және тиісінше тексеруді қор биржасы клиент (оның өкілі) ұсынатын не өзге дереккөздерден, оның ішінде скорингтік модульдегі тексеру қорытындылары бойынша алынған ақпарат және (немесе) құжаттар негізінде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бенефициарлық меншік иесін анықтау үшін клиент (оның өкілі) және бенефициарлық меншік иесі ұсынған мәліметтер заңды тұлғалардың бенефициарлық меншік иелерінің тізілімінде (бұдан әрі - Тізілім) көрсетілген мәліметтермен салыстырып тексеріледі. Тізілімде мұндай тұлғалар бойынша мәліметтер болмаған кезде ұсынылған мәліметтер басқа дереккөздерден алынған мәліметтермен салыстырып тексеріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Клиент – заңды тұлғаның, заңды тұлға құрмаған шетелдік құрылымның жарғылық капиталына қатысу үлестерінің не орналастырылған акцияларының (артықшылықты және қоғам сатып алған акциялар шегеріле отырып) жиырма бес пайызынан астамы тікелей немесе жанама түрде тиесілі жеке тұлғаның бенефициарлық меншік иесі болып табылатынына күмәндануға негіздер болған жағдайда, клиент – заңды тұлғаны, заңды тұлға құрмаған шетелдік құрылымды өзгеше түрде бақылауды жүзеге асыратын не оның мүддесінде клиент – заңды тұлға, заңды тұлғаны құрмайтын шетелдік құрылым ақшамен және (немесе) өзге де мүлікпен операциялар жасайтын жеке тұлғаны бенефициарлық меншік иесі деп тануға жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Егер тиісінше тексеру жөнінде шараларды қабылдау нәтижесінде клиент – заңды тұлғаның, заңды тұлға құрмаған шетелдік құрылымның бенефициарлық меншік иесі анықталмаған жағдайда, клиент – заңды тұлғаның, заңды тұлға құрмаған шетелдік құрылымның жеке-дара атқарушы органын не алқалы атқарушы органының басшысын бенефициарлық меншік иесі деп тануға жол беріледі.</w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес тәуекелдің жоғары деңгейі берілген клиенттерге қатысты клиенттерді тиісінше тексерудің күшейтілген шараларын қолданады не оларға қатысты тәуекелдің төмен деңгейі берілген клиенттерді тиісінше тексерудің жеңілдетілген шараларын қолданады.</w:t>
+      Егер тиісті тексеру бойынша шараларды қабылдау нәтижесінде клиент – заңды тұлғаның, заңды тұлға құрмайтын шетелдік құрылымның бенефициарлық меншік иесі анықталмаса, клиент – заңды тұлғаның, заңды тұлға құрмайтын шетелдік құрылымның жеке-дара атқарушы органын не алқалы атқарушы органының басшысын бенефициарлық меншік иесі деп тануға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қор биржасы КЖ/ТҚҚ туралы заңның 5-бабының 7-тармағына сәйкес тәуекелдің жоғары деңгейі берілген клиенттерге қатысты клиенттерді тиісінше тексерудің күшейтілген шараларын қолданады не оларға қатысты тәуекелдің төмен деңгейі берілген клиенттерді тиісінше тексерудің жеңілдетілген шараларын қолданады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қор биржасы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3747,61 +3755,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 27.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 89</w:t>
+        <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4412,72 +4420,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Клиенттің (оның өкілінің) және бенефициарлық меншік иесінің Тізбеде және ЖҚҚТҚ тізбесінде болуын (Тізбеге және ЖҚҚТҚ тізбесіне енгізілуін) тексеру клиенттің тәуекел деңгейіне байланысты емес және Тізбеге және ЖҚҚТҚ тізбесіне өзгерістер енгізілуіне (Тізбенің және ЖҚҚТҚ тізбесінің жаңартылуына) қарай жүзеге асырылады. Қор биржасы клиентті (оның өкілін) сәйкестендіру және бенефициарлық меншік иесін анықтау барысында мұндай клиенттің (оның өкілінің) және бенефициарлық меншік иесінің жария лауазымды тұлғаларға, олардың жұбайларына (зайыптарына) және жақын туыстарына тиесілігіне тексеру жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 3-2) тармақшасының алтыншы, жетінші және сегізінші абзацтарында көрсетілген жария лауазымды тұлғаларға, олардың жұбайларына және жақын туыстарына қатысты:</w:t>
+        <w:t>
+      Қор биржасы КЖ/ТҚҚ туралы заңның 1-бабы 3-3) тармақшасының алтыншы, жетінші және сегізінші абзацтарында көрсетілген жария лауазымды тұлғаларға, олардың жұбайларына және жақын туыстарына қатысты:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жария лауазымды тұлғаның беделін оның КЖ/ТҚ жағдайларына қатыстылығына қарай бағалауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4522,92 +4510,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) клиенттерді (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеру жөнінде тұрақты негізде күшейтілген шаралар қабылдауға міндетті.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> 3-тармағында көзделген шаралардан басқа, қосымша осы тармақтың үшінші бөлігінің 1), 2), 3) және 4) тармақшаларында белгіленген шараларды қолданады.</w:t>
+        <w:t>
+      Тәуекелдің жоғары деңгейі берілген КЖ/ТҚҚ туралы заңның 1-бабы 3-3) тармақшасының екінші, үшінші, төртінші және бесінші абзацтарында көрсетілген жария лауазымды тұлғаларға, олардың жұбайларына және жақын туыстарына қатысты қор биржасы, КЖ/ТҚҚ туралы заңның 5-бабы 3-тармағында көзделген шаралардан басқа, қосымша осы тармақтың үшінші бөлігінің 1), 2), 3) және 4) тармақшаларында белгіленген шараларды қолданады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қор биржасы басшыны (құрылтайшыларды (қатысушыларды), құрылтай құжаттарына сәйкес заңды тұлға-клиенттің және заңды тұлға құрмаған шетелдік құрылым-клиенттің атынан әрекет етуге уәкілетті өзге тұлғаны), қаржылық құжаттарға қол қою құқығы бар тұлғаны және бенефициарлық меншік иесін сәйкестендіру кезінде мынадай деректерді белгілейді және тіркейді:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4915,61 +4863,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.09.2022 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 69</w:t>
+        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5852,72 +5800,52 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Клиенттердің операцияларын мониторингтеу және зерделеу бағдарламасы мыналарды қамтиды, бірақ олармен шектелмейді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес уәкілетті орган айқындаған, сондай-ақ ұйым дербес әзірлеген күдікті операцияны айқындау белгілері негізінде жасалған күдікті операциялар белгілерінің тізбесі;</w:t>
+        <w:t>
+      1) КЖ/ТҚҚ туралы заңның 10-бабының 2-тармағына сәйкес уәкілетті орган айқындаған, сондай-ақ клиенттің қаржы мониторингіне жататын күдікті қызметінің белгілерін қоспағанда, ұйым дербес әзірлеген, күдікті операцияны айқындау белгілері негізінде жасалған күдікті операциялар белгілерінің тізбесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) қор биржасы бөлімшелері (қызметкерлері) арасында Талаптардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -6107,51 +6035,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 31-тармақ жаңа редакцияда – ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 24.02.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан күнінен кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланғаннан күнінен кейін күнтізбелік отыз күн өткен соң қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z47" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>