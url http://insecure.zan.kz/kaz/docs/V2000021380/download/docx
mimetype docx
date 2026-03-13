--- v0 (2025-10-04)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ac5cbca" w14:textId="ac5cbca">
+    <w:p w14:paraId="d76e92d" w14:textId="d76e92d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -113,74 +113,176 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2020 жылғы 5 қазандағы № 370/НҚ бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 9 қазанда № 21380 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2015 жылғы 29 қазандағы Қазақстан Республикасы Кәсіпкерлік кодексінің 100-1-бабы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 7) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      Қазақстан Республикасы Кәсіпкерлік кодексінің 100-1-бабы 2-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және Қазақстан Республикасы Үкіметінің 2022 жылғы 19 тамыздағы № 580 қаулысымен бекітілген Қазақстан Республикасы Ғылым және жоғары білім министрлігі туралы ереженің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>177-35) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің м.а. 13.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 74</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Жұмыс істеп тұрған кәсіпорындарды технологиялық дамытуға инновациялық гранттар беру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -999,94 +1101,156 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Жұмыс істеп тұрған кәсіпорындарды технологиялық дамытуға инновациялық гранттар беру </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> 7) тармақшасына сәйкес әзірленді және жұмыс істеп тұрған кәсіпорындарды технологиялық дамытуға инновациялық гранттар беру тәртібін айқындайды.</w:t>
+      1. Осы Жұмыс істеп тұрған кәсіпорындарды технологиялық дамытуға инновациялық гранттар беру қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы Кәсіпкерлік кодексінің 100-1-бабы 2-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Қазақстан Республикасы Үкіметінің 2022 жылғы 19 тамыздағы № 580 қаулысымен бекітілген Қазақстан Республикасы Ғылым және жоғары білім министрлігі туралы ереженің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>177-35) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және жұмыс істеп тұрған кәсіпорындарды технологиялық дамытуға инновациялық гранттар беру тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ғылым және жоғары білім министрінің м.а. 13.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 74</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1266,51 +1430,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) инновациялық даму саласындағы ұлттық даму институты (бұдан әрі – ұлттық институт) – инновациялық қызметті мемлекеттік қолдау шараларын ұсынуға уәкілетті ұлттық даму институты;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) инновациялық қызметті мемлекеттік қолдау саласындағы уәкілетті орган (бұдан әрі – уәкілетті орган) – инновациялық даму саласындағы басшылықты, сондай-ақ Қазақстан Республикасының заңнамасында көзделген шекте салааралық үйлестіруді және инновациялық қызметті мемлекеттік қолдауды іске асыруға қатысуды жүзеге асыратын орталық атқарушы орган;</w:t>
+      9) инновациялық қызметті мемлекеттік қолдау саласындағы уәкілетті орган (бұдан әрі – уәкілетті орган) – инновациялық және технологиялық даму саласындағы басшылықты, сондай-ақ Қазақстан Республикасының заңнамасында көзделген шектерде салааралық үйлестіруді және инновациялық қызметті мемлекеттік қолдауды іске асыруға қатысуды жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) Кеңестің шешімі – кеңес мүшелері қабылдаған және хаттамамен ресімделген, сондай-ақ инновациялық грант беру мәселесі бойынша дауыс беру қорытындылары туралы мәліметтерді қамтитын шешім;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1538,61 +1702,81 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 17.05.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 166/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді – ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 24.05.2023 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді – ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 24.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 107/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -2620,89 +2804,109 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Грант алушы ұлттық институт жобаны аяқтау туралы шешім қабылдаған сәттен бастап 3 (үш) жыл ішінде жыл сайын өткізілген инновациялық өнім көлемін инновациялық грант сомасының кемінде 10 %-ына ұлғайтуға және инновациялық өнім экспортының көлеміне инновациялық грант сомасының кемінде 10 %-ына қол жеткізуге бағытталған қарсы міндеттемелерді қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Грант алушы "Ақпараттық-коммуникациялық технологиялар" басым бағыты бойынша грант алған және тәжірибесін кеңейткен кезде, грантты игеру мерзімі ішінде Сенім білдірілген бағдарламалық қамтылым және электрондық өнеркәсіп өнімдері тізіліміне іріктеуден өтуі немесе өнеркәсіптік сертификат алуы тиіс.</w:t>
+      Грант алушы "Ақпараттық-коммуникациялық технологиялар" басым бағыты бойынша грант алған және грантты игеру мерзімі ішінде тәжірибесін кеңейткен кезде Сенім білдірілген бағдарламалық қамтылым және электрондық өнеркәсіп өнімдері тізіліміне іріктеуден өтуі тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда – ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 24.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 107/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Ғылым және жоғары білім министрінің м.а. 13.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4419,71 +4623,91 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жұмыс істеп тұрған кәсіпорындарды технологиялық дамытуға инновациялық грант алуға өтініш</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымшаға өзгеріс енгізілді - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 16.02.2024 </w:t>
+      Ескерту. 1-қосымшаға өзгерістер енгізілді - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 16.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 73/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 13.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 74</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9275,500 +9499,151 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Инновациялық гранттар туралы қандай көздерден білдіңіз?</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...49 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің сайты</w:t>
-[...63 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:t>
+Қазақстан Республикасы Ғылым және жоғары білім министрлігінің сайты</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұлттық институттың сайты</w:t>
-[...63 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:t>
+ұлттық институттың сайты</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұлттық институттың таратылымдары</w:t>
-[...63 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:t>
+ұлттық институттың таратылымдары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұлттық институттың семинарлары, конференциялары</w:t>
-[...63 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:t>
+ұлттық институттың семинарлары, конференциялары</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әлеуметтік желілер</w:t>
-[...63 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:t>
+әлеуметтік желілер</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>басқа</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+              <w:t>
+басқа</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16607,55 +16482,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -16977,35 +16852,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/><Relationship Target="media/document_image_rId18.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId18"/><Relationship Target="media/document_image_rId19.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId19"/><Relationship Target="media/document_image_rId20.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId20"/><Relationship Target="media/document_image_rId21.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId21"/><Relationship Target="media/document_image_rId22.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId22"/><Relationship Target="media/document_image_rId23.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId23"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/><Relationship Target="media/document_image_rId13.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId13"/><Relationship Target="media/document_image_rId14.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId14"/><Relationship Target="media/document_image_rId15.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId15"/><Relationship Target="media/document_image_rId16.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId16"/><Relationship Target="media/document_image_rId17.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId17"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>