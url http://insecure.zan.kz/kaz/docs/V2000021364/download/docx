--- v0 (2025-10-02)
+++ v1 (2026-01-02)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2a0b120" w14:textId="2a0b120">
+    <w:p w14:paraId="cec9e5f" w14:textId="cec9e5f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -101,374 +101,325 @@
         </w:rPr>
         <w:t>Ветеринария саласындағы қызметпен айналысуға арналған лицензия беру қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің 2020 жылғы 2 қазандағы № 302 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 5 қазанда № 21364 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+      "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына және "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасы Заңының 12-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t>№ 305</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...118 lines deleted...]
-    <w:bookmarkStart w:name="z3" w:id="0"/>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Ветеринария саласындағы қызметпен айналысуға арналған лицензия беру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ауыл шаруашылығы министрлігінің Ветеринариялық, фитосанитариялық және тамақ қауіпсіздігі департаменті:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық ресми жарияланғаннан кейін оның Қазақстан Республикасы Ауыл шаруашылығы министрлігінің интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Ауыл шаруашылығы вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -935,280 +886,228 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2020 жылғы 2 қазаны</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 302 бұйрығымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ветеринария саласындағы қызметпен айналысуға арналған лицензия беру қағидалары </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Ветеринария саласындағы қызметпен айналысуға арналған лицензия беру қағидалары (бұдан әрі – Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының (бұдан әрі – Мемлекеттік көрсетілетін қызметтер туралы заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына және "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасы Заңының (бұдан әрі – Рұқсаттар және хабарламалар туралы заң) 12-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) тармақшасына сәйкес әзірленді және ветеринария саласындағы қызметпен айналысуға лицензия беру тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t>№ 305</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...118 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="6"/>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) ветеринария саласындағы уәкілетті орган ведомствосының аумақтық бөлімшелері (бұдан әрі – ведомствоның аумақтық бөлімшелері) – тиісті әкімшілік-аумақтық бірліктерде (облыс, республикалық маңызы бар қала, астана) орналасқан аумақтық бөлімшелер; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1291,220 +1190,220 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) "электрондық үкіметтің" төлем шлюзі (бұдан әрі – ЭҮТШ) – өтеулі қызметтер көрсету шеңберінде электрондық нысанда көрсетілетін төлемдерді жүргізу туралы ақпарат беру процестерін автоматтандыратын ақпараттық жүйе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) электрондық цифрлық қолтаңба (бұдан әрі – ЭЦҚ) – электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың анықтығын, оның тиесілілігін және мазмұнының өзгермейтіндігін растайтын электрондық цифрлық нышандар жиынтығы. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Ветеринария саласында лицензиялауға мынадай қызмет түрлері жатады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ветеринариялық мақсаттағы препараттарды өндіру жөніндегі қызмет;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жануарлардан алынатын өнімдер мен шикізаттарға ветеринариялық-санитариялық сараптама жүргізу жөніндегі қызмет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Ветеринария саласындағы қызметпен айналысуға арналған лицензия беру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Ветеринария саласындағы қызметпен айналысуға арналған лицензия беру" мемлекеттік қызметін (бұдан әрі – мемлекеттік көрсетілетін қызмет):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ветеринариялық мақсаттағы препараттарды өндіру жөніндегі қызметпен айналысуға лицензия беруді – ветеринария саласындағы уәкілетті органның ведомствосы (бұдан әрі – көрсетілетін қызметті беруші);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жануарлардан алынатын өнімдер мен шикізатқа ветеринариялық-санитариялық сараптама жүргізу жөніндегі қызметпен айналысуға лицензия беруді – облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдары (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Ветеринария саласындағы қызметпен айналысуға арналған лицензия беру" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесі (бұдан әрі – Тізбе) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік көрсетілетін қызметті алу үшін жеке немесе заңды тұлға (бұдан әрі – көрсетілетін қызметті алушы) портал арқылы көрсетілетін қызметті берушіге Тізбенің 8-тармағында көрсетілген құжаттарды жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1615,90 +1514,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Көрсетілетін қызметті беруші кеңсесінің жұмыскері Тізбенің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген құжаттарды келіп түскен күні қабылдауды және тіркеуді жүзеге асырады және оларды жауапты жұмыскерді тағайындалатын көрсетілетін қызметті берушінің басшысына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті алушы Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1755,90 +1654,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Көрсетілетін қызметті берушінің жауапты жұмыскері Тізбенің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген құжаттарды тіркеген сәттен бастап 2 (екі) жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы құжаттардың топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда, көрсетілетін қызметті беруші өтінішті қабылдаудан бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1913,70 +1812,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Ведомствоның аумақтық бөлімшесінің жұмыскері және (немесе) көрсетілетін қызметті берушінің жұмыскері сұраным келіп түскен сәттен бастап 2 (екі) жұмыс күні ішінде көрсетілетін қызметті алушының біліктілік талаптарына сәйкестігіне рұқсат беру бақылауын жүзеге асырады, оның нәтижелері бойынша көрсетілетін қызметті алушының біліктілік талаптарына сәйкестігі немесе сәйкессіздігі туралы еркін нысанда қорытынды жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушының біліктілік талаптарына сәйкестігі немесе сәйкес еместігі туралы қорытындыға ведомствоның аумақтық бөлімшесінің жұмыскері және (немесе) көрсетілетін қызметті берушінің жұмыскері және көрсетілетін қызметті алушы қол қояды және ведомствоның аумақтық бөлімшесі басшысының ЭЦҚ-мен куәландырылған электрондық құжат нысанында портал арқылы көрсетілетін қызметті берушіге ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2013,51 +1912,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Көрсетілетін қызметті алушының біліктілік талаптарына сәйкестігі туралы қорытынды алынған сәттен бастап көрсетілетін қызметті берушінің жауапты жұмыскері 1 (бір) жұмыс күні ішінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2072,51 +1971,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша мемлекеттік лицензияны және (немесе) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша мемлекеттік лицензияға қосымшаны ресімдейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лицензияны және (немесе) лицензияға қосымшаны беруден бас тарту үшін негіздер анықталған кезде көрсетілетін қызметті берушінің жауапты жұмыскері көрсетілетін қызметті алушыны лицензияға қосымшаны беруден бас тарту туралы алдын ала шешім, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымын білдіру мүмкіндігі үшін лицензияны және (немесе) тыңдалым өткізу уақыты мен орны (тәсілі) туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2247,110 +2146,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Лицензияны және (немесе) лицензияға қосымшаларды беру кезінде мемлекеттік қызмет көрсетудің жалпы мерзімі 5 (бес) жұмыс күнін құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Лицензияны және (немесе) лицензияға қосымшаны беру бойынша мемлекеттік қызметті көрсетуден бас тарту үшін негіздер Тізбенің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2369,270 +2268,184 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Көрсетілетін қызметті беруші Мемлекеттік көрсетілетін қызметтер туралы заңның 5-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11) тармақшасына сәйкес мемлекеттік қызметтерді көрсету мониторингінің ақпараттық жүйесіне мемлекеттік қызметті көрсету сатысы туралы деректердіі енгізілуін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесі арқылы мемлекеттік қызмет көрсету кезінде мемлекеттік қызмет көрсету сатысы туралы деректер мемлекеттік қызмет көрсету мониторингінің ақпараттық жүйесіне автоматты режимде түседі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...6 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Ветеринария саласындағы қызметпен айналысуға арналған лицензияны қайта ресімдеу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. 3-тараудың тақырыбы жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...13 lines deleted...]
-</w:t>
+        <w:t>№ 305</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      3-тараудың тақырыбы жаңа редакцияда көзделген - </w:t>
-[...82 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке тұлғаның-лицензиаттың аты, әкесінің аты (бар болса), тегі өзгерген;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2737,90 +2550,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Егер дара кәсіпкер-лицензиаттың заңды мекенжайы, заңды тұлға–лицензиаттың орналасқан жерінің мекенжайы "Қазақстан Республикасының әкімшілік-аумақтық құрылысы туралы" 1993 жылғы 8 желтоқсандағы Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес елді мекендер атауының, көшелер атауының өзгеруіне байланысты өзгерсе, осы Қағидалардың осы тармағы бірінші бөлігінің 2) және 4) тармақшаларында көрсетілген жағдайларда лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу жүзеге асырылмайды. Лицензиаттардың мекенжайларына мұндай өзгерістер мемлекеттік ақпараттық жүйелерді біріктіру арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу үшін көрсетілетін қызметті алушы портал арқылы Тізбенің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген құжаттарды көрсетілетін қызметті берушіге жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2839,70 +2652,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Заңды тұлға-лицензиат бөлініп шығу және бөліну нысандарында қайта ұйымдастырылған кезде лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу кезінде лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу туралы өтініш қайта ұйымдастыру аяқталған сәттен бастап күнтізбелік 30 (отыз) күн ішінде беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Рұқсаттар және хабарламалар туралы заңның 34-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2917,70 +2730,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген негіздемелер бойынша қайта ресімдеуді қоспағанда, лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу кезінде көрсетілетін қызметті беруші, егер Қазақстан Республикасының заңдарында өзгеше белгіленбесе, көрсетілетін қызметті алушының біліктілік талаптарына сәйкестігін тексермейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу кезінде көрсетілетін қызметті берушінің жауапты жұмыскері құжаттар берілген сәттен бастап 3 (үш) жұмыс күні ішінде ұсынылған құжаттардың толықтығын және (немесе) дұрыс ресімделуін тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Тізбенің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3115,70 +2928,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Заңды тұлға-лицензиатты бөліп шығару және бөлу нысандарында қайта ұйымдастырған жағдайда, көрсетілетін қызметті берушінің жауапты жұмыскері көрсетілетін қызметті алушының осы Қағидалардың 7 және 8-тармақтарында көзделген тәртіппен біліктілік талаптарына сәйкестігі немесе сәйкес еместігі туралы қорытынды алу үшін ведомствоның тиісті аумақтық бөлімшесіне сұраным жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті алушының біліктілік талаптарына сәйкестігі немесе сәйкес еместігі туралы қорытынды негізінде көрсетілетін қызметті берушінің жауапты жұмыскері осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3231,90 +3044,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша уәжді бас тартуды жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заңды тұлға-лицензиатты бөліп шығару немесе бөлу нысанында қайта ұйымдастыру кезінде лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу кезінде мемлекеттік қызмет көрсетудің жалпы мерзімі 5 (бес) жұмыс күнін құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="23"/>
+    <w:bookmarkStart w:name="z61" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17-1. Лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеуден бас тарту туралы шешім шығарған кезде көрсетілетін қызметті беруші көрсетілетін қызметті алушыны лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеуден бас тарту туралы алдын ала шешім, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша позициясын білдіру мүмкіндігі үшін тыңдалым өткізу уақыты мен орны (тәсілі) туралы хабардар етеді және ҚР ӘРПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>73-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тыңдалым рәсімін өткізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тыңдалым нәтижелері бойынша көрсетілетін қызметті беруші лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу туралы не мемлекеттік қызметті көрсетуден уәжді бас тарту туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3351,90 +3164,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу кезінде мемлекеттік қызметті көрсетуден бас тартуға негіздер Тізбенің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3453,70 +3266,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Егер лицензия және (немесе) лицензияға қосымша бұрын қағаз нысанында берілген болса, көрсетілетін қызметті алушы өтініш бойынша оларды электрондық форматқа ауыстырады және лицензияның және (немесе) лицензияға қосымшаның электрондық нысанын алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3535,88 +3348,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік жиырма бір күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="26"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау Көрсетілетін қызметті берушілердің және (немесе) олардың лауазымды адамдарының мемлекеттік қызметті көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздіктеріне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z32" w:id="27"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Мемлекеттік қызметті көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекетіне (әрекетсіздігіне) шағым көрсетілетін қызметті беруші, ветеринария саласындағы уәкілетті орган (бұдан әрі – уәкілетті орган) басшысының атына, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ҚР ӘРПК-нің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3673,166 +3486,166 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="28"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Көрсетілетін қызметті алушының шағымын Мемлекеттік көрсетілетін қызметтер туралы заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көрсетілетін қызметті беруші, уәкілетті орган тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган – тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қарауы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="29"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Көрсетілетін қызметті берушінің, уәкілетті органның, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның шағымды қарау мерзімі Мемлекеттік көрсетілетін қызметтер туралы заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) шағым бойынша қосымша зерделеу немесе тексеру не жергілікті жерге барып тексеру жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3927,158 +3740,50 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 24.01.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 24</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-      </w:r>
-[...106 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -4141,2175 +3846,2130 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ветеринария саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметпен айналысуға</w:t>
+              <w:t>қызметпен айналысуға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>арналған лицензия</w:t>
-[...12 lines deleted...]
-              <w:t>беру қағидаларына</w:t>
+              <w:t>лицензия беру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Ветеринария саласындағы қызметпен айналысуға арналған лицензия беру" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 24.01.2023 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 24</w:t>
+        <w:t>№ 305</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-[...129 lines deleted...]
-              <w:t>2) жануарлардан алынатын өнім мен шикізатқа ветеринариялық-санитариялық сараптама жүргізу жөніндегі қызметпен айналысуға арналған лицензия беру – облыстардың, Астана, Алматы және Шымкент қалаларының жергілікті атқарушы органдары (бұдан әрі – көрсетілетін қызметті беруші).</w:t>
+Мемлекеттік көрсетілетін қызметтің атауы: Ветеринария саласындағы қызметпен айналысуға арналған лицензия беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті беру тәсілдері</w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"электрондық үкіметтің" www. egov. kz веб-порталы (бұдан әрі – портал).</w:t>
+1) ветеринариялық мақсаттағы препараттарды өндіру жөніндегі қызметпен айналысуға арналған лицензия беру – Қазақстан Республикасы Ауыл шаруашылығы министрлігінің Ветеринариялық бақылау және қадағалау комитеті (бұдан әрі – көрсетілетін қызметті беруші);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) жануарлардан алынатын өнім мен шикізатқа ветеринариялық-санитариялық сараптама жүргізу жөніндегі қызметпен айналысуға арналған лицензия беру – облыстардың, Астана, Алматы және Шымкент қалаларының жергілікті атқарушы органдары (бұдан әрі – көрсетілетін қызметті беруші).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету мерзімі</w:t>
+Мемлекеттік қызметті беру тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) лицензияны және (немесе) лицензияға қосымшаны беру кезінде, оның ішінде заңды тұлға-лицензиат бөлініп шығу және бөліну нысандарында қайта ұйымдастырылған жағдайда, лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу кезінде – 5 (бес) жұмыс күні;</w:t>
-[...17 lines deleted...]
-2) заңды тұлға-лицензиат бөлініп шығу және бөліну нысандарында қайта ұйымдастырылған жағдайда, лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеуді қоспағанда, лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу кезінде – 3 (үш) жұмыс күні ішінде.</w:t>
+"электрондық үкіметтің" www. egov.kz веб-порталы (бұдан әрі – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нысаны</w:t>
+Мемлекеттік қызметті көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық (толық автоматтандырылған).</w:t>
+1) лицензияны және (немесе) лицензияға қосымшаны беру кезінде, оның ішінде заңды тұлға-лицензиат бөлініп шығу және бөліну нысандарында қайта ұйымдастырылған жағдайда, лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу кезінде – 5 (бес) жұмыс күні;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) заңды тұлға-лицензиат бөлініп шығу және бөліну нысандарында қайта ұйымдастырылған жағдайда, лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеуді қоспағанда, лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу кезінде – 3 (үш) жұмыс күні ішінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету нәтижесі</w:t>
+Мемлекеттік қызметті көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік лицензияны және (немесе) мемлекеттік лицензияға қосымшаны беру, мемлекеттік лицензияны және (немесе) мемлекеттік лицензияға қосымшаны қайта ресімдеу не уәжді бас тарту.</w:t>
-[...129 lines deleted...]
-              <w:t>) бұйрығымен.</w:t>
+Электрондық (ішінара автоматтандырылған) түрінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+Мемлекеттік қызметті көрсету нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік көрсетілетін қызмет жеке және заңды тұлғаларға (бұдан әрі – көрсетілетін қызметті алушы) ақылы негізде көрсетіледі. Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушының орналасқан жері бойынша бюджетке ветеринария саласындағы қызметпен айналысу құқығы үшін лицензиялық алым төленеді, ол "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы (</w:t>
-[...73 lines deleted...]
-Лицензиялық алымды төлеу қолма-қол және екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы, сондай-ақ "электрондық үкімет" төлем шлюзі (бұдан әрі – ЭҮТШ) арқылы қолма-қол емес нысанда жүзеге асырылады.</w:t>
+Мемлекеттік лицензияны және (немесе) мемлекеттік лицензияға қосымшаны беру, мемлекеттік лицензияны және (немесе) мемлекеттік лицензияға қосымшаны қайта ресімдеу не уәжді бас тарту.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті берушінің және ақпарат объектілерінің жұмыс кестесі</w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) көрсетілетін қызметті берушіде ̶ Қазақстан Республикасының </w:t>
-[...19 lines deleted...]
-              <w:t> (бұдан әрі – Кодекс) сәйкес демалыс және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда, сағат 13.00-ден 14.30-ге дейінгі түскі үзіліспен, сағат 9.00-ден 18.30-ға дейін;</w:t>
+Мемлекеттік көрсетілетін қызмет жеке және заңды тұлғаларға (бұдан әрі – көрсетілетін қызметті алушы) ақылы негізде көрсетіледі. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушының орналасқан жері бойынша бюджетке ветеринария саласындағы қызметпен айналысу құқығы үшін лицензиялық алым төленеді, ол "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы (Салық кодексі)" Қазақстан Республикасы Кодексінің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>554-бабына</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-2) порталда ̶ жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы Кодекске сәйкес жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда, өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+1) лицензия беру үшін ̶ 6 (алты) айлық есептік көрсеткішті;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) лицензияны қайта ресімдеу үшін - лицензия бергені үшін төленетін алым мөлшерлемесінің 10 (он) пайызын құрайды.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лицензиялық алымды төлеу қолма-қол нысанда және екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы, сондай-ақ "электрондық үкіметтің" төлем шлюзі (бұдан әрі – ЭҮТШ) арқылы қолма-қол емес нысанда жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтер тізбесі</w:t>
+Көрсетілетін қызметті берушінің және ақпарат объектілерінің жұмыс графигі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лицензияны және (немесе) лицензияға қосымшаны алу үшін:</w:t>
+1) көрсетілетін қызметті берушінің ̶ Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден бастап жұманы қоса алғанда, сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен, сағат 9.00-ден 17.00-ге дейін.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасы (бұдан әрі – ЭЦҚ) қойылған, электрондық құжат нысанындағы осы Тізбеге 1-қосымшаға сәйкес нысан бойынша лицензияны және (немесе) лицензияға қосымшаны алуға арналған жеке тұлғаның өтініші;</w:t>
+Өтініш демалыс (сенбі, жексенбі) және мереке күндерін қоспағанда кешкі сағат 17-00-ден кейін келіп түскен жағдайда, мемлекеттік қызмет келесі жұмыс күні көрсетіледі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-көрсетілетін қызметті алушының ЭЦҚ-сы қойылған электрондық құжат нысанындағы осы Тізбеге 2-қосымшаға сәйкес нысан бойынша лицензияны және (немесе) лицензияға қосымшаны алуға арналған заңды тұлғаның өтініші;</w:t>
-[...305 lines deleted...]
-Ақпараттық жүйелерден алынуы мүмкін құжаттарды көрсетілетін қызметті алушылардан талап етуге жол берілмейді.</w:t>
+2) порталдың – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс (сенбі және жексенбі) және мереке күндері сағат 17-00-ден кейін келіп түскен жағдайда, өтінішті қабылдау келесі жұмыс күні жүзеге асырылады).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңдарында белгіленген мемлекеттік көрсетілетін қызметінен бас тарту үшін мыналар негіздер болып табылады</w:t>
+Мемлекеттік қызметті көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтер тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) жеке немесе заңды тұлғалардың бұл санаттары үшін Қазақстан Республикасының заңдарында қызмет түрімен айналысуға тыйым салынған;</w:t>
+Лицензияны және (немесе) лицензияға қосымшаны алу үшін:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-2) лицензиялық алым енгізілмеген;</w:t>
+              <w:t xml:space="preserve">
+1) көрсетілетін қызметті алушының электрондық цифрлық қолтаңбасы (бұдан әрі – ЭЦҚ) қойылған, электрондық құжат нысанындағы осы Тізбеге </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша жеке тұлғаның лицензияны және (немесе) лицензияға қосымшаны алуға арналған өтініші;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...20 lines deleted...]
-              <w:t> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10898 болып тіркелген) бекітілген ветеринария саласындағы қызметке қойылатын біліктілік талаптарына және оларға сәйкестікті растайтын құжаттардың тізбесіне сәйкес келмейді;</w:t>
+              <w:t xml:space="preserve">
+көрсетілетін қызметті алушының ЭЦҚ-сы қойылған электрондық құжат нысанындағы осы Тізбеге </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша заңды тұлғаның лицензияны және (немесе) лицензияға қосымшаны алуға арналған өтініші;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) көрсетілетін қызметті алушыға қатысты лицензиялауға жататын қызметті немесе қызметтің жекелеген түрлерін тоқтата тұру немесе оған тыйым салу туралы заңды күшіне енген сот шешімі (үкімі) бар;</w:t>
+2) ЭҮТШ арқылы төленген жағдайларды қоспағанда, ветеринария саласындағы қызметпен айналысу құқығы үшін бюджетке лицензиялық алымның төленгенін растайтын құжаттың электрондық көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-5) сот орындаушысының ұсынымы негізінде сот көрсетілетін қызметті алушы борышкерге лицензия беруге уақытша тыйым салған; 6) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дұрыс еместігі анықталған. Лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу кезінде құжаттардың ұсынылмауы немесе дұрыс ресімделмеуі мемлекеттік қызметті көрсетуден бас тартуға негіз болып табылады.</w:t>
+              <w:t xml:space="preserve">
+3) Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 30 қаңтардағы № 7-1/69 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10898 болып тіркелген) (бұдан әрі - Бұйрық) бекітілген Ветеринариялық мақсаттағы препараттарды өндіру бойынша ветеринария саласындағы қызметті жүзеге асыру үшін қойылатын біліктілік талаптары мен оларға сәйкестікті растайтын құжаттардың тізбесіне қосымшаға сәйкес ветеринариялық мақсаттағы препараттарды өндіру бойынша ветеринария саласындағы қызметті жүзеге асыруға арналған ақпаратты қамтитын мәліметтердің электрондық нысаны;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Заңды тұлға-лицензиатты бөліп шығару және бөлу нысандарында қайта ұйымдастыру жағдайында, мемлекеттік қызметті көрсетуден бас тартуға мыналар негіз болып табылады:</w:t>
+Бұйрықпен бекітілген жануарлардан алынатын өнімдер мен шикізаттарға ветеринариялық-санитариялық сараптама жүргізу жөніндегі ветеринария саласындағы қызметті жүзеге асыру үшін қойылатын біліктілік талаптарына және оларға сәйкестікті растайтын құжаттардың тізбесіне қосымшаға сәйкес жануарлардан алынатын өнімдер мен шикізатқа ветеринариялық-санитариялық сараптама жүргізу бойынша ветеринария саласындағы қызметті жүзеге асыруға арналған ақпаратты қамтитын мәліметтердің электрондық нысаны.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеуге қажетті құжаттардың ұсынылмауы немесе дұрыс ресімделмеуі;</w:t>
+Заңды тұлға-лицензиатты бөліп шығару және бөлу нысандарында қайта ұйымдастыру жағдайларын қоспағанда, лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу үшін:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-2) көрсетілетін қызметті алушының біліктілік талаптарына сәйкес келмеуі;</w:t>
+              <w:t xml:space="preserve">
+1) көрсетілетін қызметті алушының ЭЦҚ-сы қойылған, электрондық құжат нысанындағы осы Тізбеге </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша жеке тұлғаның лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеуге арналған өтініші;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+көрсетілетін қызметті алушының ЭЦҚ-сы қойылған, электрондық құжат нысанындағы осы Тізбеге </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша заңды тұлғаның лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеуге арналған өтініші;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-3) егер лицензия және (немесе) лицензияға қосымша бұрын заңды тұлғалар-лицензиаттардың бөліну нәтижесінде жаңадан пайда болғандар қатарынан басқа заңды тұлғаға қайта ресімделсе.</w:t>
+2) ЭҮТШ арқылы төлеуді қоспағанда, лицензиялық алымның төленгенін растайтын құжаттың электрондық көшірмесі (лицензияға қосымшаны қайта ресімдеу кезінде талап етілмейді);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) ақпараты мемлекеттік ақпараттық жүйелерде қамтылған құжаттарды қоспағанда, лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу үшін негіз болған өзгерістер туралы ақпаратты қамтитын құжаттардың электрондық көшірмелері.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңды тұлға-лицензиат бөлініп шығу және бөліну нысандарында қайта ұйымдастырылған кезде, лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу үшін:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті алушының ЭЦҚ-сы қойылған электрондық құжат нысанындағы осы Тізбеге 3-қосымшаға сәйкес нысан бойынша жеке тұлғаның лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеуге арналған өтініші;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+көрсетілетін қызметті алушының ЭЦҚ-сы қойылған электрондық құжат нысанындағы осы Тізбеге 4-қосымшаға сәйкес нысан бойынша заңды тұлғаның лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеуге арналған өтініші;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) ЭҮТШ арқылы төленген жағдайларды қоспағанда лицензиялық алымның бюджетке төленгенін растайтын құжаттың электрондық көшірмесі (лицензияға қосымшаны қайта ресімдеу кезінде талап етілмейді);</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) ақпараты мемлекеттік ақпараттық жүйелерде қамтылған құжаттарды қоспағанда, лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу үшін негіз болған өзгерістер туралы ақпаратты қамтитын құжаттардың электрондық көшірмелері;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) заңды тұлға-лицензиатты бөліп шығару нысанында қайта ұйымдастыру кезінде бөлініп шыққан заңды тұлғаға лицензияны қайта ресімдеу жүргізілген заңды тұлғаның келісімі туралы Қазақстан Республикасының заңнамасында белгіленген тәртіппен ресімделген шешімнің электрондық көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бұйрықпен бекітілген ветеринариялық мақсаттағы препараттарды өндіру бойынша ветеринария саласындағы қызметті жүзеге асыру үшін қойылатын біліктілік талаптары мен оларға сәйкестікті растайтын құжаттардың тізбесіне қосымшаға сәйкес ветеринариялық мақсаттағы препараттарды өндіру бойынша ветеринария саласындағы қызметті жүзеге асыруға арналған ақпаратты қамтитын мәліметтердің электрондық нысаны;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бұйрықпен бекітілген жануарлардан алынатын өнімдер мен шикізаттарға ветеринариялық-санитариялық сараптама жүргізу жөніндегі ветеринария саласындағы қызметті жүзеге асыру үшін қойылатын біліктілік талаптарына және оларға сәйкестікті растайтын құжаттардың тізбесіне қосымшаға сәйкес жануарлардан алынатын өнімдер мен шикізатқа ветеринариялық-санитариялық сараптама жүргізу бойынша ветеринария саласындағы қызметті жүзеге асыруға арналған ақпаратты қамтитын мәліметтердің электрондық нысаны.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке тұлғаның жеке басын куәландыратын құжат туралы, заңды тұлғаны тіркеу (қайта тіркеу) туралы, дара кәсіпкер ретінде тіркеу туралы не дара кәсіпкер ретінде қызметінің басталғаны туралы, ветеринариялық-санитариялық қорытынды туралы, лицензия туралы, бюджетке лицензиялық алымды төлеу туралы (ЭҮТШ арқылы төленген жағдайда) мәліметтерді көрсетілетін қызметті беруші ЭҮТШ арқылы тиісті мемлекеттік ақпараттық жүйелерден не цифрлық құжаттар сервисінен электрондық құжат алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ақпараттық жүйелерден алынуы мүмкін құжаттарды көрсетілетін қызметті алушылардан талап етуге жол берілмейді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті, оның ішінде электрондық нысанда көрсетілетін мемлекеттік қызметті көрсету ерекшеліктері ескеріле отырып, қойылатын өзге де талаптар</w:t>
+Қазақстан Республикасының заңдарында белгіленген мемлекеттік көрсетілетін қызметінен бас тарту үшін мыналар негіздер болып табылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызметті алушының мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", сондай-ақ мемлекеттік қызметтер көрсету мәселелері жөніндегі бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар: 1414, 8 (7172) 701 998.</w:t>
+1) жеке немесе заңды тұлғалардың бұл санаттары үшін Қазақстан Республикасының заңдарында қызмет түрімен айналысуға тыйым салынуы;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметтерінің байланыс телефондары Қазақстан Республикасы Ауыл шаруашылығы министрлігінің www. gov. kz интернет-ресурсында орналастырылған. Үшінші тұлғалардың қызметті алу шарттары: порталдағы "жеке кабинеттен" ұсынылған мәліметтер сұратылып отырған тұлғаның келісімі болған жағдайда, сондай-ақ порталдағы хабарламаға жауап ретінде бір реттік құпиясөзді беру жолымен немесе қысқа мәтіндік хабарламаны жіберу жолымен субъектінің порталда тіркелген ұялы байланысының абоненттік нөмірі арқылы үшінші тұлғалардың электрондық сұранымы.</w:t>
+2) лицензиялық алымның енгізілмеуі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Цифрлық құжаттар сервисі мобильді қосымшада авторландырылған пайдаланушылар үшін қолжетімді.</w:t>
+3) көрсетілетін қызметті алушының Бұйрықпен бекітілген ветеринария саласындағы қызметке қойылатын біліктілік талаптарына және оларға сәйкестікті растайтын құжаттардың тізбесіне сәйкес келмеуі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Цифрлық құжатты пайдалану үшін электрондық цифрлық қолтаңбаны немесе бір реттік құпиясөзді пайдалана отырып, мобильді қосымшада авторландырудан өту, одан әрі "Цифрлық құжаттар" бөліміне өтіп, қажетті құжатты таңдау қажет.</w:t>
+4) көрсетілетін қызметті алушыға қатысты лицензиялауға жататын қызметті немесе қызметтің жекелеген түрлерін тоқтата тұру немесе оған тыйым салу туралы заңды күшіне енген сот шешімінің (үкімінің) болуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) сот орындаушысының ұсынымы негізінде көрсетілетін қызметті алушыға − борышкерге соттың лицензия беруге уақытша тыйым салуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дұрыс еместігінің анықталуы. Лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеу кезінде құжаттардың ұсынылмауы немесе дұрыс ресімделмеуі мемлекеттік қызметті көрсетуден бас тартуға негіз болып табылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңды тұлға-лицензиатты бөліп шығару және бөлу нысандарында қайта ұйымдастыру жағдайында мемлекеттік қызметті көрсетуден бас тартуға мыналар негіз болып табылады:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеуге қажетті құжаттардың ұсынылмауы немесе дұрыс ресімделмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушының біліктілік талаптарына сәйкес келмеуі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) егер лицензия және (немесе) лицензияға қосымша бұрын заңды тұлғалар-лицензиаттардың бөліну нәтижесінде жаңадан пайда болғандар қатарынан басқа заңды тұлғаға қайта ресімделсе.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті, оның ішінде электрондық нысанда көрсетілетін мемлекеттік қызметті көрсету ерекшеліктері ескеріле отырып, қойылатын өзге де талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету сатысы туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "жеке кабинеті", сондай-ақ Бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар: 1414, 8 (7172) 701 998.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметтерінің байланыс телефондары Қазақстан Республикасы Ауыл шаруашылығы министрлігінің www.gov.kz интернет-ресурсында орналастырылған. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6363,102 +6023,50 @@
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Ветеринария саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметпен айналысуға арналған</w:t>
             </w:r>
-            <w:r>
-[...50 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
@@ -6478,360 +6086,428 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>лицензия беру" мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін көрсетуге қойылатын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негізгі талаптардың тізбесіне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жеке тұлғаның лицензияны және (немесе) лицензияға қосымшаны алуға арналған</w:t>
-[...54 lines deleted...]
-      кімнен___________________________________________________________</w:t>
+        <w:t xml:space="preserve"> Жеке тұлғаның лицензияны және (немесе)  лицензияға қосымшаны алуға арналған  өтініші</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кімге ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                                   (лицензиардың толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кімнен ____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (жеке тұлғаның аты, әкесінің аты (бар болса), тегі, жеке сәйкестендіру нөмірі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _________________________________________________________________</w:t>
-[...197 lines deleted...]
-      Электрондық почтасы _____________________________________________</w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қызмет түрінің және (немесе) қызметтің кіші түрінің (лерінің) толық атауын  көрсету керек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жүзеге асыруға лицензияны және (немесе) лицензияға қосымшаны беруіңізді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке тұлғаның тұрғылықты жерінің мекенжайы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (почталық индексі, облысы, қаласы, ауданы, елді мекені, көше атауы, үй/ғимарат нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық почтасы ____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Телефоны _______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6841,141 +6517,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Факсы __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Банктік шоты_____________________________________________________</w:t>
-[...89 lines deleted...]
-      (почталық индексі, облысы, қаласы, ауданы, елді мекені, көше атауы,   үй/ғимарат </w:t>
+      Банктік шоты ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                      (шот нөмірі, банктің атауы және орналасқан жері)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қызметті немесе іс-қимылдарды (операцияларды) жүзеге асыратын объектінің мекенжайы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (почталық индексі, облысы, қаласы, ауданы, елді мекені, көше атауы, үй/ғимарат</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (стационарлық үй-жай) нөмірі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6984,336 +6660,178 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осымен:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...180 lines deleted...]
-      келісетіндігі расталады.</w:t>
+        <w:t>
+      көрсетілген барлық деректердің ресми байланыстар болып табылатындығы және оларға лицензияны және (немесе) лицензияға қосымшаны беру немесе беруден бас тарту мәселелері бойынша кез келген ақпаратты жіберуге болатындығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көрсетілетін қызметті алушыға қызметтің лицензияланатын түрімен және (немесе) кіші түрімен айналысуға соттың тыйым салмағандығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қоса беріліп отырған құжаттардың барлығы шындыққа сәйкес келетіні және жарамды болып табылатындығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көрсетілетін қызметті алушының лицензияны және (немесе) лицензияға қосымшаны беру кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын қолжетімділігі шектеулі дербес деректерді пайдалануға келісетіндігі расталады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке тұлға</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________ _____________________ ___________________________</w:t>
+      __________ ____________________ ______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (электрондық цифрлық қолтаңбасы) (аты, әкесінің аты (бар болса), тегі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Толтырылған күні: 20___ жылғы "__" _______</w:t>
-      </w:r>
-[...30 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7485,804 +7003,678 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заңды тұлғаның лицензияны және (немесе) лицензияға қосымшаны алуға арналған өтініші</w:t>
-[...216 lines deleted...]
-      _______________________________________________________________</w:t>
+        <w:t xml:space="preserve"> Заңды тұлғаның лицензияны және (немесе) лицензияға қосымшаны алуға арналған  өтініші</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кімге ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                             (лицензиардың толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кімнен ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (заңды тұлғаның (оның ішінде шетелдік заңды тұлғаның) толық атауы, орналасқан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жері, бизнес-сәйкестендіру нөмірі, заңды тұлғаның бизнес-  сәйкестендіру нөмірі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      болмаған жағдайда – шетелдік заңды тұлға филиалының  немесе өкілдігінің бизнес-сәйкестендіру нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қызмет түрінің және (немесе) қызметтің кіші түрінің (лерінің) толық атауын көрсету керек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жүзеге асыруға лицензияны және (немесе) лицензияға қосымшаны беруіңізді сұраймын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Заңды тұлғаның мекенжайы _______________________________________</w:t>
-[...17 lines deleted...]
-      (почталық индексі, елі (шетелдік заңды тұлға үшін), облысы, қаласы,  ауданы, елді </w:t>
+      Заңды тұлғаның мекенжайы ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                               (почталық индексі, елі (шетелдік заңды тұлға үшін),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облысы, қаласы, ауданы,  елді мекені, көше атауы, үй/ғимарат (стационарлық үй-жай) нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Филиалдың немесе шетелдік заңды тұлғаның мекенжайы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (почталық индексі, елі (шетелдік заңды тұлға үшін), облысы, қаласы, ауданы, елді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мекені, көше атауы, үй/ғимарат (стационарлық үй-жай) нөмірі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Электрондық почтасы ______________________________________________</w:t>
-[...161 lines deleted...]
-      (стационарлық үй-жай) нөмірі)</w:t>
+      Электрондық почтасы ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефондары ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Факсы _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банктік шоты ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                      (шот нөмірі, бактің атауы және орналасқан жері)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қызметті немесе іс-қимылдарды (операцияларды) жүзеге асыратын объектінің мекенжайы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (почталық индексі, облысы, қаласы, ауданы, елді мекені, көше атауы, үй/ғимарат (стационарлық үй-жай) нөмірі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осымен:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...198 lines deleted...]
-      заңнамасына сәйкес жауапкершілікте болатынымды растаймын.</w:t>
+        <w:t>
+      көрсетілген барлық деректердің ресми байланыстар болып табылатындығы және оларға лицензияны және (немесе) лицензияға қосымшаны беру немесе беруден бас тарту мәселелері бойынша кез келген ақпаратты жіберуге болатындығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көрсетілетін қызметті алушыға қызметтің лицензияланатын түрімен және (немесе) кіші түрімен айналысуға соттың тыйым салмағандығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қоса беріліп отырған құжаттардың барлығы шындыққа сәйкес келетіні және жарамды болып табылатындығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көрсетілетін қызметті алушының лицензияны және (немесе) лицензияға қосымшаны беру кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын қолжетімділігі шектеулі дербес деректерді пайдалануға келісетіндігі расталады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ________________________________ ___________________________</w:t>
+      _______________________________ ______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (электрондық цифрлық қолтаңбасы) (аты, әкесінің аты (бар болса), тегі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -8406,1117 +7798,1068 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметін көрсетуге қойылатын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>негізгі талаптар тізбесіне</w:t>
+              <w:t>негізгі талаптардың тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Ветеринариялық мақсаттағы препараттарды өндіру бойынша ветеринария саласындағы қызметті жүзеге асыруға арналған ақпаратты қамтитын мәліметтер нысаны</w:t>
-[...1032 lines deleted...]
-      сертификаттың берілген күні_________________________________________________</w:t>
+        <w:t xml:space="preserve"> Жеке тұлғаның лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеуге арналған  өтініші</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кімге ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                                (лицензиардың толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кімнен _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (жеке тұлғаның аты, әкесінің аты (бар болса), тегі, жеке сәйкестендіру нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                    (қызмет түрінің және (немесе) кіші түрі(лері)нің толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жүзеге асыруға 20___ жылғы "___" _________ №__________ берілген</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (лицензияның және (немесе) лицензияға қосымшаның (лардың) нөмірі (лері),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      берілген күні, лицензияны және (немесе) лицензияға қосымшаны (ларды) берген</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицензиардың атауы) лицензияны және (немесе) лицензияға қосымшаны (ларды)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (керегінің астын сызу) __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай негіздер бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жеке тұлға-лицензиаттың атының, әкесінің атының (бар болса), тегінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өзгеруі ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) дара кәсіпкер-лицензиаттың қайта тіркелуі, атауының өзгеруі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дара кәсіпкер-лицензиаттың қайта тіркелуі, заңды мекенжайының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өзгеруі _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қызмет түрі атауының өзгеруі ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қызметтің кіші түрі атауының өзгеруі _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тиісті тор көзде Х көрсетіңіз) қайта ресімдеуді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке тұлғаның тұрғылықты жерінің мекенжайы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (почталық индексі, облысы, қаласы, ауданы, елді мекені, көше атауы, үй/ғимарат нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық почтасы _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефондары ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Факсы __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банктік шоты ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (шот нөмірі, банктің атауы және орналасқан жері)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қызметті немесе іс-қимылдарды (операцияларды) жүзеге асыратын  объектінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мекенжайы _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (почталық индексі, облысы, қаласы, ауданы, елді мекені, көше атауы, үй/ғимарат</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (стационарлық үй-жай) нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осымен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көрсетілген барлық деректердің ресми байланыстар болып табылатындығы және оларға лицензияны және (немесе) лицензияға қосымшаны беру немесе беруден бас тарту мәселелері бойынша кез келген ақпаратты жіберуге болатындығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көрсетілетін қызметті алушыға қызметтің лицензияланатын түрімен және (немесе) кіші түрімен айналысуға соттың тыйым салмағандығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қоса беріліп отырған құжаттардың барлығы шындыққа сәйкес келетіні және жарамды болып табылатындығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көрсетілетін қызметті алушының лицензияны және (немесе) лицензияға қосымшаны беру кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын қолжетімділігі шектеулі дербес деректерді пайдалануға келісетіндігі расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке тұлға</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________ ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (электрондық цифрлық қолтаңбасы) (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Толтырылған күні: 20__ жылғы "___" ________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9554,50 +8897,115 @@
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Ветеринария саласындағы</w:t>
             </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметпен айналысуға арналған</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лицензия беру" мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін көрсетуге қойылатын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негізгі талаптардың тізбесіне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
@@ -9617,2064 +9025,1098 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметпен айналысуға арналған</w:t>
-[...259 lines deleted...]
-              <w:t>4-қосымша</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жануарлардан алынатын өнімдер мен шикізатқа ветеринариялық-санитариялық сараптама жүргізу бойынша ветеринария саласындағы қызметті жүзеге асыруға арналған ақпаратты қамтитын мәліметтер нысаны </w:t>
-[...90 lines deleted...]
-      ветеринариялық-санитариялық қорытындының нөмірі мен берілген күні ___</w:t>
+        <w:t xml:space="preserve"> Заңды тұлғаның лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеуге арналған  өтініші </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кімге ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                                              (лицензиардың толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кімнен _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (заңды тұлғаның (оның ішінде шетелдік заңды тұлғаның) толық атауы, орналасқан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жері, бизнес-сәйкестендіру нөмірі, заңды тұлғаның бизнес- сәйкестендіру нөмірі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      болмаған жағдайда – шетелдік заңды тұлға филиалының  немесе өкілдігінің бизнес-</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сәйкестендіру нөмірі) ___________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+               (қызмет түрінің және (немесе) кіші түрі(лері)нің толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жүзеге асыруға 20___ жылғы "___" _________ №__________ берілген</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (лицензияның және (немесе) лицензияға қосымшаның (лардың) нөмірі (лері),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      берілген күні, лицензияны және (немесе) лицензияға қосымшаны (ларды) берген</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицензиардың атауы) лицензияны және (немесе) лицензияға қосымшаны (ларды)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (керегінің астын сызу)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мынадай негіздер бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заңды тұлға-лицензиаттың "Рұқсаттар және хабарламалар туралы"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Заңының 34-бабында айқындалған тәртіпке сәйкес бірігу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қайта құру ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қосылу _________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бөліп шығару ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бөліну жолымен қайта ұйымдастырылуы ____________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заңды тұлға-лицензиат атауының өзгеруі __________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Сәйкестендіру нөмірі ______________________________________________</w:t>
-[...307 lines deleted...]
-      өлшеулерді орындау әдістемелері) иә/жоқ (құжаттың атауын көрсету керек):</w:t>
+      3) заңды тұлға-лицензиаттың орналасқан жерінің өзгеруі _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қызмет түрі атауының өзгеруі ____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _________________________________________________________________</w:t>
-[...125 lines deleted...]
-      өлшеу құралдарының атауы және қысқаша сипаттамасы __________________</w:t>
+      5) қызметтің кіші түрі атауының өзгеруі _____________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      (тиісті тор көзде Х қою қажет) қайта ресімдеуді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заңды тұлғаның мекенжайы _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________ (почталық индексі, елі (шетелдік заңды тұлға үшін), облысы, қаласы, ауданы,  елді мекені, көше атауы, үй/ғимарат (стационарлық үй-жай) нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Филиалдың немесе шетелдік заңды тұлғаның мекенжайы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      өлшеу құралдарының мақсаты_______________________________________</w:t>
+      (почталық индексі, елі (шетелдік заңды тұлға үшін), облысы, қаласы, ауданы, елді мекені, көше атауы, үй/ғимарат (стационарлық үй-жай) нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық почтасы_____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефондары ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Факсы __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Банктік шоты ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (шот нөмірі, банктің атауы және орналасқан жері)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қызметті немесе іс-қимылдарды (операцияларды) жүзеге асыратын  объектінің мекенжайы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      шығарылған жылы және шығарылған елі ______________________________</w:t>
-[...1045 lines deleted...]
-      сертификаттың берілген күні________________________________________</w:t>
+      (почталық индексі, облысы, қаласы, ауданы, елді мекені, көше атауы, үй/ғимарат  (стационарлық үй-жай) нөмірі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осымен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көрсетілген барлық деректердің ресми байланыстар болып табылатындығы және оларға лицензияны және (немесе) лицензияға қосымшаны беру немесе беруден бас тарту мәселелері бойынша кез келген ақпаратты жіберуге болатындығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көрсетілетін қызметті алушыға қызметтің лицензияланатын түрімен және (немесе) кіші түрімен айналысуға соттың тыйым салмағандығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қоса беріліп отырған құжаттардың барлығы шындыққа сәйкес келетіні және жарамды болып табылатындығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      көрсетілетін қызметті алушының лицензияны және (немесе) лицензияға қосымшаны беру кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын қолжетімділігі шектеулі дербес деректерді пайдалануға келісетіндігі расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________ ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (электрондық цифрлық қолтаңбасы) (аты, әкесінің аты (бар болса), тегі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Толтырылған күні: 20__ жылғы "__" ______________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11710,2772 +10152,50 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Ветеринария саласындағы</w:t>
-[...2720 lines deleted...]
-              </w:rPr>
               <w:t>Ветеринария саласындағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметпен айналысуға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -14630,68 +10350,68 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="37"/>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> МЕМЛЕКЕТТІК ЛИЦЕНЗИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20____ жылғы "___" _________ № __________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16093,68 +11813,68 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Уәкілетті органның атауы]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z53" w:id="38"/>
+    <w:bookmarkStart w:name="z53" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уәжді бас тарту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Берілген күні: [берілген күні]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>