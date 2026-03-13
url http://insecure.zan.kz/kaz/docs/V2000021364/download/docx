--- v1 (2026-01-02)
+++ v2 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cec9e5f" w14:textId="cec9e5f">
+    <w:p w14:paraId="b937f4b" w14:textId="b937f4b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3931,51 +3931,71 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда – ҚР Ауыл шаруашылығы министрінің 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 305</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4690,140 +4710,162 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z22" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Мемлекеттік көрсетілетін қызмет жеке және заңды тұлғаларға (бұдан әрі – көрсетілетін қызметті алушы) ақылы негізде көрсетіледі. </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="34"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету кезінде көрсетілетін қызметті алушының орналасқан жері бойынша бюджетке ветеринария саласындағы жекелеген қызмет түрлерімен айналысу құқығы үшін лицензиялық алым төленеді, ол Қазақстан Республикасы Салық кодексінің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>616-бабының</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4-тармағына сәйкес:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес:</w:t>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) лицензия беру үшін ̶ 6 (алты) айлық есептік көрсеткішті;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) лицензия беру үшін ̶ 6 (алты) айлық есептік көрсеткішті;</w:t>
-[...17 lines deleted...]
-2) лицензияны қайта ресімдеу үшін - лицензия бергені үшін төленетін алым мөлшерлемесінің 10 (он) пайызын құрайды.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) лицензияны қайта ресімдеу үшін - лицензия бергені үшін төленетін алым мөлшерлемесінің 10 (он) пайызын құрайды.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Лицензиялық алымды төлеу қолма-қол нысанда және екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы, сондай-ақ "электрондық үкіметтің" төлем шлюзі (бұдан әрі – ЭҮТШ) арқылы қолма-қол емес нысанда жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6196,68 +6238,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жеке тұлғаның лицензияны және (немесе)  лицензияға қосымшаны алуға арналған  өтініші</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кімге ___________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7003,68 +7045,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="35"/>
+    <w:bookmarkStart w:name="z40" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңды тұлғаның лицензияны және (немесе) лицензияға қосымшаны алуға арналған  өтініші</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кімге ___________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7882,68 +7924,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жеке тұлғаның лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеуге арналған  өтініші</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кімге ____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9031,68 +9073,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заңды тұлғаның лицензияны және (немесе) лицензияға қосымшаны қайта ресімдеуге арналған  өтініші </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кімге ___________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10350,68 +10392,68 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:bookmarkStart w:name="z50" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> МЕМЛЕКЕТТІК ЛИЦЕНЗИЯ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20____ жылғы "___" _________ № __________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11813,68 +11855,68 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Уәкілетті органның атауы]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z53" w:id="39"/>
+    <w:bookmarkStart w:name="z53" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Уәжді бас тарту</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Берілген күні: [берілген күні]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12182,55 +12224,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>