--- v0 (2025-11-15)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8ee6c0d" w14:textId="8ee6c0d">
+    <w:p w14:paraId="5c363a2" w14:textId="5c363a2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігінің кейбір бұйрықтарына өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі Төрағасының 2020 жылғы 22 қыркүйектегі № 146 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 29 қыркүйекте № 21315 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасының Мемлекеттік қызмет істері агенттігі Төрағасының 2020 жылғы 22 қыркүйектегі № 146 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 29 қыркүйекте № 21315 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
@@ -268,127 +268,139 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық оның алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасы </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Мемлекеттік қызмет істері агенттігінің төрағасы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -562,130 +574,234 @@
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігінің өзгерістер мен толықтырулар енгізілетін кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақтың күшін жою көзделген - ҚР Мемлекеттік қызмет істері агенттігі Төрағасының 08.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 196</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Мемлекеттік әкімшілік лауазымға орналасудың кейбір мәселелері туралы" Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2017 жылғы 21 ақпандағы № 40 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14939 болып тіркелген, 2017 жылғы 19 сәуірде Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген "Б" корпусының мемлекеттік әкімшілік лауазымына орналасуға арналған конкурсты өткізу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -698,70 +814,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "6. "Б" корпусының бос немесе уақытша бос мемлекеттік әкімшілік лауазымына орналасуға конкурс мынадай түрлерден тұрады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жалпы конкурс;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -810,70 +926,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "18. Конкурстық комиссия кемінде үш мүшеден, соның ішінде төрағадан тұрады. Бұл ретте орталық мемлекеттік органда және оның ведомствосында құрылатын конкурстық комиссияның құрамына саны конкурстық комиссияның үштен бірінен кем емес түрлі құрылымдық бөлімшелердің өкілдері қосылады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -886,70 +1002,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "25. Конкурс комиссиясының құрамын өзгерту уәкілетті адамның шешімі бойынша тиісті актіні шығару жолымен жүзеге асырылады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -962,70 +1078,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тараудың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тақырыбы мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4-тарау. Ішкі конкурс";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1038,51 +1154,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>37-тармақтың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігі мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. Заңның 29-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1097,51 +1213,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бос лауазымға орналасу үшін мемлекеттік орган ішкі конкурс өткізеді, оған сондай-ақ Заңда және "Қазақстан Республикасының дипломатиялық қызметі туралы" Қазақстан Республикасының 2002 жылғы 7 наурыздағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған өзге де адамдар қатысуға құқылы.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1154,70 +1270,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>45-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "45. Құжаттардың толық емес пакетін не дәйексіз мәліметтерді ұсыну не құжаттардың оларға қойылатын талаптарға сәйкес келмеуі персоналды басқару қызметінің (кадр қызметінің) немесе персоналды басқару қызметінің (кадр қызметінің) міндеттерін атқару жүктелген адамның оларды қараудан бас тартуы үшін негіз болып табылады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1422,70 +1538,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>74-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="16"/>
+    <w:bookmarkStart w:name="z27" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "74. Егер конкурс "Б" корпусының уақытша бос мемлекеттік әкімшілік лауазымына өткізілсе, бұл шарт жұмыс орны (лауазымы) сақталған уақытша болмайтын жұмыскердің жұмысқа шығу күнін көрсетумен конкурс өткізу туралы хабарландыруда көрсетіледі.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1498,70 +1614,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>80-тармақтың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігі мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:bookmarkStart w:name="z29" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "80. Құжаттардың толық емес пакетін не дәйексіз мәліметтерді ұсыну не құжаттардың оларға қойылатын талаптарға сәйкес келмеуі конкурстық комиссия хатшысының оларды қабылдаудан бас тартуы үшін негіз болып табылады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1594,90 +1710,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы тізбеге </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="18"/>
+    <w:bookmarkStart w:name="z31" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Мемлекеттік әкімшілік қызметшілерді, мемлекеттік әкімшілік лауазымдарға орналасуға кандидаттарды тесттен өткізуді ұйымдастыру, бағдарламалары және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1922,70 +2038,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай мазмұндағы екінші бөлікпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="19"/>
+    <w:bookmarkStart w:name="z35" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының барлық аумағында төтенше жағдай енгізілген кезде сертификаттың жарамдылық мерзімі енгізілген төтенше жағдай кезеңіне тоқтатыла тұрады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1998,70 +2114,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай мазмұндағы үшінші бөлікпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="20"/>
+    <w:bookmarkStart w:name="z37" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасының барлық аумағында төтенше жағдай енгізілген кезде қорытындының жарамдылық мерзімі енгізілген төтенше жағдай кезеңіне тоқтатыла тұрады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2074,210 +2190,210 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>32-1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай мазмұндағы үшінші бөлікпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="21"/>
+    <w:bookmarkStart w:name="z39" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Тестілеуден өту үшін тіркелген адамды қайта тестілеуге осы тармақтың екінші бөлігінде көрсетілген Акт жасалған күннен бастап кемінде бір жыл өткен соң жол беріледі.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z40" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z40" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Сынақ мерзімінен өтудің қағидалары мен шарттарын және тәлімгерлерді бекітудің тәртібін бекіту туралы" Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2016 жылғы 21 қазандағы № 21 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14448 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2016 жылғы 12 желтоқсанда жарияланған):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z41" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z41" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Сынақ мерзімінен өтудің қағидалары мен шарттарын және тәлімгерлерді бекітудің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тәртібінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z42" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z42" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2-тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z43" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1) сынақтан өтуші – мемлекеттік әкімшілік қызметке алғаш рет қабылданатын немесе қызметті бағалаудың, сынақ мерзімінің, аттестаттау қорытындысының нәтижелері бойынша не жағымсыз себептермен мемлекеттік лауазымнан босатылғаннан кейін мемлекеттік әкімшілік қызметке қайтадан кірген адам.";</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z43" w:id="25"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2290,150 +2406,150 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармақтың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігі мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="26"/>
+    <w:bookmarkStart w:name="z45" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "6. Сынақ мерзімі кезеңінде, оның ішінде оны ұзартқан кезде мемлекеттік әкімшілік қызметке алғаш рет кіретін сынақтан өтушілерге тәлімгерлер бекітіледі.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z46" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z46" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "А" корпусының мемлекеттік әкімшілік қызметшілерімен еңбек шартын жасау, ұзарту және бұзу қағидаларын бекіту туралы" Қазақстан Республикасы Мемлекеттік қызмет істері және сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі төрағасының 2016 жылғы 2 қарашадағы № 37 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14479 болып тіркелген, 2016 жылғы 24 желтоқсанда Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкінде жарияланған):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z47" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z47" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "А" корпусының мемлекеттік әкімшілік қызметшілерімен еңбек шартын жасау, ұзарту және бұзу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2807,68 +2923,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z50" w:id="29"/>
+    <w:bookmarkStart w:name="z50" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кандидатты бағалау парағы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кандидаттың тегі, аты, әкесінің аты (болған жағдайда) _____________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2928,929 +3044,860 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3-сұрақ * (сұрақтардың жалпы тізіміндегі нөмірі) _________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7839"/>
-        <w:gridCol w:w="4461"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өлшем</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балл **</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 1-сұраққа жауап </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
-[...43 lines deleted...]
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
-        </w:tc>
-[...16 lines deleted...]
-          </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-3-сұраққа жауап *</w:t>
+              <w:t xml:space="preserve">
+2-сұраққа жауап </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
-[...43 lines deleted...]
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
-        </w:tc>
-[...16 lines deleted...]
-          </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Кәсіби тәжірибе </w:t>
+              <w:t>
+3-сұраққа жауап *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
-[...43 lines deleted...]
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
-        </w:tc>
-[...16 lines deleted...]
-          </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Басқару дағдылары ****</w:t>
+Эссені жазу ***</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
-[...43 lines deleted...]
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
-        </w:tc>
-[...16 lines deleted...]
-          </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...12 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-*</w:t>
+              <w:t xml:space="preserve">
+Кәсіби тәжірибе </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
-[...43 lines deleted...]
-            <w:tcW w:w="7839" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4461" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-</w:t>
-            </w:r>
+Білім деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқару дағдылары ****</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Коммуникативтік дағдылар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+*</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       __________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -3901,70 +3948,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (конкурстық комиссия мүшесінің тегі, аты, әкесінің аты (болған жағдайда)) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "__"_______ 20__ ж.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="30"/>
+    <w:bookmarkStart w:name="z51" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * сұрақтар саны және қажет болған жағдайда қосымша өлшемдер мемлекеттік органмен дербес айқындалады</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4600,55 +4647,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>