--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="776ee75" w14:textId="776ee75">
+    <w:p w14:paraId="8ea619c" w14:textId="8ea619c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -903,120 +903,120 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Темекі өнімдерін сәйкестендіру құралдарымен таңбалау және қадағалау қағидалары (бұдан әрі – Қағидалар) "Темекi өнiмдерiнiң өндiрiлуi мен айналымын мемлекеттiк реттеу туралы" Қазақстан Республикасы Заңының 5-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-3) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және "Сауда қызметін реттеу туралы" Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 2) тармақшасына сәйкес әзірленді және Қазақстан Республикасының аумағында темекі өнімдерін сәйкестендіру құралдарымен таңбалау және оларды Қазақстан Республикасының аумағында одан әрі қадағалау тәртібін, сондай-ақ тауарларды әкелу туралы хабарламалар мен қабылдау (беру) актілерін ресімдеу тәртібін айқындайды.</w:t>
+        <w:t xml:space="preserve"> және "Сауда қызметін реттеу туралы" Қазақстан Республикасы Заңының 7-2-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және Қазақстан Республикасының аумағында темекі өнімдерін сәйкестендіру құралдарымен таңбалау және оларды Қазақстан Республикасының аумағында одан әрі қадағалау тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы министрінің 24.07.2024 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (08.06.2024 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1045,51 +1045,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) агрегаттау – құрылатын топтық және (немесе) көліктік қаптаманы ашу қажеттілігінсіз тауар өткізетін тізбек бойынша темекі өнімдерінің қозғалысын қадағалауды қамтамасыз ету мақсатында, темекі өнімдерінің тұтыну қаптамасын (бұдан әрі – тұтыну қаптамасы) темекі өнімдерінің топтық қаптамасына (бұдан әрі – топтық қаптама) және (немесе) темекі өнімдерінің көліктік қаптамасына (бұдан әрі – көліктік қаптама) не топтық қаптаманы әрбір салынған тұтыну қаптамасының сәйкестендіру кодтарының құрылатын топтық және (немесе) көліктік қаптаманы сәйкестендіру кодымен өзара байланысы туралы, сондай-ақ әрбір салынған топтық қаптаманың сәйкестендіру кодтарының құрылатын көліктік қаптаманы сәйкестендіру кодымен өзара байланысы туралы ақпаратты сақтай отырып және топтық қаптамаға тиісті сәйкестендіру құралын немесе көліктік қаптамаға сәйкестендіру кодын енгізе отырып көліктік қаптамаға біріктіру процесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z122" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) бағдарламалық-аппараттық кешен (бұдан әрі – БАК) – белгілі бір үлгідегі міндеттерді шешу үшін бірлесіп қолданылатын бағдарламалық қамтамасыз ету мен техникалық құралдардың жиынтығы;</w:t>
+      2) аппараттық-бағдарламалық кешен (бұдан әрі-АБК) – белгілі бір үлгідегі міндеттерді шешу үшін бірлесіп қолданылатын бағдарламалық қамтамасыз ету мен техникалық құралдардың жиынтығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z123" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бақылау-кассалық машина – деректерді беру функциясы жоқ фискалдық жады блогы бар электрондық құрылғы, деректерді тіркеу және (немесе) беру функциясы (функциялары) бар (жоқ) аппараттық-бағдарламалық кешен, тауарларды өткізу, жұмыстарды орындау, қызметтерді көрсету кезінде жүзеге асырылатын ақшалай есеп айырысулар туралы ақпаратты тіркеуді және бейнелеуді қамтамасыз ететін, деректерді тіркеу және (немесе) беру функциясы бар электрондық құрылғы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z124" w:id="11"/>
     <w:p>
@@ -1209,1866 +1209,2148 @@
         <w:t>
       9) импорттаушы – ЕАЭО кеден заңнамасына және (немесе) Қазақстан Республикасының кеден заңнамасына сәйкес, ЕАЭО кедендік аумағына темекі өнімдерін әкелуді, сондай-ақ ЕАЭО мүше басқа мемлекеттің аумағынан Қазақстан Республикасының аумағына темекі өнімдерін әкелуді жүзеге асыратын, темекі өнімдерінің айналымына қатысушы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z130" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) көліктік қаптаманы сәйкестендіру коды – темекі өнімдерінің әрбір жеке көліктік қаптамасы үшін осы Қағидалардың 6-тарауында көзделген талаптарға сәйкес қалыптастырылатын бірегей символдар комбинациясы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z131" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11) тармақшаны алып тастау көзделген – ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) қабылдау (беру) актісі – ТТҚ АЖ жеке кабинетінде сәйкестендіру кодтары туралы мәліметтерді сканерлеу, қолмен енгізу немесе файлдан жүктеу арқылы және (немесе) электрондық өзара іс-қимыл интерфейсін пайдалана отырып, осындай мәліметтерді беру арқылы ТТҚ АЖ тауарлардың айналымы туралы мәліметтерді беру мақсатында қалыптастырылатын электрондық құжат;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z132" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) қолдану коды – 2 (екі) немесе одан да көп белгіден тұратын, элементтік жолдың басында орналасқан және префикстен кейінгі деректер ашық жолының мақсаты мен форматын нақты айқындайтын префикс;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z132" w:id="19"/>
-[...15 lines deleted...]
-      12) қолдану коды – 2 (екі) немесе одан да көп белгіден тұратын, элементтік жолдың басында орналасқан және префикстен кейінгі деректер ашық жолының мақсаты мен форматын нақты айқындайтын префикс;</w:t>
+    <w:bookmarkStart w:name="z133" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) өндiрушi – сату үшiн темекi өнiмдерiн өндiретiн жеке немесе заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z133" w:id="20"/>
-[...15 lines deleted...]
-      13) өндiрушi – сату үшiн темекi өнiмдерiн өндiретiн жеке немесе заңды тұлға;</w:t>
+    <w:bookmarkStart w:name="z134" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) таңбаланған темекі өнімдері – осы Қағидалардың талаптарын сақтай отырып сәйкестендіру құралдары салынған және олар туралы мәліметтер (оның ішінде оларға салынған сәйкестендіру құралдары туралы мәліметтер) ТТҚ АЖ-да қамтылған темекі өнімдері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z134" w:id="21"/>
-[...15 lines deleted...]
-      14) таңбаланған темекі өнімдері – осы Қағидалардың талаптарын сақтай отырып сәйкестендіру құралдары салынған және олар туралы мәліметтер (оның ішінде оларға салынған сәйкестендіру құралдары туралы мәліметтер) ТТҚ АЖ-да қамтылған темекі өнімдері;</w:t>
+    <w:bookmarkStart w:name="z135" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) таңбалау коды – осы Қағидалардың 6-тарауында көзделген талаптарға сәйкес тауарды (темекі өнімдерінің тұтынушылық және топтық қаптамасын) сәйкестендіру мақсаттары үшін Оператор қалыптастыратын тауарды сәйкестендіру кодының және тексеру кодының жиынтығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z135" w:id="22"/>
-[...15 lines deleted...]
-      15) таңбалау коды – осы Қағидалардың 6-тарауында көзделген талаптарға сәйкес тауарды (темекі өнімдерінің тұтынушылық және топтық қаптамасын) сәйкестендіру мақсаттары үшін Оператор қалыптастыратын тауарды сәйкестендіру кодының және тексеру кодының жиынтығы;</w:t>
+    <w:bookmarkStart w:name="z136" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) тапсырыстарды басқару станциясы (бұдан әрі – ТБС) – тауарлар айналымына қатысушыға тапсырыстармен жұмыс істеу үшін интерфейс ұсынатын серверлік қосымша. ТБС эмиссияға арналған тапсырмаларды басқаруға және таңбалау кодтарын салуға мүмкіндік береді. Айналымға қатысушылардың өтініші бойынша ТБС Оператор ұсынатын сервис ретінде қашықтықтан ұсынылады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z136" w:id="23"/>
-[...15 lines deleted...]
-      16) тапсырыстарды басқару станциясы (бұдан әрі – ТБС) – тауарлар айналымына қатысушыға тапсырыстармен жұмыс істеу үшін интерфейс ұсынатын серверлік қосымша. ТБС эмиссияға арналған тапсырмаларды басқаруға және таңбалау кодтарын салуға мүмкіндік береді. Айналымға қатысушылардың өтініші бойынша ТБС Оператор ұсынатын сервис ретінде қашықтықтан ұсынылады;</w:t>
+    <w:bookmarkStart w:name="z137" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) тауарды сәйкестендіру коды (тауардың бірегей сәйкестендіргіші) – тауардың әрбір жеке бірлігі (темекі өнімдерінің тұтыну және топтық қаптамасы) үшін бірегей тауар кодының (GTIN) және тауардың жеке сериялық нөмірінің комбинациясы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z137" w:id="24"/>
-[...15 lines deleted...]
-      17) тауарды сәйкестендіру коды (тауардың бірегей сәйкестендіргіші) – тауардың әрбір жеке бірлігі (темекі өнімдерінің тұтыну және топтық қаптамасы) үшін бірегей тауар кодының (GTIN) және тауардың жеке сериялық нөмірінің комбинациясы;</w:t>
+    <w:bookmarkStart w:name="z138" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) тауардың жеке сериялық нөмірі – тауарлардың номенклатуралық тобы шеңберінде тауар бірлігін (темекі өнімдерінің тұтынушылық немесе топтық қаптамасын) бірегей сәйкестендіретін символдық бірізділік;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z138" w:id="25"/>
-[...15 lines deleted...]
-      18) тауардың жеке сериялық нөмірі – тауарлардың номенклатуралық тобы шеңберінде тауар бірлігін (темекі өнімдерінің тұтынушылық немесе топтық қаптамасын) бірегей сәйкестендіретін символдық бірізділік;</w:t>
+    <w:bookmarkStart w:name="z139" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) тауарларды таңбалау мен қадағалаудың ақпараттық жүйесі – тауарларды сәйкестендіру құралдарымен таңбалау процестерін ақпараттық қамтамасыз ету және оларды айналым процесінде одан әрі қадағалау мақсатында әзірленген, ақпараттық өзара іс-қимыл арқылы белгілі бір технологиялық әрекеттерді іске асыратын және нақты функционалдық міндеттерді шешуге арналған ақпараттық-коммуникациялық технологиялардың, қызмет көрсетуші персоналдың және техникалық құжаттаманың ұйымдық-реттелген жиынтығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z139" w:id="26"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z140" w:id="27"/>
+    <w:bookmarkStart w:name="z140" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20) Тауарларды таңбалау мен қадағалаудың бірыңғай операторы (бұдан әрі – Оператор) – "Тауарларды таңбалау мен олардың қадағалауының бірыңғай операторын айқындау туралы" Қазақстан Республикасы Үкіметінің 2020 жылғы 3 наурыздағы № 95 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес айқындалған, Тауарлардың ұлттық каталогын әзірлеуді, жүргізуді және өзектендіруді қоса алғанда, тауарларды таңбалау мен қадағалаудың ақпараттық жүйесін әзірлеуді, әкімшілендіруді, сүйемелдеуді және пайдалануда қолдауды және "Сауда қызметін реттеу туралы" Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> айқындаған өзге де функцияларды жүзеге асыратын заңды тұлға;</w:t>
+        <w:t xml:space="preserve"> сәйкес айқындалған, Тауарлардың ұлттық каталогын әзірлеуді, жүргізуді және өзектендіруді қоса алғанда, тауарларды таңбалау мен қадағалаудың ақпараттық жүйесін әзірлеуді, әкімшілендіруді, сүйемелдеуді және пайдалануда қолдауды және Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асыратын заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z141" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) тексеру коды – тауарды сәйкестендіру кодын криптографиялық өзгерту нәтижесінде Оператор қалыптастыратын және сәйкестендіру кодын бұрмалауды анықтауға мүмкіндік беретін символдардың дәйектілігі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z141" w:id="28"/>
-[...15 lines deleted...]
-      21) тексеру коды – тауарды сәйкестендіру кодын криптографиялық өзгерту нәтижесінде Оператор қалыптастыратын және сәйкестендіру кодын бұрмалауды анықтауға мүмкіндік беретін символдардың дәйектілігі;</w:t>
+    <w:bookmarkStart w:name="z142" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) темекі өнімдері – шегу, сору, шайнау, иіскеу немесе тұтынудың өзге де тәсілдері үшін, оның ішінде СЭҚ ТН 2402209000, 2404, 2403, 2402201000, 2402900000, 2402100000 және 3824999208 кодтары бойынша темекіні қыздыруға арналған жүйенің немесе кез келген өзге де аспаптың көмегімен пайдаланатындай етіп дайындалған шикізат ретінде темекі жапырағынан және (немесе) темекі өсімдігінің басқа да бөліктерінен толық немесе ішінара жасалған өнімдер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z142" w:id="29"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z143" w:id="30"/>
+    <w:bookmarkStart w:name="z143" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23) темекі өнімдерін айналымнан шығару – "Бақылау-касса машиналарын қолданудың кейбір мәселелері туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 16 ақпандағы №208 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16508 болып тіркелген) (бұдан әрі – бұйрық) сәйкес тіркелген, деректерді тіркеу және (немесе) беру функциясы бар бақылау-касса машинасы арқылы таңбаланған темекі өнімдерін жеке тұлғаға жеке тұтыну үшін өткізу (сату), темекі өнімдерін алып қою (тәркілеу), кәдеге жарату, бүлдіру, жою, қайтарымсыз жоғалту, кері қайтарып алу, темекі өнімдерінің одан әрі айналымын тоқтатуды көздейтін, өз мұқтажы үшін пайдалану;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z144" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) темекі өнімдерін сәйкестендіру құралы – темекі өнімдерінің тұтыну және топтық қаптамаларына салу үшін осы Қағидалардың 6-тарауында көзделген талаптарға сәйкес қалыптастырылатын екі өлшемді матрицалық штрих-код түрінде ұсынылған, машина оқитын нысанда темекі өнімдерін таңбалау коды;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z144" w:id="31"/>
-[...15 lines deleted...]
-      24) темекі өнімдерін сәйкестендіру құралы – темекі өнімдерінің тұтыну және топтық қаптамаларына салу үшін осы Қағидалардың 6-тарауында көзделген талаптарға сәйкес қалыптастырылатын екі өлшемді матрицалық штрих-код түрінде ұсынылған, машина оқитын нысанда темекі өнімдерін таңбалау коды;</w:t>
+    <w:bookmarkStart w:name="z145" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) темекі өнімдерінің айналымына қатысушылар (бұдан әрі – айналымға қатысушы) – Қазақстан Республикасының резиденттері болып табылатын, темекі өнімдерін айналымға енгізуді, айналымын және (немесе) айналымнан шығаруды жүзеге асыратын, заңды тұлғалар немесе дара кәсіпкерлер ретінде тіркелген жеке тұлғалар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z145" w:id="32"/>
-[...15 lines deleted...]
-      25) темекі өнімдерінің айналымына қатысушылар (бұдан әрі – айналымға қатысушы) – Қазақстан Республикасының резиденттері болып табылатын, темекі өнімдерін айналымға енгізуді, айналымын және (немесе) айналымнан шығаруды жүзеге асыратын, заңды тұлғалар немесе дара кәсіпкерлер ретінде тіркелген жеке тұлғалар;</w:t>
+    <w:bookmarkStart w:name="z146" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) темекі өнімдерінің көліктік қаптамасы – темекі өнімдерін тасымалдау кезінде оны зақымданудан қорғау мақсатында сақтау және тасымалдау үшін пайдаланылатын және дербес көлік бірлігін құрайтын тұтыну және (немесе) топтық қаптамада қапталған, темекі өнімдерін біріктіретін қаптама. Көліктік қаптама мөлшері (көлемі) кіші көліктік қаптаманы қамтуы мүмкін;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z146" w:id="33"/>
-[...15 lines deleted...]
-      26) темекі өнімдерінің көліктік қаптамасы – темекі өнімдерін тасымалдау кезінде оны зақымданудан қорғау мақсатында сақтау және тасымалдау үшін пайдаланылатын және дербес көлік бірлігін құрайтын тұтыну және (немесе) топтық қаптамада қапталған, темекі өнімдерін біріктіретін қаптама. Көліктік қаптама мөлшері (көлемі) кіші көліктік қаптаманы қамтуы мүмкін;</w:t>
+    <w:bookmarkStart w:name="z147" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) темекі өнімдерінің топтық қаптамасы – тұтыну қаптамасының белгілі бір санын біріктіретін, қаптама;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z147" w:id="34"/>
-[...15 lines deleted...]
-      27) темекі өнімдерінің топтық қаптамасы – тұтыну қаптамасының белгілі бір санын біріктіретін, қаптама;</w:t>
+    <w:bookmarkStart w:name="z148" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) темекі өнімдерінің тұтыну қаптамасы – темекі өнімдерін тұтынушы сатып алатын темекі өнімдері ең аз бірлігі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z148" w:id="35"/>
-[...15 lines deleted...]
-      28) темекі өнімдерінің тұтыну қаптамасы – темекі өнімдерін тұтынушы сатып алатын темекі өнімдері ең аз бірлігі;</w:t>
+    <w:bookmarkStart w:name="z149" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) ТТҚ АЖ-да қатысушылардың тізілімі – ТТҚ АЖ-да тіркелген айналымның қатысушылары болып табылатын тұлғалардың тізбесі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z149" w:id="36"/>
-[...15 lines deleted...]
-      29) ТТҚ АЖ-да қатысушылардың тізілімі – ТТҚ АЖ-да тіркелген айналымның қатысушылары болып табылатын тұлғалардың тізбесі;</w:t>
+    <w:bookmarkStart w:name="z150" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) фискалдық деректер операторы (бұдан әрі – ФДО) – ақпараттандыру саласындағы уәкілетті органмен келісім бойынша уәкілетті орган айқындаған, ортақ пайдаланымдағы телекоммуникациялар желілері бойынша мемлекеттік кірістер органдарына жедел режимде ақшалай есеп айырысулар туралы мәліметтерді беруді қамтамасыз ететін заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z150" w:id="37"/>
-[...15 lines deleted...]
-      30) фискалдық деректер операторы (бұдан әрі – ФДО) – ақпараттандыру саласындағы уәкілетті органмен келісім бойынша уәкілетті орган айқындаған, ортақ пайдаланымдағы телекоммуникациялар желілері бойынша мемлекеттік кірістер органдарына жедел режимде ақшалай есеп айырысулар туралы мәліметтерді беруді қамтамасыз ететін заңды тұлға;</w:t>
+    <w:bookmarkStart w:name="z151" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) электрондық өзара іс-қимыл интерфейсі – айналымға қатысушылардың бағдарламалық-аппараттық құралдары мен ТТҚ АЖ өзара іс-қимыл тәсілдерінің сипаттамасы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z151" w:id="38"/>
-[...15 lines deleted...]
-      31) электрондық өзара іс-қимыл интерфейсі – айналымға қатысушылардың бағдарламалық-аппараттық құралдары мен ТТҚ АЖ өзара іс-қимыл тәсілдерінің сипаттамасы;</w:t>
+    <w:bookmarkStart w:name="z152" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) электрондық цифрлық қолтаңба (бұдан әрі – ЭЦҚ) – электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың дұрыстығын, оның тиесілілігін және мазмұнының тұрақтылығын растайтын электрондық цифрлық таңбалар жиынтығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z152" w:id="39"/>
-[...15 lines deleted...]
-      32) электрондық цифрлық қолтаңба (бұдан әрі – ЭЦҚ) – электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың дұрыстығын, оның тиесілілігін және мазмұнының тұрақтылығын растайтын электрондық цифрлық таңбалар жиынтығы;</w:t>
+    <w:bookmarkStart w:name="z153" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) ASCII – (American standard code for information interchange) – баспа және баспалық емес символдарға сандық кодтар сәйкес келетін ақпаратты кодтау әдісі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z153" w:id="40"/>
-[...15 lines deleted...]
-      33) ASCII – (American standard code for information interchange) – баспа және баспалық емес символдарға сандық кодтар сәйкес келетін ақпаратты кодтау әдісі;</w:t>
+    <w:bookmarkStart w:name="z154" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) DataMatrix – мәтін немесе басқа түрдегі деректерді кодтауға арналған, төртбұрыш немесе шаршы түріндегі топта орналастырылған, шаршы немесе шеңбер нысанында салынған, қара-ақ элементтер немесе түрлі жарықтық дәрежедегі элементтерді білдіретін екі өлшемді матрицалық штрих код;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z154" w:id="41"/>
-[...15 lines deleted...]
-      34) DataMatrix – мәтін немесе басқа түрдегі деректерді кодтауға арналған, төртбұрыш немесе шаршы түріндегі топта орналастырылған, шаршы немесе шеңбер нысанында салынған, қара-ақ элементтер немесе түрлі жарықтық дәрежедегі элементтерді білдіретін екі өлшемді матрицалық штрих код;</w:t>
+    <w:bookmarkStart w:name="z155" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) DataMatrix ЕСС200 – қателерді болдырмау және зақымданған ақпаратты қалпына келтіру технологиясын пайдаланатын, DataMatrix нұсқасы. ECC200 код 30 пайызға дейін зақымданған жағдайда, кодталған ақпараттың барлық дәйектілігін қалпына келтіруге мүмкіндік береді. Екі өлшемді штрих кодтың бұл нұсқасында қатенің болу жиілігі сканерленген таңбаның 10 миллионының 1-еуінен де аз;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z155" w:id="42"/>
-[...15 lines deleted...]
-      35) DataMatrix ЕСС200 – қателерді болдырмау және зақымданған ақпаратты қалпына келтіру технологиясын пайдаланатын, DataMatrix нұсқасы. ECC200 код 30 пайызға дейін зақымданған жағдайда, кодталған ақпараттың барлық дәйектілігін қалпына келтіруге мүмкіндік береді. Екі өлшемді штрих кодтың бұл нұсқасында қатенің болу жиілігі сканерленген таңбаның 10 миллионының 1-еуінен де аз;</w:t>
+    <w:bookmarkStart w:name="z156" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) GS1 – логистикалық бірліктерді есепке алуды стандарттау және штрих кодтау саласындағы халықаралық ұйым;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z156" w:id="43"/>
-[...15 lines deleted...]
-      36) GS1 – логистикалық бірліктерді есепке алуды стандарттау және штрих кодтау саласындағы халықаралық ұйым;</w:t>
+    <w:bookmarkStart w:name="z157" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) GS1-128 – кәсіпорындар арасында жүк туралы ақпаратты беруге арналған GS1 стандарттау жөніндегі жаһандық ұйымның штрих кодының форматы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z157" w:id="44"/>
-[...15 lines deleted...]
-      37) GS1-128 – кәсіпорындар арасында жүк туралы ақпаратты беруге арналған GS1 стандарттау жөніндегі жаһандық ұйымның штрих кодының форматы;</w:t>
+    <w:bookmarkStart w:name="z158" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) GS1-DataMatrix – стандартталған GS1 DataMatrix екі өлшемді матрицалық штрих кодын іске асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z158" w:id="45"/>
-[...15 lines deleted...]
-      38) GS1-DataMatrix – стандартталған GS1 DataMatrix екі өлшемді матрицалық штрих кодын іске асыру;</w:t>
+    <w:bookmarkStart w:name="z159" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) GTIN (Global Trade Item Number) – GS1 жүйесінің стандарттарында белгіленген қағидаларға сәйкес, оны әлемдік экономикалық кеңістікте бір мәнді сәйкестендіру мақсатында GS1 ұлттық (өңірлік) ұйымы тауарлар тобына беретін жаһандық сәйкестендіру нөмірі. ТТҚ АЖ тауардың коды ретінде пайдаланылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z159" w:id="46"/>
-[...15 lines deleted...]
-      39) GTIN (Global Trade Item Number) – GS1 жүйесінің стандарттарында белгіленген қағидаларға сәйкес, оны әлемдік экономикалық кеңістікте бір мәнді сәйкестендіру мақсатында GS1 ұлттық (өңірлік) ұйымы тауарлар тобына беретін жаһандық сәйкестендіру нөмірі. ТТҚ АЖ тауардың коды ретінде пайдаланылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Қаржы министрінің 31.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 607</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 481</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (08.06.2024 бастап қолданысқа енгізіледі); 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Темекі өнімдерін сәйкестендіру құралдарымен таңбалану жүзеге асырылатын, айналымға қатысушылар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z12" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Өндіруші Қазақстан Республикасының аумағында өндірілген темекі өнімдерін осы Қағидалардың талаптарына сәйкес сәйкестендіру құралдарымен таңбалауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Импорттаушы Қазақстан Республикасының аумағынан тысқары жерлерде өндірілген темекі өнімдерін Қазақстан Республикасының аумағына әкелгенге дейін немесе темекі өнімдерін ішкі тұтыну үшін шығарунемесе кері импорт кедендік рәсімдеріне орналастырғанға дейін таңбалауды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. СЭҚ ТН 2404 кодына кіретін, құрамында тұтатпай түтінді жұтуға арналған өнімдер (мысалы, сұйықтықтар, гельдер) бар бір түтіктегі таңбаланбаған бір реттік электрондық темекінің (disposable e-cigarettes) және ұқсас бір реттік жеке электр буландырғыш құрылғыларының қалдықтарын, сондай-ақ құрамында бар өнімді пайдаланғаннан немесе батареясының қуаты таусылғаннан кейін (қайта толтыруға немесе қайта қуаттауға арналмаған) кәдеге жаратылатын жеткізу жүйесін айналымға қатысушылар 2023 жылғы 30 маусымға дейін өткізуі тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Қаржы министрінің 31.05.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 607</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Айналымға қатысушыларға қойылатын талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z15" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Өндірушілерге қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ЭЦҚ болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) темекі өнімдерінің қаптамасына сәйкестендіру құралдарын енгізуді қамтамасыз ететін жабдықтың болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) таңбалау кодтарын алу, таңбалау кодтарын пайдалану туралы мәліметтерді беру бөлігінде, сондай-ақ сәйкестендіру құралдарын енгізу, жарамсыз ету (болған жағдайда) және агрегациялау туралы ақпаратты, сондай-ақ ЭЦҚ қойылған ТТҚ АЖ таңбаланған темекі өнімдерінің айналымы туралы мәліметтерді кейін ТТҚ АЖ-ға жібере отырып, темекі өнімдерінің тұтыну және топтық қаптамаларына сәйкестендіру құралдарын енгізу туралы мәліметтерді Операторға автоматты түрде беруді қамтамасыз ететін АБК байланыс арналары бойынша ТТҚ АЖ-ға қосулы болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте таңбалауды енгізген мерзімге дейін Оператор айналымға қатысушылардан ТТҚ АЖ-мен ақпараттық өзара іс-қимылға дайындығы туралы электрондық хабарлама алған күннен бастап күнтізбелік 30 (отыз) күннен кеш емес мерзімде айналымға қатысушылардың АБК-мен ТТҚ АЖ ақпараттық өзара іс-қимылын тестілеуді ұйымдастыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ТБС-ға қол жеткізуді (ТБС-ға қол жеткізу үшін логин мен парольді Оператор айналымға қатысушының ТТҚ АЖ-да тіркелу нәтижелері бойынша айналымға қатысушыдан орнатуға және ТБС-ға қол жеткізуді алуға арналған электронды хабарлама келіп түскен күннен бастап күнтізбелік 2 (екі) күн ішінде ұсынады) қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте Оператор өндірушілер мен Оператор арасында жасалған шарттарға сәйкес ТБС өндірушілерін жарақтандыруды, оның ішінде оларға қызмет көрсетуді және техникалық қолдауды өтеусіз негізде қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) алып тасталды - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармаққа өзгерістер енгізілді - ҚР Қаржы министрінің 31.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 509</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 607</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 24.07.2024 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (08.06.2024 бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="47"/>
+    <w:bookmarkStart w:name="z16" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Импорттаушыларға қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ЭЦҚ болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ТБС-ға қол жеткізуді (ТБС-ға қол жеткізу үшін логин мен парольді Оператор айналымға қатысушының ТТҚ АЖ-да тіркелу нәтижелері бойынша айналымға қатысушыдан Оператордың инфрақұрылымында орнатылған ТБС-ға қашықтықтан қол жеткізуді беруге арналған электронды хабарлама келіп түскен күннен бастап күнтізбелік 2 (екі) күн ішінде ұсынады) қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) таңбалау кодтарын алу, таңбалау кодтарын пайдалану туралы мәліметтерді беру бөлігінде, сондай-ақ сәйкестендіру құралдарын енгізу, жарамсыз ету (болған жағдайда) және агрегациялау туралы ақпаратты, сондай-ақ ЭЦҚ қойылған ТТҚ АЖ таңбаланған темекі өнімдерінің айналымы туралы мәліметтерді кейін ТТҚ АЖ-ға жібере отырып, темекі өнімдерінің тұтыну және топтық қаптамаларына сәйкестендіру құралдарын енгізу туралы мәліметтерді Операторға автоматты түрде беруді қамтамасыз ететін байланыс арналары бойынша ТТҚ АЖ-ға, АБК-ге қосылуды (мүмкіндік болған жағдайда) қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ЭЦҚ куәландырылған, ТТҚ АЖ-да таңбаланған темекі өнімдерін айналымға енгізу, айналымы және (немесе) айналымнан шығару туралы мәліметтерді қалыптастыру және беруге мүмкіндігі бар АБК-нің болуын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...64 lines deleted...]
-    <w:bookmarkEnd w:id="49"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармаққа өзгеріс енгізілді - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Көтерме сауданы жүзеге асыратын айналымға қатысушыға қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1 ЭЦҚ болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ЭЦҚ қойылған ТТҚ АЖ-да таңбаланған темекі өнімдерінің айналымы және (немесе) оларды айналымнан шығару туралы мәліметтерді қалыптастыру және беру мүмкіндігі бар АБК-нің болуы.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 607</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="50"/>
+    <w:bookmarkStart w:name="z18" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Бөлшек сауданы жүзеге асыратын айналымға қатысушыға қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ЭЦҚ болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) деректерді тіркеу және (немесе) беру функциясы бар бақылау-касса машинасының болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) көрсетілген сканерлеу құралдары болған жағдайда, бақылау-касса машинасымен қосылған темекі өнімдерін сәйкестендіру құралдарын сканерлеу және тану құралдарының болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әрбір өткізілген бірлік бойынша бақылау-касса машинасын пайдалана отырып таңбаланған темекі өнімдерін айналымнан шығару туралы мәліметтерді беру бойынша фискалдық деректер операторымен жасалған шарттың болуы.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...152 lines deleted...]
-    </w:p>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 607</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z120" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1. АБК ТТҚ АЖ-ға байланыс арналары бойынша қосулы болмаған және (немесе) ТТҚ АЖ-мен интеграция болмаған кезде, айналымға қатысушы мәліметтерді ТТҚ АЖ жеке кабинеті арқылы ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5-тармаққа өзгеріс енгізілді - ҚР Қаржы министрінің 31.05.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағида 8-1-тармақпен толықтырылды - ҚР Қаржы министрінің 31.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 509</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 05.06.2023 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; жаңа редакцияда - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="52"/>
-[...144 lines deleted...]
-      2) ЭЦҚ қойылған, оның ішінде ТТҚ АЖ жеке кабинеті арқылы ТТҚ АЖ-да таңбаланған темекі өнімдерінің айналымы және (немесе) оларды айналымнан шығару туралы мәліметтерді қалыптастыру және беру мүмкіндігі бар БАК болуы.</w:t>
+    <w:bookmarkStart w:name="z19" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Таңбаланған темекі өнімдерін өндіру және (немесе) олардың айналымы жөніндегі қызметті жүзеге асырған күннен бастап өндірушілер мен импорттаушылар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өзін тіркеуді, сондай-ақ темекі өнімдерін айналымға енгізумен және (немесе) олардың айналымымен байланысты қызметті жүзеге асыру қажеттілігі туындаған күннен бастап, осы Қағидаларда көзделген талаптарға сәйкес ТТҚ АЖ-да сәйкестендіру құралдарымен таңбалануға жататын темекі өнімдерін тіркеуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Операторға ТТҚ АЖ-да тіркелген күннен бастап күнтізбелік 21 (жиырма бір) күн ішінде, ТБС-ға қол жеткізуді алуға (өндірушілер үшін) немесе Оператордың инфрақұрылымында орнатылған ТБС-ға қашықтықтан қол жеткізуді (импорттаушылар үшін) беруге арналған электронды хабарламаны жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте Оператор көрсетілген хабарлама келіп түскен күннен бастап күнтізбелік 2 (екі) күн ішінде ТБС-ға қол жеткізуді ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ТТҚ АЖ-да тіркелген күннен бастап күнтізбелік 21 (жиырма бір) күн ішінде, таңбалау кодтарын алу және таңбалау кодтарын пайдалану туралы мәліметтерді жіберу бөлігінде ТТҚ АЖ-мен ақпараттық өзара іс-қимылға АБК-нің дайын болуын қамтамасыз етеді және Оператордың интернет-ресурсында жарияланған электрондық өзара іс-қимыл интерфейстерінің сипаттамасына сәйкес Операторға осындай ақпараттық өзара іс-қимылды тестілеуден өтуге электрондық хабарлама жібереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Оператордың интернет-ресурсында жарияланған электрондық өзара іс-қимыл интерфейсіне қойылатын талаптарға сәйкес осындай ақпараттық өзара іс-қимылға АБК дайын болған күннен бастап күнтізбелік 2 (екі) ай ішінде ТТҚ АЖ-мен АБК ақпараттық өзара іс-қимыл тестілеуінен өтеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) нақты уақыт режимінде осы Қағидаларда көзделген талаптарға сәйкес темекі өнімдерін таңбалау, сондай-ақ айналымға енгізу, олардың айналымы және айналымнан шығару туралы мәліметтерді ТТҚ АЖ-ға енгізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 607</w:t>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Қаржы министрінің 31.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="54"/>
-[...251 lines deleted...]
-      9. Таңбаланған темекі өнімдерін өндіру және (немесе) олардың айналымы жөніндегі қызметті жүзеге асырған күннен бастап өндірушілер мен импорттаушылар:</w:t>
+    <w:bookmarkStart w:name="z20" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Таңбаланған темекі өнімдерінің айналымы жөніндегі қызметті жүзеге асырған күннен бастап темекі өнімдерін көтерме сатуды жүзеге асыратын айналымға қатысушылар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:p>
-[...188 lines deleted...]
-    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) темекі өнімдерін өндірушілерден және (немесе) импорттаушылардан сатып алумен байланысты қызметті жүзеге асыру қажеттілігі немесе осындай өнімдердің айналымымен байланысты қызметті жүзеге асыру қажеттілігі туындаған күннен бастап осы Қағидаларда көзделген талаптарға сәйкес ТТҚ АЖ-да өзінің тіркелуін жүзеге асырады; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) ТТҚ АЖ-да тіркелген күннен бастап күнтізбелік 21 (жиырма бір) күн ішінде Оператордың интернет-ресурсында жарияланған электрондық өзара іс-қимыл интерфейсіне қойылатын талаптарға сәйкес ТТҚ АЖ-мен ақпараттық өзара іс-қимылға БАК-нің дайын болуын қамтамасыз етеді;</w:t>
+      2) ТТҚ АЖ-да тіркелген күннен бастап күнтізбелік 21 (жиырма бір) күн ішінде Оператордың интернет-ресурсында жарияланған электрондық өзара іс-қимыл интерфейсіне қойылатын талаптарға сәйкес ТТҚ АЖ-мен ақпараттық өзара іс-қимылға АБК-нің дайын болуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) нақты уақыт режимінде осы Қағидаларда көзделген талаптарға сәйкес темекі өнімдерінің айналымы және (немесе) оларды айналымнан шығару туралы мәліметтерді ТТҚ АЖ-ға енгізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -3090,639 +3372,699 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Қаржы министрінің 31.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 509</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="58"/>
-[...15 lines deleted...]
-      11. Осындай қызмет жүзеге асырылған күннен бастап темекі өнімдерінің бөлшек саудасын жүзеге асыратын айналымға қатысушылар:</w:t>
+    <w:bookmarkStart w:name="z21" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Осындай қызмет жүзеге асырылған күннен бастап темекі өнімдерін бөлшек саудада өткізуді жүзеге асыратын айналымға қатысушылар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ТТҚ АЖ-да өзін тіркеуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ТТҚ АЖ-да тіркелген күннен бастап күнтізбелік 21 (жиырма бір) күн ішінде Оператордың интернет-ресурсында жарияланған электрондық өзара іс-қимыл интерфейсіне қойылатын талаптарға сәйкес ТТҚ АЖ-мен ақпараттық өзара іс-қимылға АБК-нің (болған кезде) дайын болуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) көрсетілген сканерлеу құралдары болған жағдайда, ТТҚ АЖ-да тіркелген күннен бастап күнтізбелік 21 (жиырма бір) күн ішінде DataMatrix кодын оқу мүмкіндігіне сәйкестендіру құралдарын сканерлеу және тану құралдарын тексеруді жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осы Қағидалардың 55-тармағында көрсетілген айналымнан шығару туралы хабарлама негізінде осы Қағидалардың 57-тармағында көрсетілгендерден өзгеше себептер бойынша темекі өнімдерін айналымнан шығару туралы мәліметтерді ТТҚ АЖ-ға енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 607</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Тауарларды таңбалау мен қадағалаудың ақпараттық жүйесінде айналымға қатысушыларды тіркеу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:p>
-[...68 lines deleted...]
-      4) осы Қағидалардың 55-тармағында көрсетілген айналымнан шығару туралы хабарлама негізінде осы Қағидалардың 57-тармағында көрсетілгендерден өзгеше себептер бойынша темекі өнімдерін айналымнан шығару туралы мәліметтерді ТТҚ АЖ-ға енгізеді.</w:t>
+    <w:bookmarkStart w:name="z23" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Айналымға қатысушыларды ТТҚ АЖ-да тіркеуді және оларға жеке кабинетке қол жеткізуді Оператор бірінші басшының немесе жеке кәсіпкердің ЭЦҚ қойылған мынадай мәліметтерді ұсынуы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ЖСН немесе БСН;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) дара кәсіпкердің немесе заңды тұлғаның атауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дара кәсіпкердің немесе заңды тұлғаның бірінші басшысының тегі, аты, әкесінің аты (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) айналымға қатысушының электрондық поштасының мекенжайы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) байланыс телефон нөмірі негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 607</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="59"/>
+    <w:bookmarkStart w:name="z24" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ЭЦҚ алу кезінде көрсетілген ЖСН немесе БСН ТТҚ АЖ-да тіркеу кезінде көрсетілген мәліметтерге сәйкес келмеген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) айналымға қатысушы ТТҚ АЖ-да тіркелген жағдайларда айналымға қатысушыны ТТҚ АЖ-да тіркеуден бас тартылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...125 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 607</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="61"/>
-[...15 lines deleted...]
-      13. Мынадай:</w:t>
+    <w:bookmarkStart w:name="z25" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14.Айналымға қатысушыны ТТҚ АЖ-да тіркеу нәтижелері бойынша Оператор 24 сағат ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) ЭЦҚ алу кезінде көрсетілген ЖСН немесе БСН ТТҚ АЖ-да тіркеу кезінде көрсетілген мәліметтерге сәйкес келмеген;</w:t>
-[...98 lines deleted...]
-      14.Айналымға қатысушыны ТТҚ АЖ-да тіркеу нәтижелері бойынша Оператор 24 сағат ішінде:</w:t>
+      1) тіркеу туралы ақпаратты тіркеу кезінде көрсетілген электрондық пошта мекенжайына жібереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ТТҚ АЖ-не қатысушылар тізіліміне қосады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ТТҚ АЖ-не қатысушылар тізіліміне енгізілгеннен кейін жеке кабинетке кіруге рұқсат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. ТТҚ АЖ функционалына қол жеткізу үшін айналымға қатысушы ЭЦҚ арқылы жеке кабинетте авторланады және қосымша мәліметтер ұсынады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) тіркеу туралы ақпаратты тіркеу кезінде көрсетілген электрондық пошта мекенжайына жібереді;</w:t>
-[...73 lines deleted...]
-      1) айналымға қатысушының типі (өндіруші, импорттаушы, көтерме сауда және (немесе) бөлшек сауда ұйымы);</w:t>
+      1) айналымға қатысушының типі (өндіруші, импорттаушы, көтерме және (немесе) бөлшек сауданы жүзеге асыратын айналымға қатысушы);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өндірістік алаңдар туралы мәліметтер (қатысушы типі үшін – өндіруші, импорттаушы).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3780,177 +4122,197 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 15-тармақ жаңа редакцияда - ҚР Қаржы министрінің 31.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 509</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="64"/>
+    <w:bookmarkStart w:name="z27" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Тауарларды таңбалау мен қадағалаудың ақпараттық жүйесінде темекі өнімдерін тіркеу</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z28" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. ТТҚ АЖ-да темекі өнімдерін тіркеуді:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z28" w:id="65"/>
-[...15 lines deleted...]
-      16. ТТҚ АЖ-да темекі өнімдерін тіркеуді:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) темекі өнімдерін өндірушілер – келісімшарттық өндіріс шеңберінде темекі өнімдерін өндірушінің тапсырысы бойынша үшінші тұлғалар өндіретін темекі өнімдерін қоса алғанда, Қазақстан Республикасының аумағында темекі өнімдерін өндірген жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) импорттаушы – Қазақстан Республикасының аумағына темекі өнімдерін әкелген жағдайда жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. ТТҚ АЖ-да темекі өнімдерін тіркеу үшін өндіруші немесе импорттаушы ТТҚ АЖ-да кем дегенде мынадай мәліметтерді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) темекі өнімдерін өндірушілер – келісімшарттық өндіріс шеңберінде темекі өнімдерін өндірушінің тапсырысы бойынша үшінші тұлғалар өндіретін темекі өнімдерін қоса алғанда, Қазақстан Республикасының аумағында темекі өнімдерін өндірген жағдайда;</w:t>
-[...55 lines deleted...]
-      1) өтініш берушінің ЖСН немесе БСН;</w:t>
+      1) темекі өнімдерін тіркейтін өндіруші немесе импорттаушының ЖСН немесе БСН;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) темекі өнімінің түрін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4152,87 +4514,107 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Қаржы министрінің 31.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 509</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="67"/>
+    <w:bookmarkStart w:name="z30" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Айналымға қатысушыға мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тауардың осындай кодымен (GTIN) темекі өнімдері ТТҚ АЖ-да тіркелген;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4305,282 +4687,282 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="68"/>
+    <w:bookmarkStart w:name="z31" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Темекі өнімдерін тіркеу нәтижелері бойынша Оператор 3 (үш) жұмыс күні ішінде ұсынылған мәліметтерді тауарлар тізіліміне енгізеді және айналымға қатысушыға ТТҚ АЖ-да тауарларды тіркеу туралы ақпаратты жолдайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z32" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-тарау. Темекі өнімдерін сәйкестендіру құралының сипаттамасы</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z32" w:id="69"/>
+    <w:bookmarkStart w:name="z33" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Темекі өнімдерін сәйкестендіру құралы ЕСС-200 және АSCII кодтау қателерін түзету әдісін қолданумен темекі өнімдерінің тұтыну (ал ол болмаған кезде материалдық жеткізгіш) және топтық қаптамасына екі өлшемді матрицалық штрих код түрінде салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...23 lines deleted...]
-      20. Темекі өнімдерін сәйкестендіру құралы ЕСС-200 және АSCII кодтау қателерін түзету әдісін қолданумен темекі өнімдерінің тұтыну (ал ол болмаған кезде материалдық жеткізгіш) және топтық қаптамасына екі өлшемді матрицалық штрих код түрінде салынады.</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда - ҚР Қаржы министрінің 31.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Темекі өнімдерінің тұтыну қаптамасын сәйкестендіру құралында үш деректер тобын қамтитын таңбалау коды болады, оның ішінде алғашқы екі деректер тобы тұтыну қаптамасын сәйкестендіру кодын құрайды, бұл ретте:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...73 lines deleted...]
-      21. Темекі өнімдерінің тұтыну қаптамасын сәйкестендіру құралында үш деректер тобын қамтитын таңбалау коды болады, оның ішінде алғашқы екі деректер тобы тұтыну қаптамасын сәйкестендіру кодын құрайды, бұл ретте:</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бірінші топ он төрт саннан тұрады және тұтыну қаптамасының тауар кодын (GTIN) қамтиды (бірінші сан 0 және қалған он үш сан – GTIN коды);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      екінші топ жеті символдан тұрады (цифр, латын әліпбиінің кіші және бас әріптері, сондай-ақ арнайы символдар) және тұтыну қаптамасының жеке сериялық нөмірін қамтиды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      үшінші топ сегіз символдан тұрады (цифр, латын әліпбиінің кіші және бас әріптері, сондай-ақ арнайы символдар) және тексеру кодын қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұтыну қаптамасын сәйкестендіру құралы DataMatrix форматында екі өлшемді штрих код түрінде ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Темекі өнімдерінің топтық қаптамасын сәйкестендіру құралы үш деректер тобы қамтылған таңбалау кодын қамтиды, оның ішінде алғашқы екі деректер тобын топтық қаптаманы сәйкестендіру коды, сондай-ақ темекі өнімдерін өндірушінің қалауы бойынша енгізілетін қосымша деректер топтарының ерікті саны құрайды. Деректер топтары GS1 халықаралық стандарттарында көзделген мынадай атрибуттармен сәйкестендіріледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:p>
-[...90 lines deleted...]
-    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       деректердің бірінші тобы 01 қолдану кодымен сәйкестендіріледі және 14 (он төрт) цифрдан тұратын топтық қаптаманың тауар кодын (GTIN) қамтиды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4671,394 +5053,394 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="73"/>
+    <w:bookmarkStart w:name="z36" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Көліктік қаптаманы сәйкестендіру кодын айналымға қатысушы GS1-128 халықаралық стандартына сәйкес келетін бір өлшемді штрих код немесе DataMatrix форматында екі өлшемді штрих код түрінде ұсынады. Көліктік қаптаманы сәйкестендіру кодының құрамын көліктік қаптамада темекі өнімдерін агрегациялауды жүзеге асыратын айналымға қатысушы айқындайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z37" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Штрих код форматындағы сәйкестендіру құралдары мынадай талаптарға жауап береді:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z37" w:id="74"/>
-[...15 lines deleted...]
-      24. Штрих код форматындағы сәйкестендіру құралдары мынадай талаптарға жауап береді:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тұтыну және топтық қаптама үшін көлемі 0,254 миллиметрден кем емес модуль қолданылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) 10 000-ның бірінен аз сәйкестендіру құралдарын іріктеу арқылы қолдан жасау ықтималдығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қателерді тану және түзету функциясы DataMatrix ECC200-ге қарағанда баламалы немесе жоғары.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. ТТҚ АЖ темекі өнімдерінің қаптамасына салынған сәйкестендіру құралындағы таңбалау кодын қайта қалыптастыруға (генерациялауға) жол бермейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:p>
-[...69 lines deleted...]
-      25. ТТҚ АЖ темекі өнімдерінің қаптамасына салынған сәйкестендіру құралындағы таңбалау кодын қайта қалыптастыруға (генерациялауға) жол бермейді.</w:t>
+    <w:bookmarkStart w:name="z39" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7-тарау. Сәйкестендіру құралдарын қалыптастыру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z39" w:id="76"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="77"/>
+    <w:bookmarkStart w:name="z40" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Темекі өнімдерін сәйкестендіру құралдарымен таңбалауды қамтамасыз ету үшін айналымға қатысушы Операторға ТТҚ АЖ арқылы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша таңбалау кодтарын алуға сұрау салуды (бұдан әрі – сұрау салу) жолдайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Таңбалау кодтарын беруден мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) айналымға қатысушы ТТҚ АЖ-да тіркелмеген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ұсынылған сәйкестендіру коды бұрын ТТҚ АЖ-да тіркелген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тауар коды тауарлар тізілімінде тіркелмеген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) тауар коды "Темекі өнімдері" тауар тобына сәйкес келмеген жағдайларда бас тартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда - ҚР Қаржы министрінің 31.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. ТТҚ АЖ-да сұрау салу тіркелген сәттен бастап 4 (төрт) сағат ішінде Оператор:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:p>
-[...170 lines deleted...]
-    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) айналымға қатысушыдан алынған деректер негізінде криптографиялық қорғау алгоритмдерін қолдана отырып, сұрау салуда көрсетілген таңбалау кодтарының санын эмиссияны жүзеге асырады (генерациялайды);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5089,2438 +5471,3664 @@
         </w:rPr>
         <w:t xml:space="preserve">
       3) айналымға қатысушыға осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша таңбалаудың эмиссияланған кодтарының құрамы туралы мәліметтер береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="79"/>
+    <w:bookmarkStart w:name="z42" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. Айналымға қатысушы таңбалау кодтарын алған күннен бастап 30 (отыз) жұмыс күнінен кешіктірмей оларды сәйкестендіру құралдарына өзгертеді, оларды темекі өнімдерінің қаптамасына түсіруді қамтамасыз етеді және осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша тауарларға салынған сәйкестендіру құралдарында қамтылған сәйкестендіру кодтары туралы ақпаратты ТТҚ АЖ-ға береді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Айналымға қатысушысы алған және осы Қағидаларда көзделген талаптарға сәйкес берілген таңбалау кодтарын енгізу туралы ақпаратқа енгізілмеген сәйкестендіру кодтарын қамтитын таңбалау кодтарының күші жойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Таңбалау кодын ұсыну жөніндегі қызметке айналымға қатысушы темекі өнімдеріне тиісті таңбалау кодынан қайта құрылған сәйкестендіру құралдарын енгізу туралы мәліметтерді ТТҚ АЖ-ға енгізгенге дейін Оператормен жасалған шарт негізінде төлейді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Айналымға қатысушысы алған және осы Қағидаларда көзделген талаптарға сәйкес берілген таңбалау кодтарын енгізу туралы ақпаратқа енгізілмеген сәйкестендіру кодтарын қамтитын таңбалау кодтарының күші жойылады.</w:t>
-[...18 lines deleted...]
-      29. Таңбалау кодын ұсыну жөніндегі қызметке айналымға қатысушы темекі өнімдеріне тиісті таңбалау кодынан қайта құрылған сәйкестендіру құралдарын енгізу туралы мәліметтерді ТТҚ АЖ-ға енгізгенге дейін Оператормен жасалған шарт негізінде төлейді.</w:t>
+      Таңбалау кодын ұсыну жөніндегі қызмет осы Қағидаларда көзделген талаптарға сәйкес берілген темекі өнімдеріне сәйкестендіру құралдарын енгізу туралы ақпаратта қамтылған мәліметтерді ТТҚ АЖ-да тіркеу сәтінде Оператор көрсетті деп танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 29-тармаққа өзгеріс енгізілді - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 607</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Сәйкестендіру құралдарын енгізу туралы мәліметтерді тіркеуден мынадай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Таңбалау кодын ұсыну жөніндегі қызмет осы Қағидаларда көзделген талаптарға сәйкес берілген темекі өнімдеріне сәйкестендіру құралдарын енгізу туралы ақпаратта қамтылған мәліметтерді ТТҚ АЖ-да тіркеу сәтінде Оператор көрсетті деп танылады.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      1) сәйкестендіру құралдарын енгізу туралы ақпаратта көрсетілген сәйкестендіру кодтары ТТҚ АЖ сәйкестендіру құралдарының тізілімінде болмаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сәйкестендіру кодтары туралы мәліметтер осы Қағидалардың 28-тармағында көзделген талаптарды бұза отырып ұсынылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) айналымға қатысушы енгізу туралы ақпаратты ТТҚ АЖ-ға беретін, сәйкестендіру құралдарында қайта құрылған, таңбалау кодтарының төленгенін растау болмаған жағдайларда бас тартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-тарау. Сәйкестендіру құралдарын салу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z46" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Қазақстан Республикасының аумағында темекі өнімдерін өндірген жағдайда тұтыну және топтық қаптамаларға сәйкестендіру құралдарын енгізу осындай өнімдерді өндіру немесе сақтау орындарында, ал әкелген жағдайда – Қазақстан Республикасының Мемлекеттік шекарасын немесе ЕАЭО кедендік аумағын іс жүзінде кесіп өткенге дейін ішкі тұтыну немесе кері импорт үшін тауарлар шығарылғанға дейін немесе осы Қағаданың 3 тармағаның екінші бөліміне сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z47" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. СЭҚ ТН 2402209000, 2404110001 кодтары бойынша темекі өнімдерінің тұтыну қаптамасына сәйкестендіру құралдарын салу сәйкестендіру құралдарын тұтыну қаптамасынан бөлуге және басқа ақпаратпен жабуға жол бермейтін тікелей басып шығару әдісімен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      СЭҚ ТН 2402209000, 2404110001 кодтары бойынша сәйкестендіру құралдарын мөлдір орау пленкасына немесе қандай да бір сыртқы орау материалына салуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте сәйкестендіру құралы техникалық реттеу туралы заңнаманың талаптарына сәйкес тұтыну қаптамасына салынған ақпараттың тұтастығы бұзылмайтындай етіп орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      СЭҚ ТН 2402201000, 2402900000, 2402100000, 2403, 2404 (2404110001 басқа), 3824999208 кодтары бойынша сәйкестендіру құралдарын мөлдір орау пленкасының немесе қандай да бір сыртқы орау материалының үстінен материалдық жеткізгішке салуға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сәйкестендіру құралдарын темекі өнімдерінің топтық қаптамасына салу материалдық жеткізгішке жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 29-тармаққа өзгеріс енгізілді - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 32-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 607</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="81"/>
-[...73 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="82"/>
+    <w:bookmarkStart w:name="z48" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 8-тарау. Сәйкестендіру құралдарын салу тәртібі</w:t>
-[...39 lines deleted...]
-      32. СЭҚ ТН 2402209000, 2404110001 кодтары бойынша темекі өнімдерінің тұтыну қаптамасына сәйкестендіру құралдарын салу сәйкестендіру құралдарын тұтыну қаптамасынан бөлуге және басқа ақпаратпен жабуға жол бермейтін тікелей басып шығару әдісімен жүзеге асырылады.</w:t>
+        <w:t xml:space="preserve"> 9-тарау. Темекі өнімдерін агрегаттау тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:p>
-[...151 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="86"/>
+    <w:bookmarkStart w:name="z49" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. Темекі өнімдерінің тұтыну қаптамасын топтық қаптамаға агрегаттағаннан кейін айналымның келесі қатысушысына агрегаттаған қаптаманы бергенге дейін айналымға қатысушы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ТТҚ АЖ-да тұтыну қаптамаларын агрегаттау туралы ақпаратты ұсынады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z50" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Тұтыну қаптамаларын топтық қаптамаға агрегаттау туралы ақпарат агрегатталған қаптаманы келесі айналымға қатысушыға бергенге дейін көліктік қаптамаға қаптаманы агрегаттау туралы ақпаратпен бір мезгілде беріледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z50" w:id="87"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="88"/>
+    <w:bookmarkStart w:name="z51" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Темекі өнімдерін қаптамаларын көліктік қаптамада агрегаттаудан кейін агрегатталған қаптаманы келесі айналымға қатысушыға бергенге дейін айналымға қатысушы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ТТҚ АЖ-да қаптамаларды агрегаттау туралы ақпаратты ұсынады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z52" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Айналымға қатысушы топтық немесе көліктік қаптамадағы темекі өнімдерінің бір бөлігінің айналымы немесе айналымнан шығарылуы туралы мәліметтерді ТТҚ АЖ-ға ұсынған жағдайда, ТТҚ АЖ-да қаптамадан алынған өнімдер бар неғұрлым жоғары деңгейдегі салынымның барлық қаптамаларын қайта қалыптастыру тіркеледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z52" w:id="89"/>
-[...15 lines deleted...]
-      36. Айналымға қатысушы топтық немесе көліктік қаптамадағы темекі өнімдерінің бір бөлігінің айналымы немесе айналымнан шығарылуы туралы мәліметтерді ТТҚ АЖ-ға ұсынған жағдайда, ТТҚ АЖ-да қаптамадан алынған өнімдер бар неғұрлым жоғары деңгейдегі салынымның барлық қаптамаларын қайта қалыптастыру тіркеледі.</w:t>
+    <w:bookmarkStart w:name="z53" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Топтық және (немесе) көліктік қаптамаларды басқа көліктік қаптамаларға қайта салған жағдайда, темекі өнімдерін агрегаттау туралы мәліметтерді ТТҚ АЖ-ға ұсыну осы Қағидалардың 33, 34 және 35-тармақтарында көзделген реттілікпен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z53" w:id="90"/>
-[...15 lines deleted...]
-      37. Топтық және (немесе) көліктік қаптамаларды басқа көліктік қаптамаларға қайта салған жағдайда, темекі өнімдерін агрегаттау туралы мәліметтерді ТТҚ АЖ-ға ұсыну осы Қағидалардың 33, 34 және 35-тармақтарында көзделген реттілікпен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Оператор осы тарауда көзделген көлік қаптамасын агрегаттау немесе құрамының өзгеруі туралы мәліметтерді алғаннан кейін олардың сәйкестендіру құралдарының тізілімінде көрсетілуін, сондай-ақ осы ақпаратқа айналымға қатысушылардың ТТҚ АЖ-да қол жетімділігін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z54" w:id="91"/>
-[...15 lines deleted...]
-      38. Оператор осы тарауда көзделген көлік қаптамасын агрегаттау немесе құрамының өзгеруі туралы мәліметтерді алғаннан кейін олардың сәйкестендіру құралдарының тізілімінде көрсетілуін, сондай-ақ осы ақпаратқа айналымға қатысушылардың ТТҚ АЖ-да қол жетімділігін қамтамасыз етеді.</w:t>
+    <w:bookmarkStart w:name="z55" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Айналымға қатысушы 1 (бір) есепті кезең (ай) шеңберінде тікелей басып шығару әдісін пайдалана отырып, өндірілген барлық темекі өнімдері бойынша тұтыну және топтық қаптамаларды агрегаттаудың орташа тиімділігін 99 пайыздан төмен емес қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z55" w:id="92"/>
-[...15 lines deleted...]
-      39. 1 (бір) есепті кезең шеңберінде (ай) тікелей басып шығару әдісі қолданылып барлық өндірілген темекі өнімдері бойынша тұтыну және топтық қаптамаларды агрегаттаудың орташа тиімділігі 99 пайыздан төмен емес.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте сәйкестендіру коды туралы мәліметтердің топтық қаптаманың ішінде екі агрегатталған тұтыну қаптамасынан аспайтын және көліктік қаптаманың ішінде екі топтық қаптамадан аспайтын болуына жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл жағдайда агрегаттауды жүзеге асырған айналымға қатысушы агрегаттау күнінен бастап 3 (үш) жұмыс күні ішінде агрегаттау кезінде ТТҚ АЖ-ға берілмеген тұтыну қаптамасын сәйкестендіру кодтары немесе топтық қаптаманы сәйкестендіру кодтары туралы мәліметтерді ТТҚ АЖ-ға береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте Оператор көрсетілген сәйкестендіру кодтары туралы мәліметтерді ТТҚ АЖ сәйкестендіру құралдарының тізіліміне уақытша қадағаланбайтыны туралы түрінде енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 39-тармақ жаңа редакцияда - ҚР Қаржы министрінің 31.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Топтық қаптаманы немесе көліктік қаптаманы таратқаннан және айналымға қатысушы көрсетілген тұтынушылық қаптаманы немесе топтық қаптаманы көтерме немесе бөлшек сауданы жүзеге асыратын айналымға қатысушының сатуы (беруі) туралы мәліметтерді ТТҚ АЖ-ға бергеннен кейін Оператор тауар айналымының тиісті фактісінен өзге ТТҚ АЖ сәйкестендіру құралдары тізілімінде көрсетілген қаптаманы қадағалауды қалпына келтіру фактін көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...52 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 39-тармақ жаңа редакцияда - ҚР Қаржы министрінің 31.05.2021 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 40-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 607</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10-тарау. Қазақстан Республикасының аумағында темекі өнімдерін айналымға енгізу кезінде тауарларды таңбалау мен қадағалаудың ақпараттық жүйесіне мәліметтерді ұсыну тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 10-тараудың тақырыбы жаңа редакцияда - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Темекі өнімдерін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының аумағында темекі өнімдерін өндіру кезінде – өндірушіден осындай адамға иеліктен шығару мақсатында немесе кейіннен өткізу үшін оларды тарату және (немесе) пайдалану үшін қолжетімді ететін жаңа меншік иесіне не өзге де тұлғаға бастапқы өтеулі немесе тауарды өтеусіз беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ЕАЭО мүше мемлекеттердің аумағынан темекі өнімдерін әкелу кезінде – ЕАЭО мүше мемлекеттердің аумағынан Қазақстан Республикасына тауарларды әкелу туралы хабарламада импорттаушы мәлімдеген сәйкестендіру кодтарын растау туралы мәліметтерді ТТҚ АЖ-ға жіберу нәтижелері бойынша әкелінген тауарды есепке алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ЕАЭО мүше болып табылмайтын мемлекеттердің аумағынан темекі өнімдерін әкелу кезінде – ЕАЭО мүше болып табылмайтын мемлекеттердің аумағынан Қазақстан Республикасына темекі өнімдерін әкелу туралы хабарламада ТТҚ АЖ-ға жіберу нәтижелері бойынша кеден органдарының көрсетілген өнімдерді ішкі тұтыну үшін шығаруы Қазақстан Республикасының аумағында айналымға енгізу болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 41-тармаққа өзгеріс енгізілді - ҚР Қаржы министрінің 31.05.2021 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 509</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="93"/>
-[...273 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="96"/>
+    <w:bookmarkStart w:name="z59" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. ЕАЭО мүше мемлекеттердің аумағынан Қазақстан Республикасына темекі өнімдерін әкелуді жүзеге асыратын айналымға қатысушылар осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша ЕАЭО мүше мемлекеттердің аумағынан Қазақстан Республикасына темекі өнімдерін әкелу туралы хабарламаны қалыптастырады, оған ЭЦҚ-мен қол қояды және тіркеу нөмірін алу үшін ТТҚ АЖ-ға жібереді. </w:t>
-[...18 lines deleted...]
-      Әкелінген тауарды есепке алу фактісі бойынша айналымға қатысушы ЕАЭО-ға мүше мемлекеттердің аумағынан Қазақстан Республикасына тауарларды әкелу туралы хабарламада бұрын өзі мәлімдеген сәйкестендіру кодтарын растау туралы мәліметтерді ТТҚ АЖ-ға жібереді.</w:t>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша Еуразиялық экономикалық одаққа мүше мемлекеттердің аумағынан Қазақстан Республикасына темекі өнімдерін әкелу туралы хабарламаны қалыптастырады, оған ЭЦҚ-мен қол қояды және тіркеу нөмірін алу үшін ТТҚ АЖ-ға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкелінген тауарды есепке алу фактісі бойынша айналымға қатысушы Еуразиялық экономикалық одаққа мүше мемлекеттердің аумағынан Қазақстан Республикасына тауарларды әкелу туралы хабарламада бұрын өзі мәлімдеген сәйкестендіру кодтарын растау туралы мәліметтерді ТТҚ АЖ-ға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 42-тармақ жаңа редакцияда - ҚР Қаржы министрінің 31.05.2021 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 509</w:t>
+        <w:t xml:space="preserve">      Ескерту. 42-тармақ жаңа редакцияда - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="97"/>
+    <w:bookmarkStart w:name="z60" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. ЕАЭО мүше болып табылмайтын мемлекеттердің аумағынан Қазақстан Республикасына темекі өнімдерін әкелуді жүзеге асыратын айналымға қатысушылар кеден органдары ішкі тұтыну үшін шығарғаннан кейін осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ЕАЭО мүше болып табылмайтын мемлекеттердің аумағынан Қазақстан Республикасына темекі өнімдерін әкелу туралы хабарламаны қалыптастырады, оған ЭЦҚ-мен қол қояды және тіркеу нөмірін алу үшін ТТҚ АЖ-не жібереді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z61" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      44. Осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымшаларда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген темекі өнімдерін әкелу туралы хабарламалар осы тармақтың екінші бөлігінде айқындалған жағдайды қоспағанда, электрондық нысанда ресімделеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z61" w:id="98"/>
-[...15 lines deleted...]
-      44. Қазақстан Республикасына темекі өнімдерін әкелу туралы хабарлама Оператордың интернет-ресурсында ТТҚ АЖ-де техникалық қателер себебінен ТТҚ АЖ-де хабарламаны ресімдеудің мүмкін болмауы туралы ақпарат расталған кезде айналымға қатысушының қағаз жеткізгіште хабарламаны ресімдеуге құқылы болған жағдайды қоспағанда, электрондық нысанда ресімделеді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымшаларда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген темекі өнімдерін әкелу туралы хабарламалар Оператордың интернет-ресурсында ақпаратпен расталған ТТҚ АЖ-да техникалық қателіктер себебінен электрондық нысанда хабарламаларды ресімдеу мүмкін болмаған жағдайда қағаз жеткізгіште ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Техникалық қателер жойылғаннан кейін бұрын қағаз жеткізгіште ресімделген Қазақстан Республикасына темекі өнімдерін әкелу туралы хабарламаларды импорттаушы ТТҚ АЖ-да техникалық қателер жойылған күннен бастап 1 (бір) жұмыс күні ішінде, бірақ тауар үшінші тұлғаға берілген күннен кешіктірмей ТТҚ АЖ-ға енгізуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 44-тармақ жаңа редакцияда - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11-тарау. Қазақстан Республикасының аумағында темекі өнімдерінің айналымы кезінде тауарларды таңбалау мен қадағалаудың ақпараттық жүйесіне мәліметтерді ұсыну тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:bookmarkStart w:name="z62" w:id="99"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 11-тараудың тақырыбы жаңа редакцияда - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      45. "Таңбалауға жататын тауарлардың тізбесін айқындау туралы" Қазақстан Республикасы Сауда және интеграция министрінің міндетін атқарушының 2024 жылғы 27 қыркүйектегі № 343-НҚ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 35129 болып тіркелген) белгіленген сәйкестендіру құралдарымен темекі өнімдерін таңбалау енгізілген күннен кейін өндірілген және (немесе) Қазақстан Республикасының аумағына әкелінген темекі өнімдерінің айналымына, олардың айналымы туралы мәліметтер ТТҚ АЖ-ға тіркелген жағдайда ғана жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...73 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 45-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 607</w:t>
+        <w:t xml:space="preserve">      Ескерту. 45-тармақ жаңа редакцияда - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z64" w:id="101"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      46-тармақ жаңа редакцияда көзделген – ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       46. Темекі өнімдерін жаңа меншік иесіне өтеулі немесе өтеусіз беру кезінде айналымға қатысушы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша қабылдау (беру) актісін қалыптастырады, оған ЭЦҚ-мен қол қояды және темекі өнімдерін өткізу күнінен кейінгі күннен кешіктірмей тіркеу нөмірін алу үшін ТТҚ АЖ-ға жібереді.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 46-тармақ жаңа редакцияда - ҚР Қаржы министрінің 24.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 481</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (08.06.2024 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      47-тармақ жаңа редакцияда көзделген – ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47. Оператор ТТҚ АЖ-да қабылдау (беру) актісін тіркеу нәтижелері бойынша нақты уақыт режимінде Қазақстан Республикасының Қаржы министрлігі Мемлекеттік кірістер комитетінің ақпараттық жүйелеріне осы қабылдау (беру) актісі бойынша мәліметтерді, оның ішінде берілетін тауардың саны және құны бойынша ақпаратты береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 47-тармақ жаңа редакцияда - ҚР Қаржы министрінің 24.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 481</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (08.06.2024 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      48-тармақ жаңа редакцияда көзделген – ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48. Темекі өнімдерін алуды Қабылдау/беру актісі тіркелген күннен бастап 5 (бес) жұмыс күні ішінде Қабылдау/беру актісі бойынша айналымға қатысушы жүзеге асырады, оған ЭЦҚ қол қояды және ТТҚ АЖ-ға жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 48-тармақ жаңа редакцияда - ҚР Қаржы министрінің 02.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      49-тармақты алып тастау көзделген – ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Айналымның екі қатысушыдан ЭЦҚ қойылған қабылдау/беру актісін алған кезде Оператор Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің ақпараттық жүйелеріне тауарларды қабылдау туралы мәліметтерді береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      50-тармақты алып тастау көзделген – ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Темекі өнімдерін қабылдау кезінде алшақтықтар анықталған жағдайда, айналымға қатысушы анықтаған алшақтықтар туралы хабарлама қалыптастырады және бұрын жөнелтілген қабылдау (беру) актісіне тиісті өзгерістер енгізу үшін оны тиеп жөнелтуді жүзеге асырған айналымға қатысушыға жібереді немесе оны қабылдаудан бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қабылдау (беру) актісін қабылдаудан бас тартқан жағдайда айналымға қатысушы жаңа қабылдау (беру) актісін жазады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың бірінші бөлігінде көзделген жағдайды қоспағанда, айналымға қатысушы ТТҚ АЖ-да тіркелген күннен кейін 5 (бес) жұмыс күні ішінде, бірақ жаңасын ресімдемей, алушы растаған сәтке дейін қабылдау (беру) актісін кері қайтарып ала алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 50-тармақ жаңа редакцияда - ҚР Қаржы министрінің 24.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 481</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (08.06.2024 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      51-тармақты алып тастау көзделген – ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. Анықталған алшақтықтар туралы хабарлама мынадай мәліметтерді қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өнім берушінің ЖСН немесе БСН;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) алушының ЖСН немесе БСН;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қабылданған темекі өнімдерінің орамасындағы сәйкестендіру кодтарының тізімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қабылдау (беру) актісінде (болған кезде) мәліметтері жоқ темекі өнімдерінің орамасындағы сәйкестендіру кодтарының тізімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қабылдау (беру) актісінде бағасы және құны бойынша мәліметтер анық емес сәйкестендіру кодтары мен темекі өнімдерінің тізімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) қабылдау (беру) актісінің деректемелері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 51-тармақ жаңа редакцияда - ҚР Қаржы министрінің 24.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 481</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (08.06.2024 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      52-тармақты алып тастау көзделген – ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Қабылдау (беру) актісі Оператордың интернет-ресурсында ТТҚ АЖ-да техникалық қателер себебінен ТТҚ АЖ-де қабылдау (беру) актісін ресімдеудің мүмкін болмауы туралы ақпарат расталған кезде айналымға қатысушы қағаз жеткізгіште қабылдау (беру) актісін ресімдеген жағдайды қоспағанда, электрондық нысанда ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Техникалық қателер жойылғаннан кейін бұрын қағаз жеткізгіште ресімделген қабылдау (беру) актісін өнім беруші ТТҚ АЖ-да техникалық қателер жойылған күннен бастап 1 (бір) жұмыс күн ішінде, бірақ тауар үшінші тұлғаға берілген күннен кешіктірмей ТТҚ АЖ-ға енгізуге тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 52-тармақ жаңа редакцияда - ҚР Қаржы министрінің 24.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 481</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (08.06.2024 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      53-тармақты алып тастау көзделген – ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Жөнелтуші Қабылдау/беру актісін кері қайтарып алған жағдайда, Оператор ЭШФ АЖ-ға кері қайтарып алу туралы мәліметтерді береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      54-тармақты алып тастау көзделген – ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. ТТҚ АЖ-да таңбалау кодтарының меншік иесін ауыстыру ТТҚ АЖ-да Қабылдау/беру актісінен расталған мәліметтер негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12-тарау. Темекі өнімдерін айналымнан шығару кезінде ТТҚ АЖ-ға мәліметтерді ұсыну тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      55-тармақ жаңа редакцияда көзделген – ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Темекі өнімдерін бөлшек саудада өткізуді жүзеге асыратын айналымға қатысушы оларды ТТҚ АЖ-ға қабылдағаны туралы мәліметтер мынадай тәсілдердің бірі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өзінде орнатылған бақылау-касса машинасымен ұштасқан, сатылатын өнімнің қаптамасына техникалық құралдармен басылған сәйкестендіру құралын сканерлеу және тану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осы Қағидаларға 8-қосымшаға сәйкес нысан бойынша темекі өнімдерін айналымнан шығару туралы хабарламаны өткізу (сату) күнінен бастап күнтізбелік 30 (отыз) күннен кешіктірмейтін мерзімде ТТҚ АЖ-ға ұсыну арқылы расталған жағдайда ғана оларды айналымнан шығаруды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 55-тармақ жаңа редакцияда - ҚР Қаржы министрінің 02.03.2022 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 242</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Фискалдық деректер операторы мынадай мәліметтерді қамтитын әрбір өткізілген тауар бірлігі бойынша ТТҚ АЖ-ға нақты уақыт режимінде мәліметтерді беруді жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сатушының ЖСН немесе БСН;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бақылау-касса машинасының тіркеу нөмірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) фискалдық құжаттың деректемелері (чектің нөмірі мен күні);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өткізу күні мен бағасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тауарға түсірілген сәйкестендіру құралындағы тауарды сәйкестендіру коды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 46-тармақ жаңа редакцияда - ҚР Қаржы министрінің 24.07.2024 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (08.06.2024 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 56-тармаққа өзгеріс енгізілді - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="102"/>
-[...15 lines deleted...]
-      47. Оператор ТТҚ АЖ-да қабылдау (беру) актісін тіркеу нәтижелері бойынша нақты уақыт режимінде Қазақстан Республикасының Қаржы министрлігі Мемлекеттік кірістер комитетінің ақпараттық жүйелеріне осы қабылдау (беру) актісі бойынша мәліметтерді, оның ішінде берілетін тауардың саны және құны бойынша ақпаратты береді.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Бөлшек саудада өткізу кезінде ТТҚ АЖ-да темекі өнімдерін айналымынан шығару мынадай негіздердің бірі болған кезде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:p>
-[...916 lines deleted...]
-    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Фискалдық деректер операторынан алынған, осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7557,50 +9165,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша темекі өнімдерін бөлшек саудада өткізуді жүзеге асыратын айналымның қатысушысы ТТҚ АЖ-ға ұсынған айналымнан шығару туралы хабарлама негізінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақшаны алып тастау көзделген – ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) шағын кәсіпкерлік субъектілеріне, оның ішінде Қазақстан Республикасының Кәсіпкерлік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -7636,127 +9350,147 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 57-тармақ жаңа редакцияда - ҚР Қаржы министрінің 02.03.2022 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 242</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Қаржы министрінің 24.07.2024 </w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгерістер енгізілді - ҚР Қаржы министрінің 24.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 481</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (08.06.2024 бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (08.06.2024 бастап қолданысқа енгізіледі); 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z160" w:id="114"/>
+    <w:bookmarkStart w:name="z160" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       57-1. Темекі өнімдерін бөлшек саудада сату болып табылмайтын негіздер бойынша айналымнан шығарған кезде осы өнімді айналымнан шығаруды жүзеге асыратын айналымға қатысушы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша темекі өнімдерін айналымнан шығару туралы хабарламаны ТТҚ АЖ-ға ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7829,1234 +9563,1598 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="115"/>
+    <w:bookmarkStart w:name="z78" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 13-тарау. Темекі өнімдерін қайта айналымға енгізген кезде ТТҚ АЖ-ға мәліметтерді ұсыну тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z79" w:id="116"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z79" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Темекі өнімдерін қайтарған кезде айналым қатысушы мұндай тауарларды одан әрі өткізу үшін айналымға қайта енгізуді орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z81" w:id="118"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z80" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Бөлшек саудада өткізу кезінде бұрын айналымнан шығарылған темекі өнімдерін айналымға қайта енгізу үшін айналымға қатысушы әрбір қалпына келтірілетін бірлік бойынша енгізуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте фискалдық деректер операторы айналымға қатысушының мәліметтері негізінде ТТҚ АЖ-ға темекі өнімдерін айналымға қайта енгізу туралы ақпаратты нақты уақыт режимінде беруді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 60-тармақ жаңа редакцияда - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       61. Осы Қағидалардың 57-тармағында көрсетілгеннен өзгеше себептер бойынша бұрын айналымнан шығарылған темекі өнімдерін айналымға қайта енгізу үшін айналымға қатысушы Операторға осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша тауарларды айналымға қайта енгізу туралы ақпаратты жібереді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z82" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. Ақпарат операторға темекі өнімдерін айналымға қайта енгізу үшін негіздер туындаған күннен бастап 3 (үш) жұмыс күнінен аспайтын мерзімде жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z83" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14-тарау. ТТҚ АЖ-дегі мәліметтерге өзгерістер енгізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      63-тармақ жаңа редакцияда көзделген – ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. Осы Қағидалардың 4, 5, 10 және 11-тарауларында көзделген мәліметтер өзгерген жағдайда, айналымға қатысушы өзгерген күннен бастап 3 (үш) жұмыс күн ішінде ТТҚ АЖ арқылы Операторға осы мәліметтердің өзгергені туралы ақпарат жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64. Операторға бұрын ұсынылған бөлшек саудада сату болып табылмайтын темекі өнімдерін айналымнан шығару туралы мәліметтерді жою немесе түзету үшін айналымға қатысушы Операторға деректемелерін көрсете отырып, бұрын жіберілген мәліметтердің күшін жою туралы ақпарат жібереді және қажет болған кезде жаңа мәліметтерді ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 64-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 607</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65. Уәкілетті мемлекеттік орган мәліметтерді өзгерту туралы ақпаратты жіберген айналымға қатысушының қызметіне тексеру жүргізу кезеңінде айналымға қатысушы ТТҚ АЖ-ға бұрын жіберген темекі өнімдерін айналымға енгізу, айналымы және оны айналымнан шығару туралы мәліметтерге ТТҚ АЖ-де өзгерістер енгізуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z87" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15-тарау. Айналымға қатысушылардың тауарларды таңбалау мен қадағалаудың ақпараттық жүйесіне ақпаратты беру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-тараудың тақырыбы жаңа редакцияда - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      66-тармақ жаңа редакцияда көзделген – ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      66. Айналымға қатысушылардың ТТҚ АЖ операторына ақпарат беруі деректерді берудің стандартты хаттамаларын және Оператор әзірлеген электрондық өзара іс-қимыл интерфейстерін пайдалана отырып не ТТҚ АЖ жеке кабинеті арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z89" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      67. Айналымға қатысушылар ТТҚ АЖ-ға жіберетін мәліметтерге айналымға қатысушының не айналымға қатысушының атынан уәкілетті тұлғаның мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бұйрыққа сәйкес фискалдық құжаттардың құрамында электрондық нысанда айналымға қатысушылар беретін темекі өнімдерін бөлшек саудада өткізу туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      айналымға қатысушының темекі өнімдерін өндіру орындарында орнатылған ТБС пайдалана отырып, электрондық нысанда беретін мәліметтерін беру жағдайларын қоспағанда, ЭЦҚ-мен қол қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 67-тармақ жаңа редакцияда - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Темекі өнімдерін айналымға енгізуді, айналымын және айналымнан шығаруды жүзеге асыру кезінде ТТҚ АЖ-да мәліметтерді ұсынуды айналымға қатысушы дәйекті түрде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Айналымға қатысушының топтық (көліктік) қаптама туралы мәліметтерді беруі ТТҚ АЖ деректері бойынша осы топтық (көліктік) қаптамадағы тұтынушылық (топтық) қаптамалар туралы мәліметтерді тең мәнді беру болып саналады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. ТТҚ АЖ-да қабылдаған барлық құжаттар мен мәліметтер ТТҚ АЖ-да көрсетілуі тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 69-тармақ жаңа редакцияда - ҚР Қаржы министрінің 31.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      70. Оператор мынадай негіздердің бірі болған кезде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ұсынылған ақпарат осы Қағидаларда көзделген дұрыс емес мәліметтерді қамтыған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мәліметтерге ЭЦҚ-мен қол қойылмаған немесе айналымға қатысушының атынан оларға қол қою өкілеттігі жоқ тұлға қол қойған жағдайда айналымға қатысушылар ұсынатын мәліметтерді ТТҚ АЖ-де қабылдаудан бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      71. Айналымға қатысушы көрсетілген мәліметтерді қабылдау күні және ТТҚ АЖ-да мәліметтерді енгізу немесе оларды енгізуден бас тарту себептері туралы ақпаратты ТТҚ АЖ-да жеке кабинетінде көрсету арқылы ұсынылған мәліметтерді алғаны және олардың ТТҚ АЖ-ға енгізілгені не мәліметтерді қабылдаудан бас тарту туралы туралы хабардар етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 71-тармақ жаңа редакцияда - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. Мәліметтерді қабылдау туралы ТТҚ АЖ жеке кабинетінде тіркелген күн ТТҚ АЖ-ға мәліметтерді ұсыну күні болып танылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z82" w:id="119"/>
-[...15 lines deleted...]
-      62. Ақпарат операторға темекі өнімдерін айналымға қайта енгізу үшін негіздер туындаған күннен бастап 3 (үш) жұмыс күнінен аспайтын мерзімде жіберіледі.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Айналымға қатысушының ТТҚ АЖ-да мәліметтерді ұсыну жөніндегі міндетті орындау фактісі мәліметтерді енгізу туралы ТТҚ АЖ-да жеке кабинетінде көрсетілетін ақпаратпен расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 72-тармақ жаңа редакцияда - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. ТТҚ АЖ-ға жіберілетін мәліметтердің толықтығы, дұрыстығы және уақтылығы үшін ақпаратты ұсынатын айналымға қатысушылар жауаптылықтаболады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z83" w:id="120"/>
+    <w:bookmarkStart w:name="z96" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Темекі өнімдерінің айналымын бақылауды қамтамасыз ету мақсатында Оператор:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) айналымға қатысушылар туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) міндетті таңбалануға жататын темекі өнімдері туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) темекі өнімдеріне қажапсырылған сәйкестендіру құралдары туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осы тауарларды тұтынушылар анықтаған міндетті таңбалау туралы талаптарды бұзушылықтар туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) айналымға қатысушыларға берілген сәйкестендіру кодтары туралы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) таңбаланған темекі өнімдерінің айналымы және оларды айналымнан шығару туралымәліметтердің ТТҚ АЖ-да болуын қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">75. Алып тасталды - ҚР Қаржы министрінің 24.07.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 481</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (08.06.2024 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z98" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 14-тарау. ТТҚ АЖ-дегі мәліметтерге өзгерістер енгізу тәртібі</w:t>
-[...19 lines deleted...]
-      63. Осы Қағидалардың 4, 5, 10 және 11-тарауларында көзделген мәліметтер өзгерген жағдайда, айналымға қатысушы өзгерген күннен бастап 3 (үш) жұмыс күн ішінде ТТҚ АЖ арқылы Операторға осы мәліметтердің өзгергені туралы ақпарат жібереді.</w:t>
+        <w:t xml:space="preserve"> 16-тарау. ТТҚ АЖ-да орналастырылған ақпаратқа қол жеткізу</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z85" w:id="122"/>
-[...15 lines deleted...]
-      64. Операторға бұрын ұсынылған бөлшек саудада сату болып табылмайтын темекі өнімдерін айналымнан шығару туралы мәліметтерді жою немесе түзету үшін айналымға қатысушы Операторға деректемелерін көрсете отырып, бұрын жіберілген мәліметтердің күшін жою туралы ақпарат жібереді және қажет болған кезде жаңа мәліметтерді ұсынады.</w:t>
+    <w:bookmarkStart w:name="z99" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. Оператор еркін пайдалану үшін "Интернет" желісінде мынадай:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сәйкестендіру құралын оқу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ТТҚ АЖ-да сәйкестендіру құралында қамтылған ақпаратты беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ТТҚ АЖ-дан темекі өнімдерінің атауы, өндірілген елі, өндіруші немесе импорттаушы, ағымдағы (соңғы) иесі, мәртебесі (сәйкестендіру құралдары) туралы мәліметтерді қоса алғанда, тексерілетін темекі өнімдері туралы мәліметтерді алу, сондай-ақ осы ақпаратты электрондық құрылғы экранында көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) мобильді қосымшаны пайдаланушылардың ТТҚ АЖ-ға таңбалау тәртібінің ықтимал бұзушылықтары туралы мәліметтерді жіберу мүмкіндіктерін қамтамасыз ететін тегін мобильді қосымшаны әзірлейді және орналастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z100" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. ТТҚ АЖ-да қамтылған тауарларды таңбалау және қадағалау процесінде қалыптастырылған ақпарат қолжетімділігі шектеулі ақпарат болып табылады және тек мынадай тұлғаларға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тауар айналымына қатысушы жасаған тауармен жасалатын мәмілелер туралы ақпарат бөлігінде тауар айналымына қатысушыға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасының заңнамасына сәйкес осы мемлекеттік органдарға жүктелген міндеттерді орындау және функцияларды жүзеге асыру мақсаттары үшін сұрау салуға уәкілетті мемлекеттік органдарға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ТТҚ АЖ-да қамтылған тауарлардың сипаттамасы, оларды өндіруші немесе сатушы туралы ақпарат бөлігінде тұтынушыларға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 64-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
-[...981 lines deleted...]
-        <w:t>№ 607</w:t>
+        <w:t xml:space="preserve">      Ескерту. 77-тармақ жаңа редакцияда - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 700</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -9213,68 +11311,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z102" w:id="137"/>
+    <w:bookmarkStart w:name="z102" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таңбалау кодтарын алуға сұрау салу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11032,68 +13130,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z104" w:id="138"/>
+    <w:bookmarkStart w:name="z104" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таңбалау кодтарының эмиссиясы туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11917,68 +14015,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z106" w:id="139"/>
+    <w:bookmarkStart w:name="z106" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сәйкестендіру құралдарын жапсыру туралы ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12839,68 +14937,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z108" w:id="140"/>
+    <w:bookmarkStart w:name="z108" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қаптаманы агрегирлеу туралы ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14401,68 +16499,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z110" w:id="141"/>
+    <w:bookmarkStart w:name="z110" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Еуразиялық экономикалық одаққа мүше мемлекеттердің аумағынан Қазақстан Республикасына тауарларды әкелу туралы 20__ "___"_________№_____хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-қосымша жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15287,68 +17385,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z112" w:id="142"/>
+    <w:bookmarkStart w:name="z112" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Еуразиялық экономикалық одаққа мүше болып табылмайтын мемлекеттердің аумағынан Қазақстан Республикасына тауарларды әкелу туралы 20__ "___"_________ №_____хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-қосымша жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -16459,68 +18557,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z114" w:id="143"/>
+    <w:bookmarkStart w:name="z114" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20__ "___" _________ №_____ қабылдау (беру) актісі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 7-қосымша жаңа редакцияда - ҚР Қаржы министрінің 24.07.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18452,68 +20550,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z116" w:id="144"/>
+    <w:bookmarkStart w:name="z116" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Айналымнан шығару туралы хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 8-қосымша жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19284,68 +21382,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z118" w:id="145"/>
+    <w:bookmarkStart w:name="z118" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Айналымға енгізу туралы хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 9-қосымша жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Қаржы министрінің 05.06.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20077,55 +22175,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>