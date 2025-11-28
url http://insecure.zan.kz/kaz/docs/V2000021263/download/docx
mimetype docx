--- v0 (2025-10-04)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="413ffd8" w14:textId="413ffd8">
+    <w:p w14:paraId="7d8e0da" w14:textId="7d8e0da">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,422 +93,518 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Әлеуметтік мәні бар аурулардың тізбесін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 23 қыркүйектегі № ҚР ДСМ-108/2020 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 24 қыркүйекте № 21263 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 23 қыркүйектегі № ҚР ДСМ-108/2020 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 24 қыркүйекте № 21263 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> 158-тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Әлеуметтік мәні бар аурулардың тізбесі бекітілсін.</w:t>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Кіріспе жаңа редакцияда көзделген – ҚР Денсаулық сақтау министрінің 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 112</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Осы бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің және Қазақстан Республикасы Денсаулық сақтау министрінің кейбір бұйрықтарының күші жойылды деп танылсын.</w:t>
+      "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының 2020 жылғы 7 шілдедегі Кодексінің 1-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 158-тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3. Қазақстан Республикасы Денсаулық сақтау министрлігінің Медициналық көмекті ұйымдастыру департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+        <w:t xml:space="preserve">
+      1. Осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Әлеуметтік мәні бар аурулардың тізбесі бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді; </w:t>
+      2. Осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің және Қазақстан Республикасы Денсаулық сақтау министрінің кейбір бұйрықтарының күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осы бұйрықты ресми жариялағаннан кейін Қазақстан Республикасы Денсаулық сақтау министрлігінің интернет-ресурсында орналастыруды;</w:t>
+      3. Қазақстан Республикасы Денсаулық сақтау министрлігінің Медициналық көмекті ұйымдастыру департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) осы бұйрық мемлекеттік тіркегеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Денсаулық сақтау министрлігінің Заң департаментіне осы тармақтың </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Денсаулық сақтау вице-министріне жүктелсін.</w:t>
+      2) осы бұйрықты ресми жариялағаннан кейін Қазақстан Республикасы Денсаулық сақтау министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
+      3) осы бұйрық мемлекеттік тіркегеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Денсаулық сақтау министрлігінің Заң департаментіне осы тармақтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Денсаулық сақтау вице-министріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
       5. Осы бұйрық оны алғашқы ресми жариялаған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Қазақстан Республикасы </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Денсаулық сақтау министрі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -651,1635 +747,1712 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ ҚР ДСМ-108/2020 бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Тізбе жаңа редакцияда көзделген – ҚР Денсаулық сақтау министрінің 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 112</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әлеуметтік мәні бар аурулардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="374"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="11641"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аурулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11641" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 АХЖ 10 кодтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Туберкулез</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11641" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 A15-A19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Адамның иммунитет тапшылығы вирусы (АИВ) тудыратын ауру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11641" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 B20-B24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Созылмалы вирустық гепатиттер және бауыр циррозы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11641" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 В18.0, В18.1, В18.2, В18.8, В19, К74</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қатерлі ісіктер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11641" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 С00-97; D00-09; D37-48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қант диабеті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11641" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 E10-E14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Психикалық, мінез-құлық бұзылулары (аурулары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11641" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 F00-F99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Балалардың церебралдық параличі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11641" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 G80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Миокардтың жіті инфаргі (алғашқы 6 ай)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11641" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I21, I22, I23</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ревматизм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11641" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I00-I02; I05-I09; M12.3; M35.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дәнекер тіннің жүйелі зақымданулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11641" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 M30-M36</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Нерв жүйесінің дегенерациялық аурулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11641" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 G30-G32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орталық нерв жүйесінің миелинсіздендіруші аурулары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11641" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 G35-G37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="374" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="285" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Орфандық аурулар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="11641" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -2406,242 +2579,242 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ ҚР ДСМ-108/2020 бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күші жойылды деп танылған Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің және Қазақстан Республикасы Денсаулық сақтау министрінің бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Әлеуметтік мәні бар аурулардың және айналадағылар үшін қауіп төндіретін аурулардың тізбесін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 21 мамырдағы № 367 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілері мемлекеттік тіркеу тізілімінде № 11512 болып тіркелген, "Әділет" ақпараттық құқықтық жүйесінде 2015 жылғы 15 шілдеде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Әлеуметтік мәні бар аурулардың және айналадағылар үшін қауіп төндіретін аурулардың тізбесін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 21 мамырдағы № 367 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2017 жылғы 3 шілдедегі № 451 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілері мемлекеттік тіркеу тізілімінде № 15417 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің Эталондық бақылау банкінде 2017 жылғы 15 тамызда жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Әлеуметтік мәні бар аурулардың және айналадағылар үшін қауіп төндіретін аурулардың тізбесін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 21 мамырдағы № 367 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 31 қаңтардағы № ҚР ДСМ-7/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілері мемлекеттік тіркеу тізілімінде № 19966 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің Эталондық бақылау банкінде 2020 жылғы 4 ақпанда жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>