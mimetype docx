--- v1 (2025-11-28)
+++ v2 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7d8e0da" w14:textId="7d8e0da">
+    <w:p w14:paraId="b03906f" w14:textId="b03906f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -102,408 +102,386 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 23 қыркүйектегі № ҚР ДСМ-108/2020 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 24 қыркүйекте № 21263 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасы Кодексінің 1-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 158) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Денсаулық сақтау министрінің 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">
+      1. Осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Әлеуметтік мәні бар аурулардың тізбесі бекітілсін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Халық денсаулығы және денсаулық сақтау жүйесі туралы" Қазақстан Республикасының 2020 жылғы 7 шілдедегі Кодексінің 1-бабы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 158-тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      2. Осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің және Қазақстан Республикасы Денсаулық сақтау министрінің кейбір бұйрықтарының күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Әлеуметтік мәні бар аурулардың тізбесі бекітілсін.</w:t>
+        <w:t>
+      3. Қазақстан Республикасы Денсаулық сақтау министрлігінің Медициналық көмекті ұйымдастыру департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Осы бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің және Қазақстан Республикасы Денсаулық сақтау министрінің кейбір бұйрықтарының күші жойылды деп танылсын.</w:t>
+      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Қазақстан Республикасы Денсаулық сақтау министрлігінің Медициналық көмекті ұйымдастыру департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      2) осы бұйрықты ресми жариялағаннан кейін Қазақстан Республикасы Денсаулық сақтау министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді; </w:t>
+      3) осы бұйрық мемлекеттік тіркегеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Денсаулық сақтау министрлігінің Заң департаментіне осы тармақтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осы бұйрықты ресми жариялағаннан кейін Қазақстан Республикасы Денсаулық сақтау министрлігінің интернет-ресурсында орналастыруды;</w:t>
+      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Денсаулық сақтау вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) осы бұйрық мемлекеттік тіркегеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Денсаулық сақтау министрлігінің Заң департаментіне осы тармақтың </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      5. Осы бұйрық оны алғашқы ресми жариялаған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -702,189 +680,158 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Денсаулық сақтау министрінің </w:t>
+              <w:t>Денсаулық сақтау министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2020 жылғы 23 қыркүйегі</w:t>
+              <w:t>2020 жылғы 23 қырқүйектегі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ ҚР ДСМ-108/2020 бұйрығына </w:t>
+              <w:t>№ ҚР ДСМ-108/2020</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1-қосымша</w:t>
+              <w:t>бұйрығына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әлеуметтік мәні бар аурулардың тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Тізбе жаңа редакцияда – ҚР Денсаулық сақтау министрінің 21.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 112</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...39 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -933,128 +880,128 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аурулар</w:t>
-[...35 lines deleted...]
-АХЖ 10 кодтары</w:t>
+Аурулары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10-қайта қаралымдағы аурулардың халықаралық жіктемесінің кодтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1123,87 +1070,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...35 lines deleted...]
-Адамның иммунитет тапшылығы вирусы (АИВ) тудыратын ауру</w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Адамның иммун тапшылығы вирусы (АИТВ) тудыратын ауру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1236,87 +1183,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...35 lines deleted...]
-Созылмалы вирустық гепатиттер және бауыр циррозы</w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Созылмалы вирусты гепатиттер және бауыр циррозы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1349,51 +1296,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1421,1073 +1368,896 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-С00-97; D00-09; D37-48</w:t>
+С00-C97; D00- D 09; D37- D48</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...71 lines deleted...]
-E10-E14</w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Психикалық және мінез-құлықтық бұзылушылықтары (аурулары)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+F00-F99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
-[...71 lines deleted...]
-F00-F99</w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жіті миокард инфаркті</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(алғашқы 6 айда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I21, I22</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
-[...71 lines deleted...]
-G80</w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орфандық аурулар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+В55, D56, D56.0-D56.2, D56.4, D57, D57.0-D57.2, D59.5, D61.9, D69.3, D76.0, D80-D84, Е53.1, E74.0, E75.2, E76.0-E76.2, E80.2, E83.0, Е84.8, E85.0, Е88.0, G12.2, G35, G40.4, G93.4, J84, J84.0, J84.1, J84.8, J84.9, I27.0, K50, K51, L10, L13.0, M08.2, М30.3, М31.3, M31.4, М31.8, М32.1, М33, М33.2, M35.2, Q78.0, Q80, Q81</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
-[...71 lines deleted...]
-I21, I22, I23</w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нерв жүйесінің дегенеративті аурулары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+G30-G32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...71 lines deleted...]
-I00-I02; I05-I09; M12.3; M35.3</w:t>
+9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орталық нерв жүйесінің демиелиндену аурулары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+G35-G37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
-[...71 lines deleted...]
-M30-M36</w:t>
+10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Эпилепсия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+G40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
-[...297 lines deleted...]
-В55, D56, D56.0-D56.2, D56.4, D57, D57.0-D57.2, D59.5, D61.9, D69.3, D76.0, D80-D84, Е53.1, E74.0, E75.2, E76.0-E76.2, E80.2, E83.0, Е84.8, E85.0, Е88.0, G12.2, G35, G40.4, G93.4, J84, J84.0, J84.1, J84.8, J84.9, I27.0, K50, K51, L10, L13.0, M08.2, М30.3, М31.3, M31.4, М 31.8, М32.1, М33, М33.2, M35.2, Q78.0, Q80, Q81.</w:t>
+11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ми тамырларының аурулары (инсульттер) (бір жыл ішінде)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I60-I64</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2579,242 +2349,242 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ ҚР ДСМ-108/2020 бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күші жойылды деп танылған Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің және Қазақстан Республикасы Денсаулық сақтау министрінің бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Әлеуметтік мәні бар аурулардың және айналадағылар үшін қауіп төндіретін аурулардың тізбесін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 21 мамырдағы № 367 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілері мемлекеттік тіркеу тізілімінде № 11512 болып тіркелген, "Әділет" ақпараттық құқықтық жүйесінде 2015 жылғы 15 шілдеде жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Әлеуметтік мәні бар аурулардың және айналадағылар үшін қауіп төндіретін аурулардың тізбесін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 21 мамырдағы № 367 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2017 жылғы 3 шілдедегі № 451 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілері мемлекеттік тіркеу тізілімінде № 15417 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің Эталондық бақылау банкінде 2017 жылғы 15 тамызда жарияланған);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Әлеуметтік мәні бар аурулардың және айналадағылар үшін қауіп төндіретін аурулардың тізбесін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 21 мамырдағы № 367 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 31 қаңтардағы № ҚР ДСМ-7/2020 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілері мемлекеттік тіркеу тізілімінде № 19966 болып тіркелген, Қазақстан Республикасы нормативтік құқықтық актілерінің Эталондық бақылау банкінде 2020 жылғы 4 ақпанда жарияланған).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>